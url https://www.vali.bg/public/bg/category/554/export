--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,666 +7,768 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$447</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$736</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="537">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="595">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
-    <t>Геймърски пад A4tech X7-200S, Черен</t>
-[...2 lines deleted...]
-    <t>A4-PAD-X7-200S</t>
+    <t>Пад за мишка A4tech FP25 FStyler, Розов</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP25-PINK</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP25 FStyler, Зелен</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP25-GREEN</t>
+  </si>
+  <si>
+    <t>Пътна чанта SKROSS, Тъмно сив</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001TRBDGCN</t>
+  </si>
+  <si>
+    <t>Сменяеми бутончета Nacon Bigben Thumb grips за SONY PS5 Dualsense</t>
+  </si>
+  <si>
+    <t>NC-PS5THUMBGRIP</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Пад за мишка A4tech FP25 FStyler, Розов</t>
-[...19 lines deleted...]
-  <si>
     <t>Сменяеми бутончета Nacon Bigben Thumb grips за Xbox X</t>
   </si>
   <si>
     <t>NC-XBXTHUMBGRIP</t>
   </si>
   <si>
+    <t xml:space="preserve">Протектор за екран NACON BigBen Nintendo Switch </t>
+  </si>
+  <si>
+    <t>NC-SWITCHPROTECTKIT</t>
+  </si>
+  <si>
+    <t>Аксесоар Glorious Lube Brush</t>
+  </si>
+  <si>
+    <t>GL-KEY-GAZU-762</t>
+  </si>
+  <si>
+    <t>Геймърски пад A4tech X7-300MP</t>
+  </si>
+  <si>
+    <t>A4-PAD-X7-300MP</t>
+  </si>
+  <si>
+    <t>Лента за багаж Skross Luggage Strap, Червена</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001LUSRECN</t>
+  </si>
+  <si>
+    <t>Маска за сън Skross Deluxe Sleep Mask, Светло сива</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001EYMLGCN</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Аксесоар Glorious Lube Brush</t>
-[...32 lines deleted...]
-    <t>NC-SWITCHPROTECTKIT</t>
+    <t>Пад за мишка A4tech FP75 FStyler, Сребрист</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP75-SILVER</t>
+  </si>
+  <si>
+    <t>Пад за мишка Logitech Mouse Pad Studio Series, Черен</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-49</t>
   </si>
   <si>
     <t>Сменяеми бутончета Colors  за Nintendo Switch комплект 8 in 1</t>
   </si>
   <si>
     <t>HAMA-115527</t>
   </si>
   <si>
-    <t>Пад за мишка A4tech FP75 FStyler, Черен</t>
-[...10 lines deleted...]
-  <si>
     <t>Сменяеми бутончета Colors  за SONY PS4, PS5 комплект 8 in 1</t>
   </si>
   <si>
     <t>HAMA-115524</t>
   </si>
   <si>
     <t>Сменяеми бутончета uRage за SONY PS4, PS5 комплект 8 in 1</t>
   </si>
   <si>
     <t>HAMA-115525</t>
   </si>
   <si>
     <t>Карти за игра Paladone: Minecraft - Водоустойчиви карти за игра</t>
   </si>
   <si>
     <t>PD-104479</t>
   </si>
   <si>
     <t>Аксесоар крачета за мишка Glorious Model O/O- G-Skates, PTFE, White</t>
   </si>
   <si>
     <t>GL-MOUSE-GAMO-816</t>
   </si>
   <si>
     <t>Ключодържател Difuzed Marvel - What if...?, Метален</t>
   </si>
   <si>
     <t>BW-KE374122WHI</t>
   </si>
   <si>
     <t>Протектор Nacon BigBen PS5 Silicon Glove, Camo Green</t>
   </si>
   <si>
     <t>NC-PS5GLOVE</t>
   </si>
   <si>
     <t>Пад за мишка Logitech Mouse Pad Studio Series, Светло Син</t>
   </si>
   <si>
     <t>LOGITECH-PAD-MP-51</t>
   </si>
   <si>
+    <t>Тениска Bioworld Difuzed Marvel -  Winter Soldier, Мъжка, S</t>
+  </si>
+  <si>
+    <t>BW-TS764008MVL-S</t>
+  </si>
+  <si>
+    <t>Тениска Bioworld Difuzed Deathloop -  Graphic, Мъжка, S</t>
+  </si>
+  <si>
+    <t>BW-TS187777DLP-S</t>
+  </si>
+  <si>
+    <t>Тениска Bioworld Difuzed Deathloop -  Graphic, Мъжка, M</t>
+  </si>
+  <si>
+    <t>BW-TS187777DLP-M</t>
+  </si>
+  <si>
+    <t>Тениска Bioworld Difuzed Deathloop -  Graphic, Мъжка, L</t>
+  </si>
+  <si>
+    <t>BW-TS187777DLP-L</t>
+  </si>
+  <si>
+    <t>Тениска Bioworld Difuzed Deathloop -  Graphic, Мъжка, XL</t>
+  </si>
+  <si>
+    <t>BW-TS187777DLP-XL</t>
+  </si>
+  <si>
+    <t>Тениска Difuzed Rage 2 The Squad, Мъжка, S</t>
+  </si>
+  <si>
+    <t>BW-TS021210RGE-S</t>
+  </si>
+  <si>
+    <t>Тениска Difuzed Rage 2 The Squad, Мъжка, M</t>
+  </si>
+  <si>
+    <t>BW-TS021210RGE-M</t>
+  </si>
+  <si>
+    <t>Тениска Difuzed Rage 2 The Squad, Мъжка, L</t>
+  </si>
+  <si>
+    <t>BW-TS021210RGE-L</t>
+  </si>
+  <si>
+    <t>Тениска Difuzed Rage 2 The Squad, Мъжка, XL</t>
+  </si>
+  <si>
+    <t>BW-TS021210RGE-XL</t>
+  </si>
+  <si>
+    <t>Тениска DIFUZED Deathloop, L</t>
+  </si>
+  <si>
+    <t>BW-TS062462DLP-L</t>
+  </si>
+  <si>
+    <t>Тениска DIFUZED Deathloop, S</t>
+  </si>
+  <si>
+    <t>BW-TS062462DLP-S</t>
+  </si>
+  <si>
+    <t>Тениска DIFUZED Deathloop, XL</t>
+  </si>
+  <si>
+    <t>BW-TS062462DLP-XL</t>
+  </si>
+  <si>
+    <t>Тениска Deathloop - Logo - Men's Short Sleeved T-shirt - M</t>
+  </si>
+  <si>
+    <t>BW-TS062462DLP-M</t>
+  </si>
+  <si>
+    <t>Защитно стъкло BigBen Nintendo Switch TG Protector NACON</t>
+  </si>
+  <si>
+    <t>NC-SWITCHTEMPGLASS</t>
+  </si>
+  <si>
+    <t>Защитен кейс BigBen Nintendo Switch Polycarbonate Case NACON</t>
+  </si>
+  <si>
+    <t>NC-SWITCHPCCASE</t>
+  </si>
+  <si>
+    <t>Силиконов защитен калъф Big Ben Silicon Glove, черен (Nintendo Switch OLED)</t>
+  </si>
+  <si>
+    <t>NC-SWITCHOGLOVEBLACK</t>
+  </si>
+  <si>
+    <t>Силиконов защитен калъф Big Ben Silicon Glove, сив (Nintendo Switch OLED)</t>
+  </si>
+  <si>
+    <t>NC-SWITCHOGLOVEGREY</t>
+  </si>
+  <si>
     <t>uRage Защитно силиконовo покритие за гейм пад за SONY PS5</t>
   </si>
   <si>
     <t>HAMA-115523</t>
   </si>
   <si>
     <t>Пад за мишка Logitech Mouse Pad Studio Series, Тъмно Розов</t>
   </si>
   <si>
     <t>LOGITECH-PAD-MP-50</t>
   </si>
   <si>
-    <t>Пад за мишка Logitech Mouse Pad Studio Series, Черен</t>
-[...2 lines deleted...]
-    <t>LOGITECH-PAD-MP-49</t>
+    <t>Етикет за багаж Skross Luggage Tags, Карта за контакт, Червен</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001LUTRECN</t>
+  </si>
+  <si>
+    <t>Етикет за багаж Skross Luggage Tags, Карта за контакт, Сив</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001LUTSICN</t>
   </si>
   <si>
     <t>Геймърски пад Bloody BP-50L Размер XL, Черен</t>
   </si>
   <si>
     <t>A4-PAD-BP-50L</t>
   </si>
   <si>
     <t>Геймърски пад за мишка Bloody BP-30L, XL размер, 750 x 300 x 3mm</t>
   </si>
   <si>
     <t>A4-PAD-BP-30L</t>
   </si>
   <si>
-    <t>Силиконово покритие HAMA за гейм-пад за SONY PlayStation 5, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Геймърски ръкав FragOn Arm Sleeve - Размер S</t>
   </si>
   <si>
     <t>FRAGON-ARM-S</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve - Размер M</t>
   </si>
   <si>
     <t>FRAGON-ARM-M</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve - Размер L</t>
   </si>
   <si>
     <t>FRAGON-ARM-L</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve - Размер XL</t>
   </si>
   <si>
     <t>FRAGON-ARM-XL</t>
   </si>
   <si>
     <t>Комплект аксесоари HAMA Camouflage 6in1, за SONY PlayStation 5</t>
   </si>
   <si>
     <t>HAMA-115520</t>
   </si>
   <si>
     <t>HAMA Комплект аксесоари 6 в 1 за PlayStation 5 контролер, черен</t>
   </si>
   <si>
     <t>HAMA-115522</t>
   </si>
   <si>
     <t>Пад за мишка Cherry MP 1000</t>
   </si>
   <si>
     <t>CHERRY-PAD-MP-1000</t>
   </si>
   <si>
+    <t>Геймърски пад Spartan Gear Ares II XL</t>
+  </si>
+  <si>
+    <t>SG-054143</t>
+  </si>
+  <si>
+    <t>Аксесоар Glorious, O-Ring Switch Dampeners, 70A, Thick, 120 броя</t>
+  </si>
+  <si>
+    <t>GL-KEY-GAZU-721</t>
+  </si>
+  <si>
+    <t>Аксесоар Glorious, O-Ring Switch Dampeners, 70A, Thin, 120 броя</t>
+  </si>
+  <si>
+    <t>GL-KEY-GAZU-722</t>
+  </si>
+  <si>
+    <t>Аксесоар Glorious O-Ring Switch Dampeners, 40A, Thick, 120 броя</t>
+  </si>
+  <si>
+    <t>GL-KEY-GAZU-719</t>
+  </si>
+  <si>
+    <t>Аксесоар Glorious O-Ring Switch Dampeners, 40A, Thin, 120 броя</t>
+  </si>
+  <si>
+    <t>GL-KEY-GAZU-720</t>
+  </si>
+  <si>
+    <t>Аксесоар Glorious Keycap Puller</t>
+  </si>
+  <si>
+    <t>GL-KEY-GAKC-147</t>
+  </si>
+  <si>
+    <t>Поставка за слушалки FragON A1 - Черна</t>
+  </si>
+  <si>
+    <t>FRAGON-A1-BLACK</t>
+  </si>
+  <si>
+    <t>Поставка за слушалки FragON A1 - Бяла</t>
+  </si>
+  <si>
+    <t>FRAGON-A1-WHITE</t>
+  </si>
+  <si>
+    <t>Геймърски пад World of Tanks Centurion Action X Fired Up, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CFIRED-M</t>
+  </si>
+  <si>
+    <t>Геймърски пад World of Tanks CS-52 LIS Mountain Fox, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CS52-M</t>
+  </si>
+  <si>
+    <t>Геймърски пад World of Tanks CS-52 LIS Out of the Woods, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CS52W-M</t>
+  </si>
+  <si>
+    <t>Геймърски пад World of Tanks Super Conqueror, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-SRCONQ-M</t>
+  </si>
+  <si>
+    <t>A4Tech X7 Геймърски пад за мишка XP-70L, размер, 750 x 300 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-XP-70L</t>
+  </si>
+  <si>
+    <t>HAMA Комплект аксесоари 11-в-1 Nintendo Switch Lite, 54997</t>
+  </si>
+  <si>
+    <t>HAMA-54997</t>
+  </si>
+  <si>
+    <t>HAMA Комплект аксесоари "Soccer" 6 в 1 за PlayStation 5, 54459</t>
+  </si>
+  <si>
+    <t>HAMA-54459</t>
+  </si>
+  <si>
+    <t>Геймърски аксесоар Bungee Xtrfy B4, за кабела на мишката, Miami Blue</t>
+  </si>
+  <si>
+    <t>XTRFY-ACC-1214</t>
+  </si>
+  <si>
     <t>Аксесоар Glorious G-LUBE Switch Lubricant</t>
   </si>
   <si>
     <t>GL-KEY-GAKC-100</t>
   </si>
   <si>
-    <t>Геймърски пад Spartan Gear Ares II XL</t>
-[...14 lines deleted...]
-    <t>NC-SWITCHPCCASE</t>
+    <t>Аксесоар Glorious Model O- Grip Tape - Black</t>
+  </si>
+  <si>
+    <t>GL-MOUSE-GAZU-740</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE DC COMICS Batman Logo</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT039</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE WORLD OF WARCRAFT Horde</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT041</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE WORLD OF WARCRAFT Alliance A5</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT044</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE ASSASSIN'S CREED Crest</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT051</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE FRIENDS Friends A5</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT073</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE DIABLO Lord Diablo A5</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT095</t>
+  </si>
+  <si>
+    <t>Химикалка ABYSTYLE HARRY POTTER Gryffindor, Червен</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYPEN002</t>
+  </si>
+  <si>
+    <t>Химикалка ABYSTYLE HARRY POTTER Slytherin, Зелен</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYPEN003</t>
+  </si>
+  <si>
+    <t>Чаша Assassins Creed Mirage - Basim and eagle Mirage</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUGA359</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLEDiablo - Lilith, 320ml</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUGA352</t>
+  </si>
+  <si>
+    <t>Тефтер NARUTO SHIPPUDEN - A5 "Akatsuki"</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT109</t>
+  </si>
+  <si>
+    <t>Чаша Diablo IV: Necromancer Sigil - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FDIMUG24BKAll0002</t>
+  </si>
+  <si>
+    <t>Чаша Diablo IV: Lilith - Queen of the Succubi - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FDIMUG24BKAll0003</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Alliance White - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKAll0003</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Horde White - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKHOR0003</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Alliance - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKAll0002</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Horde - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKHOR0002</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Alliance (pattern) - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKAll0001</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Horde (pattern) - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKHOR0001</t>
+  </si>
+  <si>
+    <t>uRage Комплект аксесоари "Soccer" 6 в 1 за PlayStation 5 контролер</t>
+  </si>
+  <si>
+    <t>HAMA-115521</t>
+  </si>
+  <si>
+    <t>Hama uRage Lethality 150 Speed геймърски пад за мишка</t>
+  </si>
+  <si>
+    <t>HAMA-219801</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE LEAGUE OF LEGENDS - Team</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC348</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE DIABLO - Diablo's Head</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC402</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE Starfield - Landing</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC521</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE GOD OF WAR - Ragnarok</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC520</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE Diablo - Hellgate</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC503</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE CALL OF DUTY - Key Art</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC523</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE THE WITCHER - World map</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC529</t>
+  </si>
+  <si>
+    <t>Геймърски пад SteelSeries, QcK Mini, Черен</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63005</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Gents, размер L, Бяла</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-WH-L</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Gents, размер XL, Бяла</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-WH-XL</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Unisex, размер XS, Зелена</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-GR-UNIS-XS</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Unisex, размер S, Зелена</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-GR-UNIS-S</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Unisex, размер M, Зелена</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-GR-UNIS-M</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Unisex, размер L, Зелена</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-GR-UNIS-L</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Unisex, размер XL, Зелена</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-GR-UNIS-XL</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Unisex, размер 2XL, Зелена</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-GR-UNIS-2XL</t>
   </si>
   <si>
     <t>Аксесоар Glorious Cleaning Kit, Жълт</t>
   </si>
   <si>
     <t>GL-KEY-ZUMR-028</t>
   </si>
   <si>
-    <t>Аксесоар Glorious, O-Ring Switch Dampeners, 70A, Thick, 120 броя</t>
-[...320 lines deleted...]
-    <t>SKROSS-SKTA1001LUTRECN</t>
+    <t>Deltaco гейминг мишка DM110</t>
+  </si>
+  <si>
+    <t>DELT-GAM-029</t>
+  </si>
+  <si>
+    <t>Hama uRage Lethality 250 геймърски пад за мишка, 186088</t>
+  </si>
+  <si>
+    <t>HAMA-186088</t>
   </si>
   <si>
     <t>Чаша Paladone Minecraft Creeper Glass (400ml), PP6729MCFV2</t>
   </si>
   <si>
     <t>PD-066802</t>
   </si>
   <si>
-    <t>Жичен геймпад ESTILLO 703  Dual Vibration, USB, Черен</t>
-[...2 lines deleted...]
-    <t>EST-USB703</t>
+    <t>Защитно стъкло NACON BigBen Nintendo Switch TG Force Glass V2</t>
+  </si>
+  <si>
+    <t>NC-SWITCHFORCEGLASS</t>
+  </si>
+  <si>
+    <t>Комплект аксесоари Nacon - Pro Gaming Pack (PS5)</t>
+  </si>
+  <si>
+    <t>NC-PS5TRIGGERPACK</t>
   </si>
   <si>
     <t>Одеало за пътуване SKROSS, Тъмно сив</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001TBLDGCN</t>
   </si>
   <si>
     <t>HAMA Поставка за китки "Ergo", черна</t>
   </si>
   <si>
     <t>HAMA-126866</t>
   </si>
   <si>
-    <t>Поставка за китка за мишка Glorious Padded</t>
-[...2 lines deleted...]
-    <t>GL-MOUSE-GAZU-411</t>
+    <t>Чанта за гейминг конзола Nacon Bigben Nintendo Switch Pouch, Камофлаж</t>
+  </si>
+  <si>
+    <t>NC-SWITCHPOUCHCAMO</t>
+  </si>
+  <si>
+    <t>Геймърски слушалки Nacon Bigben Nintendo Switch Headset V1, Микрофон, Черен/Червен</t>
+  </si>
+  <si>
+    <t>NC-SWITCHHEASETV1</t>
   </si>
   <si>
     <t>ша ABYSTYLE JOJO'S BIZARRE ADVENTURE Duel</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUG490</t>
   </si>
   <si>
     <t>Чаша ABYSTYLE DEMON SLAYER Tanjiro &amp; Nezuko</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUG739</t>
   </si>
   <si>
     <t>Чаша ABYSTYLE RICK AND MORTY Portal 2</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUG834</t>
   </si>
   <si>
     <t>Чаша ABYSTYLE JURASSIC PARK Mug T-Rex</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUG847</t>
   </si>
@@ -769,213 +871,132 @@
   <si>
     <t>Чаша ABYSTYLE PLAYSTATION World</t>
   </si>
   <si>
     <t>ABYSTYLE-MG1416</t>
   </si>
   <si>
     <t>Чаша ABYSTYLE HARRY POTTER, Hogwarts Legacy Castle, 320 ml</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUGA267</t>
   </si>
   <si>
     <t>Чаша ABYSTYLE DC Comics THE ORIGINAL "S" DAD, 400ml</t>
   </si>
   <si>
     <t>ABYSTYLE-TGGVER002</t>
   </si>
   <si>
     <t>Чаша GOD OF WAR - Kratos and Atreus 320ml</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUGA395</t>
   </si>
   <si>
+    <t>Поставка за зареждане NACON за PS5 DualSense</t>
+  </si>
+  <si>
+    <t>NC-PS5CHARGEPAD</t>
+  </si>
+  <si>
     <t>Чаша ABYSTYLE AC/DC - Mug - 320 ml - Razors Edge</t>
   </si>
   <si>
     <t>ABYSTYLE-GBYMUG109</t>
   </si>
   <si>
-    <t>Hama uRage Lethality 250 геймърски пад за мишка, 186088</t>
-[...4 lines deleted...]
-  <si>
     <t>Paladone Minecraft – Backpack Buddies Series 2 (PP10501MCFV2)</t>
   </si>
   <si>
     <t>PD-089552</t>
   </si>
   <si>
     <t>Карти за игра Paladone Minecraft, (PP6587MCFV2)</t>
   </si>
   <si>
     <t>PD-066805</t>
   </si>
   <si>
     <t>Чаша Paladone: Star Wars - Lightsaber Heat Change Mug DV (300ml), PP3699SWV3</t>
   </si>
   <si>
     <t>PD-037221</t>
   </si>
   <si>
     <t>Карти за игра Paladone: Fortnite - Playing Cards in Tin, PP14531FO</t>
   </si>
   <si>
     <t>PD-104461</t>
   </si>
   <si>
     <t>Чаша Paladone: Minecraft Embossed, 400 ml</t>
   </si>
   <si>
     <t>PD-104477</t>
   </si>
   <si>
     <t>Зарядна станция uRage Dual Charging за PlayStation 5</t>
   </si>
   <si>
     <t>HAMA-115529</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Мини възглавница за пътуване SKROSS, Червена</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001MIPRECN</t>
   </si>
   <si>
     <t>Мини възглавница за пътуване SKROSS, Червена - Skross</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001MIPSKCN</t>
   </si>
   <si>
-    <t>HAMA Комплект аксесоари 11-в-1 Nintendo Switch Lite, 54997</t>
-[...2 lines deleted...]
-    <t>HAMA-54997</t>
+    <t>Deltaco гейминг клавиатура</t>
+  </si>
+  <si>
+    <t>DELT-GAM-024UK</t>
   </si>
   <si>
     <t>Свещ ABYSTYLE HARRY POTTER, Marauders Map</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYHOM007</t>
   </si>
   <si>
     <t>Поставка за слушалки FragON K1 - Черна</t>
   </si>
   <si>
     <t>FRAGON-K1-BLACK</t>
   </si>
   <si>
-    <t>Защитно стъкло NACON BigBen Nintendo Switch TG Force Glass V2</t>
-[...80 lines deleted...]
-    <t>ABYSTYLE-ABYMUG479</t>
+    <t>LEGO Hearth Ornament - 40638</t>
+  </si>
+  <si>
+    <t>LEGO-40638</t>
   </si>
   <si>
     <t>Чаша ABYSTYLE AC/DC - Mug carabiner - Razors Edge</t>
   </si>
   <si>
     <t>ABYSTYLE-MGCM0064</t>
   </si>
   <si>
     <t>Тефтер LORD OF THE RINGS - Premium A5 "Doors of Durin"</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYNOT133</t>
   </si>
   <si>
     <t>Термо чаша LORD OF THE RINGS - Travel Mug "You shall not pass"</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYTUM076</t>
   </si>
   <si>
     <t>Кабел за клавиатура Keychron Double-Sleeved Geek - White</t>
   </si>
   <si>
     <t>KEYCHRON-ACC-CAB-20</t>
   </si>
@@ -988,197 +1009,230 @@
   <si>
     <t>Кабел за клавиатура Keychron Double-Sleeved Geek - Orange</t>
   </si>
   <si>
     <t>KEYCHRON-ACC-CAB-22</t>
   </si>
   <si>
     <t>Кабел за клавиатура Keychron Double-Sleeved Geek - Purple</t>
   </si>
   <si>
     <t>KEYCHRON-ACC-CAB-23</t>
   </si>
   <si>
     <t>Геймърски аксесоар за кабела на мишката FragON 3 сменяеми цвята - Черно</t>
   </si>
   <si>
     <t>FRAGON-BUNGEE-BLACK</t>
   </si>
   <si>
     <t>Геймърски аксесоар за кабела на мишката FragON 3 сменяеми цвята - Бял</t>
   </si>
   <si>
     <t>FRAGON-BUNGEE-WHITE</t>
   </si>
   <si>
-    <t>LEGO Hearth Ornament - 40638</t>
-[...2 lines deleted...]
-    <t>LEGO-40638</t>
+    <t>Пад за мишка Cherry MP 2000, XXL, Черен</t>
+  </si>
+  <si>
+    <t>CHERRY-PAD-MP-2000</t>
+  </si>
+  <si>
+    <t>Геймърска мишка HAMA uRage "Reaper 250", 217837</t>
+  </si>
+  <si>
+    <t>HAMA-217837</t>
+  </si>
+  <si>
+    <t>Чаша Paladone Minecraft Creeper Heat Change Mug</t>
+  </si>
+  <si>
+    <t>PD-066809</t>
+  </si>
+  <si>
+    <t>Геймърски пад за мишка Hama uRage "Lethality 200 Illuminated",186047</t>
+  </si>
+  <si>
+    <t>HAMA-186045</t>
+  </si>
+  <si>
+    <t>Hama Urage Exodus 215 Illuminated геймърска клавиатура USB, кирилизирана</t>
+  </si>
+  <si>
+    <t>HAMA-217831</t>
   </si>
   <si>
     <t>Бутилка Paladone Minecraft - Aluminium Water Bottle, 600ml, PP12074MCF</t>
   </si>
   <si>
     <t>PD-104538</t>
   </si>
   <si>
     <t>Чаша с термо ефект Paladone Minecraft Nether Heat Change Mug, PP10590MCF</t>
   </si>
   <si>
     <t>PD-104478</t>
   </si>
   <si>
     <t>Лампа Paladone Minecraft - Table Lamp, PP13387MCF</t>
   </si>
   <si>
     <t>PD-104516</t>
   </si>
   <si>
     <t>Лампа Paladone Icons  Minecraft - Allay Light, PP12709MCF</t>
   </si>
   <si>
     <t>PD-096270</t>
   </si>
   <si>
     <t>Лампа Paladone Icons: Minecraft - Fox Light, PP13275MCF</t>
   </si>
   <si>
     <t>PD-096271</t>
   </si>
   <si>
     <t>Чаша Paladone Minecraft - Bucket of Axolotl shaped Mug (400ml), PP11368MCF</t>
   </si>
   <si>
     <t>PD-089413</t>
   </si>
   <si>
     <t>Лампа Paladone  Minecraft - Creeper Light BDP, PP6595MCFV4</t>
   </si>
   <si>
     <t>PD-057460</t>
   </si>
   <si>
+    <t>Чанта за гейминг конзола Nacon Bigben Nintendo Switch Deluxe Travel, Бяло - NNS40W</t>
+  </si>
+  <si>
+    <t>NC-NNS40W</t>
+  </si>
+  <si>
     <t>Геймърски ръкав FragOn Arm Sleeve Diablo 4 Lilith's Blood Petals - Размер M</t>
   </si>
   <si>
     <t>FRAGON-ARM-FD4-M</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve Diablo 4 Lilith's Blood Petals - Размер S</t>
   </si>
   <si>
     <t>FRAGON-ARM-FD4-S</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Alliance - Размер M</t>
   </si>
   <si>
     <t>FRAGON-ARM-FWOWA-M</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Horde - Размер L</t>
   </si>
   <si>
     <t>FRAGON-ARM-FWOWH-L</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Horde - Размер M</t>
   </si>
   <si>
     <t>FRAGON-ARM-FWOWH-M</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Horde - Размер S</t>
   </si>
   <si>
     <t>FRAGON-ARM-FWOWH-S</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Horde - Размер XL</t>
   </si>
   <si>
     <t>FRAGON-ARM-FWOWH-XL</t>
   </si>
   <si>
+    <t>Вертикална поставка Nacon, За конзола с хъб PS5 Slim</t>
+  </si>
+  <si>
+    <t>NC-PS5SVERTSTAND</t>
+  </si>
+  <si>
+    <t>Батерия Nacon, За збезжични контролери DualSense Edge</t>
+  </si>
+  <si>
+    <t>NC-PS5BATPACK</t>
+  </si>
+  <si>
+    <t>Вентилатор Nacon, За конзола PS5 Slim</t>
+  </si>
+  <si>
+    <t>NC-PS5SCOOLINGFAN</t>
+  </si>
+  <si>
+    <t>Зарядна станция Nacon PS5 DUAL Charger V4</t>
+  </si>
+  <si>
+    <t>NC-PS5DUALCHARGER-V4</t>
+  </si>
+  <si>
+    <t>Зарядна станция Nacon, За DualSense падове и Playstation Portal</t>
+  </si>
+  <si>
+    <t>NC-PS5TRIPLECHARGER</t>
+  </si>
+  <si>
+    <t>Подложка за мишка PowerColor Red Devil - XL</t>
+  </si>
+  <si>
+    <t>PC-PAD-MPD-1000</t>
+  </si>
+  <si>
     <t>LEGO Fortnite Durrr Burger - 77070</t>
   </si>
   <si>
     <t>LEGO-77070</t>
   </si>
   <si>
     <t>LEGO  Super Mario Mario car - Yoshi bike, 72031</t>
   </si>
   <si>
     <t>LEGO-72031</t>
   </si>
   <si>
     <t>Чаша Paladone: Fortnite - Heat Change Mug (PP14663FO)</t>
   </si>
   <si>
     <t>PD-104460</t>
   </si>
   <si>
     <t>Чаша Paladone: Fortnite - Durrr Burger Shaped Mug PP14629FO</t>
   </si>
   <si>
     <t>PD-104459</t>
   </si>
   <si>
-    <t>Фигурка Funko Pop! NBA Basketball: Bulls - Michael Jordan #126</t>
-[...31 lines deleted...]
-  <si>
     <t>Фигурка Funko POP! Movies:  Disney Lilo and Stitch, 065665,  Stitch (Smiling Seated), 1045 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-065665</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Sports - Basketball - Jayson Tatum (Boston Celtics), 200</t>
   </si>
   <si>
     <t>FUNKO-099582</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Sports: Basketball - Jimmy Butler (Miami Heat), 202</t>
   </si>
   <si>
     <t>FUNKO-099584</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Sports - Basketball - Luka Doncic (Dallas Mavericks), 204</t>
   </si>
   <si>
     <t>FUNKO-099586</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Sports:  Basketball - Stephen Curry (Golden State Warriors), 205</t>
@@ -1255,51 +1309,51 @@
   <si>
     <t>Лампа Paladone Icons  Minecraft - Panda Light, PP13276MCF</t>
   </si>
   <si>
     <t>PD-096272</t>
   </si>
   <si>
     <t>Термо Чаша Paladone - Harry Potter - Hogwarts Travel Mug V2 (450ml), PP13876HP</t>
   </si>
   <si>
     <t>PD-37122</t>
   </si>
   <si>
     <t>Пад за мишка Paladone Marvel - Logo Desk Mat, PP9519MC</t>
   </si>
   <si>
     <t>PD-084309</t>
   </si>
   <si>
     <t>Бутилка за вода Paladone : PlayStation - Heritage Metal Water Bottle with Straw - 480ml</t>
   </si>
   <si>
     <t>PD-080466</t>
   </si>
   <si>
-    <t>Paladone: Super Mario - Heat Change Mug (300ml), PP2927NN</t>
+    <t>Paladone: Super Mario - Mushroom Light PP4017NNV5</t>
   </si>
   <si>
     <t>PD-036912</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Games: World Of Warcraft The War Within - Thrall #1046 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-099952</t>
   </si>
   <si>
     <t>Статуетка Paladone Icons: Playstation Light (PP7929PS)</t>
   </si>
   <si>
     <t>PD-070820</t>
   </si>
   <si>
     <t>Статуетка Paladone Icons: Minecraft - Zombie Jack O Lantern Light PP15302MCF</t>
   </si>
   <si>
     <t>PD-104903</t>
   </si>
   <si>
     <t>Статуетка Paladone Icons: Minions - Bob Light (PP13259MN)</t>
   </si>
@@ -1369,56 +1423,206 @@
   <si>
     <t>Фигурка Funko Pop! MLS: Inter Miami - Lionel Messi (Away) #01</t>
   </si>
   <si>
     <t>FUNKO-102833</t>
   </si>
   <si>
     <t>Чаша Paladone: Harry Potter - Dark Mark Mug (PP14643HP)</t>
   </si>
   <si>
     <t>PD-104463</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Movies: John Wick - John Wick #1763</t>
   </si>
   <si>
     <t>FUNKO-101400</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Games: World of Warcraft: The War Within - Anduin #1099 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-104345</t>
   </si>
   <si>
+    <t>Фигурка League of Legends POP! Games Riven w/Broken Blade 9 cm #1040</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA8993</t>
+  </si>
+  <si>
+    <t>Фигурка Arcane League of Legends POP! Animation Mel #1489</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA9375</t>
+  </si>
+  <si>
+    <t>Фигурка Arcane League of Legends POP! Animation Viktor #1487</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA9374</t>
+  </si>
+  <si>
+    <t>Фигурка Arcane League of Legends POP! Animation Caitlyn #1488</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA9373</t>
+  </si>
+  <si>
+    <t>Фигурка League of Legends POP! Games Senna #1043</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA8996</t>
+  </si>
+  <si>
+    <t>Фигурка League of Legends POP! Games Vinyl Figure Lucian #1042</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA8995</t>
+  </si>
+  <si>
+    <t>Фигурка League of Legends POP! Games Ahri #1041</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA8994</t>
+  </si>
+  <si>
+    <t>Фигурка Funko POP! Movies: The Lord of the Rings - Nazgul #1744</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA9257</t>
+  </si>
+  <si>
+    <t>Фигурка League of Legends POP! Games Yone #1082</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA9828</t>
+  </si>
+  <si>
+    <t>Фигурка League of Legends POP! Games Jhin #1081</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA9827</t>
+  </si>
+  <si>
+    <t>Фигурка Television Arcane: League of Legends - Vi #1601</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA8916</t>
+  </si>
+  <si>
+    <t>Фигурка League of Legends POP! Games Akali #1080</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA10127</t>
+  </si>
+  <si>
     <t>Фигурка Funko Pop! Racing: Mercedes AMG Petronas Formula One Team - Kimi Antonelli #13</t>
   </si>
   <si>
     <t>FUNKO-106321</t>
   </si>
   <si>
+    <t>Фигурка Funko Pop! Games: Astro Bot - Astro Bot #1089</t>
+  </si>
+  <si>
+    <t>FUNKO-105393</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Marvel: Avengers Endgame - Captain America With Broken Shield &amp; Mjolnir #573</t>
+  </si>
+  <si>
+    <t>FUNKO-051668</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Plus: The Lord of the Rings - Frodo Baggins (Glows in The Dark) #1832 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-104174</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Plus: The Lord of the Rings - Gollum (Glows in The Dark) #1831 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-104175</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Television: Fallout - Vault Boy* #1767 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-105328</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Television: Welcome to Derry -Pennywise #1746</t>
+  </si>
+  <si>
+    <t>FUNKO-105218</t>
+  </si>
+  <si>
+    <t>Лампа Paladone Icons: Minecraft - Piglin Light, PP14431MCF</t>
+  </si>
+  <si>
+    <t>PD-104481</t>
+  </si>
+  <si>
+    <t>Пад за мишка Netflix Squid Game - Front Man And Guards Desk Mat</t>
+  </si>
+  <si>
+    <t>SG-108603</t>
+  </si>
+  <si>
+    <t>Бутилка Paladone Harry Potter: Death Eater - Metal Water Bottle</t>
+  </si>
+  <si>
+    <t>PD-104462</t>
+  </si>
+  <si>
+    <t>Чаша Paladone: Fortnite - Gamer Cup (PP14598FO)</t>
+  </si>
+  <si>
+    <t>PD-104456</t>
+  </si>
+  <si>
+    <t>Бутилка за вода Paladone: Fortnite - Metal Water Bottle (PP14736FO)</t>
+  </si>
+  <si>
+    <t>PD-104457</t>
+  </si>
+  <si>
+    <t>Геймърски пад за мишка Corsair MM250 Champion XL 450mm x 400mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM250-XL</t>
+  </si>
+  <si>
+    <t>Геймърски пад за мишка ASUS TUF GAMING P1 Hatsune Miku Edition</t>
+  </si>
+  <si>
+    <t>ASUS-PAD-TUF-P1-MIKU</t>
+  </si>
+  <si>
     <t>Геймърски пад Dark Project - Bushido XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-BUSHIDO-XL</t>
   </si>
   <si>
     <t>Геймърски пад Dark Project - Nostra White XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-TNOSTRA-WH-XL</t>
   </si>
   <si>
     <t>Геймърски пад Dark Project - Nostra Black XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-TNOSTRA-BL-XL</t>
   </si>
   <si>
     <t>Геймърски пад Dark Project - Celestial XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-CELESTIAL-XL</t>
   </si>
   <si>
     <t>Геймърски пад Dark Project - Terra Nova White XL</t>
@@ -1441,234 +1645,204 @@
   <si>
     <t>Фигурка DC Multiverse Superman (Hush) 7in Action Figure McFarlane</t>
   </si>
   <si>
     <t>MCFARLANE-17557</t>
   </si>
   <si>
     <t>Фигурка DC Multiverse Superman (Superman Movie) 7in Action Figure McFarlane</t>
   </si>
   <si>
     <t>MCFARLANE-17558</t>
   </si>
   <si>
     <t>Фигурка DC Direct Armored Batman (The Dark Knight Returns) Cowl Replica 1:3 Scale McFarlane</t>
   </si>
   <si>
     <t>MCFARLANE-17936</t>
   </si>
   <si>
     <t>Фигурка DC Direct Batman (Batman and Robin) Cowl Replica 1:3 Scale</t>
   </si>
   <si>
     <t>MCFARLANE-17937</t>
   </si>
   <si>
-    <t>Фигурка DC MULTIVERSE 7IN - GREEN BATMAN McFarlane</t>
-[...182 lines deleted...]
-    <t>LOGITECH-RW-G923-BUND-XBO</t>
+    <t>Keychron Desk Mat - Black</t>
+  </si>
+  <si>
+    <t>KEYCHRON-PAD-DM-1</t>
+  </si>
+  <si>
+    <t>Кабел за клавиатура Keychron Coiled Aviator Cable Angled USB-C - White</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-Cab-9</t>
+  </si>
+  <si>
+    <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4</t>
+  </si>
+  <si>
+    <t>SG-109033</t>
+  </si>
+  <si>
+    <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4 Green</t>
+  </si>
+  <si>
+    <t>SG-109032</t>
+  </si>
+  <si>
+    <t>SG-109031</t>
+  </si>
+  <si>
+    <t>SG-109034</t>
+  </si>
+  <si>
+    <t>Paladone: Fortnite - Desk Headphone Stand With Light</t>
+  </si>
+  <si>
+    <t>PD-PP14509FO</t>
+  </si>
+  <si>
+    <t>Paladone: Playstation - Desk Headphone Stand With Light</t>
+  </si>
+  <si>
+    <t>PD-PP14328PS</t>
+  </si>
+  <si>
+    <t>Подложка за мишка Noctua NP-DM3 Anniversary Deskmat - 900 x 400 x 4 mm</t>
+  </si>
+  <si>
+    <t>NOCTUA-PAD-NP-DM3</t>
+  </si>
+  <si>
+    <t>Геймърскa клавиатура SteelSeries Apex 3 TKL Aqua - Quiet Switct, US Layout</t>
+  </si>
+  <si>
+    <t>STEEL-KEY-64933</t>
+  </si>
+  <si>
+    <t>Геймърскa клавиатура SteelSeries Apex 3 TKL Lavander - Quiet Switct, US Layout</t>
+  </si>
+  <si>
+    <t>STEEL-KEY-64940</t>
+  </si>
+  <si>
+    <t>Гейминг контролер Sony PS5 DualSense God of War 20th Anniversary</t>
+  </si>
+  <si>
+    <t>SONY-PS5-DS-GOD</t>
+  </si>
+  <si>
+    <t>Безжичен геймпад Sony DualSense Astro Bot Limited Edition 2.0</t>
+  </si>
+  <si>
+    <t>SONY-PS5-DS-ASTRO</t>
+  </si>
+  <si>
+    <t>Геймърскa безжична мишка CORSAIR M75 AIR Ultra-Lightweight Gaming Mouse - Light Gray</t>
+  </si>
+  <si>
+    <t>CORSAIR-MOUSE-M75-AIR</t>
+  </si>
+  <si>
+    <t>CORSAIR Геймърски бъндъл 4 в 1 - K55 CORE / HARPOON RGB PRO / HS35 Surround v2 / MM100</t>
+  </si>
+  <si>
+    <t>CORSAIR-KEY-BUNDLE</t>
+  </si>
+  <si>
+    <t>Геймърски безжични слушалки ASUS ROG Pelta White - USB-C, Aura Sync RGB</t>
+  </si>
+  <si>
+    <t>ASUS-HEAD-ROG-PELTA-W</t>
+  </si>
+  <si>
+    <t>Подложка за стол Next Level Racing NLR HF8 - Haptic Feedback Gaming Pad</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-G001</t>
+  </si>
+  <si>
+    <t>Геймърска безжична мишка ASUS ROG Harpe Ace Extreme - Черна</t>
+  </si>
+  <si>
+    <t>ASUS-MOUSE-ROG-HARPE-EXT</t>
+  </si>
+  <si>
+    <t>LEGO® Technic™: Oracle Red Bull Racing RB20 F1 Car (42206)</t>
+  </si>
+  <si>
+    <t>LEGO-42206</t>
+  </si>
+  <si>
+    <t>Спортна седалка за симулатор Next Level Racing ERS5 Elite Reclining Seat</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E055</t>
+  </si>
+  <si>
+    <t>Спортна седалка за симулатор Next Level Racing ES2 SIM Racing Seat</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E060</t>
+  </si>
+  <si>
+    <t>Спортна седалка за симулатор Next Level Racing NLR ERS3 HYPERCOOL Ventilated Sim Racing</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E063</t>
+  </si>
+  <si>
+    <t>Конзола Nintendo Switch 2 + Pokemon Legends Z-A Bundle 256GB</t>
+  </si>
+  <si>
+    <t>NINTENDO-SW2-POK-256GB</t>
+  </si>
+  <si>
+    <t>Конзола Sony PlayStation 5  + FC 26 Bundle</t>
+  </si>
+  <si>
+    <t>SONY-PS5-FC26</t>
+  </si>
+  <si>
+    <t>Конзола Sony PlayStation 5 Pro</t>
+  </si>
+  <si>
+    <t>SONY-PS5-PRO</t>
+  </si>
+  <si>
+    <t>Конзола Sony PlayStation 5 Pro + FC 26 Bundle</t>
+  </si>
+  <si>
+    <t>SONY-PS5-PRO-FC26</t>
+  </si>
+  <si>
+    <t>Система за контрол Elgato Stream Deck Studio</t>
+  </si>
+  <si>
+    <t>ELGATO-10GB09901</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1972,6310 +2146,10356 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D447"/>
+  <dimension ref="A1:D736"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>6.48</v>
+        <v>7.2</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>7.2</v>
+        <v>8.004</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>8.004</v>
+        <v>8.4</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>9.6</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>9.6</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>10.008</v>
+        <v>9.6</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>10.116</v>
+        <v>10.008</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>10.2</v>
+        <v>10.116</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>11.472</v>
+        <v>10.2</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>11.604</v>
+        <v>11.472</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>12.0</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>12.876</v>
+        <v>12.108</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>14.004</v>
+        <v>12.876</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>14.004</v>
+        <v>14.4</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>14.4</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>14.4</v>
+        <v>14.976</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>14.976</v>
+        <v>15.0</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>15.0</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>15.0</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>15.0</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>15.0</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>15.18</v>
+        <v>15.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>16.2</v>
+        <v>15.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>16.2</v>
+        <v>15.0</v>
       </c>
       <c r="D25" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>16.992</v>
+        <v>15.0</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>16.992</v>
+        <v>15.0</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>17.124</v>
+        <v>15.0</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>18.312</v>
+        <v>15.0</v>
       </c>
       <c r="D33" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>18.504</v>
+        <v>15.0</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>18.924</v>
+        <v>15.6</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>18.996</v>
+        <v>15.6</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>18.996</v>
+        <v>15.6</v>
       </c>
       <c r="D37" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>18.996</v>
+        <v>15.6</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>18.996</v>
+        <v>15.624</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>18.996</v>
+        <v>16.2</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>18.996</v>
+        <v>16.2</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>18.996</v>
+        <v>16.2</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>18.996</v>
+        <v>16.992</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>18.996</v>
+        <v>16.992</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>18.996</v>
+        <v>18.0</v>
       </c>
       <c r="D45" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>18.996</v>
+        <v>18.0</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>18.996</v>
+        <v>18.0</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>18.996</v>
+        <v>18.0</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>18.996</v>
+        <v>18.684</v>
       </c>
       <c r="D49" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>18.996</v>
+        <v>18.684</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>18.996</v>
+        <v>18.924</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>18.996</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>19.2</v>
+        <v>18.996</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>19.2</v>
+        <v>18.996</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>19.596</v>
+        <v>18.996</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>19.8</v>
+        <v>18.996</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>19.8</v>
+        <v>18.996</v>
       </c>
       <c r="D57" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>19.8</v>
+        <v>18.996</v>
       </c>
       <c r="D58" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>19.8</v>
+        <v>18.996</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>19.8</v>
+        <v>18.996</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>19.8</v>
+        <v>18.996</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>19.8</v>
+        <v>18.996</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>19.8</v>
+        <v>18.996</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>19.8</v>
+        <v>18.996</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>19.8</v>
+        <v>19.2</v>
       </c>
       <c r="D65" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>19.8</v>
+        <v>19.596</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
         <v>19.8</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
         <v>19.8</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
         <v>19.8</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
         <v>19.8</v>
       </c>
       <c r="D70" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
         <v>19.8</v>
       </c>
       <c r="D71" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
         <v>19.8</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
         <v>19.8</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
         <v>19.8</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>19.8</v>
       </c>
       <c r="D75" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>19.836</v>
+        <v>19.8</v>
       </c>
       <c r="D76" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>19.872</v>
+        <v>19.8</v>
       </c>
       <c r="D77" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>19.896</v>
+        <v>19.8</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>19.896</v>
+        <v>19.8</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>19.896</v>
+        <v>19.8</v>
       </c>
       <c r="D80" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>19.896</v>
+        <v>19.8</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>19.896</v>
+        <v>19.8</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
-        <v>19.896</v>
+        <v>19.8</v>
       </c>
       <c r="D83" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
-        <v>19.896</v>
+        <v>19.8</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
-        <v>19.992</v>
+        <v>19.8</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>19.992</v>
+        <v>19.8</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>19.992</v>
+        <v>19.8</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>19.992</v>
+        <v>19.8</v>
       </c>
       <c r="D88" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
-        <v>19.992</v>
+        <v>19.8</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
-        <v>19.992</v>
+        <v>19.836</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
-        <v>19.992</v>
+        <v>19.896</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
-        <v>19.992</v>
+        <v>19.896</v>
       </c>
       <c r="D92" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
-        <v>19.992</v>
+        <v>19.896</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
-        <v>20.52</v>
+        <v>19.896</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
-        <v>21.252</v>
+        <v>19.896</v>
       </c>
       <c r="D95" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
-        <v>22.8</v>
+        <v>19.896</v>
       </c>
       <c r="D96" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
-        <v>23.4</v>
+        <v>19.896</v>
       </c>
       <c r="D97" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
-        <v>23.748</v>
+        <v>19.992</v>
       </c>
       <c r="D98" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
-        <v>24.0</v>
+        <v>19.992</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
-        <v>24.0</v>
+        <v>19.992</v>
       </c>
       <c r="D100" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
-        <v>24.0</v>
+        <v>19.992</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="B102" t="s">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="C102">
-        <v>10.2</v>
+        <v>7.2</v>
       </c>
       <c r="D102" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="B103" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C103">
-        <v>11.472</v>
+        <v>8.004</v>
       </c>
       <c r="D103" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="B104" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="C104">
-        <v>11.604</v>
+        <v>8.4</v>
       </c>
       <c r="D104" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B105" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="C105">
-        <v>12.0</v>
+        <v>9.6</v>
       </c>
       <c r="D105" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="B106" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C106">
-        <v>12.876</v>
+        <v>9.6</v>
       </c>
       <c r="D106" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="B107" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="C107">
-        <v>14.004</v>
+        <v>9.6</v>
       </c>
       <c r="D107" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="B108" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="C108">
-        <v>14.004</v>
+        <v>10.008</v>
       </c>
       <c r="D108" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="B109" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="C109">
-        <v>14.4</v>
+        <v>10.2</v>
       </c>
       <c r="D109" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B110" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="C110">
-        <v>14.4</v>
+        <v>11.472</v>
       </c>
       <c r="D110" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="B111" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="C111">
-        <v>14.976</v>
+        <v>12.0</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="B112" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="C112">
-        <v>15.18</v>
+        <v>12.108</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="B113" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="C113">
-        <v>16.992</v>
+        <v>12.876</v>
       </c>
       <c r="D113" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="B114" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="C114">
-        <v>18.0</v>
+        <v>14.4</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="B115" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="C115">
-        <v>18.0</v>
+        <v>14.4</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="B116" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="C116">
-        <v>18.0</v>
+        <v>14.976</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="B117" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="C117">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D117" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="B118" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="C118">
-        <v>18.312</v>
+        <v>15.0</v>
       </c>
       <c r="D118" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="B119" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="C119">
-        <v>18.504</v>
+        <v>15.0</v>
       </c>
       <c r="D119" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="B120" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="C120">
-        <v>18.924</v>
+        <v>15.0</v>
       </c>
       <c r="D120" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="B121" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="C121">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>97</v>
+        <v>49</v>
       </c>
       <c r="B122" t="s">
-        <v>98</v>
+        <v>50</v>
       </c>
       <c r="C122">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D122" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="B123" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="C123">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D123" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>101</v>
+        <v>53</v>
       </c>
       <c r="B124" t="s">
-        <v>102</v>
+        <v>54</v>
       </c>
       <c r="C124">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D124" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>103</v>
+        <v>55</v>
       </c>
       <c r="B125" t="s">
-        <v>104</v>
+        <v>56</v>
       </c>
       <c r="C125">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>105</v>
+        <v>57</v>
       </c>
       <c r="B126" t="s">
-        <v>106</v>
+        <v>58</v>
       </c>
       <c r="C126">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>107</v>
+        <v>59</v>
       </c>
       <c r="B127" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="C127">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D127" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="B128" t="s">
-        <v>110</v>
+        <v>62</v>
       </c>
       <c r="C128">
-        <v>19.2</v>
+        <v>15.0</v>
       </c>
       <c r="D128" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="B129" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="C129">
-        <v>19.2</v>
+        <v>15.0</v>
       </c>
       <c r="D129" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>113</v>
+        <v>65</v>
       </c>
       <c r="B130" t="s">
-        <v>114</v>
+        <v>66</v>
       </c>
       <c r="C130">
-        <v>19.596</v>
+        <v>15.0</v>
       </c>
       <c r="D130" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>117</v>
+        <v>67</v>
       </c>
       <c r="B131" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="C131">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D131" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>119</v>
+        <v>69</v>
       </c>
       <c r="B132" t="s">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="C132">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D132" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>121</v>
+        <v>71</v>
       </c>
       <c r="B133" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="C133">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="B134" t="s">
-        <v>124</v>
+        <v>74</v>
       </c>
       <c r="C134">
-        <v>19.8</v>
+        <v>15.6</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>125</v>
+        <v>75</v>
       </c>
       <c r="B135" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="C135">
-        <v>19.8</v>
+        <v>15.6</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>127</v>
+        <v>77</v>
       </c>
       <c r="B136" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
       <c r="C136">
-        <v>19.8</v>
+        <v>15.6</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>129</v>
+        <v>79</v>
       </c>
       <c r="B137" t="s">
-        <v>130</v>
+        <v>80</v>
       </c>
       <c r="C137">
-        <v>19.8</v>
+        <v>15.6</v>
       </c>
       <c r="D137" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>131</v>
+        <v>81</v>
       </c>
       <c r="B138" t="s">
-        <v>132</v>
+        <v>82</v>
       </c>
       <c r="C138">
-        <v>19.8</v>
+        <v>15.624</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>133</v>
+        <v>83</v>
       </c>
       <c r="B139" t="s">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="C139">
-        <v>19.8</v>
+        <v>16.2</v>
       </c>
       <c r="D139" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>135</v>
+        <v>85</v>
       </c>
       <c r="B140" t="s">
-        <v>136</v>
+        <v>86</v>
       </c>
       <c r="C140">
-        <v>19.8</v>
+        <v>16.2</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>137</v>
+        <v>87</v>
       </c>
       <c r="B141" t="s">
-        <v>138</v>
+        <v>88</v>
       </c>
       <c r="C141">
-        <v>19.8</v>
+        <v>16.2</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>139</v>
+        <v>89</v>
       </c>
       <c r="B142" t="s">
-        <v>140</v>
+        <v>90</v>
       </c>
       <c r="C142">
-        <v>19.8</v>
+        <v>16.992</v>
       </c>
       <c r="D142" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>141</v>
+        <v>91</v>
       </c>
       <c r="B143" t="s">
-        <v>142</v>
+        <v>92</v>
       </c>
       <c r="C143">
-        <v>19.8</v>
+        <v>16.992</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>143</v>
+        <v>93</v>
       </c>
       <c r="B144" t="s">
-        <v>144</v>
+        <v>94</v>
       </c>
       <c r="C144">
-        <v>19.8</v>
+        <v>18.0</v>
       </c>
       <c r="D144" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>145</v>
+        <v>95</v>
       </c>
       <c r="B145" t="s">
-        <v>146</v>
+        <v>96</v>
       </c>
       <c r="C145">
-        <v>19.8</v>
+        <v>18.0</v>
       </c>
       <c r="D145" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>147</v>
+        <v>97</v>
       </c>
       <c r="B146" t="s">
-        <v>148</v>
+        <v>98</v>
       </c>
       <c r="C146">
-        <v>19.8</v>
+        <v>18.0</v>
       </c>
       <c r="D146" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>149</v>
+        <v>99</v>
       </c>
       <c r="B147" t="s">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="C147">
-        <v>19.8</v>
+        <v>18.0</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>151</v>
+        <v>101</v>
       </c>
       <c r="B148" t="s">
-        <v>152</v>
+        <v>102</v>
       </c>
       <c r="C148">
-        <v>19.8</v>
+        <v>18.684</v>
       </c>
       <c r="D148" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>153</v>
+        <v>103</v>
       </c>
       <c r="B149" t="s">
-        <v>154</v>
+        <v>104</v>
       </c>
       <c r="C149">
-        <v>19.8</v>
+        <v>18.684</v>
       </c>
       <c r="D149" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>155</v>
+        <v>105</v>
       </c>
       <c r="B150" t="s">
-        <v>156</v>
+        <v>106</v>
       </c>
       <c r="C150">
-        <v>19.836</v>
+        <v>18.924</v>
       </c>
       <c r="D150" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>157</v>
+        <v>107</v>
       </c>
       <c r="B151" t="s">
-        <v>158</v>
+        <v>108</v>
       </c>
       <c r="C151">
-        <v>19.872</v>
+        <v>18.996</v>
       </c>
       <c r="D151" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>159</v>
+        <v>109</v>
       </c>
       <c r="B152" t="s">
-        <v>160</v>
+        <v>110</v>
       </c>
       <c r="C152">
-        <v>19.896</v>
+        <v>18.996</v>
       </c>
       <c r="D152" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>161</v>
+        <v>111</v>
       </c>
       <c r="B153" t="s">
-        <v>162</v>
+        <v>112</v>
       </c>
       <c r="C153">
-        <v>19.896</v>
+        <v>18.996</v>
       </c>
       <c r="D153" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>163</v>
+        <v>113</v>
       </c>
       <c r="B154" t="s">
-        <v>164</v>
+        <v>114</v>
       </c>
       <c r="C154">
-        <v>19.896</v>
+        <v>18.996</v>
       </c>
       <c r="D154" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>165</v>
+        <v>115</v>
       </c>
       <c r="B155" t="s">
-        <v>166</v>
+        <v>116</v>
       </c>
       <c r="C155">
-        <v>19.896</v>
+        <v>18.996</v>
       </c>
       <c r="D155" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>167</v>
+        <v>117</v>
       </c>
       <c r="B156" t="s">
-        <v>168</v>
+        <v>118</v>
       </c>
       <c r="C156">
-        <v>19.896</v>
+        <v>18.996</v>
       </c>
       <c r="D156" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>169</v>
+        <v>119</v>
       </c>
       <c r="B157" t="s">
-        <v>170</v>
+        <v>120</v>
       </c>
       <c r="C157">
-        <v>19.896</v>
+        <v>18.996</v>
       </c>
       <c r="D157" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>171</v>
+        <v>121</v>
       </c>
       <c r="B158" t="s">
-        <v>172</v>
+        <v>122</v>
       </c>
       <c r="C158">
-        <v>19.896</v>
+        <v>18.996</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>191</v>
+        <v>123</v>
       </c>
       <c r="B159" t="s">
-        <v>192</v>
+        <v>124</v>
       </c>
       <c r="C159">
-        <v>20.52</v>
+        <v>18.996</v>
       </c>
       <c r="D159" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>193</v>
+        <v>125</v>
       </c>
       <c r="B160" t="s">
-        <v>194</v>
+        <v>126</v>
       </c>
       <c r="C160">
-        <v>21.252</v>
+        <v>18.996</v>
       </c>
       <c r="D160" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>197</v>
+        <v>127</v>
       </c>
       <c r="B161" t="s">
-        <v>198</v>
+        <v>128</v>
       </c>
       <c r="C161">
-        <v>23.4</v>
+        <v>18.996</v>
       </c>
       <c r="D161" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>199</v>
+        <v>129</v>
       </c>
       <c r="B162" t="s">
-        <v>200</v>
+        <v>130</v>
       </c>
       <c r="C162">
-        <v>23.748</v>
+        <v>18.996</v>
       </c>
       <c r="D162" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>207</v>
+        <v>131</v>
       </c>
       <c r="B163" t="s">
-        <v>208</v>
+        <v>132</v>
       </c>
       <c r="C163">
-        <v>24.0</v>
+        <v>18.996</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>209</v>
+        <v>133</v>
       </c>
       <c r="B164" t="s">
-        <v>210</v>
+        <v>134</v>
       </c>
       <c r="C164">
-        <v>24.0</v>
+        <v>19.2</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>211</v>
+        <v>135</v>
       </c>
       <c r="B165" t="s">
-        <v>212</v>
+        <v>136</v>
       </c>
       <c r="C165">
-        <v>24.0</v>
+        <v>19.596</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>213</v>
+        <v>139</v>
       </c>
       <c r="B166" t="s">
-        <v>214</v>
+        <v>140</v>
       </c>
       <c r="C166">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>215</v>
+        <v>141</v>
       </c>
       <c r="B167" t="s">
-        <v>216</v>
+        <v>142</v>
       </c>
       <c r="C167">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D167" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>217</v>
+        <v>143</v>
       </c>
       <c r="B168" t="s">
-        <v>218</v>
+        <v>144</v>
       </c>
       <c r="C168">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D168" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>219</v>
+        <v>145</v>
       </c>
       <c r="B169" t="s">
-        <v>220</v>
+        <v>146</v>
       </c>
       <c r="C169">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D169" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>221</v>
+        <v>147</v>
       </c>
       <c r="B170" t="s">
-        <v>222</v>
+        <v>148</v>
       </c>
       <c r="C170">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D170" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>223</v>
+        <v>149</v>
       </c>
       <c r="B171" t="s">
-        <v>224</v>
+        <v>150</v>
       </c>
       <c r="C171">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D171" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>225</v>
+        <v>151</v>
       </c>
       <c r="B172" t="s">
-        <v>226</v>
+        <v>152</v>
       </c>
       <c r="C172">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D172" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>227</v>
+        <v>153</v>
       </c>
       <c r="B173" t="s">
-        <v>228</v>
+        <v>154</v>
       </c>
       <c r="C173">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D173" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>229</v>
+        <v>155</v>
       </c>
       <c r="B174" t="s">
-        <v>230</v>
+        <v>156</v>
       </c>
       <c r="C174">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D174" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>231</v>
+        <v>157</v>
       </c>
       <c r="B175" t="s">
-        <v>232</v>
+        <v>158</v>
       </c>
       <c r="C175">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D175" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>233</v>
+        <v>159</v>
       </c>
       <c r="B176" t="s">
-        <v>234</v>
+        <v>160</v>
       </c>
       <c r="C176">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D176" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>235</v>
+        <v>161</v>
       </c>
       <c r="B177" t="s">
-        <v>236</v>
+        <v>162</v>
       </c>
       <c r="C177">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D177" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>237</v>
+        <v>163</v>
       </c>
       <c r="B178" t="s">
-        <v>238</v>
+        <v>164</v>
       </c>
       <c r="C178">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D178" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>239</v>
+        <v>165</v>
       </c>
       <c r="B179" t="s">
-        <v>240</v>
+        <v>166</v>
       </c>
       <c r="C179">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D179" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>241</v>
+        <v>167</v>
       </c>
       <c r="B180" t="s">
-        <v>242</v>
+        <v>168</v>
       </c>
       <c r="C180">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D180" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>243</v>
+        <v>169</v>
       </c>
       <c r="B181" t="s">
-        <v>244</v>
+        <v>170</v>
       </c>
       <c r="C181">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D181" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>245</v>
+        <v>171</v>
       </c>
       <c r="B182" t="s">
-        <v>246</v>
+        <v>172</v>
       </c>
       <c r="C182">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D182" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>247</v>
+        <v>173</v>
       </c>
       <c r="B183" t="s">
-        <v>248</v>
+        <v>174</v>
       </c>
       <c r="C183">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D183" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>249</v>
+        <v>175</v>
       </c>
       <c r="B184" t="s">
-        <v>250</v>
+        <v>176</v>
       </c>
       <c r="C184">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D184" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>251</v>
+        <v>177</v>
       </c>
       <c r="B185" t="s">
-        <v>252</v>
+        <v>178</v>
       </c>
       <c r="C185">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D185" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>253</v>
+        <v>179</v>
       </c>
       <c r="B186" t="s">
-        <v>254</v>
+        <v>180</v>
       </c>
       <c r="C186">
-        <v>24.996</v>
+        <v>19.8</v>
       </c>
       <c r="D186" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>255</v>
+        <v>181</v>
       </c>
       <c r="B187" t="s">
-        <v>256</v>
+        <v>182</v>
       </c>
       <c r="C187">
-        <v>24.996</v>
+        <v>19.8</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>257</v>
+        <v>183</v>
       </c>
       <c r="B188" t="s">
-        <v>258</v>
+        <v>184</v>
       </c>
       <c r="C188">
-        <v>24.996</v>
+        <v>19.836</v>
       </c>
       <c r="D188" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>259</v>
+        <v>185</v>
       </c>
       <c r="B189" t="s">
-        <v>260</v>
+        <v>186</v>
       </c>
       <c r="C189">
-        <v>24.996</v>
+        <v>19.896</v>
       </c>
       <c r="D189" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>261</v>
+        <v>187</v>
       </c>
       <c r="B190" t="s">
-        <v>262</v>
+        <v>188</v>
       </c>
       <c r="C190">
-        <v>24.996</v>
+        <v>19.896</v>
       </c>
       <c r="D190" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>263</v>
+        <v>189</v>
       </c>
       <c r="B191" t="s">
-        <v>264</v>
+        <v>190</v>
       </c>
       <c r="C191">
-        <v>24.996</v>
+        <v>19.896</v>
       </c>
       <c r="D191" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>265</v>
+        <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>266</v>
+        <v>192</v>
       </c>
       <c r="C192">
-        <v>25.128</v>
+        <v>19.896</v>
       </c>
       <c r="D192" t="s">
-        <v>267</v>
+        <v>13</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>268</v>
+        <v>193</v>
       </c>
       <c r="B193" t="s">
-        <v>269</v>
+        <v>194</v>
       </c>
       <c r="C193">
-        <v>25.2</v>
+        <v>19.896</v>
       </c>
       <c r="D193" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>270</v>
+        <v>195</v>
       </c>
       <c r="B194" t="s">
-        <v>271</v>
+        <v>196</v>
       </c>
       <c r="C194">
-        <v>25.2</v>
+        <v>19.896</v>
       </c>
       <c r="D194" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>272</v>
+        <v>197</v>
       </c>
       <c r="B195" t="s">
-        <v>273</v>
+        <v>198</v>
       </c>
       <c r="C195">
-        <v>25.38</v>
+        <v>19.896</v>
       </c>
       <c r="D195" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>274</v>
+        <v>207</v>
       </c>
       <c r="B196" t="s">
-        <v>275</v>
+        <v>208</v>
       </c>
       <c r="C196">
-        <v>26.64</v>
+        <v>19.992</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>276</v>
+        <v>209</v>
       </c>
       <c r="B197" t="s">
-        <v>277</v>
+        <v>210</v>
       </c>
       <c r="C197">
-        <v>27.0</v>
+        <v>19.992</v>
       </c>
       <c r="D197" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>278</v>
+        <v>211</v>
       </c>
       <c r="B198" t="s">
-        <v>279</v>
+        <v>212</v>
       </c>
       <c r="C198">
-        <v>27.0</v>
+        <v>19.992</v>
       </c>
       <c r="D198" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>280</v>
+        <v>213</v>
       </c>
       <c r="B199" t="s">
-        <v>281</v>
+        <v>214</v>
       </c>
       <c r="C199">
-        <v>28.992</v>
+        <v>19.992</v>
       </c>
       <c r="D199" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>282</v>
+        <v>215</v>
       </c>
       <c r="B200" t="s">
-        <v>283</v>
+        <v>216</v>
       </c>
       <c r="C200">
-        <v>28.992</v>
+        <v>19.992</v>
       </c>
       <c r="D200" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>284</v>
+        <v>217</v>
       </c>
       <c r="B201" t="s">
-        <v>285</v>
+        <v>218</v>
       </c>
       <c r="C201">
-        <v>28.992</v>
+        <v>20.052</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="B202" t="s">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="C202">
-        <v>10.2</v>
+        <v>7.2</v>
       </c>
       <c r="D202" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="B203" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C203">
-        <v>11.472</v>
+        <v>8.004</v>
       </c>
       <c r="D203" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="B204" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="C204">
-        <v>11.604</v>
+        <v>8.4</v>
       </c>
       <c r="D204" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="B205" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="C205">
-        <v>12.0</v>
+        <v>9.6</v>
       </c>
       <c r="D205" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="B206" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C206">
-        <v>12.876</v>
+        <v>9.6</v>
       </c>
       <c r="D206" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="B207" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="C207">
-        <v>14.004</v>
+        <v>9.6</v>
       </c>
       <c r="D207" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="B208" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="C208">
-        <v>14.004</v>
+        <v>10.008</v>
       </c>
       <c r="D208" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="B209" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="C209">
-        <v>14.4</v>
+        <v>10.2</v>
       </c>
       <c r="D209" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B210" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="C210">
-        <v>14.4</v>
+        <v>11.472</v>
       </c>
       <c r="D210" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="B211" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="C211">
-        <v>14.976</v>
+        <v>12.0</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="B212" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="C212">
-        <v>15.18</v>
+        <v>12.108</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="B213" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="C213">
-        <v>16.992</v>
+        <v>12.876</v>
       </c>
       <c r="D213" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="B214" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="C214">
-        <v>18.0</v>
+        <v>14.4</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="B215" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="C215">
-        <v>18.0</v>
+        <v>14.4</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="B216" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="C216">
-        <v>18.0</v>
+        <v>14.976</v>
       </c>
       <c r="D216" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="B217" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="C217">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D217" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="B218" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="C218">
-        <v>18.312</v>
+        <v>15.0</v>
       </c>
       <c r="D218" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="B219" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="C219">
-        <v>18.504</v>
+        <v>15.0</v>
       </c>
       <c r="D219" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="B220" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="C220">
-        <v>18.924</v>
+        <v>15.0</v>
       </c>
       <c r="D220" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="B221" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="C221">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>97</v>
+        <v>49</v>
       </c>
       <c r="B222" t="s">
-        <v>98</v>
+        <v>50</v>
       </c>
       <c r="C222">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D222" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="B223" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="C223">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D223" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>101</v>
+        <v>53</v>
       </c>
       <c r="B224" t="s">
-        <v>102</v>
+        <v>54</v>
       </c>
       <c r="C224">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D224" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>103</v>
+        <v>55</v>
       </c>
       <c r="B225" t="s">
-        <v>104</v>
+        <v>56</v>
       </c>
       <c r="C225">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D225" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>105</v>
+        <v>57</v>
       </c>
       <c r="B226" t="s">
-        <v>106</v>
+        <v>58</v>
       </c>
       <c r="C226">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>107</v>
+        <v>59</v>
       </c>
       <c r="B227" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="C227">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D227" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="B228" t="s">
-        <v>112</v>
+        <v>62</v>
       </c>
       <c r="C228">
-        <v>19.2</v>
+        <v>15.0</v>
       </c>
       <c r="D228" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>113</v>
+        <v>63</v>
       </c>
       <c r="B229" t="s">
-        <v>114</v>
+        <v>64</v>
       </c>
       <c r="C229">
-        <v>19.596</v>
+        <v>15.0</v>
       </c>
       <c r="D229" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>125</v>
+        <v>65</v>
       </c>
       <c r="B230" t="s">
-        <v>126</v>
+        <v>66</v>
       </c>
       <c r="C230">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D230" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>127</v>
+        <v>67</v>
       </c>
       <c r="B231" t="s">
-        <v>128</v>
+        <v>68</v>
       </c>
       <c r="C231">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>129</v>
+        <v>69</v>
       </c>
       <c r="B232" t="s">
-        <v>130</v>
+        <v>70</v>
       </c>
       <c r="C232">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D232" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>131</v>
+        <v>71</v>
       </c>
       <c r="B233" t="s">
-        <v>132</v>
+        <v>72</v>
       </c>
       <c r="C233">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>133</v>
+        <v>77</v>
       </c>
       <c r="B234" t="s">
-        <v>134</v>
+        <v>78</v>
       </c>
       <c r="C234">
-        <v>19.8</v>
+        <v>15.6</v>
       </c>
       <c r="D234" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>135</v>
+        <v>79</v>
       </c>
       <c r="B235" t="s">
-        <v>136</v>
+        <v>80</v>
       </c>
       <c r="C235">
-        <v>19.8</v>
+        <v>15.6</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>137</v>
+        <v>81</v>
       </c>
       <c r="B236" t="s">
-        <v>138</v>
+        <v>82</v>
       </c>
       <c r="C236">
-        <v>19.8</v>
+        <v>15.624</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="B237" t="s">
-        <v>140</v>
+        <v>84</v>
       </c>
       <c r="C237">
-        <v>19.8</v>
+        <v>16.2</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>141</v>
+        <v>85</v>
       </c>
       <c r="B238" t="s">
-        <v>142</v>
+        <v>86</v>
       </c>
       <c r="C238">
-        <v>19.8</v>
+        <v>16.2</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>143</v>
+        <v>87</v>
       </c>
       <c r="B239" t="s">
-        <v>144</v>
+        <v>88</v>
       </c>
       <c r="C239">
-        <v>19.8</v>
+        <v>16.2</v>
       </c>
       <c r="D239" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>145</v>
+        <v>89</v>
       </c>
       <c r="B240" t="s">
-        <v>146</v>
+        <v>90</v>
       </c>
       <c r="C240">
-        <v>19.8</v>
+        <v>16.992</v>
       </c>
       <c r="D240" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>147</v>
+        <v>91</v>
       </c>
       <c r="B241" t="s">
-        <v>148</v>
+        <v>92</v>
       </c>
       <c r="C241">
-        <v>19.8</v>
+        <v>16.992</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>149</v>
+        <v>93</v>
       </c>
       <c r="B242" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="C242">
-        <v>19.8</v>
+        <v>18.0</v>
       </c>
       <c r="D242" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>151</v>
+        <v>95</v>
       </c>
       <c r="B243" t="s">
-        <v>152</v>
+        <v>96</v>
       </c>
       <c r="C243">
-        <v>19.8</v>
+        <v>18.0</v>
       </c>
       <c r="D243" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>153</v>
+        <v>97</v>
       </c>
       <c r="B244" t="s">
-        <v>154</v>
+        <v>98</v>
       </c>
       <c r="C244">
-        <v>19.8</v>
+        <v>18.0</v>
       </c>
       <c r="D244" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>155</v>
+        <v>99</v>
       </c>
       <c r="B245" t="s">
-        <v>156</v>
+        <v>100</v>
       </c>
       <c r="C245">
-        <v>19.836</v>
+        <v>18.0</v>
       </c>
       <c r="D245" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>157</v>
+        <v>101</v>
       </c>
       <c r="B246" t="s">
-        <v>158</v>
+        <v>102</v>
       </c>
       <c r="C246">
-        <v>19.872</v>
+        <v>18.684</v>
       </c>
       <c r="D246" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>159</v>
+        <v>103</v>
       </c>
       <c r="B247" t="s">
-        <v>160</v>
+        <v>104</v>
       </c>
       <c r="C247">
-        <v>19.896</v>
+        <v>18.684</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>161</v>
+        <v>105</v>
       </c>
       <c r="B248" t="s">
-        <v>162</v>
+        <v>106</v>
       </c>
       <c r="C248">
-        <v>19.896</v>
+        <v>18.924</v>
       </c>
       <c r="D248" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>163</v>
+        <v>109</v>
       </c>
       <c r="B249" t="s">
-        <v>164</v>
+        <v>110</v>
       </c>
       <c r="C249">
-        <v>19.896</v>
+        <v>18.996</v>
       </c>
       <c r="D249" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>165</v>
+        <v>111</v>
       </c>
       <c r="B250" t="s">
-        <v>166</v>
+        <v>112</v>
       </c>
       <c r="C250">
-        <v>19.896</v>
+        <v>18.996</v>
       </c>
       <c r="D250" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>167</v>
+        <v>113</v>
       </c>
       <c r="B251" t="s">
-        <v>168</v>
+        <v>114</v>
       </c>
       <c r="C251">
-        <v>19.896</v>
+        <v>18.996</v>
       </c>
       <c r="D251" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>169</v>
+        <v>115</v>
       </c>
       <c r="B252" t="s">
-        <v>170</v>
+        <v>116</v>
       </c>
       <c r="C252">
-        <v>19.896</v>
+        <v>18.996</v>
       </c>
       <c r="D252" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>171</v>
+        <v>117</v>
       </c>
       <c r="B253" t="s">
-        <v>172</v>
+        <v>118</v>
       </c>
       <c r="C253">
-        <v>19.896</v>
+        <v>18.996</v>
       </c>
       <c r="D253" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>191</v>
+        <v>119</v>
       </c>
       <c r="B254" t="s">
-        <v>192</v>
+        <v>120</v>
       </c>
       <c r="C254">
-        <v>20.52</v>
+        <v>18.996</v>
       </c>
       <c r="D254" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>193</v>
+        <v>121</v>
       </c>
       <c r="B255" t="s">
-        <v>194</v>
+        <v>122</v>
       </c>
       <c r="C255">
-        <v>21.252</v>
+        <v>18.996</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>197</v>
+        <v>123</v>
       </c>
       <c r="B256" t="s">
-        <v>198</v>
+        <v>124</v>
       </c>
       <c r="C256">
-        <v>23.4</v>
+        <v>18.996</v>
       </c>
       <c r="D256" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>199</v>
+        <v>125</v>
       </c>
       <c r="B257" t="s">
-        <v>200</v>
+        <v>126</v>
       </c>
       <c r="C257">
-        <v>23.748</v>
+        <v>18.996</v>
       </c>
       <c r="D257" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>221</v>
+        <v>127</v>
       </c>
       <c r="B258" t="s">
-        <v>222</v>
+        <v>128</v>
       </c>
       <c r="C258">
-        <v>24.0</v>
+        <v>18.996</v>
       </c>
       <c r="D258" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>223</v>
+        <v>129</v>
       </c>
       <c r="B259" t="s">
-        <v>224</v>
+        <v>130</v>
       </c>
       <c r="C259">
-        <v>24.0</v>
+        <v>18.996</v>
       </c>
       <c r="D259" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>225</v>
+        <v>131</v>
       </c>
       <c r="B260" t="s">
-        <v>226</v>
+        <v>132</v>
       </c>
       <c r="C260">
-        <v>24.0</v>
+        <v>18.996</v>
       </c>
       <c r="D260" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>227</v>
+        <v>133</v>
       </c>
       <c r="B261" t="s">
-        <v>228</v>
+        <v>134</v>
       </c>
       <c r="C261">
-        <v>24.0</v>
+        <v>19.2</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>229</v>
+        <v>135</v>
       </c>
       <c r="B262" t="s">
-        <v>230</v>
+        <v>136</v>
       </c>
       <c r="C262">
-        <v>24.0</v>
+        <v>19.596</v>
       </c>
       <c r="D262" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>231</v>
+        <v>141</v>
       </c>
       <c r="B263" t="s">
-        <v>232</v>
+        <v>142</v>
       </c>
       <c r="C263">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D263" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>233</v>
+        <v>143</v>
       </c>
       <c r="B264" t="s">
-        <v>234</v>
+        <v>144</v>
       </c>
       <c r="C264">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D264" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>235</v>
+        <v>145</v>
       </c>
       <c r="B265" t="s">
-        <v>236</v>
+        <v>146</v>
       </c>
       <c r="C265">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D265" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>237</v>
+        <v>147</v>
       </c>
       <c r="B266" t="s">
-        <v>238</v>
+        <v>148</v>
       </c>
       <c r="C266">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D266" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>239</v>
+        <v>149</v>
       </c>
       <c r="B267" t="s">
-        <v>240</v>
+        <v>150</v>
       </c>
       <c r="C267">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D267" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>241</v>
+        <v>151</v>
       </c>
       <c r="B268" t="s">
-        <v>242</v>
+        <v>152</v>
       </c>
       <c r="C268">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D268" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>243</v>
+        <v>153</v>
       </c>
       <c r="B269" t="s">
-        <v>244</v>
+        <v>154</v>
       </c>
       <c r="C269">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D269" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>245</v>
+        <v>155</v>
       </c>
       <c r="B270" t="s">
-        <v>246</v>
+        <v>156</v>
       </c>
       <c r="C270">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D270" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>247</v>
+        <v>157</v>
       </c>
       <c r="B271" t="s">
-        <v>248</v>
+        <v>158</v>
       </c>
       <c r="C271">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D271" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>249</v>
+        <v>159</v>
       </c>
       <c r="B272" t="s">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="C272">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D272" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>251</v>
+        <v>161</v>
       </c>
       <c r="B273" t="s">
-        <v>252</v>
+        <v>162</v>
       </c>
       <c r="C273">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D273" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>253</v>
+        <v>163</v>
       </c>
       <c r="B274" t="s">
-        <v>254</v>
+        <v>164</v>
       </c>
       <c r="C274">
-        <v>24.996</v>
+        <v>19.8</v>
       </c>
       <c r="D274" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>255</v>
+        <v>165</v>
       </c>
       <c r="B275" t="s">
-        <v>256</v>
+        <v>166</v>
       </c>
       <c r="C275">
-        <v>24.996</v>
+        <v>19.8</v>
       </c>
       <c r="D275" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>257</v>
+        <v>167</v>
       </c>
       <c r="B276" t="s">
-        <v>258</v>
+        <v>168</v>
       </c>
       <c r="C276">
-        <v>24.996</v>
+        <v>19.8</v>
       </c>
       <c r="D276" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>259</v>
+        <v>169</v>
       </c>
       <c r="B277" t="s">
-        <v>260</v>
+        <v>170</v>
       </c>
       <c r="C277">
-        <v>24.996</v>
+        <v>19.8</v>
       </c>
       <c r="D277" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>261</v>
+        <v>171</v>
       </c>
       <c r="B278" t="s">
-        <v>262</v>
+        <v>172</v>
       </c>
       <c r="C278">
-        <v>24.996</v>
+        <v>19.8</v>
       </c>
       <c r="D278" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>263</v>
+        <v>173</v>
       </c>
       <c r="B279" t="s">
-        <v>264</v>
+        <v>174</v>
       </c>
       <c r="C279">
-        <v>24.996</v>
+        <v>19.8</v>
       </c>
       <c r="D279" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>265</v>
+        <v>175</v>
       </c>
       <c r="B280" t="s">
-        <v>266</v>
+        <v>176</v>
       </c>
       <c r="C280">
-        <v>25.128</v>
+        <v>19.8</v>
       </c>
       <c r="D280" t="s">
-        <v>267</v>
+        <v>26</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>268</v>
+        <v>177</v>
       </c>
       <c r="B281" t="s">
-        <v>269</v>
+        <v>178</v>
       </c>
       <c r="C281">
-        <v>25.2</v>
+        <v>19.8</v>
       </c>
       <c r="D281" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>270</v>
+        <v>179</v>
       </c>
       <c r="B282" t="s">
-        <v>271</v>
+        <v>180</v>
       </c>
       <c r="C282">
-        <v>25.2</v>
+        <v>19.8</v>
       </c>
       <c r="D282" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>272</v>
+        <v>181</v>
       </c>
       <c r="B283" t="s">
-        <v>273</v>
+        <v>182</v>
       </c>
       <c r="C283">
-        <v>25.38</v>
+        <v>19.8</v>
       </c>
       <c r="D283" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>274</v>
+        <v>183</v>
       </c>
       <c r="B284" t="s">
-        <v>275</v>
+        <v>184</v>
       </c>
       <c r="C284">
-        <v>26.64</v>
+        <v>19.836</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>276</v>
+        <v>185</v>
       </c>
       <c r="B285" t="s">
-        <v>277</v>
+        <v>186</v>
       </c>
       <c r="C285">
-        <v>27.0</v>
+        <v>19.896</v>
       </c>
       <c r="D285" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>278</v>
+        <v>187</v>
       </c>
       <c r="B286" t="s">
-        <v>279</v>
+        <v>188</v>
       </c>
       <c r="C286">
-        <v>27.0</v>
+        <v>19.896</v>
       </c>
       <c r="D286" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>286</v>
+        <v>189</v>
       </c>
       <c r="B287" t="s">
-        <v>287</v>
+        <v>190</v>
       </c>
       <c r="C287">
-        <v>28.992</v>
+        <v>19.896</v>
       </c>
       <c r="D287" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>288</v>
+        <v>191</v>
       </c>
       <c r="B288" t="s">
-        <v>289</v>
+        <v>192</v>
       </c>
       <c r="C288">
-        <v>28.992</v>
+        <v>19.896</v>
       </c>
       <c r="D288" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>290</v>
+        <v>193</v>
       </c>
       <c r="B289" t="s">
-        <v>291</v>
+        <v>194</v>
       </c>
       <c r="C289">
-        <v>28.992</v>
+        <v>19.896</v>
       </c>
       <c r="D289" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>292</v>
+        <v>195</v>
       </c>
       <c r="B290" t="s">
-        <v>293</v>
+        <v>196</v>
       </c>
       <c r="C290">
-        <v>28.992</v>
+        <v>19.896</v>
       </c>
       <c r="D290" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>294</v>
+        <v>197</v>
       </c>
       <c r="B291" t="s">
-        <v>295</v>
+        <v>198</v>
       </c>
       <c r="C291">
-        <v>28.992</v>
+        <v>19.896</v>
       </c>
       <c r="D291" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>296</v>
+        <v>219</v>
       </c>
       <c r="B292" t="s">
-        <v>297</v>
+        <v>220</v>
       </c>
       <c r="C292">
-        <v>28.992</v>
+        <v>20.808</v>
       </c>
       <c r="D292" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>298</v>
+        <v>221</v>
       </c>
       <c r="B293" t="s">
-        <v>299</v>
+        <v>222</v>
       </c>
       <c r="C293">
-        <v>28.992</v>
+        <v>21.252</v>
       </c>
       <c r="D293" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>300</v>
+        <v>223</v>
       </c>
       <c r="B294" t="s">
-        <v>301</v>
+        <v>224</v>
       </c>
       <c r="C294">
-        <v>28.992</v>
+        <v>21.252</v>
       </c>
       <c r="D294" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>302</v>
+        <v>225</v>
       </c>
       <c r="B295" t="s">
-        <v>303</v>
+        <v>226</v>
       </c>
       <c r="C295">
-        <v>28.992</v>
+        <v>21.6</v>
       </c>
       <c r="D295" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>304</v>
+        <v>227</v>
       </c>
       <c r="B296" t="s">
-        <v>305</v>
+        <v>228</v>
       </c>
       <c r="C296">
-        <v>28.992</v>
+        <v>22.8</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>306</v>
+        <v>229</v>
       </c>
       <c r="B297" t="s">
-        <v>307</v>
+        <v>230</v>
       </c>
       <c r="C297">
-        <v>28.992</v>
+        <v>23.4</v>
       </c>
       <c r="D297" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>308</v>
+        <v>231</v>
       </c>
       <c r="B298" t="s">
-        <v>309</v>
+        <v>232</v>
       </c>
       <c r="C298">
-        <v>28.992</v>
+        <v>23.748</v>
       </c>
       <c r="D298" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>310</v>
+        <v>233</v>
       </c>
       <c r="B299" t="s">
-        <v>311</v>
+        <v>234</v>
       </c>
       <c r="C299">
-        <v>28.992</v>
+        <v>24.0</v>
       </c>
       <c r="D299" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>312</v>
+        <v>235</v>
       </c>
       <c r="B300" t="s">
-        <v>313</v>
+        <v>236</v>
       </c>
       <c r="C300">
-        <v>28.992</v>
+        <v>24.0</v>
       </c>
       <c r="D300" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>314</v>
+        <v>237</v>
       </c>
       <c r="B301" t="s">
-        <v>315</v>
+        <v>238</v>
       </c>
       <c r="C301">
-        <v>28.992</v>
+        <v>24.0</v>
       </c>
       <c r="D301" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="B302" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="C302">
-        <v>12.0</v>
+        <v>8.4</v>
       </c>
       <c r="D302" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="B303" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="C303">
-        <v>12.876</v>
+        <v>9.6</v>
       </c>
       <c r="D303" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="B304" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="C304">
-        <v>14.4</v>
+        <v>10.2</v>
       </c>
       <c r="D304" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B305" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="C305">
-        <v>14.4</v>
+        <v>11.472</v>
       </c>
       <c r="D305" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="B306" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="C306">
-        <v>14.976</v>
+        <v>12.0</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="B307" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="C307">
-        <v>15.18</v>
+        <v>12.876</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="B308" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="C308">
-        <v>16.992</v>
+        <v>14.4</v>
       </c>
       <c r="D308" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="B309" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="C309">
-        <v>18.0</v>
+        <v>14.4</v>
       </c>
       <c r="D309" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="B310" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="C310">
-        <v>18.0</v>
+        <v>14.976</v>
       </c>
       <c r="D310" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="B311" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="C311">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D311" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="B312" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="C312">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="B313" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="C313">
-        <v>18.312</v>
+        <v>15.0</v>
       </c>
       <c r="D313" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="B314" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C314">
-        <v>18.504</v>
+        <v>15.0</v>
       </c>
       <c r="D314" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>107</v>
+        <v>55</v>
       </c>
       <c r="B315" t="s">
-        <v>108</v>
+        <v>56</v>
       </c>
       <c r="C315">
-        <v>18.996</v>
+        <v>15.0</v>
       </c>
       <c r="D315" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>139</v>
+        <v>57</v>
       </c>
       <c r="B316" t="s">
-        <v>140</v>
+        <v>58</v>
       </c>
       <c r="C316">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D316" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>141</v>
+        <v>59</v>
       </c>
       <c r="B317" t="s">
-        <v>142</v>
+        <v>60</v>
       </c>
       <c r="C317">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>143</v>
+        <v>61</v>
       </c>
       <c r="B318" t="s">
-        <v>144</v>
+        <v>62</v>
       </c>
       <c r="C318">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D318" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>145</v>
+        <v>63</v>
       </c>
       <c r="B319" t="s">
-        <v>146</v>
+        <v>64</v>
       </c>
       <c r="C319">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D319" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>147</v>
+        <v>65</v>
       </c>
       <c r="B320" t="s">
-        <v>148</v>
+        <v>66</v>
       </c>
       <c r="C320">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>149</v>
+        <v>67</v>
       </c>
       <c r="B321" t="s">
-        <v>150</v>
+        <v>68</v>
       </c>
       <c r="C321">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D321" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>151</v>
+        <v>69</v>
       </c>
       <c r="B322" t="s">
-        <v>152</v>
+        <v>70</v>
       </c>
       <c r="C322">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D322" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>153</v>
+        <v>71</v>
       </c>
       <c r="B323" t="s">
-        <v>154</v>
+        <v>72</v>
       </c>
       <c r="C323">
-        <v>19.8</v>
+        <v>15.0</v>
       </c>
       <c r="D323" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>155</v>
+        <v>77</v>
       </c>
       <c r="B324" t="s">
-        <v>156</v>
+        <v>78</v>
       </c>
       <c r="C324">
-        <v>19.836</v>
+        <v>15.6</v>
       </c>
       <c r="D324" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>171</v>
+        <v>79</v>
       </c>
       <c r="B325" t="s">
-        <v>172</v>
+        <v>80</v>
       </c>
       <c r="C325">
-        <v>19.896</v>
+        <v>15.6</v>
       </c>
       <c r="D325" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>193</v>
+        <v>81</v>
       </c>
       <c r="B326" t="s">
-        <v>194</v>
+        <v>82</v>
       </c>
       <c r="C326">
-        <v>21.252</v>
+        <v>15.624</v>
       </c>
       <c r="D326" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>199</v>
+        <v>85</v>
       </c>
       <c r="B327" t="s">
-        <v>200</v>
+        <v>86</v>
       </c>
       <c r="C327">
-        <v>23.748</v>
+        <v>16.2</v>
       </c>
       <c r="D327" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>251</v>
+        <v>87</v>
       </c>
       <c r="B328" t="s">
-        <v>252</v>
+        <v>88</v>
       </c>
       <c r="C328">
-        <v>24.0</v>
+        <v>16.2</v>
       </c>
       <c r="D328" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>255</v>
+        <v>91</v>
       </c>
       <c r="B329" t="s">
-        <v>256</v>
+        <v>92</v>
       </c>
       <c r="C329">
-        <v>24.996</v>
+        <v>16.992</v>
       </c>
       <c r="D329" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>257</v>
+        <v>93</v>
       </c>
       <c r="B330" t="s">
-        <v>258</v>
+        <v>94</v>
       </c>
       <c r="C330">
-        <v>24.996</v>
+        <v>18.0</v>
       </c>
       <c r="D330" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>259</v>
+        <v>95</v>
       </c>
       <c r="B331" t="s">
-        <v>260</v>
+        <v>96</v>
       </c>
       <c r="C331">
-        <v>24.996</v>
+        <v>18.0</v>
       </c>
       <c r="D331" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>261</v>
+        <v>97</v>
       </c>
       <c r="B332" t="s">
-        <v>262</v>
+        <v>98</v>
       </c>
       <c r="C332">
-        <v>24.996</v>
+        <v>18.0</v>
       </c>
       <c r="D332" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>263</v>
+        <v>99</v>
       </c>
       <c r="B333" t="s">
-        <v>264</v>
+        <v>100</v>
       </c>
       <c r="C333">
-        <v>24.996</v>
+        <v>18.0</v>
       </c>
       <c r="D333" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>265</v>
+        <v>101</v>
       </c>
       <c r="B334" t="s">
-        <v>266</v>
+        <v>102</v>
       </c>
       <c r="C334">
-        <v>25.128</v>
+        <v>18.684</v>
       </c>
       <c r="D334" t="s">
-        <v>267</v>
+        <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>278</v>
+        <v>103</v>
       </c>
       <c r="B335" t="s">
-        <v>279</v>
+        <v>104</v>
       </c>
       <c r="C335">
-        <v>27.0</v>
+        <v>18.684</v>
       </c>
       <c r="D335" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>316</v>
+        <v>105</v>
       </c>
       <c r="B336" t="s">
-        <v>317</v>
+        <v>106</v>
       </c>
       <c r="C336">
-        <v>28.992</v>
+        <v>18.924</v>
       </c>
       <c r="D336" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>318</v>
+        <v>119</v>
       </c>
       <c r="B337" t="s">
-        <v>319</v>
+        <v>120</v>
       </c>
       <c r="C337">
-        <v>28.992</v>
+        <v>18.996</v>
       </c>
       <c r="D337" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>320</v>
+        <v>121</v>
       </c>
       <c r="B338" t="s">
-        <v>321</v>
+        <v>122</v>
       </c>
       <c r="C338">
-        <v>28.992</v>
+        <v>18.996</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>322</v>
+        <v>123</v>
       </c>
       <c r="B339" t="s">
-        <v>323</v>
+        <v>124</v>
       </c>
       <c r="C339">
-        <v>28.992</v>
+        <v>18.996</v>
       </c>
       <c r="D339" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>324</v>
+        <v>125</v>
       </c>
       <c r="B340" t="s">
-        <v>325</v>
+        <v>126</v>
       </c>
       <c r="C340">
-        <v>29.268</v>
+        <v>18.996</v>
       </c>
       <c r="D340" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>326</v>
+        <v>127</v>
       </c>
       <c r="B341" t="s">
-        <v>327</v>
+        <v>128</v>
       </c>
       <c r="C341">
-        <v>29.748</v>
+        <v>18.996</v>
       </c>
       <c r="D341" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>328</v>
+        <v>129</v>
       </c>
       <c r="B342" t="s">
-        <v>329</v>
+        <v>130</v>
       </c>
       <c r="C342">
-        <v>29.748</v>
+        <v>18.996</v>
       </c>
       <c r="D342" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>330</v>
+        <v>131</v>
       </c>
       <c r="B343" t="s">
-        <v>331</v>
+        <v>132</v>
       </c>
       <c r="C343">
-        <v>29.748</v>
+        <v>18.996</v>
       </c>
       <c r="D343" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>332</v>
+        <v>133</v>
       </c>
       <c r="B344" t="s">
-        <v>333</v>
+        <v>134</v>
       </c>
       <c r="C344">
-        <v>29.748</v>
+        <v>19.2</v>
       </c>
       <c r="D344" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>334</v>
+        <v>135</v>
       </c>
       <c r="B345" t="s">
-        <v>335</v>
+        <v>136</v>
       </c>
       <c r="C345">
-        <v>29.748</v>
+        <v>19.596</v>
       </c>
       <c r="D345" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>336</v>
+        <v>143</v>
       </c>
       <c r="B346" t="s">
-        <v>337</v>
+        <v>144</v>
       </c>
       <c r="C346">
-        <v>29.748</v>
+        <v>19.8</v>
       </c>
       <c r="D346" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>338</v>
+        <v>145</v>
       </c>
       <c r="B347" t="s">
-        <v>339</v>
+        <v>146</v>
       </c>
       <c r="C347">
-        <v>29.748</v>
+        <v>19.8</v>
       </c>
       <c r="D347" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>340</v>
+        <v>147</v>
       </c>
       <c r="B348" t="s">
-        <v>341</v>
+        <v>148</v>
       </c>
       <c r="C348">
-        <v>30.0</v>
+        <v>19.8</v>
       </c>
       <c r="D348" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>342</v>
+        <v>149</v>
       </c>
       <c r="B349" t="s">
-        <v>343</v>
+        <v>150</v>
       </c>
       <c r="C349">
-        <v>30.0</v>
+        <v>19.8</v>
       </c>
       <c r="D349" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>344</v>
+        <v>151</v>
       </c>
       <c r="B350" t="s">
-        <v>345</v>
+        <v>152</v>
       </c>
       <c r="C350">
-        <v>30.0</v>
+        <v>19.8</v>
       </c>
       <c r="D350" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>346</v>
+        <v>153</v>
       </c>
       <c r="B351" t="s">
-        <v>347</v>
+        <v>154</v>
       </c>
       <c r="C351">
-        <v>30.0</v>
+        <v>19.8</v>
       </c>
       <c r="D351" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>348</v>
+        <v>155</v>
       </c>
       <c r="B352" t="s">
-        <v>349</v>
+        <v>156</v>
       </c>
       <c r="C352">
-        <v>30.0</v>
+        <v>19.8</v>
       </c>
       <c r="D352" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>350</v>
+        <v>157</v>
       </c>
       <c r="B353" t="s">
-        <v>351</v>
+        <v>158</v>
       </c>
       <c r="C353">
-        <v>30.0</v>
+        <v>19.8</v>
       </c>
       <c r="D353" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>352</v>
+        <v>159</v>
       </c>
       <c r="B354" t="s">
-        <v>353</v>
+        <v>160</v>
       </c>
       <c r="C354">
-        <v>30.0</v>
+        <v>19.8</v>
       </c>
       <c r="D354" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>354</v>
+        <v>161</v>
       </c>
       <c r="B355" t="s">
-        <v>355</v>
+        <v>162</v>
       </c>
       <c r="C355">
-        <v>33.228</v>
+        <v>19.8</v>
       </c>
       <c r="D355" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>356</v>
+        <v>163</v>
       </c>
       <c r="B356" t="s">
-        <v>357</v>
+        <v>164</v>
       </c>
       <c r="C356">
-        <v>33.288</v>
+        <v>19.8</v>
       </c>
       <c r="D356" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>358</v>
+        <v>165</v>
       </c>
       <c r="B357" t="s">
-        <v>359</v>
+        <v>166</v>
       </c>
       <c r="C357">
-        <v>34.8</v>
+        <v>19.8</v>
       </c>
       <c r="D357" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>360</v>
+        <v>167</v>
       </c>
       <c r="B358" t="s">
-        <v>361</v>
+        <v>168</v>
       </c>
       <c r="C358">
-        <v>34.8</v>
+        <v>19.8</v>
       </c>
       <c r="D358" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>362</v>
+        <v>169</v>
       </c>
       <c r="B359" t="s">
-        <v>363</v>
+        <v>170</v>
       </c>
       <c r="C359">
-        <v>34.992</v>
+        <v>19.8</v>
       </c>
       <c r="D359" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>364</v>
+        <v>171</v>
       </c>
       <c r="B360" t="s">
-        <v>365</v>
+        <v>172</v>
       </c>
       <c r="C360">
-        <v>34.992</v>
+        <v>19.8</v>
       </c>
       <c r="D360" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>366</v>
+        <v>173</v>
       </c>
       <c r="B361" t="s">
-        <v>367</v>
+        <v>174</v>
       </c>
       <c r="C361">
-        <v>34.992</v>
+        <v>19.8</v>
       </c>
       <c r="D361" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>366</v>
+        <v>175</v>
       </c>
       <c r="B362" t="s">
-        <v>368</v>
+        <v>176</v>
       </c>
       <c r="C362">
-        <v>34.992</v>
+        <v>19.8</v>
       </c>
       <c r="D362" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>369</v>
+        <v>177</v>
       </c>
       <c r="B363" t="s">
-        <v>370</v>
+        <v>178</v>
       </c>
       <c r="C363">
-        <v>34.992</v>
+        <v>19.8</v>
       </c>
       <c r="D363" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>371</v>
+        <v>179</v>
       </c>
       <c r="B364" t="s">
-        <v>372</v>
+        <v>180</v>
       </c>
       <c r="C364">
-        <v>34.992</v>
+        <v>19.8</v>
       </c>
       <c r="D364" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>373</v>
+        <v>181</v>
       </c>
       <c r="B365" t="s">
-        <v>374</v>
+        <v>182</v>
       </c>
       <c r="C365">
-        <v>34.992</v>
+        <v>19.8</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>375</v>
+        <v>183</v>
       </c>
       <c r="B366" t="s">
-        <v>376</v>
+        <v>184</v>
       </c>
       <c r="C366">
-        <v>34.992</v>
+        <v>19.836</v>
       </c>
       <c r="D366" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>377</v>
+        <v>185</v>
       </c>
       <c r="B367" t="s">
-        <v>378</v>
+        <v>186</v>
       </c>
       <c r="C367">
-        <v>34.992</v>
+        <v>19.896</v>
       </c>
       <c r="D367" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>379</v>
+        <v>187</v>
       </c>
       <c r="B368" t="s">
-        <v>380</v>
+        <v>188</v>
       </c>
       <c r="C368">
-        <v>34.992</v>
+        <v>19.896</v>
       </c>
       <c r="D368" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>381</v>
+        <v>189</v>
       </c>
       <c r="B369" t="s">
-        <v>382</v>
+        <v>190</v>
       </c>
       <c r="C369">
-        <v>34.992</v>
+        <v>19.896</v>
       </c>
       <c r="D369" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>383</v>
+        <v>191</v>
       </c>
       <c r="B370" t="s">
-        <v>384</v>
+        <v>192</v>
       </c>
       <c r="C370">
-        <v>34.992</v>
+        <v>19.896</v>
       </c>
       <c r="D370" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>385</v>
+        <v>193</v>
       </c>
       <c r="B371" t="s">
-        <v>386</v>
+        <v>194</v>
       </c>
       <c r="C371">
-        <v>34.992</v>
+        <v>19.896</v>
       </c>
       <c r="D371" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>387</v>
+        <v>195</v>
       </c>
       <c r="B372" t="s">
-        <v>388</v>
+        <v>196</v>
       </c>
       <c r="C372">
-        <v>34.992</v>
+        <v>19.896</v>
       </c>
       <c r="D372" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>389</v>
+        <v>197</v>
       </c>
       <c r="B373" t="s">
-        <v>390</v>
+        <v>198</v>
       </c>
       <c r="C373">
-        <v>34.992</v>
+        <v>19.896</v>
       </c>
       <c r="D373" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>391</v>
+        <v>219</v>
       </c>
       <c r="B374" t="s">
-        <v>392</v>
+        <v>220</v>
       </c>
       <c r="C374">
-        <v>34.992</v>
+        <v>20.808</v>
       </c>
       <c r="D374" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>393</v>
+        <v>221</v>
       </c>
       <c r="B375" t="s">
-        <v>394</v>
+        <v>222</v>
       </c>
       <c r="C375">
-        <v>34.992</v>
+        <v>21.252</v>
       </c>
       <c r="D375" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>395</v>
+        <v>223</v>
       </c>
       <c r="B376" t="s">
-        <v>396</v>
+        <v>224</v>
       </c>
       <c r="C376">
-        <v>34.992</v>
+        <v>21.252</v>
       </c>
       <c r="D376" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>397</v>
+        <v>225</v>
       </c>
       <c r="B377" t="s">
-        <v>398</v>
+        <v>226</v>
       </c>
       <c r="C377">
-        <v>34.992</v>
+        <v>21.6</v>
       </c>
       <c r="D377" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>399</v>
+        <v>227</v>
       </c>
       <c r="B378" t="s">
-        <v>400</v>
+        <v>228</v>
       </c>
       <c r="C378">
-        <v>34.992</v>
+        <v>22.8</v>
       </c>
       <c r="D378" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>401</v>
+        <v>229</v>
       </c>
       <c r="B379" t="s">
-        <v>402</v>
+        <v>230</v>
       </c>
       <c r="C379">
-        <v>34.992</v>
+        <v>23.4</v>
       </c>
       <c r="D379" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>403</v>
+        <v>231</v>
       </c>
       <c r="B380" t="s">
-        <v>404</v>
+        <v>232</v>
       </c>
       <c r="C380">
-        <v>34.992</v>
+        <v>23.748</v>
       </c>
       <c r="D380" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>405</v>
+        <v>239</v>
       </c>
       <c r="B381" t="s">
-        <v>406</v>
+        <v>240</v>
       </c>
       <c r="C381">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D381" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>407</v>
+        <v>241</v>
       </c>
       <c r="B382" t="s">
-        <v>408</v>
+        <v>242</v>
       </c>
       <c r="C382">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D382" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>409</v>
+        <v>243</v>
       </c>
       <c r="B383" t="s">
-        <v>410</v>
+        <v>244</v>
       </c>
       <c r="C383">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D383" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>411</v>
+        <v>245</v>
       </c>
       <c r="B384" t="s">
-        <v>412</v>
+        <v>246</v>
       </c>
       <c r="C384">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D384" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>413</v>
+        <v>247</v>
       </c>
       <c r="B385" t="s">
-        <v>414</v>
+        <v>248</v>
       </c>
       <c r="C385">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D385" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>415</v>
+        <v>249</v>
       </c>
       <c r="B386" t="s">
-        <v>416</v>
+        <v>250</v>
       </c>
       <c r="C386">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D386" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>417</v>
+        <v>251</v>
       </c>
       <c r="B387" t="s">
-        <v>418</v>
+        <v>252</v>
       </c>
       <c r="C387">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D387" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>419</v>
+        <v>253</v>
       </c>
       <c r="B388" t="s">
-        <v>420</v>
+        <v>254</v>
       </c>
       <c r="C388">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D388" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>421</v>
+        <v>255</v>
       </c>
       <c r="B389" t="s">
-        <v>422</v>
+        <v>256</v>
       </c>
       <c r="C389">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D389" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>423</v>
+        <v>257</v>
       </c>
       <c r="B390" t="s">
-        <v>424</v>
+        <v>258</v>
       </c>
       <c r="C390">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D390" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>425</v>
+        <v>259</v>
       </c>
       <c r="B391" t="s">
-        <v>426</v>
+        <v>260</v>
       </c>
       <c r="C391">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D391" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>427</v>
+        <v>261</v>
       </c>
       <c r="B392" t="s">
-        <v>428</v>
+        <v>262</v>
       </c>
       <c r="C392">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D392" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>429</v>
+        <v>263</v>
       </c>
       <c r="B393" t="s">
-        <v>430</v>
+        <v>264</v>
       </c>
       <c r="C393">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D393" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>431</v>
+        <v>265</v>
       </c>
       <c r="B394" t="s">
-        <v>432</v>
+        <v>266</v>
       </c>
       <c r="C394">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D394" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>433</v>
+        <v>267</v>
       </c>
       <c r="B395" t="s">
-        <v>434</v>
+        <v>268</v>
       </c>
       <c r="C395">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D395" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>435</v>
+        <v>269</v>
       </c>
       <c r="B396" t="s">
-        <v>436</v>
+        <v>270</v>
       </c>
       <c r="C396">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D396" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>437</v>
+        <v>271</v>
       </c>
       <c r="B397" t="s">
-        <v>438</v>
+        <v>272</v>
       </c>
       <c r="C397">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D397" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>439</v>
+        <v>273</v>
       </c>
       <c r="B398" t="s">
-        <v>440</v>
+        <v>274</v>
       </c>
       <c r="C398">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D398" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>441</v>
+        <v>275</v>
       </c>
       <c r="B399" t="s">
-        <v>442</v>
+        <v>276</v>
       </c>
       <c r="C399">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D399" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>443</v>
+        <v>277</v>
       </c>
       <c r="B400" t="s">
-        <v>444</v>
+        <v>278</v>
       </c>
       <c r="C400">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D400" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>445</v>
+        <v>279</v>
       </c>
       <c r="B401" t="s">
-        <v>446</v>
+        <v>280</v>
       </c>
       <c r="C401">
-        <v>34.992</v>
+        <v>24.0</v>
       </c>
       <c r="D401" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>447</v>
+        <v>9</v>
       </c>
       <c r="B402" t="s">
-        <v>448</v>
+        <v>10</v>
       </c>
       <c r="C402">
-        <v>34.992</v>
+        <v>8.4</v>
       </c>
       <c r="D402" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>449</v>
+        <v>16</v>
       </c>
       <c r="B403" t="s">
-        <v>450</v>
+        <v>17</v>
       </c>
       <c r="C403">
-        <v>34.992</v>
+        <v>9.6</v>
       </c>
       <c r="D403" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>451</v>
+        <v>22</v>
       </c>
       <c r="B404" t="s">
-        <v>452</v>
+        <v>23</v>
       </c>
       <c r="C404">
-        <v>35.004</v>
+        <v>10.2</v>
       </c>
       <c r="D404" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>453</v>
+        <v>24</v>
       </c>
       <c r="B405" t="s">
-        <v>454</v>
+        <v>25</v>
       </c>
       <c r="C405">
-        <v>39.0</v>
+        <v>11.472</v>
       </c>
       <c r="D405" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>455</v>
+        <v>27</v>
       </c>
       <c r="B406" t="s">
-        <v>456</v>
+        <v>28</v>
       </c>
       <c r="C406">
-        <v>39.0</v>
+        <v>12.0</v>
       </c>
       <c r="D406" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>457</v>
+        <v>31</v>
       </c>
       <c r="B407" t="s">
-        <v>458</v>
+        <v>32</v>
       </c>
       <c r="C407">
-        <v>39.0</v>
+        <v>12.876</v>
       </c>
       <c r="D407" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>459</v>
+        <v>33</v>
       </c>
       <c r="B408" t="s">
-        <v>460</v>
+        <v>34</v>
       </c>
       <c r="C408">
-        <v>39.0</v>
+        <v>14.4</v>
       </c>
       <c r="D408" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>461</v>
+        <v>35</v>
       </c>
       <c r="B409" t="s">
-        <v>462</v>
+        <v>36</v>
       </c>
       <c r="C409">
-        <v>39.0</v>
+        <v>14.4</v>
       </c>
       <c r="D409" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>463</v>
+        <v>37</v>
       </c>
       <c r="B410" t="s">
-        <v>464</v>
+        <v>38</v>
       </c>
       <c r="C410">
-        <v>39.0</v>
+        <v>14.976</v>
       </c>
       <c r="D410" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>465</v>
+        <v>81</v>
       </c>
       <c r="B411" t="s">
-        <v>466</v>
+        <v>82</v>
       </c>
       <c r="C411">
-        <v>39.0</v>
+        <v>15.624</v>
       </c>
       <c r="D411" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>467</v>
+        <v>85</v>
       </c>
       <c r="B412" t="s">
-        <v>468</v>
+        <v>86</v>
       </c>
       <c r="C412">
-        <v>39.0</v>
+        <v>16.2</v>
       </c>
       <c r="D412" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>469</v>
+        <v>87</v>
       </c>
       <c r="B413" t="s">
-        <v>470</v>
+        <v>88</v>
       </c>
       <c r="C413">
-        <v>39.0</v>
+        <v>16.2</v>
       </c>
       <c r="D413" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>471</v>
+        <v>91</v>
       </c>
       <c r="B414" t="s">
-        <v>472</v>
+        <v>92</v>
       </c>
       <c r="C414">
-        <v>39.0</v>
+        <v>16.992</v>
       </c>
       <c r="D414" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>473</v>
+        <v>93</v>
       </c>
       <c r="B415" t="s">
-        <v>474</v>
+        <v>94</v>
       </c>
       <c r="C415">
-        <v>39.0</v>
+        <v>18.0</v>
       </c>
       <c r="D415" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>475</v>
+        <v>95</v>
       </c>
       <c r="B416" t="s">
-        <v>476</v>
+        <v>96</v>
       </c>
       <c r="C416">
-        <v>58.992</v>
+        <v>18.0</v>
       </c>
       <c r="D416" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>477</v>
+        <v>97</v>
       </c>
       <c r="B417" t="s">
-        <v>478</v>
+        <v>98</v>
       </c>
       <c r="C417">
-        <v>58.992</v>
+        <v>18.0</v>
       </c>
       <c r="D417" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>479</v>
+        <v>99</v>
       </c>
       <c r="B418" t="s">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="C418">
-        <v>58.992</v>
+        <v>18.0</v>
       </c>
       <c r="D418" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>481</v>
+        <v>101</v>
       </c>
       <c r="B419" t="s">
-        <v>482</v>
+        <v>102</v>
       </c>
       <c r="C419">
-        <v>58.992</v>
+        <v>18.684</v>
       </c>
       <c r="D419" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>483</v>
+        <v>103</v>
       </c>
       <c r="B420" t="s">
-        <v>484</v>
+        <v>104</v>
       </c>
       <c r="C420">
-        <v>69.0</v>
+        <v>18.684</v>
       </c>
       <c r="D420" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>485</v>
+        <v>105</v>
       </c>
       <c r="B421" t="s">
-        <v>486</v>
+        <v>106</v>
       </c>
       <c r="C421">
-        <v>69.0</v>
+        <v>18.924</v>
       </c>
       <c r="D421" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>487</v>
+        <v>119</v>
       </c>
       <c r="B422" t="s">
-        <v>488</v>
+        <v>120</v>
       </c>
       <c r="C422">
-        <v>69.0</v>
+        <v>18.996</v>
       </c>
       <c r="D422" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>489</v>
+        <v>121</v>
       </c>
       <c r="B423" t="s">
-        <v>490</v>
+        <v>122</v>
       </c>
       <c r="C423">
-        <v>69.0</v>
+        <v>18.996</v>
       </c>
       <c r="D423" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>491</v>
+        <v>123</v>
       </c>
       <c r="B424" t="s">
-        <v>492</v>
+        <v>124</v>
       </c>
       <c r="C424">
-        <v>69.0</v>
+        <v>18.996</v>
       </c>
       <c r="D424" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>493</v>
+        <v>125</v>
       </c>
       <c r="B425" t="s">
-        <v>494</v>
+        <v>126</v>
       </c>
       <c r="C425">
-        <v>69.0</v>
+        <v>18.996</v>
       </c>
       <c r="D425" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>495</v>
+        <v>127</v>
       </c>
       <c r="B426" t="s">
-        <v>496</v>
+        <v>128</v>
       </c>
       <c r="C426">
-        <v>69.0</v>
+        <v>18.996</v>
       </c>
       <c r="D426" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>497</v>
+        <v>129</v>
       </c>
       <c r="B427" t="s">
-        <v>498</v>
+        <v>130</v>
       </c>
       <c r="C427">
-        <v>69.0</v>
+        <v>18.996</v>
       </c>
       <c r="D427" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>499</v>
+        <v>131</v>
       </c>
       <c r="B428" t="s">
-        <v>500</v>
+        <v>132</v>
       </c>
       <c r="C428">
-        <v>69.0</v>
+        <v>18.996</v>
       </c>
       <c r="D428" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>501</v>
+        <v>133</v>
       </c>
       <c r="B429" t="s">
-        <v>502</v>
+        <v>134</v>
       </c>
       <c r="C429">
-        <v>69.0</v>
+        <v>19.2</v>
       </c>
       <c r="D429" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>503</v>
+        <v>135</v>
       </c>
       <c r="B430" t="s">
-        <v>504</v>
+        <v>136</v>
       </c>
       <c r="C430">
-        <v>69.0</v>
+        <v>19.596</v>
       </c>
       <c r="D430" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>505</v>
+        <v>159</v>
       </c>
       <c r="B431" t="s">
-        <v>506</v>
+        <v>160</v>
       </c>
       <c r="C431">
-        <v>108.996</v>
+        <v>19.8</v>
       </c>
       <c r="D431" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>507</v>
+        <v>161</v>
       </c>
       <c r="B432" t="s">
-        <v>508</v>
+        <v>162</v>
       </c>
       <c r="C432">
-        <v>108.996</v>
+        <v>19.8</v>
       </c>
       <c r="D432" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>509</v>
+        <v>163</v>
       </c>
       <c r="B433" t="s">
-        <v>510</v>
+        <v>164</v>
       </c>
       <c r="C433">
-        <v>118.992</v>
+        <v>19.8</v>
       </c>
       <c r="D433" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>511</v>
+        <v>165</v>
       </c>
       <c r="B434" t="s">
-        <v>512</v>
+        <v>166</v>
       </c>
       <c r="C434">
-        <v>118.992</v>
+        <v>19.8</v>
       </c>
       <c r="D434" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>513</v>
+        <v>167</v>
       </c>
       <c r="B435" t="s">
-        <v>514</v>
+        <v>168</v>
       </c>
       <c r="C435">
-        <v>118.992</v>
+        <v>19.8</v>
       </c>
       <c r="D435" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>515</v>
+        <v>169</v>
       </c>
       <c r="B436" t="s">
-        <v>516</v>
+        <v>170</v>
       </c>
       <c r="C436">
-        <v>118.992</v>
+        <v>19.8</v>
       </c>
       <c r="D436" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>517</v>
+        <v>171</v>
       </c>
       <c r="B437" t="s">
-        <v>518</v>
+        <v>172</v>
       </c>
       <c r="C437">
-        <v>118.992</v>
+        <v>19.8</v>
       </c>
       <c r="D437" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>519</v>
+        <v>173</v>
       </c>
       <c r="B438" t="s">
-        <v>520</v>
+        <v>174</v>
       </c>
       <c r="C438">
-        <v>138.996</v>
+        <v>19.8</v>
       </c>
       <c r="D438" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>521</v>
+        <v>175</v>
       </c>
       <c r="B439" t="s">
-        <v>522</v>
+        <v>176</v>
       </c>
       <c r="C439">
-        <v>138.996</v>
+        <v>19.8</v>
       </c>
       <c r="D439" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>523</v>
+        <v>177</v>
       </c>
       <c r="B440" t="s">
-        <v>524</v>
+        <v>178</v>
       </c>
       <c r="C440">
-        <v>159.0</v>
+        <v>19.8</v>
       </c>
       <c r="D440" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>525</v>
+        <v>179</v>
       </c>
       <c r="B441" t="s">
-        <v>526</v>
+        <v>180</v>
       </c>
       <c r="C441">
-        <v>168.996</v>
+        <v>19.8</v>
       </c>
       <c r="D441" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>527</v>
+        <v>181</v>
       </c>
       <c r="B442" t="s">
-        <v>528</v>
+        <v>182</v>
       </c>
       <c r="C442">
-        <v>168.996</v>
+        <v>19.8</v>
       </c>
       <c r="D442" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>529</v>
+        <v>183</v>
       </c>
       <c r="B443" t="s">
-        <v>530</v>
+        <v>184</v>
       </c>
       <c r="C443">
-        <v>258.996</v>
+        <v>19.836</v>
       </c>
       <c r="D443" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>531</v>
+        <v>189</v>
       </c>
       <c r="B444" t="s">
-        <v>532</v>
+        <v>190</v>
       </c>
       <c r="C444">
-        <v>298.992</v>
+        <v>19.896</v>
       </c>
       <c r="D444" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>533</v>
+        <v>191</v>
       </c>
       <c r="B445" t="s">
-        <v>534</v>
+        <v>192</v>
       </c>
       <c r="C445">
-        <v>328.992</v>
+        <v>19.896</v>
       </c>
       <c r="D445" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
+        <v>193</v>
+      </c>
+      <c r="B446" t="s">
+        <v>194</v>
+      </c>
+      <c r="C446">
+        <v>19.896</v>
+      </c>
+      <c r="D446" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4">
+      <c r="A447" t="s">
+        <v>195</v>
+      </c>
+      <c r="B447" t="s">
+        <v>196</v>
+      </c>
+      <c r="C447">
+        <v>19.896</v>
+      </c>
+      <c r="D447" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4">
+      <c r="A448" t="s">
+        <v>197</v>
+      </c>
+      <c r="B448" t="s">
+        <v>198</v>
+      </c>
+      <c r="C448">
+        <v>19.896</v>
+      </c>
+      <c r="D448" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4">
+      <c r="A449" t="s">
+        <v>219</v>
+      </c>
+      <c r="B449" t="s">
+        <v>220</v>
+      </c>
+      <c r="C449">
+        <v>20.808</v>
+      </c>
+      <c r="D449" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4">
+      <c r="A450" t="s">
+        <v>221</v>
+      </c>
+      <c r="B450" t="s">
+        <v>222</v>
+      </c>
+      <c r="C450">
+        <v>21.252</v>
+      </c>
+      <c r="D450" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4">
+      <c r="A451" t="s">
+        <v>223</v>
+      </c>
+      <c r="B451" t="s">
+        <v>224</v>
+      </c>
+      <c r="C451">
+        <v>21.252</v>
+      </c>
+      <c r="D451" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4">
+      <c r="A452" t="s">
+        <v>225</v>
+      </c>
+      <c r="B452" t="s">
+        <v>226</v>
+      </c>
+      <c r="C452">
+        <v>21.6</v>
+      </c>
+      <c r="D452" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4">
+      <c r="A453" t="s">
+        <v>227</v>
+      </c>
+      <c r="B453" t="s">
+        <v>228</v>
+      </c>
+      <c r="C453">
+        <v>22.8</v>
+      </c>
+      <c r="D453" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4">
+      <c r="A454" t="s">
+        <v>229</v>
+      </c>
+      <c r="B454" t="s">
+        <v>230</v>
+      </c>
+      <c r="C454">
+        <v>23.4</v>
+      </c>
+      <c r="D454" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4">
+      <c r="A455" t="s">
+        <v>231</v>
+      </c>
+      <c r="B455" t="s">
+        <v>232</v>
+      </c>
+      <c r="C455">
+        <v>23.748</v>
+      </c>
+      <c r="D455" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4">
+      <c r="A456" t="s">
+        <v>281</v>
+      </c>
+      <c r="B456" t="s">
+        <v>282</v>
+      </c>
+      <c r="C456">
+        <v>24.0</v>
+      </c>
+      <c r="D456" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4">
+      <c r="A457" t="s">
+        <v>283</v>
+      </c>
+      <c r="B457" t="s">
+        <v>284</v>
+      </c>
+      <c r="C457">
+        <v>24.0</v>
+      </c>
+      <c r="D457" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4">
+      <c r="A458" t="s">
+        <v>285</v>
+      </c>
+      <c r="B458" t="s">
+        <v>286</v>
+      </c>
+      <c r="C458">
+        <v>24.0</v>
+      </c>
+      <c r="D458" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4">
+      <c r="A459" t="s">
+        <v>287</v>
+      </c>
+      <c r="B459" t="s">
+        <v>288</v>
+      </c>
+      <c r="C459">
+        <v>24.0</v>
+      </c>
+      <c r="D459" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4">
+      <c r="A460" t="s">
+        <v>289</v>
+      </c>
+      <c r="B460" t="s">
+        <v>290</v>
+      </c>
+      <c r="C460">
+        <v>24.996</v>
+      </c>
+      <c r="D460" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4">
+      <c r="A461" t="s">
+        <v>291</v>
+      </c>
+      <c r="B461" t="s">
+        <v>292</v>
+      </c>
+      <c r="C461">
+        <v>24.996</v>
+      </c>
+      <c r="D461" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4">
+      <c r="A462" t="s">
+        <v>293</v>
+      </c>
+      <c r="B462" t="s">
+        <v>294</v>
+      </c>
+      <c r="C462">
+        <v>24.996</v>
+      </c>
+      <c r="D462" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4">
+      <c r="A463" t="s">
+        <v>295</v>
+      </c>
+      <c r="B463" t="s">
+        <v>296</v>
+      </c>
+      <c r="C463">
+        <v>24.996</v>
+      </c>
+      <c r="D463" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4">
+      <c r="A464" t="s">
+        <v>297</v>
+      </c>
+      <c r="B464" t="s">
+        <v>298</v>
+      </c>
+      <c r="C464">
+        <v>24.996</v>
+      </c>
+      <c r="D464" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4">
+      <c r="A465" t="s">
+        <v>299</v>
+      </c>
+      <c r="B465" t="s">
+        <v>300</v>
+      </c>
+      <c r="C465">
+        <v>25.128</v>
+      </c>
+      <c r="D465" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4">
+      <c r="A466" t="s">
+        <v>301</v>
+      </c>
+      <c r="B466" t="s">
+        <v>302</v>
+      </c>
+      <c r="C466">
+        <v>25.2</v>
+      </c>
+      <c r="D466" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4">
+      <c r="A467" t="s">
+        <v>303</v>
+      </c>
+      <c r="B467" t="s">
+        <v>304</v>
+      </c>
+      <c r="C467">
+        <v>25.2</v>
+      </c>
+      <c r="D467" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4">
+      <c r="A468" t="s">
+        <v>305</v>
+      </c>
+      <c r="B468" t="s">
+        <v>306</v>
+      </c>
+      <c r="C468">
+        <v>25.428</v>
+      </c>
+      <c r="D468" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4">
+      <c r="A469" t="s">
+        <v>307</v>
+      </c>
+      <c r="B469" t="s">
+        <v>308</v>
+      </c>
+      <c r="C469">
+        <v>26.64</v>
+      </c>
+      <c r="D469" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4">
+      <c r="A470" t="s">
+        <v>309</v>
+      </c>
+      <c r="B470" t="s">
+        <v>310</v>
+      </c>
+      <c r="C470">
+        <v>27.0</v>
+      </c>
+      <c r="D470" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4">
+      <c r="A471" t="s">
+        <v>311</v>
+      </c>
+      <c r="B471" t="s">
+        <v>312</v>
+      </c>
+      <c r="C471">
+        <v>28.572</v>
+      </c>
+      <c r="D471" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4">
+      <c r="A472" t="s">
+        <v>313</v>
+      </c>
+      <c r="B472" t="s">
+        <v>314</v>
+      </c>
+      <c r="C472">
+        <v>28.992</v>
+      </c>
+      <c r="D472" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4">
+      <c r="A473" t="s">
+        <v>315</v>
+      </c>
+      <c r="B473" t="s">
+        <v>316</v>
+      </c>
+      <c r="C473">
+        <v>28.992</v>
+      </c>
+      <c r="D473" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4">
+      <c r="A474" t="s">
+        <v>317</v>
+      </c>
+      <c r="B474" t="s">
+        <v>318</v>
+      </c>
+      <c r="C474">
+        <v>28.992</v>
+      </c>
+      <c r="D474" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4">
+      <c r="A475" t="s">
+        <v>319</v>
+      </c>
+      <c r="B475" t="s">
+        <v>320</v>
+      </c>
+      <c r="C475">
+        <v>28.992</v>
+      </c>
+      <c r="D475" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4">
+      <c r="A476" t="s">
+        <v>321</v>
+      </c>
+      <c r="B476" t="s">
+        <v>322</v>
+      </c>
+      <c r="C476">
+        <v>28.992</v>
+      </c>
+      <c r="D476" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4">
+      <c r="A477" t="s">
+        <v>323</v>
+      </c>
+      <c r="B477" t="s">
+        <v>324</v>
+      </c>
+      <c r="C477">
+        <v>28.992</v>
+      </c>
+      <c r="D477" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4">
+      <c r="A478" t="s">
+        <v>325</v>
+      </c>
+      <c r="B478" t="s">
+        <v>326</v>
+      </c>
+      <c r="C478">
+        <v>28.992</v>
+      </c>
+      <c r="D478" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4">
+      <c r="A479" t="s">
+        <v>327</v>
+      </c>
+      <c r="B479" t="s">
+        <v>328</v>
+      </c>
+      <c r="C479">
+        <v>28.992</v>
+      </c>
+      <c r="D479" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4">
+      <c r="A480" t="s">
+        <v>329</v>
+      </c>
+      <c r="B480" t="s">
+        <v>330</v>
+      </c>
+      <c r="C480">
+        <v>28.992</v>
+      </c>
+      <c r="D480" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4">
+      <c r="A481" t="s">
+        <v>331</v>
+      </c>
+      <c r="B481" t="s">
+        <v>332</v>
+      </c>
+      <c r="C481">
+        <v>29.352</v>
+      </c>
+      <c r="D481" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4">
+      <c r="A482" t="s">
+        <v>333</v>
+      </c>
+      <c r="B482" t="s">
+        <v>334</v>
+      </c>
+      <c r="C482">
+        <v>29.748</v>
+      </c>
+      <c r="D482" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4">
+      <c r="A483" t="s">
+        <v>335</v>
+      </c>
+      <c r="B483" t="s">
+        <v>336</v>
+      </c>
+      <c r="C483">
+        <v>29.748</v>
+      </c>
+      <c r="D483" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4">
+      <c r="A484" t="s">
+        <v>337</v>
+      </c>
+      <c r="B484" t="s">
+        <v>338</v>
+      </c>
+      <c r="C484">
+        <v>29.748</v>
+      </c>
+      <c r="D484" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4">
+      <c r="A485" t="s">
+        <v>339</v>
+      </c>
+      <c r="B485" t="s">
+        <v>340</v>
+      </c>
+      <c r="C485">
+        <v>29.748</v>
+      </c>
+      <c r="D485" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4">
+      <c r="A486" t="s">
+        <v>341</v>
+      </c>
+      <c r="B486" t="s">
+        <v>342</v>
+      </c>
+      <c r="C486">
+        <v>29.748</v>
+      </c>
+      <c r="D486" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4">
+      <c r="A487" t="s">
+        <v>343</v>
+      </c>
+      <c r="B487" t="s">
+        <v>344</v>
+      </c>
+      <c r="C487">
+        <v>29.748</v>
+      </c>
+      <c r="D487" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4">
+      <c r="A488" t="s">
+        <v>345</v>
+      </c>
+      <c r="B488" t="s">
+        <v>346</v>
+      </c>
+      <c r="C488">
+        <v>29.748</v>
+      </c>
+      <c r="D488" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4">
+      <c r="A489" t="s">
+        <v>347</v>
+      </c>
+      <c r="B489" t="s">
+        <v>348</v>
+      </c>
+      <c r="C489">
+        <v>29.748</v>
+      </c>
+      <c r="D489" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4">
+      <c r="A490" t="s">
+        <v>349</v>
+      </c>
+      <c r="B490" t="s">
+        <v>350</v>
+      </c>
+      <c r="C490">
+        <v>29.748</v>
+      </c>
+      <c r="D490" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4">
+      <c r="A491" t="s">
+        <v>351</v>
+      </c>
+      <c r="B491" t="s">
+        <v>352</v>
+      </c>
+      <c r="C491">
+        <v>29.748</v>
+      </c>
+      <c r="D491" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4">
+      <c r="A492" t="s">
+        <v>353</v>
+      </c>
+      <c r="B492" t="s">
+        <v>354</v>
+      </c>
+      <c r="C492">
+        <v>29.748</v>
+      </c>
+      <c r="D492" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4">
+      <c r="A493" t="s">
+        <v>355</v>
+      </c>
+      <c r="B493" t="s">
+        <v>356</v>
+      </c>
+      <c r="C493">
+        <v>30.0</v>
+      </c>
+      <c r="D493" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4">
+      <c r="A494" t="s">
+        <v>357</v>
+      </c>
+      <c r="B494" t="s">
+        <v>358</v>
+      </c>
+      <c r="C494">
+        <v>30.0</v>
+      </c>
+      <c r="D494" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4">
+      <c r="A495" t="s">
+        <v>359</v>
+      </c>
+      <c r="B495" t="s">
+        <v>360</v>
+      </c>
+      <c r="C495">
+        <v>30.0</v>
+      </c>
+      <c r="D495" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4">
+      <c r="A496" t="s">
+        <v>361</v>
+      </c>
+      <c r="B496" t="s">
+        <v>362</v>
+      </c>
+      <c r="C496">
+        <v>30.0</v>
+      </c>
+      <c r="D496" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4">
+      <c r="A497" t="s">
+        <v>363</v>
+      </c>
+      <c r="B497" t="s">
+        <v>364</v>
+      </c>
+      <c r="C497">
+        <v>30.0</v>
+      </c>
+      <c r="D497" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4">
+      <c r="A498" t="s">
+        <v>365</v>
+      </c>
+      <c r="B498" t="s">
+        <v>366</v>
+      </c>
+      <c r="C498">
+        <v>30.0</v>
+      </c>
+      <c r="D498" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4">
+      <c r="A499" t="s">
+        <v>367</v>
+      </c>
+      <c r="B499" t="s">
+        <v>368</v>
+      </c>
+      <c r="C499">
+        <v>30.0</v>
+      </c>
+      <c r="D499" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4">
+      <c r="A500" t="s">
+        <v>369</v>
+      </c>
+      <c r="B500" t="s">
+        <v>370</v>
+      </c>
+      <c r="C500">
+        <v>30.0</v>
+      </c>
+      <c r="D500" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4">
+      <c r="A501" t="s">
+        <v>371</v>
+      </c>
+      <c r="B501" t="s">
+        <v>372</v>
+      </c>
+      <c r="C501">
+        <v>31.2</v>
+      </c>
+      <c r="D501" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4">
+      <c r="A502" t="s">
+        <v>31</v>
+      </c>
+      <c r="B502" t="s">
+        <v>32</v>
+      </c>
+      <c r="C502">
+        <v>12.876</v>
+      </c>
+      <c r="D502" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4">
+      <c r="A503" t="s">
+        <v>33</v>
+      </c>
+      <c r="B503" t="s">
+        <v>34</v>
+      </c>
+      <c r="C503">
+        <v>14.4</v>
+      </c>
+      <c r="D503" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4">
+      <c r="A504" t="s">
+        <v>35</v>
+      </c>
+      <c r="B504" t="s">
+        <v>36</v>
+      </c>
+      <c r="C504">
+        <v>14.4</v>
+      </c>
+      <c r="D504" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4">
+      <c r="A505" t="s">
+        <v>37</v>
+      </c>
+      <c r="B505" t="s">
+        <v>38</v>
+      </c>
+      <c r="C505">
+        <v>14.976</v>
+      </c>
+      <c r="D505" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4">
+      <c r="A506" t="s">
+        <v>81</v>
+      </c>
+      <c r="B506" t="s">
+        <v>82</v>
+      </c>
+      <c r="C506">
+        <v>15.624</v>
+      </c>
+      <c r="D506" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4">
+      <c r="A507" t="s">
+        <v>91</v>
+      </c>
+      <c r="B507" t="s">
+        <v>92</v>
+      </c>
+      <c r="C507">
+        <v>16.992</v>
+      </c>
+      <c r="D507" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4">
+      <c r="A508" t="s">
+        <v>93</v>
+      </c>
+      <c r="B508" t="s">
+        <v>94</v>
+      </c>
+      <c r="C508">
+        <v>18.0</v>
+      </c>
+      <c r="D508" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4">
+      <c r="A509" t="s">
+        <v>95</v>
+      </c>
+      <c r="B509" t="s">
+        <v>96</v>
+      </c>
+      <c r="C509">
+        <v>18.0</v>
+      </c>
+      <c r="D509" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4">
+      <c r="A510" t="s">
+        <v>97</v>
+      </c>
+      <c r="B510" t="s">
+        <v>98</v>
+      </c>
+      <c r="C510">
+        <v>18.0</v>
+      </c>
+      <c r="D510" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4">
+      <c r="A511" t="s">
+        <v>99</v>
+      </c>
+      <c r="B511" t="s">
+        <v>100</v>
+      </c>
+      <c r="C511">
+        <v>18.0</v>
+      </c>
+      <c r="D511" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4">
+      <c r="A512" t="s">
+        <v>101</v>
+      </c>
+      <c r="B512" t="s">
+        <v>102</v>
+      </c>
+      <c r="C512">
+        <v>18.684</v>
+      </c>
+      <c r="D512" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4">
+      <c r="A513" t="s">
+        <v>103</v>
+      </c>
+      <c r="B513" t="s">
+        <v>104</v>
+      </c>
+      <c r="C513">
+        <v>18.684</v>
+      </c>
+      <c r="D513" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4">
+      <c r="A514" t="s">
+        <v>131</v>
+      </c>
+      <c r="B514" t="s">
+        <v>132</v>
+      </c>
+      <c r="C514">
+        <v>18.996</v>
+      </c>
+      <c r="D514" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4">
+      <c r="A515" t="s">
+        <v>165</v>
+      </c>
+      <c r="B515" t="s">
+        <v>166</v>
+      </c>
+      <c r="C515">
+        <v>19.8</v>
+      </c>
+      <c r="D515" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4">
+      <c r="A516" t="s">
+        <v>167</v>
+      </c>
+      <c r="B516" t="s">
+        <v>168</v>
+      </c>
+      <c r="C516">
+        <v>19.8</v>
+      </c>
+      <c r="D516" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4">
+      <c r="A517" t="s">
+        <v>169</v>
+      </c>
+      <c r="B517" t="s">
+        <v>170</v>
+      </c>
+      <c r="C517">
+        <v>19.8</v>
+      </c>
+      <c r="D517" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4">
+      <c r="A518" t="s">
+        <v>171</v>
+      </c>
+      <c r="B518" t="s">
+        <v>172</v>
+      </c>
+      <c r="C518">
+        <v>19.8</v>
+      </c>
+      <c r="D518" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4">
+      <c r="A519" t="s">
+        <v>173</v>
+      </c>
+      <c r="B519" t="s">
+        <v>174</v>
+      </c>
+      <c r="C519">
+        <v>19.8</v>
+      </c>
+      <c r="D519" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4">
+      <c r="A520" t="s">
+        <v>175</v>
+      </c>
+      <c r="B520" t="s">
+        <v>176</v>
+      </c>
+      <c r="C520">
+        <v>19.8</v>
+      </c>
+      <c r="D520" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4">
+      <c r="A521" t="s">
+        <v>177</v>
+      </c>
+      <c r="B521" t="s">
+        <v>178</v>
+      </c>
+      <c r="C521">
+        <v>19.8</v>
+      </c>
+      <c r="D521" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4">
+      <c r="A522" t="s">
+        <v>179</v>
+      </c>
+      <c r="B522" t="s">
+        <v>180</v>
+      </c>
+      <c r="C522">
+        <v>19.8</v>
+      </c>
+      <c r="D522" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4">
+      <c r="A523" t="s">
+        <v>181</v>
+      </c>
+      <c r="B523" t="s">
+        <v>182</v>
+      </c>
+      <c r="C523">
+        <v>19.8</v>
+      </c>
+      <c r="D523" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4">
+      <c r="A524" t="s">
+        <v>183</v>
+      </c>
+      <c r="B524" t="s">
+        <v>184</v>
+      </c>
+      <c r="C524">
+        <v>19.836</v>
+      </c>
+      <c r="D524" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4">
+      <c r="A525" t="s">
+        <v>219</v>
+      </c>
+      <c r="B525" t="s">
+        <v>220</v>
+      </c>
+      <c r="C525">
+        <v>20.808</v>
+      </c>
+      <c r="D525" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4">
+      <c r="A526" t="s">
+        <v>223</v>
+      </c>
+      <c r="B526" t="s">
+        <v>224</v>
+      </c>
+      <c r="C526">
+        <v>21.252</v>
+      </c>
+      <c r="D526" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4">
+      <c r="A527" t="s">
+        <v>231</v>
+      </c>
+      <c r="B527" t="s">
+        <v>232</v>
+      </c>
+      <c r="C527">
+        <v>23.748</v>
+      </c>
+      <c r="D527" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4">
+      <c r="A528" t="s">
+        <v>289</v>
+      </c>
+      <c r="B528" t="s">
+        <v>290</v>
+      </c>
+      <c r="C528">
+        <v>24.996</v>
+      </c>
+      <c r="D528" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4">
+      <c r="A529" t="s">
+        <v>291</v>
+      </c>
+      <c r="B529" t="s">
+        <v>292</v>
+      </c>
+      <c r="C529">
+        <v>24.996</v>
+      </c>
+      <c r="D529" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4">
+      <c r="A530" t="s">
+        <v>293</v>
+      </c>
+      <c r="B530" t="s">
+        <v>294</v>
+      </c>
+      <c r="C530">
+        <v>24.996</v>
+      </c>
+      <c r="D530" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4">
+      <c r="A531" t="s">
+        <v>295</v>
+      </c>
+      <c r="B531" t="s">
+        <v>296</v>
+      </c>
+      <c r="C531">
+        <v>24.996</v>
+      </c>
+      <c r="D531" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4">
+      <c r="A532" t="s">
+        <v>297</v>
+      </c>
+      <c r="B532" t="s">
+        <v>298</v>
+      </c>
+      <c r="C532">
+        <v>24.996</v>
+      </c>
+      <c r="D532" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4">
+      <c r="A533" t="s">
+        <v>299</v>
+      </c>
+      <c r="B533" t="s">
+        <v>300</v>
+      </c>
+      <c r="C533">
+        <v>25.128</v>
+      </c>
+      <c r="D533" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4">
+      <c r="A534" t="s">
+        <v>305</v>
+      </c>
+      <c r="B534" t="s">
+        <v>306</v>
+      </c>
+      <c r="C534">
+        <v>25.428</v>
+      </c>
+      <c r="D534" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4">
+      <c r="A535" t="s">
+        <v>327</v>
+      </c>
+      <c r="B535" t="s">
+        <v>328</v>
+      </c>
+      <c r="C535">
+        <v>28.992</v>
+      </c>
+      <c r="D535" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4">
+      <c r="A536" t="s">
+        <v>329</v>
+      </c>
+      <c r="B536" t="s">
+        <v>330</v>
+      </c>
+      <c r="C536">
+        <v>28.992</v>
+      </c>
+      <c r="D536" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4">
+      <c r="A537" t="s">
+        <v>341</v>
+      </c>
+      <c r="B537" t="s">
+        <v>342</v>
+      </c>
+      <c r="C537">
+        <v>29.748</v>
+      </c>
+      <c r="D537" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4">
+      <c r="A538" t="s">
+        <v>343</v>
+      </c>
+      <c r="B538" t="s">
+        <v>344</v>
+      </c>
+      <c r="C538">
+        <v>29.748</v>
+      </c>
+      <c r="D538" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4">
+      <c r="A539" t="s">
+        <v>345</v>
+      </c>
+      <c r="B539" t="s">
+        <v>346</v>
+      </c>
+      <c r="C539">
+        <v>29.748</v>
+      </c>
+      <c r="D539" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4">
+      <c r="A540" t="s">
+        <v>347</v>
+      </c>
+      <c r="B540" t="s">
+        <v>348</v>
+      </c>
+      <c r="C540">
+        <v>29.748</v>
+      </c>
+      <c r="D540" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4">
+      <c r="A541" t="s">
+        <v>349</v>
+      </c>
+      <c r="B541" t="s">
+        <v>350</v>
+      </c>
+      <c r="C541">
+        <v>29.748</v>
+      </c>
+      <c r="D541" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4">
+      <c r="A542" t="s">
+        <v>351</v>
+      </c>
+      <c r="B542" t="s">
+        <v>352</v>
+      </c>
+      <c r="C542">
+        <v>29.748</v>
+      </c>
+      <c r="D542" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4">
+      <c r="A543" t="s">
+        <v>353</v>
+      </c>
+      <c r="B543" t="s">
+        <v>354</v>
+      </c>
+      <c r="C543">
+        <v>29.748</v>
+      </c>
+      <c r="D543" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4">
+      <c r="A544" t="s">
+        <v>357</v>
+      </c>
+      <c r="B544" t="s">
+        <v>358</v>
+      </c>
+      <c r="C544">
+        <v>30.0</v>
+      </c>
+      <c r="D544" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4">
+      <c r="A545" t="s">
+        <v>359</v>
+      </c>
+      <c r="B545" t="s">
+        <v>360</v>
+      </c>
+      <c r="C545">
+        <v>30.0</v>
+      </c>
+      <c r="D545" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4">
+      <c r="A546" t="s">
+        <v>361</v>
+      </c>
+      <c r="B546" t="s">
+        <v>362</v>
+      </c>
+      <c r="C546">
+        <v>30.0</v>
+      </c>
+      <c r="D546" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4">
+      <c r="A547" t="s">
+        <v>363</v>
+      </c>
+      <c r="B547" t="s">
+        <v>364</v>
+      </c>
+      <c r="C547">
+        <v>30.0</v>
+      </c>
+      <c r="D547" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4">
+      <c r="A548" t="s">
+        <v>365</v>
+      </c>
+      <c r="B548" t="s">
+        <v>366</v>
+      </c>
+      <c r="C548">
+        <v>30.0</v>
+      </c>
+      <c r="D548" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4">
+      <c r="A549" t="s">
+        <v>367</v>
+      </c>
+      <c r="B549" t="s">
+        <v>368</v>
+      </c>
+      <c r="C549">
+        <v>30.0</v>
+      </c>
+      <c r="D549" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4">
+      <c r="A550" t="s">
+        <v>369</v>
+      </c>
+      <c r="B550" t="s">
+        <v>370</v>
+      </c>
+      <c r="C550">
+        <v>30.0</v>
+      </c>
+      <c r="D550" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4">
+      <c r="A551" t="s">
+        <v>373</v>
+      </c>
+      <c r="B551" t="s">
+        <v>374</v>
+      </c>
+      <c r="C551">
+        <v>31.2</v>
+      </c>
+      <c r="D551" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4">
+      <c r="A552" t="s">
+        <v>375</v>
+      </c>
+      <c r="B552" t="s">
+        <v>376</v>
+      </c>
+      <c r="C552">
+        <v>31.2</v>
+      </c>
+      <c r="D552" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4">
+      <c r="A553" t="s">
+        <v>377</v>
+      </c>
+      <c r="B553" t="s">
+        <v>378</v>
+      </c>
+      <c r="C553">
+        <v>31.2</v>
+      </c>
+      <c r="D553" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4">
+      <c r="A554" t="s">
+        <v>379</v>
+      </c>
+      <c r="B554" t="s">
+        <v>380</v>
+      </c>
+      <c r="C554">
+        <v>32.4</v>
+      </c>
+      <c r="D554" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4">
+      <c r="A555" t="s">
+        <v>381</v>
+      </c>
+      <c r="B555" t="s">
+        <v>382</v>
+      </c>
+      <c r="C555">
+        <v>33.0</v>
+      </c>
+      <c r="D555" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4">
+      <c r="A556" t="s">
+        <v>383</v>
+      </c>
+      <c r="B556" t="s">
+        <v>384</v>
+      </c>
+      <c r="C556">
+        <v>33.228</v>
+      </c>
+      <c r="D556" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4">
+      <c r="A557" t="s">
+        <v>385</v>
+      </c>
+      <c r="B557" t="s">
+        <v>386</v>
+      </c>
+      <c r="C557">
+        <v>33.288</v>
+      </c>
+      <c r="D557" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4">
+      <c r="A558" t="s">
+        <v>387</v>
+      </c>
+      <c r="B558" t="s">
+        <v>388</v>
+      </c>
+      <c r="C558">
+        <v>34.8</v>
+      </c>
+      <c r="D558" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4">
+      <c r="A559" t="s">
+        <v>389</v>
+      </c>
+      <c r="B559" t="s">
+        <v>390</v>
+      </c>
+      <c r="C559">
+        <v>34.8</v>
+      </c>
+      <c r="D559" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4">
+      <c r="A560" t="s">
+        <v>391</v>
+      </c>
+      <c r="B560" t="s">
+        <v>392</v>
+      </c>
+      <c r="C560">
+        <v>34.992</v>
+      </c>
+      <c r="D560" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4">
+      <c r="A561" t="s">
+        <v>393</v>
+      </c>
+      <c r="B561" t="s">
+        <v>394</v>
+      </c>
+      <c r="C561">
+        <v>34.992</v>
+      </c>
+      <c r="D561" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4">
+      <c r="A562" t="s">
+        <v>395</v>
+      </c>
+      <c r="B562" t="s">
+        <v>396</v>
+      </c>
+      <c r="C562">
+        <v>34.992</v>
+      </c>
+      <c r="D562" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4">
+      <c r="A563" t="s">
+        <v>397</v>
+      </c>
+      <c r="B563" t="s">
+        <v>398</v>
+      </c>
+      <c r="C563">
+        <v>34.992</v>
+      </c>
+      <c r="D563" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4">
+      <c r="A564" t="s">
+        <v>399</v>
+      </c>
+      <c r="B564" t="s">
+        <v>400</v>
+      </c>
+      <c r="C564">
+        <v>34.992</v>
+      </c>
+      <c r="D564" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4">
+      <c r="A565" t="s">
+        <v>401</v>
+      </c>
+      <c r="B565" t="s">
+        <v>402</v>
+      </c>
+      <c r="C565">
+        <v>34.992</v>
+      </c>
+      <c r="D565" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4">
+      <c r="A566" t="s">
+        <v>403</v>
+      </c>
+      <c r="B566" t="s">
+        <v>404</v>
+      </c>
+      <c r="C566">
+        <v>34.992</v>
+      </c>
+      <c r="D566" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4">
+      <c r="A567" t="s">
+        <v>405</v>
+      </c>
+      <c r="B567" t="s">
+        <v>406</v>
+      </c>
+      <c r="C567">
+        <v>34.992</v>
+      </c>
+      <c r="D567" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4">
+      <c r="A568" t="s">
+        <v>407</v>
+      </c>
+      <c r="B568" t="s">
+        <v>408</v>
+      </c>
+      <c r="C568">
+        <v>34.992</v>
+      </c>
+      <c r="D568" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4">
+      <c r="A569" t="s">
+        <v>409</v>
+      </c>
+      <c r="B569" t="s">
+        <v>410</v>
+      </c>
+      <c r="C569">
+        <v>34.992</v>
+      </c>
+      <c r="D569" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4">
+      <c r="A570" t="s">
+        <v>411</v>
+      </c>
+      <c r="B570" t="s">
+        <v>412</v>
+      </c>
+      <c r="C570">
+        <v>34.992</v>
+      </c>
+      <c r="D570" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4">
+      <c r="A571" t="s">
+        <v>413</v>
+      </c>
+      <c r="B571" t="s">
+        <v>414</v>
+      </c>
+      <c r="C571">
+        <v>34.992</v>
+      </c>
+      <c r="D571" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4">
+      <c r="A572" t="s">
+        <v>415</v>
+      </c>
+      <c r="B572" t="s">
+        <v>416</v>
+      </c>
+      <c r="C572">
+        <v>34.992</v>
+      </c>
+      <c r="D572" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4">
+      <c r="A573" t="s">
+        <v>417</v>
+      </c>
+      <c r="B573" t="s">
+        <v>418</v>
+      </c>
+      <c r="C573">
+        <v>34.992</v>
+      </c>
+      <c r="D573" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4">
+      <c r="A574" t="s">
+        <v>419</v>
+      </c>
+      <c r="B574" t="s">
+        <v>420</v>
+      </c>
+      <c r="C574">
+        <v>34.992</v>
+      </c>
+      <c r="D574" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4">
+      <c r="A575" t="s">
+        <v>421</v>
+      </c>
+      <c r="B575" t="s">
+        <v>422</v>
+      </c>
+      <c r="C575">
+        <v>34.992</v>
+      </c>
+      <c r="D575" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4">
+      <c r="A576" t="s">
+        <v>423</v>
+      </c>
+      <c r="B576" t="s">
+        <v>424</v>
+      </c>
+      <c r="C576">
+        <v>34.992</v>
+      </c>
+      <c r="D576" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4">
+      <c r="A577" t="s">
+        <v>425</v>
+      </c>
+      <c r="B577" t="s">
+        <v>426</v>
+      </c>
+      <c r="C577">
+        <v>34.992</v>
+      </c>
+      <c r="D577" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4">
+      <c r="A578" t="s">
+        <v>427</v>
+      </c>
+      <c r="B578" t="s">
+        <v>428</v>
+      </c>
+      <c r="C578">
+        <v>34.992</v>
+      </c>
+      <c r="D578" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4">
+      <c r="A579" t="s">
+        <v>429</v>
+      </c>
+      <c r="B579" t="s">
+        <v>430</v>
+      </c>
+      <c r="C579">
+        <v>34.992</v>
+      </c>
+      <c r="D579" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4">
+      <c r="A580" t="s">
+        <v>431</v>
+      </c>
+      <c r="B580" t="s">
+        <v>432</v>
+      </c>
+      <c r="C580">
+        <v>34.992</v>
+      </c>
+      <c r="D580" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4">
+      <c r="A581" t="s">
+        <v>433</v>
+      </c>
+      <c r="B581" t="s">
+        <v>434</v>
+      </c>
+      <c r="C581">
+        <v>34.992</v>
+      </c>
+      <c r="D581" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4">
+      <c r="A582" t="s">
+        <v>435</v>
+      </c>
+      <c r="B582" t="s">
+        <v>436</v>
+      </c>
+      <c r="C582">
+        <v>34.992</v>
+      </c>
+      <c r="D582" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4">
+      <c r="A583" t="s">
+        <v>437</v>
+      </c>
+      <c r="B583" t="s">
+        <v>438</v>
+      </c>
+      <c r="C583">
+        <v>34.992</v>
+      </c>
+      <c r="D583" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4">
+      <c r="A584" t="s">
+        <v>439</v>
+      </c>
+      <c r="B584" t="s">
+        <v>440</v>
+      </c>
+      <c r="C584">
+        <v>34.992</v>
+      </c>
+      <c r="D584" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4">
+      <c r="A585" t="s">
+        <v>441</v>
+      </c>
+      <c r="B585" t="s">
+        <v>442</v>
+      </c>
+      <c r="C585">
+        <v>34.992</v>
+      </c>
+      <c r="D585" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4">
+      <c r="A586" t="s">
+        <v>443</v>
+      </c>
+      <c r="B586" t="s">
+        <v>444</v>
+      </c>
+      <c r="C586">
+        <v>34.992</v>
+      </c>
+      <c r="D586" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4">
+      <c r="A587" t="s">
+        <v>445</v>
+      </c>
+      <c r="B587" t="s">
+        <v>446</v>
+      </c>
+      <c r="C587">
+        <v>34.992</v>
+      </c>
+      <c r="D587" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4">
+      <c r="A588" t="s">
+        <v>447</v>
+      </c>
+      <c r="B588" t="s">
+        <v>448</v>
+      </c>
+      <c r="C588">
+        <v>34.992</v>
+      </c>
+      <c r="D588" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4">
+      <c r="A589" t="s">
+        <v>449</v>
+      </c>
+      <c r="B589" t="s">
+        <v>450</v>
+      </c>
+      <c r="C589">
+        <v>34.992</v>
+      </c>
+      <c r="D589" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4">
+      <c r="A590" t="s">
+        <v>451</v>
+      </c>
+      <c r="B590" t="s">
+        <v>452</v>
+      </c>
+      <c r="C590">
+        <v>34.992</v>
+      </c>
+      <c r="D590" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4">
+      <c r="A591" t="s">
+        <v>453</v>
+      </c>
+      <c r="B591" t="s">
+        <v>454</v>
+      </c>
+      <c r="C591">
+        <v>34.992</v>
+      </c>
+      <c r="D591" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4">
+      <c r="A592" t="s">
+        <v>455</v>
+      </c>
+      <c r="B592" t="s">
+        <v>456</v>
+      </c>
+      <c r="C592">
+        <v>34.992</v>
+      </c>
+      <c r="D592" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4">
+      <c r="A593" t="s">
+        <v>457</v>
+      </c>
+      <c r="B593" t="s">
+        <v>458</v>
+      </c>
+      <c r="C593">
+        <v>34.992</v>
+      </c>
+      <c r="D593" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4">
+      <c r="A594" t="s">
+        <v>459</v>
+      </c>
+      <c r="B594" t="s">
+        <v>460</v>
+      </c>
+      <c r="C594">
+        <v>34.992</v>
+      </c>
+      <c r="D594" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4">
+      <c r="A595" t="s">
+        <v>461</v>
+      </c>
+      <c r="B595" t="s">
+        <v>462</v>
+      </c>
+      <c r="C595">
+        <v>34.992</v>
+      </c>
+      <c r="D595" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4">
+      <c r="A596" t="s">
+        <v>463</v>
+      </c>
+      <c r="B596" t="s">
+        <v>464</v>
+      </c>
+      <c r="C596">
+        <v>34.992</v>
+      </c>
+      <c r="D596" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4">
+      <c r="A597" t="s">
+        <v>465</v>
+      </c>
+      <c r="B597" t="s">
+        <v>466</v>
+      </c>
+      <c r="C597">
+        <v>34.992</v>
+      </c>
+      <c r="D597" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="598" spans="1:4">
+      <c r="A598" t="s">
+        <v>467</v>
+      </c>
+      <c r="B598" t="s">
+        <v>468</v>
+      </c>
+      <c r="C598">
+        <v>34.992</v>
+      </c>
+      <c r="D598" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="599" spans="1:4">
+      <c r="A599" t="s">
+        <v>469</v>
+      </c>
+      <c r="B599" t="s">
+        <v>470</v>
+      </c>
+      <c r="C599">
+        <v>35.004</v>
+      </c>
+      <c r="D599" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="600" spans="1:4">
+      <c r="A600" t="s">
+        <v>471</v>
+      </c>
+      <c r="B600" t="s">
+        <v>472</v>
+      </c>
+      <c r="C600">
+        <v>35.004</v>
+      </c>
+      <c r="D600" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4">
+      <c r="A601" t="s">
+        <v>473</v>
+      </c>
+      <c r="B601" t="s">
+        <v>474</v>
+      </c>
+      <c r="C601">
+        <v>35.004</v>
+      </c>
+      <c r="D601" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="602" spans="1:4">
+      <c r="A602" t="s">
+        <v>37</v>
+      </c>
+      <c r="B602" t="s">
+        <v>38</v>
+      </c>
+      <c r="C602">
+        <v>14.976</v>
+      </c>
+      <c r="D602" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4">
+      <c r="A603" t="s">
+        <v>91</v>
+      </c>
+      <c r="B603" t="s">
+        <v>92</v>
+      </c>
+      <c r="C603">
+        <v>16.992</v>
+      </c>
+      <c r="D603" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="604" spans="1:4">
+      <c r="A604" t="s">
+        <v>131</v>
+      </c>
+      <c r="B604" t="s">
+        <v>132</v>
+      </c>
+      <c r="C604">
+        <v>18.996</v>
+      </c>
+      <c r="D604" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4">
+      <c r="A605" t="s">
+        <v>165</v>
+      </c>
+      <c r="B605" t="s">
+        <v>166</v>
+      </c>
+      <c r="C605">
+        <v>19.8</v>
+      </c>
+      <c r="D605" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4">
+      <c r="A606" t="s">
+        <v>167</v>
+      </c>
+      <c r="B606" t="s">
+        <v>168</v>
+      </c>
+      <c r="C606">
+        <v>19.8</v>
+      </c>
+      <c r="D606" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="607" spans="1:4">
+      <c r="A607" t="s">
+        <v>169</v>
+      </c>
+      <c r="B607" t="s">
+        <v>170</v>
+      </c>
+      <c r="C607">
+        <v>19.8</v>
+      </c>
+      <c r="D607" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4">
+      <c r="A608" t="s">
+        <v>171</v>
+      </c>
+      <c r="B608" t="s">
+        <v>172</v>
+      </c>
+      <c r="C608">
+        <v>19.8</v>
+      </c>
+      <c r="D608" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4">
+      <c r="A609" t="s">
+        <v>173</v>
+      </c>
+      <c r="B609" t="s">
+        <v>174</v>
+      </c>
+      <c r="C609">
+        <v>19.8</v>
+      </c>
+      <c r="D609" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4">
+      <c r="A610" t="s">
+        <v>175</v>
+      </c>
+      <c r="B610" t="s">
+        <v>176</v>
+      </c>
+      <c r="C610">
+        <v>19.8</v>
+      </c>
+      <c r="D610" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4">
+      <c r="A611" t="s">
+        <v>177</v>
+      </c>
+      <c r="B611" t="s">
+        <v>178</v>
+      </c>
+      <c r="C611">
+        <v>19.8</v>
+      </c>
+      <c r="D611" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4">
+      <c r="A612" t="s">
+        <v>179</v>
+      </c>
+      <c r="B612" t="s">
+        <v>180</v>
+      </c>
+      <c r="C612">
+        <v>19.8</v>
+      </c>
+      <c r="D612" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4">
+      <c r="A613" t="s">
+        <v>181</v>
+      </c>
+      <c r="B613" t="s">
+        <v>182</v>
+      </c>
+      <c r="C613">
+        <v>19.8</v>
+      </c>
+      <c r="D613" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4">
+      <c r="A614" t="s">
+        <v>219</v>
+      </c>
+      <c r="B614" t="s">
+        <v>220</v>
+      </c>
+      <c r="C614">
+        <v>20.808</v>
+      </c>
+      <c r="D614" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4">
+      <c r="A615" t="s">
+        <v>223</v>
+      </c>
+      <c r="B615" t="s">
+        <v>224</v>
+      </c>
+      <c r="C615">
+        <v>21.252</v>
+      </c>
+      <c r="D615" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4">
+      <c r="A616" t="s">
+        <v>289</v>
+      </c>
+      <c r="B616" t="s">
+        <v>290</v>
+      </c>
+      <c r="C616">
+        <v>24.996</v>
+      </c>
+      <c r="D616" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4">
+      <c r="A617" t="s">
+        <v>291</v>
+      </c>
+      <c r="B617" t="s">
+        <v>292</v>
+      </c>
+      <c r="C617">
+        <v>24.996</v>
+      </c>
+      <c r="D617" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4">
+      <c r="A618" t="s">
+        <v>293</v>
+      </c>
+      <c r="B618" t="s">
+        <v>294</v>
+      </c>
+      <c r="C618">
+        <v>24.996</v>
+      </c>
+      <c r="D618" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4">
+      <c r="A619" t="s">
+        <v>295</v>
+      </c>
+      <c r="B619" t="s">
+        <v>296</v>
+      </c>
+      <c r="C619">
+        <v>24.996</v>
+      </c>
+      <c r="D619" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4">
+      <c r="A620" t="s">
+        <v>297</v>
+      </c>
+      <c r="B620" t="s">
+        <v>298</v>
+      </c>
+      <c r="C620">
+        <v>24.996</v>
+      </c>
+      <c r="D620" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4">
+      <c r="A621" t="s">
+        <v>299</v>
+      </c>
+      <c r="B621" t="s">
+        <v>300</v>
+      </c>
+      <c r="C621">
+        <v>25.128</v>
+      </c>
+      <c r="D621" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4">
+      <c r="A622" t="s">
+        <v>305</v>
+      </c>
+      <c r="B622" t="s">
+        <v>306</v>
+      </c>
+      <c r="C622">
+        <v>25.428</v>
+      </c>
+      <c r="D622" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4">
+      <c r="A623" t="s">
+        <v>341</v>
+      </c>
+      <c r="B623" t="s">
+        <v>342</v>
+      </c>
+      <c r="C623">
+        <v>29.748</v>
+      </c>
+      <c r="D623" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="624" spans="1:4">
+      <c r="A624" t="s">
+        <v>343</v>
+      </c>
+      <c r="B624" t="s">
+        <v>344</v>
+      </c>
+      <c r="C624">
+        <v>29.748</v>
+      </c>
+      <c r="D624" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4">
+      <c r="A625" t="s">
+        <v>345</v>
+      </c>
+      <c r="B625" t="s">
+        <v>346</v>
+      </c>
+      <c r="C625">
+        <v>29.748</v>
+      </c>
+      <c r="D625" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4">
+      <c r="A626" t="s">
+        <v>347</v>
+      </c>
+      <c r="B626" t="s">
+        <v>348</v>
+      </c>
+      <c r="C626">
+        <v>29.748</v>
+      </c>
+      <c r="D626" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4">
+      <c r="A627" t="s">
+        <v>349</v>
+      </c>
+      <c r="B627" t="s">
+        <v>350</v>
+      </c>
+      <c r="C627">
+        <v>29.748</v>
+      </c>
+      <c r="D627" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4">
+      <c r="A628" t="s">
+        <v>351</v>
+      </c>
+      <c r="B628" t="s">
+        <v>352</v>
+      </c>
+      <c r="C628">
+        <v>29.748</v>
+      </c>
+      <c r="D628" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4">
+      <c r="A629" t="s">
+        <v>353</v>
+      </c>
+      <c r="B629" t="s">
+        <v>354</v>
+      </c>
+      <c r="C629">
+        <v>29.748</v>
+      </c>
+      <c r="D629" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4">
+      <c r="A630" t="s">
+        <v>357</v>
+      </c>
+      <c r="B630" t="s">
+        <v>358</v>
+      </c>
+      <c r="C630">
+        <v>30.0</v>
+      </c>
+      <c r="D630" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4">
+      <c r="A631" t="s">
+        <v>359</v>
+      </c>
+      <c r="B631" t="s">
+        <v>360</v>
+      </c>
+      <c r="C631">
+        <v>30.0</v>
+      </c>
+      <c r="D631" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="632" spans="1:4">
+      <c r="A632" t="s">
+        <v>361</v>
+      </c>
+      <c r="B632" t="s">
+        <v>362</v>
+      </c>
+      <c r="C632">
+        <v>30.0</v>
+      </c>
+      <c r="D632" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="633" spans="1:4">
+      <c r="A633" t="s">
+        <v>363</v>
+      </c>
+      <c r="B633" t="s">
+        <v>364</v>
+      </c>
+      <c r="C633">
+        <v>30.0</v>
+      </c>
+      <c r="D633" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="634" spans="1:4">
+      <c r="A634" t="s">
+        <v>365</v>
+      </c>
+      <c r="B634" t="s">
+        <v>366</v>
+      </c>
+      <c r="C634">
+        <v>30.0</v>
+      </c>
+      <c r="D634" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="635" spans="1:4">
+      <c r="A635" t="s">
+        <v>367</v>
+      </c>
+      <c r="B635" t="s">
+        <v>368</v>
+      </c>
+      <c r="C635">
+        <v>30.0</v>
+      </c>
+      <c r="D635" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="636" spans="1:4">
+      <c r="A636" t="s">
+        <v>369</v>
+      </c>
+      <c r="B636" t="s">
+        <v>370</v>
+      </c>
+      <c r="C636">
+        <v>30.0</v>
+      </c>
+      <c r="D636" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="637" spans="1:4">
+      <c r="A637" t="s">
+        <v>387</v>
+      </c>
+      <c r="B637" t="s">
+        <v>388</v>
+      </c>
+      <c r="C637">
+        <v>34.8</v>
+      </c>
+      <c r="D637" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="638" spans="1:4">
+      <c r="A638" t="s">
+        <v>389</v>
+      </c>
+      <c r="B638" t="s">
+        <v>390</v>
+      </c>
+      <c r="C638">
+        <v>34.8</v>
+      </c>
+      <c r="D638" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="639" spans="1:4">
+      <c r="A639" t="s">
+        <v>415</v>
+      </c>
+      <c r="B639" t="s">
+        <v>416</v>
+      </c>
+      <c r="C639">
+        <v>34.992</v>
+      </c>
+      <c r="D639" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="640" spans="1:4">
+      <c r="A640" t="s">
+        <v>417</v>
+      </c>
+      <c r="B640" t="s">
+        <v>418</v>
+      </c>
+      <c r="C640">
+        <v>34.992</v>
+      </c>
+      <c r="D640" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="641" spans="1:4">
+      <c r="A641" t="s">
+        <v>419</v>
+      </c>
+      <c r="B641" t="s">
+        <v>420</v>
+      </c>
+      <c r="C641">
+        <v>34.992</v>
+      </c>
+      <c r="D641" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="642" spans="1:4">
+      <c r="A642" t="s">
+        <v>421</v>
+      </c>
+      <c r="B642" t="s">
+        <v>422</v>
+      </c>
+      <c r="C642">
+        <v>34.992</v>
+      </c>
+      <c r="D642" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="643" spans="1:4">
+      <c r="A643" t="s">
+        <v>423</v>
+      </c>
+      <c r="B643" t="s">
+        <v>424</v>
+      </c>
+      <c r="C643">
+        <v>34.992</v>
+      </c>
+      <c r="D643" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="644" spans="1:4">
+      <c r="A644" t="s">
+        <v>425</v>
+      </c>
+      <c r="B644" t="s">
+        <v>426</v>
+      </c>
+      <c r="C644">
+        <v>34.992</v>
+      </c>
+      <c r="D644" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="645" spans="1:4">
+      <c r="A645" t="s">
+        <v>427</v>
+      </c>
+      <c r="B645" t="s">
+        <v>428</v>
+      </c>
+      <c r="C645">
+        <v>34.992</v>
+      </c>
+      <c r="D645" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="646" spans="1:4">
+      <c r="A646" t="s">
+        <v>429</v>
+      </c>
+      <c r="B646" t="s">
+        <v>430</v>
+      </c>
+      <c r="C646">
+        <v>34.992</v>
+      </c>
+      <c r="D646" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="647" spans="1:4">
+      <c r="A647" t="s">
+        <v>431</v>
+      </c>
+      <c r="B647" t="s">
+        <v>432</v>
+      </c>
+      <c r="C647">
+        <v>34.992</v>
+      </c>
+      <c r="D647" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="648" spans="1:4">
+      <c r="A648" t="s">
+        <v>433</v>
+      </c>
+      <c r="B648" t="s">
+        <v>434</v>
+      </c>
+      <c r="C648">
+        <v>34.992</v>
+      </c>
+      <c r="D648" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4">
+      <c r="A649" t="s">
+        <v>435</v>
+      </c>
+      <c r="B649" t="s">
+        <v>436</v>
+      </c>
+      <c r="C649">
+        <v>34.992</v>
+      </c>
+      <c r="D649" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4">
+      <c r="A650" t="s">
+        <v>437</v>
+      </c>
+      <c r="B650" t="s">
+        <v>438</v>
+      </c>
+      <c r="C650">
+        <v>34.992</v>
+      </c>
+      <c r="D650" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="651" spans="1:4">
+      <c r="A651" t="s">
+        <v>439</v>
+      </c>
+      <c r="B651" t="s">
+        <v>440</v>
+      </c>
+      <c r="C651">
+        <v>34.992</v>
+      </c>
+      <c r="D651" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="652" spans="1:4">
+      <c r="A652" t="s">
+        <v>441</v>
+      </c>
+      <c r="B652" t="s">
+        <v>442</v>
+      </c>
+      <c r="C652">
+        <v>34.992</v>
+      </c>
+      <c r="D652" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="653" spans="1:4">
+      <c r="A653" t="s">
+        <v>443</v>
+      </c>
+      <c r="B653" t="s">
+        <v>444</v>
+      </c>
+      <c r="C653">
+        <v>34.992</v>
+      </c>
+      <c r="D653" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="654" spans="1:4">
+      <c r="A654" t="s">
+        <v>445</v>
+      </c>
+      <c r="B654" t="s">
+        <v>446</v>
+      </c>
+      <c r="C654">
+        <v>34.992</v>
+      </c>
+      <c r="D654" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="655" spans="1:4">
+      <c r="A655" t="s">
+        <v>447</v>
+      </c>
+      <c r="B655" t="s">
+        <v>448</v>
+      </c>
+      <c r="C655">
+        <v>34.992</v>
+      </c>
+      <c r="D655" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="656" spans="1:4">
+      <c r="A656" t="s">
+        <v>449</v>
+      </c>
+      <c r="B656" t="s">
+        <v>450</v>
+      </c>
+      <c r="C656">
+        <v>34.992</v>
+      </c>
+      <c r="D656" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="657" spans="1:4">
+      <c r="A657" t="s">
+        <v>451</v>
+      </c>
+      <c r="B657" t="s">
+        <v>452</v>
+      </c>
+      <c r="C657">
+        <v>34.992</v>
+      </c>
+      <c r="D657" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="658" spans="1:4">
+      <c r="A658" t="s">
+        <v>453</v>
+      </c>
+      <c r="B658" t="s">
+        <v>454</v>
+      </c>
+      <c r="C658">
+        <v>34.992</v>
+      </c>
+      <c r="D658" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="659" spans="1:4">
+      <c r="A659" t="s">
+        <v>455</v>
+      </c>
+      <c r="B659" t="s">
+        <v>456</v>
+      </c>
+      <c r="C659">
+        <v>34.992</v>
+      </c>
+      <c r="D659" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="660" spans="1:4">
+      <c r="A660" t="s">
+        <v>457</v>
+      </c>
+      <c r="B660" t="s">
+        <v>458</v>
+      </c>
+      <c r="C660">
+        <v>34.992</v>
+      </c>
+      <c r="D660" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="661" spans="1:4">
+      <c r="A661" t="s">
+        <v>459</v>
+      </c>
+      <c r="B661" t="s">
+        <v>460</v>
+      </c>
+      <c r="C661">
+        <v>34.992</v>
+      </c>
+      <c r="D661" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="662" spans="1:4">
+      <c r="A662" t="s">
+        <v>461</v>
+      </c>
+      <c r="B662" t="s">
+        <v>462</v>
+      </c>
+      <c r="C662">
+        <v>34.992</v>
+      </c>
+      <c r="D662" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4">
+      <c r="A663" t="s">
+        <v>463</v>
+      </c>
+      <c r="B663" t="s">
+        <v>464</v>
+      </c>
+      <c r="C663">
+        <v>34.992</v>
+      </c>
+      <c r="D663" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="664" spans="1:4">
+      <c r="A664" t="s">
+        <v>465</v>
+      </c>
+      <c r="B664" t="s">
+        <v>466</v>
+      </c>
+      <c r="C664">
+        <v>34.992</v>
+      </c>
+      <c r="D664" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="665" spans="1:4">
+      <c r="A665" t="s">
+        <v>467</v>
+      </c>
+      <c r="B665" t="s">
+        <v>468</v>
+      </c>
+      <c r="C665">
+        <v>34.992</v>
+      </c>
+      <c r="D665" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="666" spans="1:4">
+      <c r="A666" t="s">
+        <v>475</v>
+      </c>
+      <c r="B666" t="s">
+        <v>476</v>
+      </c>
+      <c r="C666">
+        <v>35.004</v>
+      </c>
+      <c r="D666" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="667" spans="1:4">
+      <c r="A667" t="s">
+        <v>477</v>
+      </c>
+      <c r="B667" t="s">
+        <v>478</v>
+      </c>
+      <c r="C667">
+        <v>35.004</v>
+      </c>
+      <c r="D667" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4">
+      <c r="A668" t="s">
+        <v>479</v>
+      </c>
+      <c r="B668" t="s">
+        <v>480</v>
+      </c>
+      <c r="C668">
+        <v>35.004</v>
+      </c>
+      <c r="D668" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="669" spans="1:4">
+      <c r="A669" t="s">
+        <v>481</v>
+      </c>
+      <c r="B669" t="s">
+        <v>482</v>
+      </c>
+      <c r="C669">
+        <v>35.004</v>
+      </c>
+      <c r="D669" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="670" spans="1:4">
+      <c r="A670" t="s">
+        <v>483</v>
+      </c>
+      <c r="B670" t="s">
+        <v>484</v>
+      </c>
+      <c r="C670">
+        <v>35.004</v>
+      </c>
+      <c r="D670" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="671" spans="1:4">
+      <c r="A671" t="s">
+        <v>485</v>
+      </c>
+      <c r="B671" t="s">
+        <v>486</v>
+      </c>
+      <c r="C671">
+        <v>35.004</v>
+      </c>
+      <c r="D671" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="672" spans="1:4">
+      <c r="A672" t="s">
+        <v>487</v>
+      </c>
+      <c r="B672" t="s">
+        <v>488</v>
+      </c>
+      <c r="C672">
+        <v>35.004</v>
+      </c>
+      <c r="D672" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="673" spans="1:4">
+      <c r="A673" t="s">
+        <v>489</v>
+      </c>
+      <c r="B673" t="s">
+        <v>490</v>
+      </c>
+      <c r="C673">
+        <v>35.004</v>
+      </c>
+      <c r="D673" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="674" spans="1:4">
+      <c r="A674" t="s">
+        <v>491</v>
+      </c>
+      <c r="B674" t="s">
+        <v>492</v>
+      </c>
+      <c r="C674">
+        <v>35.004</v>
+      </c>
+      <c r="D674" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="675" spans="1:4">
+      <c r="A675" t="s">
+        <v>493</v>
+      </c>
+      <c r="B675" t="s">
+        <v>494</v>
+      </c>
+      <c r="C675">
+        <v>35.004</v>
+      </c>
+      <c r="D675" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="676" spans="1:4">
+      <c r="A676" t="s">
+        <v>495</v>
+      </c>
+      <c r="B676" t="s">
+        <v>496</v>
+      </c>
+      <c r="C676">
+        <v>35.004</v>
+      </c>
+      <c r="D676" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="677" spans="1:4">
+      <c r="A677" t="s">
+        <v>497</v>
+      </c>
+      <c r="B677" t="s">
+        <v>498</v>
+      </c>
+      <c r="C677">
+        <v>35.004</v>
+      </c>
+      <c r="D677" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="678" spans="1:4">
+      <c r="A678" t="s">
+        <v>499</v>
+      </c>
+      <c r="B678" t="s">
+        <v>500</v>
+      </c>
+      <c r="C678">
+        <v>35.004</v>
+      </c>
+      <c r="D678" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="679" spans="1:4">
+      <c r="A679" t="s">
+        <v>501</v>
+      </c>
+      <c r="B679" t="s">
+        <v>502</v>
+      </c>
+      <c r="C679">
+        <v>35.004</v>
+      </c>
+      <c r="D679" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="680" spans="1:4">
+      <c r="A680" t="s">
+        <v>503</v>
+      </c>
+      <c r="B680" t="s">
+        <v>504</v>
+      </c>
+      <c r="C680">
+        <v>35.004</v>
+      </c>
+      <c r="D680" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="681" spans="1:4">
+      <c r="A681" t="s">
+        <v>505</v>
+      </c>
+      <c r="B681" t="s">
+        <v>506</v>
+      </c>
+      <c r="C681">
+        <v>35.004</v>
+      </c>
+      <c r="D681" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="682" spans="1:4">
+      <c r="A682" t="s">
+        <v>507</v>
+      </c>
+      <c r="B682" t="s">
+        <v>508</v>
+      </c>
+      <c r="C682">
+        <v>35.7</v>
+      </c>
+      <c r="D682" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="683" spans="1:4">
+      <c r="A683" t="s">
+        <v>509</v>
+      </c>
+      <c r="B683" t="s">
+        <v>510</v>
+      </c>
+      <c r="C683">
+        <v>39.0</v>
+      </c>
+      <c r="D683" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="684" spans="1:4">
+      <c r="A684" t="s">
+        <v>511</v>
+      </c>
+      <c r="B684" t="s">
+        <v>512</v>
+      </c>
+      <c r="C684">
+        <v>39.0</v>
+      </c>
+      <c r="D684" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="685" spans="1:4">
+      <c r="A685" t="s">
+        <v>513</v>
+      </c>
+      <c r="B685" t="s">
+        <v>514</v>
+      </c>
+      <c r="C685">
+        <v>39.0</v>
+      </c>
+      <c r="D685" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="686" spans="1:4">
+      <c r="A686" t="s">
+        <v>515</v>
+      </c>
+      <c r="B686" t="s">
+        <v>516</v>
+      </c>
+      <c r="C686">
+        <v>39.0</v>
+      </c>
+      <c r="D686" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="687" spans="1:4">
+      <c r="A687" t="s">
+        <v>517</v>
+      </c>
+      <c r="B687" t="s">
+        <v>518</v>
+      </c>
+      <c r="C687">
+        <v>39.0</v>
+      </c>
+      <c r="D687" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="688" spans="1:4">
+      <c r="A688" t="s">
+        <v>519</v>
+      </c>
+      <c r="B688" t="s">
+        <v>520</v>
+      </c>
+      <c r="C688">
+        <v>39.0</v>
+      </c>
+      <c r="D688" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="689" spans="1:4">
+      <c r="A689" t="s">
+        <v>521</v>
+      </c>
+      <c r="B689" t="s">
+        <v>522</v>
+      </c>
+      <c r="C689">
+        <v>39.0</v>
+      </c>
+      <c r="D689" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="690" spans="1:4">
+      <c r="A690" t="s">
+        <v>523</v>
+      </c>
+      <c r="B690" t="s">
+        <v>524</v>
+      </c>
+      <c r="C690">
+        <v>39.0</v>
+      </c>
+      <c r="D690" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="691" spans="1:4">
+      <c r="A691" t="s">
+        <v>525</v>
+      </c>
+      <c r="B691" t="s">
+        <v>526</v>
+      </c>
+      <c r="C691">
+        <v>39.0</v>
+      </c>
+      <c r="D691" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="692" spans="1:4">
+      <c r="A692" t="s">
+        <v>527</v>
+      </c>
+      <c r="B692" t="s">
+        <v>528</v>
+      </c>
+      <c r="C692">
+        <v>39.0</v>
+      </c>
+      <c r="D692" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="693" spans="1:4">
+      <c r="A693" t="s">
+        <v>529</v>
+      </c>
+      <c r="B693" t="s">
+        <v>530</v>
+      </c>
+      <c r="C693">
+        <v>39.0</v>
+      </c>
+      <c r="D693" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="694" spans="1:4">
+      <c r="A694" t="s">
+        <v>531</v>
+      </c>
+      <c r="B694" t="s">
+        <v>532</v>
+      </c>
+      <c r="C694">
+        <v>39.0</v>
+      </c>
+      <c r="D694" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="695" spans="1:4">
+      <c r="A695" t="s">
+        <v>533</v>
+      </c>
+      <c r="B695" t="s">
+        <v>534</v>
+      </c>
+      <c r="C695">
+        <v>39.0</v>
+      </c>
+      <c r="D695" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="696" spans="1:4">
+      <c r="A696" t="s">
         <v>535</v>
       </c>
-      <c r="B446" t="s">
+      <c r="B696" t="s">
         <v>536</v>
       </c>
-      <c r="C446">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="C696">
+        <v>39.0</v>
+      </c>
+      <c r="D696" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="697" spans="1:4">
+      <c r="A697" t="s">
+        <v>537</v>
+      </c>
+      <c r="B697" t="s">
+        <v>538</v>
+      </c>
+      <c r="C697">
+        <v>39.0</v>
+      </c>
+      <c r="D697" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="698" spans="1:4">
+      <c r="A698" t="s">
+        <v>539</v>
+      </c>
+      <c r="B698" t="s">
+        <v>540</v>
+      </c>
+      <c r="C698">
+        <v>39.0</v>
+      </c>
+      <c r="D698" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="699" spans="1:4">
+      <c r="A699" t="s">
+        <v>541</v>
+      </c>
+      <c r="B699" t="s">
+        <v>542</v>
+      </c>
+      <c r="C699">
+        <v>39.0</v>
+      </c>
+      <c r="D699" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="700" spans="1:4">
+      <c r="A700" t="s">
+        <v>543</v>
+      </c>
+      <c r="B700" t="s">
+        <v>544</v>
+      </c>
+      <c r="C700">
+        <v>39.0</v>
+      </c>
+      <c r="D700" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="701" spans="1:4">
+      <c r="A701" t="s">
+        <v>545</v>
+      </c>
+      <c r="B701" t="s">
+        <v>546</v>
+      </c>
+      <c r="C701">
+        <v>39.0</v>
+      </c>
+      <c r="D701" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="702" spans="1:4">
+      <c r="A702" t="s">
+        <v>181</v>
+      </c>
+      <c r="B702" t="s">
+        <v>182</v>
+      </c>
+      <c r="C702">
+        <v>19.8</v>
+      </c>
+      <c r="D702" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="703" spans="1:4">
+      <c r="A703" t="s">
+        <v>219</v>
+      </c>
+      <c r="B703" t="s">
+        <v>220</v>
+      </c>
+      <c r="C703">
+        <v>20.808</v>
+      </c>
+      <c r="D703" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="704" spans="1:4">
+      <c r="A704" t="s">
+        <v>305</v>
+      </c>
+      <c r="B704" t="s">
+        <v>306</v>
+      </c>
+      <c r="C704">
+        <v>25.428</v>
+      </c>
+      <c r="D704" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="705" spans="1:4">
+      <c r="A705" t="s">
+        <v>495</v>
+      </c>
+      <c r="B705" t="s">
+        <v>496</v>
+      </c>
+      <c r="C705">
+        <v>35.004</v>
+      </c>
+      <c r="D705" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="706" spans="1:4">
+      <c r="A706" t="s">
+        <v>497</v>
+      </c>
+      <c r="B706" t="s">
+        <v>498</v>
+      </c>
+      <c r="C706">
+        <v>35.004</v>
+      </c>
+      <c r="D706" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="707" spans="1:4">
+      <c r="A707" t="s">
+        <v>499</v>
+      </c>
+      <c r="B707" t="s">
+        <v>500</v>
+      </c>
+      <c r="C707">
+        <v>35.004</v>
+      </c>
+      <c r="D707" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="708" spans="1:4">
+      <c r="A708" t="s">
+        <v>501</v>
+      </c>
+      <c r="B708" t="s">
+        <v>502</v>
+      </c>
+      <c r="C708">
+        <v>35.004</v>
+      </c>
+      <c r="D708" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="709" spans="1:4">
+      <c r="A709" t="s">
+        <v>503</v>
+      </c>
+      <c r="B709" t="s">
+        <v>504</v>
+      </c>
+      <c r="C709">
+        <v>35.004</v>
+      </c>
+      <c r="D709" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="710" spans="1:4">
+      <c r="A710" t="s">
+        <v>505</v>
+      </c>
+      <c r="B710" t="s">
+        <v>506</v>
+      </c>
+      <c r="C710">
+        <v>35.004</v>
+      </c>
+      <c r="D710" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="711" spans="1:4">
+      <c r="A711" t="s">
+        <v>547</v>
+      </c>
+      <c r="B711" t="s">
+        <v>548</v>
+      </c>
+      <c r="C711">
+        <v>45.0</v>
+      </c>
+      <c r="D711" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="712" spans="1:4">
+      <c r="A712" t="s">
+        <v>549</v>
+      </c>
+      <c r="B712" t="s">
+        <v>550</v>
+      </c>
+      <c r="C712">
+        <v>45.0</v>
+      </c>
+      <c r="D712" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="713" spans="1:4">
+      <c r="A713" t="s">
+        <v>547</v>
+      </c>
+      <c r="B713" t="s">
+        <v>551</v>
+      </c>
+      <c r="C713">
+        <v>45.0</v>
+      </c>
+      <c r="D713" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="714" spans="1:4">
+      <c r="A714" t="s">
+        <v>547</v>
+      </c>
+      <c r="B714" t="s">
+        <v>552</v>
+      </c>
+      <c r="C714">
+        <v>45.0</v>
+      </c>
+      <c r="D714" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="715" spans="1:4">
+      <c r="A715" t="s">
+        <v>553</v>
+      </c>
+      <c r="B715" t="s">
+        <v>554</v>
+      </c>
+      <c r="C715">
+        <v>58.656</v>
+      </c>
+      <c r="D715" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="716" spans="1:4">
+      <c r="A716" t="s">
+        <v>555</v>
+      </c>
+      <c r="B716" t="s">
+        <v>556</v>
+      </c>
+      <c r="C716">
+        <v>58.656</v>
+      </c>
+      <c r="D716" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="717" spans="1:4">
+      <c r="A717" t="s">
+        <v>557</v>
+      </c>
+      <c r="B717" t="s">
+        <v>558</v>
+      </c>
+      <c r="C717">
+        <v>92.268</v>
+      </c>
+      <c r="D717" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="718" spans="1:4">
+      <c r="A718" t="s">
+        <v>559</v>
+      </c>
+      <c r="B718" t="s">
+        <v>560</v>
+      </c>
+      <c r="C718">
+        <v>108.996</v>
+      </c>
+      <c r="D718" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="719" spans="1:4">
+      <c r="A719" t="s">
+        <v>561</v>
+      </c>
+      <c r="B719" t="s">
+        <v>562</v>
+      </c>
+      <c r="C719">
+        <v>108.996</v>
+      </c>
+      <c r="D719" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="720" spans="1:4">
+      <c r="A720" t="s">
+        <v>563</v>
+      </c>
+      <c r="B720" t="s">
+        <v>564</v>
+      </c>
+      <c r="C720">
+        <v>168.996</v>
+      </c>
+      <c r="D720" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="721" spans="1:4">
+      <c r="A721" t="s">
+        <v>565</v>
+      </c>
+      <c r="B721" t="s">
+        <v>566</v>
+      </c>
+      <c r="C721">
+        <v>168.996</v>
+      </c>
+      <c r="D721" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="722" spans="1:4">
+      <c r="A722" t="s">
+        <v>567</v>
+      </c>
+      <c r="B722" t="s">
+        <v>568</v>
+      </c>
+      <c r="C722">
+        <v>178.992</v>
+      </c>
+      <c r="D722" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="723" spans="1:4">
+      <c r="A723" t="s">
+        <v>569</v>
+      </c>
+      <c r="B723" t="s">
+        <v>570</v>
+      </c>
+      <c r="C723">
+        <v>219.0</v>
+      </c>
+      <c r="D723" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="724" spans="1:4">
+      <c r="A724" t="s">
+        <v>571</v>
+      </c>
+      <c r="B724" t="s">
+        <v>572</v>
+      </c>
+      <c r="C724">
+        <v>279.0</v>
+      </c>
+      <c r="D724" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="725" spans="1:4">
+      <c r="A725" t="s">
+        <v>573</v>
+      </c>
+      <c r="B725" t="s">
+        <v>574</v>
+      </c>
+      <c r="C725">
+        <v>399.0</v>
+      </c>
+      <c r="D725" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="726" spans="1:4">
+      <c r="A726" t="s">
+        <v>575</v>
+      </c>
+      <c r="B726" t="s">
+        <v>576</v>
+      </c>
+      <c r="C726">
+        <v>498.996</v>
+      </c>
+      <c r="D726" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="727" spans="1:4">
+      <c r="A727" t="s">
+        <v>577</v>
+      </c>
+      <c r="B727" t="s">
+        <v>578</v>
+      </c>
+      <c r="C727">
+        <v>518.592</v>
+      </c>
+      <c r="D727" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="728" spans="1:4">
+      <c r="A728" t="s">
+        <v>579</v>
+      </c>
+      <c r="B728" t="s">
+        <v>580</v>
+      </c>
+      <c r="C728">
+        <v>598.992</v>
+      </c>
+      <c r="D728" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="729" spans="1:4">
+      <c r="A729" t="s">
+        <v>581</v>
+      </c>
+      <c r="B729" t="s">
+        <v>582</v>
+      </c>
+      <c r="C729">
+        <v>898.992</v>
+      </c>
+      <c r="D729" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="730" spans="1:4">
+      <c r="A730" t="s">
+        <v>583</v>
+      </c>
+      <c r="B730" t="s">
+        <v>584</v>
+      </c>
+      <c r="C730">
+        <v>898.992</v>
+      </c>
+      <c r="D730" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="731" spans="1:4">
+      <c r="A731" t="s">
+        <v>585</v>
+      </c>
+      <c r="B731" t="s">
+        <v>586</v>
+      </c>
+      <c r="C731">
+        <v>1098.996</v>
+      </c>
+      <c r="D731" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="732" spans="1:4">
+      <c r="A732" t="s">
+        <v>587</v>
+      </c>
+      <c r="B732" t="s">
+        <v>588</v>
+      </c>
+      <c r="C732">
+        <v>1199.004</v>
+      </c>
+      <c r="D732" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="733" spans="1:4">
+      <c r="A733" t="s">
+        <v>589</v>
+      </c>
+      <c r="B733" t="s">
+        <v>590</v>
+      </c>
+      <c r="C733">
+        <v>1599.0</v>
+      </c>
+      <c r="D733" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="734" spans="1:4">
+      <c r="A734" t="s">
+        <v>591</v>
+      </c>
+      <c r="B734" t="s">
+        <v>592</v>
+      </c>
+      <c r="C734">
+        <v>1793.388</v>
+      </c>
+      <c r="D734" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="735" spans="1:4">
+      <c r="A735" t="s">
+        <v>593</v>
+      </c>
+      <c r="B735" t="s">
+        <v>594</v>
+      </c>
+      <c r="C735">
+        <v>2098.992</v>
+      </c>
+      <c r="D735" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D447"/>
+  <autoFilter ref="A1:D736"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>