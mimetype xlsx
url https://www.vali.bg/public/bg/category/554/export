--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,1364 +7,1670 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$736</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$898</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="595">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="881">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>Геймърски пад A4tech X7-200S, Черен</t>
+  </si>
+  <si>
+    <t>A4-PAD-X7-200S</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP25 FStyler, Черен</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP25-BLACK</t>
+  </si>
+  <si>
     <t>Пад за мишка A4tech FP25 FStyler, Розов</t>
   </si>
   <si>
     <t>A4-PAD-FP25-PINK</t>
   </si>
   <si>
-    <t>наличен</t>
-[...1 lines deleted...]
-  <si>
     <t>Пад за мишка A4tech FP25 FStyler, Зелен</t>
   </si>
   <si>
     <t>A4-PAD-FP25-GREEN</t>
   </si>
   <si>
+    <t>Геймърски пад A4tech X7-300MP</t>
+  </si>
+  <si>
+    <t>A4-PAD-X7-300MP</t>
+  </si>
+  <si>
+    <t>Сменяеми бутончета Nacon Bigben Thumb grips за SONY PS5 Dualsense</t>
+  </si>
+  <si>
+    <t>NC-PS5THUMBGRIP</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Сменяеми бутончета Nacon Bigben Thumb grips за Xbox X</t>
+  </si>
+  <si>
+    <t>NC-XBXTHUMBGRIP</t>
+  </si>
+  <si>
+    <t>Аксесоар Glorious Lube Brush</t>
+  </si>
+  <si>
+    <t>GL-KEY-GAZU-762</t>
+  </si>
+  <si>
+    <t>Маска за сън Skross Deluxe Sleep Mask, Светло сива</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001EYMLGCN</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Лента за багаж Skross Luggage Strap, Червена</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001LUSRECN</t>
+  </si>
+  <si>
     <t>Пътна чанта SKROSS, Тъмно сив</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001TRBDGCN</t>
   </si>
   <si>
-    <t>Сменяеми бутончета Nacon Bigben Thumb grips за SONY PS5 Dualsense</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Протектор за екран NACON BigBen Nintendo Switch </t>
   </si>
   <si>
     <t>NC-SWITCHPROTECTKIT</t>
   </si>
   <si>
-    <t>Аксесоар Glorious Lube Brush</t>
-[...23 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
+    <t>Сменяеми бутончета Colors  за Nintendo Switch комплект 8 in 1</t>
+  </si>
+  <si>
+    <t>HAMA-115527</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP75 FStyler, Черен</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP75-BLACK</t>
   </si>
   <si>
     <t>Пад за мишка A4tech FP75 FStyler, Сребрист</t>
   </si>
   <si>
     <t>A4-PAD-FP75-SILVER</t>
   </si>
   <si>
+    <t>Геймърски пад Bloody B-088S X-Thin, XL, Черен</t>
+  </si>
+  <si>
+    <t>A4-PAD-B-088S</t>
+  </si>
+  <si>
+    <t>Сменяеми бутончета Colors  за SONY PS4, PS5 комплект 8 in 1</t>
+  </si>
+  <si>
+    <t>HAMA-115524</t>
+  </si>
+  <si>
+    <t>Сменяеми бутончета uRage за SONY PS4, PS5 комплект 8 in 1</t>
+  </si>
+  <si>
+    <t>HAMA-115525</t>
+  </si>
+  <si>
+    <t>Геймърски пад Bloody BP-50L Размер XL, Черен</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-50L</t>
+  </si>
+  <si>
+    <t>Геймърски пад за мишка Bloody BP-30L, XL размер, 750 x 300 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-30L</t>
+  </si>
+  <si>
+    <t>A4Tech X7 Геймърски пад за мишка XP-70L, размер, 750 x 300 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-XP-70L</t>
+  </si>
+  <si>
+    <t>Карти за игра Paladone: Minecraft - Водоустойчиви карти за игра</t>
+  </si>
+  <si>
+    <t>PD-104479</t>
+  </si>
+  <si>
+    <t>Ключодържател Difuzed Marvel - What if...?, Метален</t>
+  </si>
+  <si>
+    <t>BW-KE374122WHI</t>
+  </si>
+  <si>
+    <t>Протектор Nacon BigBen PS5 Silicon Glove, Camo Green</t>
+  </si>
+  <si>
+    <t>NC-PS5GLOVE</t>
+  </si>
+  <si>
+    <t>Пад за мишка Logitech Mouse Pad Studio Series, Светло Син</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-51</t>
+  </si>
+  <si>
+    <t>uRage Защитно силиконовo покритие за гейм пад за SONY PS5</t>
+  </si>
+  <si>
+    <t>HAMA-115523</t>
+  </si>
+  <si>
+    <t>Геймърски пад A4 Bloody BP-45 Naraka, M размер, 450 x 500 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-45-Naraka</t>
+  </si>
+  <si>
+    <t>Пад за мишка Logitech Mouse Pad Studio Series, Тъмно Розов</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-50</t>
+  </si>
+  <si>
     <t>Пад за мишка Logitech Mouse Pad Studio Series, Черен</t>
   </si>
   <si>
     <t>LOGITECH-PAD-MP-49</t>
   </si>
   <si>
-    <t>Сменяеми бутончета Colors  за Nintendo Switch комплект 8 in 1</t>
-[...122 lines deleted...]
-    <t>BW-TS062462DLP-M</t>
+    <t>Геймърски ръкав FragOn Arm Sleeve - Размер S</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-S</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve - Размер M</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-M</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve - Размер L</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-L</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve - Размер XL</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-XL</t>
+  </si>
+  <si>
+    <t>Комплект аксесоари HAMA Camouflage 6in1, за SONY PlayStation 5</t>
+  </si>
+  <si>
+    <t>HAMA-115520</t>
+  </si>
+  <si>
+    <t>HAMA Комплект аксесоари 6 в 1 за PlayStation 5 контролер, черен</t>
+  </si>
+  <si>
+    <t>HAMA-115522</t>
+  </si>
+  <si>
+    <t>Пад за мишка Cherry MP 1000</t>
+  </si>
+  <si>
+    <t>CHERRY-PAD-MP-1000</t>
+  </si>
+  <si>
+    <t>Геймърски пад Spartan Gear Ares II XL</t>
+  </si>
+  <si>
+    <t>SG-054143</t>
   </si>
   <si>
     <t>Защитно стъкло BigBen Nintendo Switch TG Protector NACON</t>
   </si>
   <si>
     <t>NC-SWITCHTEMPGLASS</t>
   </si>
   <si>
     <t>Защитен кейс BigBen Nintendo Switch Polycarbonate Case NACON</t>
   </si>
   <si>
     <t>NC-SWITCHPCCASE</t>
   </si>
   <si>
+    <t>Аксесоар Glorious, O-Ring Switch Dampeners, 70A, Thin, 120 броя</t>
+  </si>
+  <si>
+    <t>GL-KEY-GAZU-722</t>
+  </si>
+  <si>
+    <t>Поставка за слушалки FragON A1 - Черна</t>
+  </si>
+  <si>
+    <t>FRAGON-A1-BLACK</t>
+  </si>
+  <si>
+    <t>Поставка за слушалки FragON A1 - Бяла</t>
+  </si>
+  <si>
+    <t>FRAGON-A1-WHITE</t>
+  </si>
+  <si>
+    <t>Геймърски пад World of Tanks Centurion Action X Fired Up, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CFIRED-M</t>
+  </si>
+  <si>
+    <t>Геймърски пад World of Tanks CS-52 LIS Mountain Fox, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CS52-M</t>
+  </si>
+  <si>
+    <t>Геймърски пад World of Tanks CS-52 LIS Out of the Woods, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CS52W-M</t>
+  </si>
+  <si>
+    <t>Геймърски пад World of Tanks Super Conqueror, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-SRCONQ-M</t>
+  </si>
+  <si>
     <t>Силиконов защитен калъф Big Ben Silicon Glove, черен (Nintendo Switch OLED)</t>
   </si>
   <si>
     <t>NC-SWITCHOGLOVEBLACK</t>
   </si>
   <si>
     <t>Силиконов защитен калъф Big Ben Silicon Glove, сив (Nintendo Switch OLED)</t>
   </si>
   <si>
     <t>NC-SWITCHOGLOVEGREY</t>
   </si>
   <si>
-    <t>uRage Защитно силиконовo покритие за гейм пад за SONY PS5</t>
-[...8 lines deleted...]
-    <t>LOGITECH-PAD-MP-50</t>
+    <t>HAMA Комплект аксесоари "Soccer" 6 в 1 за PlayStation 5, 54459</t>
+  </si>
+  <si>
+    <t>HAMA-54459</t>
+  </si>
+  <si>
+    <t>Аксесоар Glorious G-LUBE Switch Lubricant</t>
+  </si>
+  <si>
+    <t>GL-KEY-GAKC-100</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE DC COMICS Batman Logo</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT039</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE WORLD OF WARCRAFT Horde</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT041</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE WORLD OF WARCRAFT Alliance A5</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT044</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE ASSASSIN'S CREED Crest</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT051</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE FRIENDS Friends A5</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT073</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE DIABLO Lord Diablo A5</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT095</t>
+  </si>
+  <si>
+    <t>Химикалка ABYSTYLE HARRY POTTER Gryffindor, Червен</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYPEN002</t>
+  </si>
+  <si>
+    <t>Химикалка ABYSTYLE HARRY POTTER Slytherin, Зелен</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYPEN003</t>
+  </si>
+  <si>
+    <t>Чаша Assassins Creed Mirage - Basim and eagle Mirage</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUGA359</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLEDiablo - Lilith, 320ml</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUGA352</t>
+  </si>
+  <si>
+    <t>Тефтер NARUTO SHIPPUDEN - A5 "Akatsuki"</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT109</t>
+  </si>
+  <si>
+    <t>Чаша Paladone Minecraft Creeper Glass (400ml), PP6729MCFV2</t>
+  </si>
+  <si>
+    <t>PD-066802</t>
+  </si>
+  <si>
+    <t>Чаша Diablo IV: Necromancer Sigil - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FDIMUG24BKAll0002</t>
+  </si>
+  <si>
+    <t>Чаша Diablo IV: Lilith - Queen of the Succubi - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FDIMUG24BKAll0003</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Alliance White - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKAll0003</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Horde White - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKHOR0003</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Alliance - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKAll0002</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Horde - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKHOR0002</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Alliance (pattern) - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKAll0001</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Horde (pattern) - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKHOR0001</t>
+  </si>
+  <si>
+    <t>uRage Комплект аксесоари "Soccer" 6 в 1 за PlayStation 5 контролер</t>
+  </si>
+  <si>
+    <t>HAMA-115521</t>
+  </si>
+  <si>
+    <t>Hama uRage Lethality 150 Speed геймърски пад за мишка</t>
+  </si>
+  <si>
+    <t>HAMA-219801</t>
   </si>
   <si>
     <t>Етикет за багаж Skross Luggage Tags, Карта за контакт, Червен</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001LUTRECN</t>
   </si>
   <si>
     <t>Етикет за багаж Skross Luggage Tags, Карта за контакт, Сив</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001LUTSICN</t>
   </si>
   <si>
-    <t>Геймърски пад Bloody BP-50L Размер XL, Черен</t>
-[...128 lines deleted...]
-    <t>A4-PAD-XP-70L</t>
+    <t>Геймърски пад ABYSTYLE LEAGUE OF LEGENDS - Team</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC348</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE DIABLO - Diablo's Head</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC402</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE Starfield - Landing</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC521</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE GOD OF WAR - Ragnarok</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC520</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE Diablo - Hellgate</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC503</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE CALL OF DUTY - Key Art</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC523</t>
+  </si>
+  <si>
+    <t>Геймърски пад ABYSTYLE THE WITCHER - World map</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC529</t>
+  </si>
+  <si>
+    <t>Геймърски пад SteelSeries, QcK Mini, Черен</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63005</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Gents, размер L, Бяла</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-WH-L</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Gents, размер XL, Бяла</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-WH-XL</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Unisex, размер XS, Зелена</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-GR-UNIS-XS</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Unisex, размер S, Зелена</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-GR-UNIS-S</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Unisex, размер M, Зелена</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-GR-UNIS-M</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Unisex, размер L, Зелена</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-GR-UNIS-L</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Unisex, размер XL, Зелена</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-GR-UNIS-XL</t>
+  </si>
+  <si>
+    <t>Тениска VALI COMPUTERS Unisex, размер 2XL, Зелена</t>
+  </si>
+  <si>
+    <t>VAL-TSHIRT-GR-UNIS-2XL</t>
+  </si>
+  <si>
+    <t>Аксесоар Glorious Cleaning Kit, Жълт</t>
+  </si>
+  <si>
+    <t>GL-KEY-ZUMR-028</t>
+  </si>
+  <si>
+    <t>Hama uRage Lethality 250 геймърски пад за мишка, 186088</t>
+  </si>
+  <si>
+    <t>HAMA-186088</t>
+  </si>
+  <si>
+    <t>Жичен геймпад ESTILLO 703  Dual Vibration, USB, Черен</t>
+  </si>
+  <si>
+    <t>EST-USB703</t>
+  </si>
+  <si>
+    <t>HAMA Поставка за китки "Ergo", черна</t>
+  </si>
+  <si>
+    <t>HAMA-126866</t>
+  </si>
+  <si>
+    <t>ша ABYSTYLE JOJO'S BIZARRE ADVENTURE Duel</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUG490</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE DEMON SLAYER Tanjiro &amp; Nezuko</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUG739</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE RICK AND MORTY Portal 2</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUG834</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE JURASSIC PARK Mug T-Rex</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUG847</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE LEAGUE OF LEGENDS Champions</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUG888</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE LEAGUE OF LEGENDS Braum &amp; Poros</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUG999</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE ATTACK ON TITAN Character Montage</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-MG2325</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE APEX LEGENDS Bloodhound</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-MG3786</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE APEX LEGENDS Wraith</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-MG3790</t>
+  </si>
+  <si>
+    <t>Чорапи ABYSTYLE OVERWATCH Socks Logo, Черен/Оранжев</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYSOC003</t>
+  </si>
+  <si>
+    <t>Чорапи ABYSTYLE WORLD OF WARCRAFT Alliance</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYSOC004</t>
+  </si>
+  <si>
+    <t>Чорапи ABYSTYLE WORLD OF WARCRAFT Horde</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYSOC005</t>
+  </si>
+  <si>
+    <t>Чорапи ABYSTYLE RICK AND MORTY Pickle Rick</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYSOC007</t>
+  </si>
+  <si>
+    <t>Чорапи ABYSTYLE ASSASSIN'S CREED Crest</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYSOC012</t>
+  </si>
+  <si>
+    <t>Чорапи ABYSTYLE HARRY POTTER Black &amp; Grey Dobby</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYSOC015</t>
+  </si>
+  <si>
+    <t>Чорапи ABYSTYLE HARRY POTTER Black &amp; Grey Hogwarts</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYSOC016</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE WORLD OF WARCRAFT - Lich King</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUG988</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE WORLD OF WARCRAFT - Illidan</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUG949</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE GOD OF WAR Key Art</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-MG2733</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE GOD OF WAR Logo</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-MG2735</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE PLAYSTATION World</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-MG1416</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE HARRY POTTER, Hogwarts Legacy Castle, 320 ml</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUGA267</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE DC Comics THE ORIGINAL "S" DAD, 400ml</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-TGGVER002</t>
+  </si>
+  <si>
+    <t>Чаша GOD OF WAR - Kratos and Atreus 320ml</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUGA395</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE AC/DC - Mug - 320 ml - Razors Edge</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-GBYMUG109</t>
+  </si>
+  <si>
+    <t>Paladone Minecraft – Backpack Buddies Series 2 (PP10501MCFV2)</t>
+  </si>
+  <si>
+    <t>PD-089552</t>
+  </si>
+  <si>
+    <t>Карти за игра Paladone Minecraft, (PP6587MCFV2)</t>
+  </si>
+  <si>
+    <t>PD-066805</t>
+  </si>
+  <si>
+    <t>Чаша Paladone: Star Wars - Lightsaber Heat Change Mug DV (300ml), PP3699SWV3</t>
+  </si>
+  <si>
+    <t>PD-037221</t>
+  </si>
+  <si>
+    <t>Карти за игра Paladone: Fortnite - Playing Cards in Tin, PP14531FO</t>
+  </si>
+  <si>
+    <t>PD-104461</t>
+  </si>
+  <si>
+    <t>Чаша Paladone: Minecraft Embossed, 400 ml</t>
+  </si>
+  <si>
+    <t>PD-104477</t>
+  </si>
+  <si>
+    <t>Зарядна станция uRage Dual Charging за PlayStation 5</t>
+  </si>
+  <si>
+    <t>HAMA-115529</t>
   </si>
   <si>
     <t>HAMA Комплект аксесоари 11-в-1 Nintendo Switch Lite, 54997</t>
   </si>
   <si>
     <t>HAMA-54997</t>
   </si>
   <si>
-    <t>HAMA Комплект аксесоари "Soccer" 6 в 1 за PlayStation 5, 54459</t>
-[...266 lines deleted...]
-    <t>PD-066802</t>
+    <t>Deltaco гейминг клавиатура</t>
+  </si>
+  <si>
+    <t>DELT-GAM-024UK</t>
+  </si>
+  <si>
+    <t>Одеало за пътуване SKROSS, Тъмно сив</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001TBLDGCN</t>
+  </si>
+  <si>
+    <t>Свещ ABYSTYLE HARRY POTTER, Marauders Map</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYHOM007</t>
+  </si>
+  <si>
+    <t>Поставка за слушалки FragON K1 - Черна</t>
+  </si>
+  <si>
+    <t>FRAGON-K1-BLACK</t>
   </si>
   <si>
     <t>Защитно стъкло NACON BigBen Nintendo Switch TG Force Glass V2</t>
   </si>
   <si>
     <t>NC-SWITCHFORCEGLASS</t>
   </si>
   <si>
-    <t>Комплект аксесоари Nacon - Pro Gaming Pack (PS5)</t>
-[...170 lines deleted...]
-    <t>ABYSTYLE-ABYMUGA395</t>
+    <t>Мини възглавница за пътуване SKROSS, Червена</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001MIPRECN</t>
+  </si>
+  <si>
+    <t>Мини възглавница за пътуване SKROSS, Червена - Skross</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001MIPSKCN</t>
+  </si>
+  <si>
+    <t>LEGO Hearth Ornament - 40638</t>
+  </si>
+  <si>
+    <t>LEGO-40638</t>
+  </si>
+  <si>
+    <t>Комплект чаши ABYSTYLE OVERWATCH 2Hanzo and Genji</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUG537</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE THE HOBBIT Premium Bilbo Baggins A5</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT057</t>
+  </si>
+  <si>
+    <t>Тефтер ABYSTYLE ONE PIECE Premium Skull A5</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT063</t>
+  </si>
+  <si>
+    <t>Термо чаша ABYSTYLE NARUTO SHIPPUDEN Yondaime Hokage</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYTUM011</t>
+  </si>
+  <si>
+    <t>Термо чаша ABYSTYLE WORLD OF WARCRAFT Horde</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYTUM014</t>
+  </si>
+  <si>
+    <t>Термо чаша ABYSTYLE WORLD OF WARCRAFT Alliance</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYTUM015</t>
+  </si>
+  <si>
+    <t>Термо чаша ABYSTYLE SAILOR MOON Luna &amp; Artemis</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYTUM031</t>
+  </si>
+  <si>
+    <t>Термо чаша ABYSTYLE DUNE Fear is the mind-killer</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYTUM038</t>
+  </si>
+  <si>
+    <t>Термо чаша ABYSTYLE FRIENDS Central Perk</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYTUM042</t>
+  </si>
+  <si>
+    <t>Термо чаша ABYSTYLE JOJO'S BIZARRE ADVENTURE Star Platinum</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYTUM043</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE FALLOUT Mug Carabiner Nuka Cola</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-MGCM0005</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE WORLD OF WARCRAFT - Horde</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUG434</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE WORLD OF WARCRAFT - Alliance</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYMUG479</t>
+  </si>
+  <si>
+    <t>Чаша ABYSTYLE AC/DC - Mug carabiner - Razors Edge</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-MGCM0064</t>
+  </si>
+  <si>
+    <t>Тефтер LORD OF THE RINGS - Premium A5 "Doors of Durin"</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYNOT133</t>
+  </si>
+  <si>
+    <t>Термо чаша LORD OF THE RINGS - Travel Mug "You shall not pass"</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYTUM076</t>
+  </si>
+  <si>
+    <t>Кабел за клавиатура Keychron Double-Sleeved Geek - White</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-CAB-20</t>
+  </si>
+  <si>
+    <t>Кабел за клавиатура Keychron Double-Sleeved Geek - Black</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-CAB-21</t>
+  </si>
+  <si>
+    <t>Кабел за клавиатура Keychron Double-Sleeved Geek - Orange</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-CAB-22</t>
+  </si>
+  <si>
+    <t>Кабел за клавиатура Keychron Double-Sleeved Geek - Purple</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-CAB-23</t>
+  </si>
+  <si>
+    <t>Геймърски аксесоар за кабела на мишката FragON 3 сменяеми цвята - Черно</t>
+  </si>
+  <si>
+    <t>FRAGON-BUNGEE-BLACK</t>
+  </si>
+  <si>
+    <t>Геймърски аксесоар за кабела на мишката FragON 3 сменяеми цвята - Бял</t>
+  </si>
+  <si>
+    <t>FRAGON-BUNGEE-WHITE</t>
+  </si>
+  <si>
+    <t>Пад за мишка Cherry MP 2000, XXL, Черен</t>
+  </si>
+  <si>
+    <t>CHERRY-PAD-MP-2000</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve Diablo 4 Lilith's Blood Petals - Размер M</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-FD4-M</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve Diablo 4 Lilith's Blood Petals - Размер S</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-FD4-S</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Alliance - Размер M</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-FWOWA-M</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Horde - Размер L</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-FWOWH-L</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Horde - Размер M</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-FWOWH-M</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Horde - Размер S</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-FWOWH-S</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Horde - Размер XL</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-FWOWH-XL</t>
+  </si>
+  <si>
+    <t>Чаша Paladone Lord of the Rings - The One Ring Shaped Mug</t>
+  </si>
+  <si>
+    <t>PD-089405</t>
+  </si>
+  <si>
+    <t>LEGO Fortnite Durrr Burger - 77070</t>
+  </si>
+  <si>
+    <t>LEGO-77070</t>
+  </si>
+  <si>
+    <t>LEGO  Super Mario Mario car - Yoshi bike, 72031</t>
+  </si>
+  <si>
+    <t>LEGO-72031</t>
+  </si>
+  <si>
+    <t>Чаша Paladone: Fortnite - Heat Change Mug (PP14663FO)</t>
+  </si>
+  <si>
+    <t>PD-104460</t>
+  </si>
+  <si>
+    <t>Чаша Paladone: Fortnite - Durrr Burger Shaped Mug PP14629FO</t>
+  </si>
+  <si>
+    <t>PD-104459</t>
+  </si>
+  <si>
+    <t>Чанта за гейминг конзола Nacon Zelda Tears of the Kingdom Deluxe - NNS433</t>
+  </si>
+  <si>
+    <t>NC-NNS433</t>
+  </si>
+  <si>
+    <t>Геймърска мишка HAMA uRage "Reaper 250", 217836 черна</t>
+  </si>
+  <si>
+    <t>HAMA-217836</t>
+  </si>
+  <si>
+    <t>Геймърска мишка HAMA uRage "Reaper 250", 217837</t>
+  </si>
+  <si>
+    <t>HAMA-217837</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Games: Gotham Knights - Harley Quinn (Special Edition) #895 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-069813</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Marvel: Black Panther Wakanda Forever- Iron Heart MK 2 #1176</t>
+  </si>
+  <si>
+    <t>FUNKO-078875</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Ad Icons: MTV 40th - MTV Moon Person #201 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-083859</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Movies: Indiana Jones - Indiana Jones #1385 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-085111</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Rocks: BTS - V #372 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-085211</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Rocks: Megadeth - Vic Rattlehead #320 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-079397</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Rocks: Michael Jackson (Thriller) #359 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-086566</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Rocks: Snoop Dogg with Chalice #342 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-085197</t>
+  </si>
+  <si>
+    <t>Чаша Paladone Minecraft Creeper Heat Change Mug</t>
+  </si>
+  <si>
+    <t>PD-066809</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Football: Liverpool FC - Luis Diaz #55</t>
+  </si>
+  <si>
+    <t>FUNKO-086550</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Games: Diablo IV - Inarius #952</t>
+  </si>
+  <si>
+    <t>FUNKO-086571</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Games: Diablo IV - Druid #941</t>
+  </si>
+  <si>
+    <t>FUNKO-086569</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Games: Diablo IV - Treasure Goblin #953</t>
+  </si>
+  <si>
+    <t>FUNKO-086570</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Asia: Genshin Impact - Hilichurl #184</t>
+  </si>
+  <si>
+    <t>FUNKO-091834</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Football: Liverpool FC - Darwin Nunez #53</t>
+  </si>
+  <si>
+    <t>FUNKO-086548</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Football: Liverpool FC - Jurgen Klopp #54</t>
+  </si>
+  <si>
+    <t>FUNKO-086549</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Football: Manchester City - Erling Haaland #60</t>
+  </si>
+  <si>
+    <t>FUNKO-089185</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Football: Manchester City - Pep Guardiola #61</t>
+  </si>
+  <si>
+    <t>FUNKO-089184</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Movies Avatar: The Way of Water - Jake Sully (Battle) #1549</t>
+  </si>
+  <si>
+    <t>FUNKO-088475</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Movies Avatar: The Way of Water -Recom Quaritch #1552</t>
+  </si>
+  <si>
+    <t>FUNKO-088477</t>
+  </si>
+  <si>
+    <t>Геймърски пад за мишка Hama uRage "Lethality 200 Illuminated",186047</t>
+  </si>
+  <si>
+    <t>HAMA-186045</t>
+  </si>
+  <si>
+    <t>Paladone Frozen Mini Desk Lamp (PP12331FZT)</t>
+  </si>
+  <si>
+    <t>PD-090227</t>
+  </si>
+  <si>
+    <t>Paladone Mickey Friends Mini Desk Lamp (PP12311DSC)</t>
+  </si>
+  <si>
+    <t>PD-090226</t>
+  </si>
+  <si>
+    <t>Paladone Disney Classics – Stitch Icon Light (PP11360LS)</t>
+  </si>
+  <si>
+    <t>PD-084899</t>
+  </si>
+  <si>
+    <t>Paladone Guardians Of The Galaxy – Groot Icon Light (PP11306GT)</t>
+  </si>
+  <si>
+    <t>PD-084900</t>
+  </si>
+  <si>
+    <t>Paladone Minecraft – Odd Socks (PP9471MCF)</t>
+  </si>
+  <si>
+    <t>PD-089550</t>
+  </si>
+  <si>
+    <t>Paladone Nintendo Super Mario – Boo 3D Light (PP4374NNV4)</t>
+  </si>
+  <si>
+    <t>PD-036905</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Animation: Yu-Gi-Oh! - Seto Kaiba #1453</t>
+  </si>
+  <si>
+    <t>FUNKO-086535</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Football: Barcelona - Lewandowski #64</t>
+  </si>
+  <si>
+    <t>FUNKO-092551</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Football: Barcelona - Gavi #63</t>
+  </si>
+  <si>
+    <t>FUNKO-092555</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Football: Barcelona - Pedri #65</t>
+  </si>
+  <si>
+    <t>FUNKO-092552</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Football: Barcelona - Raphinha #62</t>
+  </si>
+  <si>
+    <t>FUNKO-092553</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Football: Barcelona - Xavi #66</t>
+  </si>
+  <si>
+    <t>FUNKO-092554</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Rocks: Queen - Freddie Mercury (I was born to love you) #375</t>
+  </si>
+  <si>
+    <t>FUNKO-091796</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! NBA Basketball: Bulls - Michael Jordan #126</t>
+  </si>
+  <si>
+    <t>FUNKO-071855</t>
   </si>
   <si>
     <t>Поставка за зареждане NACON за PS5 DualSense</t>
   </si>
   <si>
     <t>NC-PS5CHARGEPAD</t>
   </si>
   <si>
-    <t>Чаша ABYSTYLE AC/DC - Mug - 320 ml - Razors Edge</t>
-[...152 lines deleted...]
-    <t>HAMA-186045</t>
+    <t>Геймърска клавиатура Hama uRage Exodus 220 TKL RGB</t>
+  </si>
+  <si>
+    <t>HAMA-217818</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>HAMA-217819</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Marvel: Avengers - Iron Man (Special Edition) #467</t>
+  </si>
+  <si>
+    <t>FUNKO-066170</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Rocks: Amy Winehouse - (Amy Winehouse) Back to Black #366</t>
+  </si>
+  <si>
+    <t>FUNKO-087669</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Harry Potter - Harry Potter (Convention Limited Edition) #173</t>
+  </si>
+  <si>
+    <t>FUNKO-092860</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Animation: Naruto Shippuden - Gaara (Convention Limited Edition) #1649</t>
+  </si>
+  <si>
+    <t>FUNKO-092867</t>
+  </si>
+  <si>
+    <t>Фигурка Funko POP! Animation: Naruto Shippuden - Shisui Uchiha (Glows in the Dark) (Special Edition) #1659</t>
+  </si>
+  <si>
+    <t>FUNKO-093892</t>
+  </si>
+  <si>
+    <t>Фигурка Funko POP! Animation: Naruto Shippuden - Naruto #71</t>
+  </si>
+  <si>
+    <t>FUNKO-021471</t>
+  </si>
+  <si>
+    <t>Фигурка Funko POP! Animation: Naruto Shippuden - Sasuke #72</t>
+  </si>
+  <si>
+    <t>FUNKO-024562</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Movies: Lord Of The Rings - Frodo Baggins #444</t>
+  </si>
+  <si>
+    <t>FUNKO-031081</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Harry Potter - Albus Dumbledore #04</t>
+  </si>
+  <si>
+    <t>FUNKO-033552</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Movies: The Lord Of The Rings - Gimli #629</t>
+  </si>
+  <si>
+    <t>FUNKO-043086</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Harry Potter - Hedwig #76</t>
+  </si>
+  <si>
+    <t>FUNKO-043845</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Television: Friends - Joey Tribbiani (with Pizza) #1275</t>
+  </si>
+  <si>
+    <t>FUNKO-078899</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Racing: Oracle Red Bull Racing - Max Verstappen with Helm #08</t>
+  </si>
+  <si>
+    <t>FUNKO-094096</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Rocks: Snoop Dogg - Snoop on The Stoop #412</t>
+  </si>
+  <si>
+    <t>FUNKO-096211</t>
   </si>
   <si>
     <t>Hama Urage Exodus 215 Illuminated геймърска клавиатура USB, кирилизирана</t>
   </si>
   <si>
     <t>HAMA-217831</t>
   </si>
   <si>
+    <t>Вертикална поставка Nacon, За конзола с хъб PS5 Slim</t>
+  </si>
+  <si>
+    <t>NC-PS5SVERTSTAND</t>
+  </si>
+  <si>
+    <t>Фигурка Funko POP! Movies:  Disney Lilo and Stitch, 065665,  Stitch (Smiling Seated), 1045 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-065665</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Sports - Basketball - Jayson Tatum (Boston Celtics), 200</t>
+  </si>
+  <si>
+    <t>FUNKO-099582</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Sports: Basketball - Jimmy Butler (Miami Heat), 202</t>
+  </si>
+  <si>
+    <t>FUNKO-099584</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Sports - Basketball - Luka Doncic (Dallas Mavericks), 204</t>
+  </si>
+  <si>
+    <t>FUNKO-099586</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Sports:  Basketball - Stephen Curry (Golden State Warriors), 205</t>
+  </si>
+  <si>
+    <t>FUNKO-099587</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Television: Friends - Monica Geller, 1649 (98551)</t>
+  </si>
+  <si>
+    <t>FUNKO-98551</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Racing- Formula 1 - Lewis Hamilton (AMG Petronas), 09 (94095)</t>
+  </si>
+  <si>
+    <t>FUNKO-94095</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Games: Diablo IV - Rogue 1009 (FUNKO-96225)</t>
+  </si>
+  <si>
+    <t>FUNKO-96225</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Television - Friends - Phoebe Buffay 1647 (FUNKO-98552)</t>
+  </si>
+  <si>
+    <t>FUNKO-98552</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Television - Friends - Ross Geller 1648 (FUNKO-98562)</t>
+  </si>
+  <si>
+    <t>FUNKO-98562</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Television - Friends - Chandler Bing 1646 (FUNKO-98563)</t>
+  </si>
+  <si>
+    <t>FUNKO-98563</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Television - Friends - Joey Tribbiani 1645 (FUNKO-98564)</t>
+  </si>
+  <si>
+    <t>FUNKO-98564</t>
+  </si>
+  <si>
+    <t>Фигурка League of Legends POP! Games Riven w/Broken Blade 9 cm #1040</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA8993</t>
+  </si>
+  <si>
+    <t>Фигурка Arcane League of Legends POP! Animation Mel #1489</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA9375</t>
+  </si>
+  <si>
+    <t>Фигурка Arcane League of Legends POP! Animation Viktor #1487</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA9374</t>
+  </si>
+  <si>
+    <t>Фигурка Arcane League of Legends POP! Animation Caitlyn #1488</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA9373</t>
+  </si>
+  <si>
+    <t>Фигурка League of Legends POP! Games Senna #1043</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA8996</t>
+  </si>
+  <si>
+    <t>Фигурка League of Legends POP! Games Vinyl Figure Lucian #1042</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA8995</t>
+  </si>
+  <si>
+    <t>Фигурка League of Legends POP! Games Ahri #1041</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA8994</t>
+  </si>
+  <si>
     <t>Бутилка Paladone Minecraft - Aluminium Water Bottle, 600ml, PP12074MCF</t>
   </si>
   <si>
     <t>PD-104538</t>
   </si>
   <si>
     <t>Чаша с термо ефект Paladone Minecraft Nether Heat Change Mug, PP10590MCF</t>
   </si>
   <si>
     <t>PD-104478</t>
   </si>
   <si>
     <t>Лампа Paladone Minecraft - Table Lamp, PP13387MCF</t>
   </si>
   <si>
     <t>PD-104516</t>
   </si>
   <si>
+    <t>Чаша с термо ефект Paladone Super Mario - Heat Change Mug (300ml), PP2927NN</t>
+  </si>
+  <si>
+    <t>PD-022647</t>
+  </si>
+  <si>
+    <t>Лампа Paladone Minecraft - Creeper Night Light, PP11396MCF</t>
+  </si>
+  <si>
+    <t>PD-104476</t>
+  </si>
+  <si>
+    <t>Чаша Paladone Playstation - PS5 Shaped Mug (480ml), PP9403PS</t>
+  </si>
+  <si>
+    <t>PD-080468</t>
+  </si>
+  <si>
     <t>Лампа Paladone Icons  Minecraft - Allay Light, PP12709MCF</t>
   </si>
   <si>
     <t>PD-096270</t>
   </si>
   <si>
+    <t>Лампа Paladone Icons: Minecraft - Axolotl Light</t>
+  </si>
+  <si>
+    <t>PD-084885</t>
+  </si>
+  <si>
     <t>Лампа Paladone Icons: Minecraft - Fox Light, PP13275MCF</t>
   </si>
   <si>
     <t>PD-096271</t>
   </si>
   <si>
+    <t>Лампа Paladone Icons  Minecraft - Panda Light, PP13276MCF</t>
+  </si>
+  <si>
+    <t>PD-096272</t>
+  </si>
+  <si>
+    <t>Термо Чаша Paladone - Harry Potter - Hogwarts Travel Mug V2 (450ml), PP13876HP</t>
+  </si>
+  <si>
+    <t>PD-37122</t>
+  </si>
+  <si>
+    <t>Пад за мишка Paladone Marvel - Logo Desk Mat, PP9519MC</t>
+  </si>
+  <si>
+    <t>PD-084309</t>
+  </si>
+  <si>
     <t>Чаша Paladone Minecraft - Bucket of Axolotl shaped Mug (400ml), PP11368MCF</t>
   </si>
   <si>
     <t>PD-089413</t>
   </si>
   <si>
     <t>Лампа Paladone  Minecraft - Creeper Light BDP, PP6595MCFV4</t>
   </si>
   <si>
     <t>PD-057460</t>
   </si>
   <si>
-    <t>Чанта за гейминг конзола Nacon Bigben Nintendo Switch Deluxe Travel, Бяло - NNS40W</t>
-[...220 lines deleted...]
-  <si>
     <t>Бутилка за вода Paladone : PlayStation - Heritage Metal Water Bottle with Straw - 480ml</t>
   </si>
   <si>
     <t>PD-080466</t>
   </si>
   <si>
     <t>Paladone: Super Mario - Mushroom Light PP4017NNV5</t>
   </si>
   <si>
     <t>PD-036912</t>
   </si>
   <si>
+    <t>Лампа Paladone Icons: Minecraft - Piglin Light, PP14431MCF</t>
+  </si>
+  <si>
+    <t>PD-104481</t>
+  </si>
+  <si>
     <t>Фигурка Funko Pop! Games: World Of Warcraft The War Within - Thrall #1046 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-099952</t>
   </si>
   <si>
+    <t>Фигурка Funko POP! Movies: The Lord of the Rings - Nazgul #1744</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA9257</t>
+  </si>
+  <si>
+    <t>Фигурка Television Arcane: League of Legends - Vi #1601</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA8916</t>
+  </si>
+  <si>
     <t>Статуетка Paladone Icons: Playstation Light (PP7929PS)</t>
   </si>
   <si>
     <t>PD-070820</t>
   </si>
   <si>
     <t>Статуетка Paladone Icons: Minecraft - Zombie Jack O Lantern Light PP15302MCF</t>
   </si>
   <si>
     <t>PD-104903</t>
   </si>
   <si>
     <t>Статуетка Paladone Icons: Minions - Bob Light (PP13259MN)</t>
   </si>
   <si>
     <t>PD-104904</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Basketball NBA: Phoenix Suns - Kevin Durant #184</t>
   </si>
   <si>
     <t>FUNKO-095195</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! NBA: Denver Nuggets - Nikola Jokic #183</t>
@@ -1405,420 +1711,972 @@
   <si>
     <t>Фигурка Funko Pop! NBA: Los Angeles Lakers - Shaq 2000 WCF Celebration #208</t>
   </si>
   <si>
     <t>FUNKO-103684</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! MLS: Inter Miami - Luis Suarez (Away) #02</t>
   </si>
   <si>
     <t>FUNKO-102834</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Basketball: NBA Lakers - LeBron James #152</t>
   </si>
   <si>
     <t>FUNKO-079416</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! MLS: Inter Miami - Lionel Messi (Away) #01</t>
   </si>
   <si>
     <t>FUNKO-102833</t>
   </si>
   <si>
+    <t>Фигурка League of Legends POP! Games Akali #1080</t>
+  </si>
+  <si>
+    <t>FUNKO-HGA10127</t>
+  </si>
+  <si>
     <t>Чаша Paladone: Harry Potter - Dark Mark Mug (PP14643HP)</t>
   </si>
   <si>
     <t>PD-104463</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Movies: John Wick - John Wick #1763</t>
   </si>
   <si>
     <t>FUNKO-101400</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Games: World of Warcraft: The War Within - Anduin #1099 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-104345</t>
   </si>
   <si>
-    <t>Фигурка League of Legends POP! Games Riven w/Broken Blade 9 cm #1040</t>
-[...70 lines deleted...]
-  <si>
     <t>Фигурка Funko Pop! Racing: Mercedes AMG Petronas Formula One Team - Kimi Antonelli #13</t>
   </si>
   <si>
     <t>FUNKO-106321</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Games: Astro Bot - Astro Bot #1089</t>
   </si>
   <si>
     <t>FUNKO-105393</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Marvel: Avengers Endgame - Captain America With Broken Shield &amp; Mjolnir #573</t>
   </si>
   <si>
     <t>FUNKO-051668</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Plus: The Lord of the Rings - Frodo Baggins (Glows in The Dark) #1832 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-104174</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Plus: The Lord of the Rings - Gollum (Glows in The Dark) #1831 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-104175</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Television: Fallout - Vault Boy* #1767 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-105328</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Television: Welcome to Derry -Pennywise #1746</t>
   </si>
   <si>
     <t>FUNKO-105218</t>
   </si>
   <si>
-    <t>Лампа Paladone Icons: Minecraft - Piglin Light, PP14431MCF</t>
-[...10 lines deleted...]
-  <si>
     <t>Бутилка Paladone Harry Potter: Death Eater - Metal Water Bottle</t>
   </si>
   <si>
     <t>PD-104462</t>
   </si>
   <si>
     <t>Чаша Paladone: Fortnite - Gamer Cup (PP14598FO)</t>
   </si>
   <si>
     <t>PD-104456</t>
   </si>
   <si>
     <t>Бутилка за вода Paladone: Fortnite - Metal Water Bottle (PP14736FO)</t>
   </si>
   <si>
     <t>PD-104457</t>
   </si>
   <si>
+    <t>Геймърски пад за мишка ASUS TUF GAMING P1 Hatsune Miku Edition</t>
+  </si>
+  <si>
+    <t>ASUS-PAD-TUF-P1-MIKU</t>
+  </si>
+  <si>
+    <t>Геймърски пад Dark Project - Bushido XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-BUSHIDO-XL</t>
+  </si>
+  <si>
+    <t>Геймърски пад Dark Project - Nostra White XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-TNOSTRA-WH-XL</t>
+  </si>
+  <si>
+    <t>Геймърски пад Dark Project - Nostra Black XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-TNOSTRA-BL-XL</t>
+  </si>
+  <si>
+    <t>Геймърски пад Dark Project - Celestial XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-CELESTIAL-XL</t>
+  </si>
+  <si>
+    <t>Геймърски пад Dark Project - Terra Nova White XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-TNOVA-WH-XL</t>
+  </si>
+  <si>
+    <t>Геймърски пад Dark Project - Terra Nova Black XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-TNOVA-BL-XL</t>
+  </si>
+  <si>
+    <t>Фигурка DC Multiverse Batman (Batman:The Three Jokers) 7in Action Figure Mcfarlane</t>
+  </si>
+  <si>
+    <t>MCFARLANE-17539</t>
+  </si>
+  <si>
+    <t>Фигурка DC Multiverse Superman (Hush) 7in Action Figure McFarlane</t>
+  </si>
+  <si>
+    <t>MCFARLANE-17557</t>
+  </si>
+  <si>
+    <t>Фигурка DC Multiverse Superman (Superman Movie) 7in Action Figure McFarlane</t>
+  </si>
+  <si>
+    <t>MCFARLANE-17558</t>
+  </si>
+  <si>
+    <t>Фигурка DC Direct Armored Batman (The Dark Knight Returns) Cowl Replica 1:3 Scale McFarlane</t>
+  </si>
+  <si>
+    <t>MCFARLANE-17936</t>
+  </si>
+  <si>
+    <t>Фигурка DC Direct Batman (Batman and Robin) Cowl Replica 1:3 Scale</t>
+  </si>
+  <si>
+    <t>MCFARLANE-17937</t>
+  </si>
+  <si>
+    <t>Keychron Desk Mat - Black</t>
+  </si>
+  <si>
+    <t>KEYCHRON-PAD-DM-1</t>
+  </si>
+  <si>
+    <t>Кабел за клавиатура Keychron Coiled Aviator Cable Angled USB-C - White</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-Cab-9</t>
+  </si>
+  <si>
     <t>Геймърски пад за мишка Corsair MM250 Champion XL 450mm x 400mm</t>
   </si>
   <si>
     <t>CORSAIR-PAD-MM250-XL</t>
   </si>
   <si>
-    <t>Геймърски пад за мишка ASUS TUF GAMING P1 Hatsune Miku Edition</t>
-[...80 lines deleted...]
-    <t>KEYCHRON-ACC-Cab-9</t>
+    <t>Универсален адаптер за волани MOZA Multi-function Stalks</t>
+  </si>
+  <si>
+    <t>MOZA-ACC-STALKS-MOUNT</t>
   </si>
   <si>
     <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4</t>
   </si>
   <si>
     <t>SG-109033</t>
   </si>
   <si>
     <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4 Green</t>
   </si>
   <si>
     <t>SG-109032</t>
   </si>
   <si>
+    <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4, Черен</t>
+  </si>
+  <si>
     <t>SG-109031</t>
   </si>
   <si>
+    <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4, Redline</t>
+  </si>
+  <si>
     <t>SG-109034</t>
   </si>
   <si>
+    <t>Геймърска безжична мишка NUBI NM1 SE 39g - White</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NM1-SE-WL-WH</t>
+  </si>
+  <si>
+    <t>Геймърска безжична мишка NUBI NM1 SE 39g - Black</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NM1-SE-WL-BL</t>
+  </si>
+  <si>
+    <t>Геймърскa мишка оптична Corsair Katar Pro Ultra-Light,  PAW3327 USB</t>
+  </si>
+  <si>
+    <t>CORSAIR-MOUSE-KATAR</t>
+  </si>
+  <si>
+    <t>Геймърски пад за мишка Corsair MM350 Champion Anti-Fray XL 450mm x 400mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM350-XL</t>
+  </si>
+  <si>
+    <t>Геймърски аксесоар за периферия ASUS ROG Polling Rate Booster - Black</t>
+  </si>
+  <si>
+    <t>ASUS-ACC-AC09-BLACK</t>
+  </si>
+  <si>
+    <t>Геймърски аксесоар за периферия ASUS ROG Polling Rate Booster - White</t>
+  </si>
+  <si>
+    <t>ASUS-ACC-AC09-WHITE</t>
+  </si>
+  <si>
+    <t>Подложка за мишка ENDORFY Cordura Speed - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B003</t>
+  </si>
+  <si>
+    <t>LEGO Speed Champions - Ferrari Sf-24 F1® Race Car - 77242</t>
+  </si>
+  <si>
+    <t>LEGO-77242</t>
+  </si>
+  <si>
+    <t>LEGO Speed Champions: Mercedes-Amg F1® W15 Race Car - 77244</t>
+  </si>
+  <si>
+    <t>LEGO-77244</t>
+  </si>
+  <si>
+    <t>Геймърскa мишка оптична Corsair Harpoon RGB Pro, PAW3327 USB</t>
+  </si>
+  <si>
+    <t>CORSAIR-MOUSE-HARPOON</t>
+  </si>
+  <si>
+    <t>Геймърски слушалки Nubi NH1 SE - Black</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NH1-SE-BL</t>
+  </si>
+  <si>
+    <t>Статуетка Paladone: Fortnite - Logo Light (PP14512FO)</t>
+  </si>
+  <si>
+    <t>PD-104454</t>
+  </si>
+  <si>
+    <t>Геймърски пад World Of WarCraft Dragonflight - Clouds, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPDFFLCLD22SXL</t>
+  </si>
+  <si>
+    <t>Геймърски пад World Of WarCraft Dragonflight - Alexstrasza, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPDFALXZA22SXL</t>
+  </si>
+  <si>
+    <t>Геймърски пад World Of WarCraft Dragonflight - Alexstrasza &amp; Dragon, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPDFALDRA22SXL</t>
+  </si>
+  <si>
+    <t>Геймърски пад Naruto Shippuden - Akatsuki Clouds, XL</t>
+  </si>
+  <si>
+    <t>FSH-FNRMPSPEED24CLDXL</t>
+  </si>
+  <si>
+    <t>Геймърски пад World of Tanks 15 Anniversary, XL</t>
+  </si>
+  <si>
+    <t>FSH-FWOT15ANMOUSPADXL</t>
+  </si>
+  <si>
+    <t>Фигурка DC MULTIVERSE 7IN - GREEN BATMAN McFarlane</t>
+  </si>
+  <si>
+    <t>MCFARLANE-17429</t>
+  </si>
+  <si>
+    <t>Фигурка McFarlane Toys DC MULTIVERSE Batman Yellow Suit (Detective Comics #241 - Red Platinum Chase</t>
+  </si>
+  <si>
+    <t>MCFARLANE-17431</t>
+  </si>
+  <si>
+    <t>Фигурка McFarlane Toys DC MULTIVERSE Sandman (Wesley Dodds: The Sandman) Gold Labe</t>
+  </si>
+  <si>
+    <t>MCFARLANE-17438</t>
+  </si>
+  <si>
+    <t>Фигурка DC Multiverse Batman (Troika) 7in Action Figure McFarlane</t>
+  </si>
+  <si>
+    <t>MCFARLANE-17443</t>
+  </si>
+  <si>
+    <t>Статуетка за стена Paladone: Fortnite - Wall Mountable LED Neon Light (PP14621FOVN)</t>
+  </si>
+  <si>
+    <t>PD-104530</t>
+  </si>
+  <si>
+    <t>Геймърски пад за мишка Corsair MM300 Pro Premium Extended, 930mm x 300mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM300-EXT</t>
+  </si>
+  <si>
+    <t>Геймърски пад за мишка Corsair MM500 v2 Hybrid Cloth Large , 450mm x 400mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM500-L</t>
+  </si>
+  <si>
+    <t>Геймърска безжична мишка NUBI NM1 39g - Black</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NM1-WL-BL</t>
+  </si>
+  <si>
+    <t>Геймърска безжична мишка NUBI NM1 39g - White</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NM1-WL-WH</t>
+  </si>
+  <si>
+    <t>Геймърскa механична клавиатура Nubi NK87 Black TKL - G3MS Sapphire V2 Switches, ABS</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NK87-BL-ANSI</t>
+  </si>
+  <si>
+    <t>Геймърскa механична клавиатура Nubi NK87 ICE TKL - G3MS Sapphire V2 Switches, ABS</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NK87-ICE-ANSI</t>
+  </si>
+  <si>
+    <t>Геймърскa механична клавиатура Nubi NK87 White TKL - G3MS Sapphire V2 Switches, ABS</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NK87-WH-ANSI</t>
+  </si>
+  <si>
+    <t>Фигурка Warhammer 40,000 Lieutenant in Phobos Armour (Ultramarines) Artist Proof 7in Figure McFarlane</t>
+  </si>
+  <si>
+    <t>MCFARLANE-10907</t>
+  </si>
+  <si>
+    <t>Фигурка Warhammer 40,000 Assault Intercessor Sergeant (Blood Angel) Artist Proof 7in Figure McFarlane</t>
+  </si>
+  <si>
+    <t>MCFARLANE-10949</t>
+  </si>
+  <si>
+    <t>Фигурка Warhammer 40,000 Intercessor Sergeant (Imperial Fist) Gold Label 7in Figure McFarlane</t>
+  </si>
+  <si>
+    <t>MCFARLANE-10954</t>
+  </si>
+  <si>
+    <t>Фигурка McFarlane Toys MORTAL KOMBAT 11 - Sub-Zero (Glow In The Dark Edition - Gold Label)</t>
+  </si>
+  <si>
+    <t>MCFARLANE-11097</t>
+  </si>
+  <si>
+    <t>Фигурка McFarlane Toys MARVEL COLLECTION - Spider-Man Corner</t>
+  </si>
+  <si>
+    <t>MCFARLANE-14796</t>
+  </si>
+  <si>
+    <t>Фигурка McFarlane Toys Marvel X-Men Storm 1:10th Scale Collectible</t>
+  </si>
+  <si>
+    <t>MCFARLANE-14804</t>
+  </si>
+  <si>
+    <t>Фигурка Marvel Colossus 1:10th Scale Collectible with Scene (X-Men #1)</t>
+  </si>
+  <si>
+    <t>MCFARLANE-14821</t>
+  </si>
+  <si>
+    <t>Фигурка Marvel Deadpool 1:10th Scale Collectible with Scene (Deadpool #1) McFarlane</t>
+  </si>
+  <si>
+    <t>MCFARLANE-14822</t>
+  </si>
+  <si>
+    <t>Фигурка McFarlane MARVEL COLLECTION  1:10 TH WV5 - WOLVERINE</t>
+  </si>
+  <si>
+    <t>MCFARLANE-14828</t>
+  </si>
+  <si>
+    <t>Фигурка McFarlane Toys DC MULTIVERSE Batman Arkham City (Knightmare Edition - Gold Label)</t>
+  </si>
+  <si>
+    <t>MCFARLANE-17239</t>
+  </si>
+  <si>
+    <t>Фигурка DC Multiverse Superman (The Dark Knight Returns) Black &amp; White Accent Edition Gold Label 7in</t>
+  </si>
+  <si>
+    <t>MCFARLANE-17242</t>
+  </si>
+  <si>
     <t>Paladone: Fortnite - Desk Headphone Stand With Light</t>
   </si>
   <si>
     <t>PD-PP14509FO</t>
   </si>
   <si>
     <t>Paladone: Playstation - Desk Headphone Stand With Light</t>
   </si>
   <si>
     <t>PD-PP14328PS</t>
   </si>
   <si>
+    <t>Геймърски слушалки Nubi NH1 - Black</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NH1-BL</t>
+  </si>
+  <si>
+    <t>Геймърски слушалки Nubi NH1 - Rose Gold</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NH1-RG</t>
+  </si>
+  <si>
+    <t>Геймърски слушалки Nubi NH1 - White</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NH1-WH</t>
+  </si>
+  <si>
+    <t>Геймърскa безжична клавиатура Nubi NK68HE Black - Hall Effect</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NK68-HE-BL</t>
+  </si>
+  <si>
+    <t>Геймърскa безжична клавиатура Nubi NK68HE Ice - Hall Effect</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NK68-HE-ICE</t>
+  </si>
+  <si>
+    <t>Геймърскa безжична клавиатура Nubi NK68HE White - Hall Effect</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NK68-HE-WH</t>
+  </si>
+  <si>
     <t>Подложка за мишка Noctua NP-DM3 Anniversary Deskmat - 900 x 400 x 4 mm</t>
   </si>
   <si>
     <t>NOCTUA-PAD-NP-DM3</t>
   </si>
   <si>
+    <t>Геймърскa безжична клавиатура Nubi NK68 PRO - Black</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NK68-PRO-WL-BL</t>
+  </si>
+  <si>
+    <t>Геймърскa безжична клавиатура Nubi NK68 PRO - White</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NK68-PRO-WL-WH</t>
+  </si>
+  <si>
+    <t>Геймърски безжични слушалки Nubi NH1 Pro - Black</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NH1-PRO-WL-BL</t>
+  </si>
+  <si>
+    <t>Геймърски безжични слушалки Nubi NH1 Pro - White</t>
+  </si>
+  <si>
+    <t>FSH-NUBI-NH1-PRO-WL-WH</t>
+  </si>
+  <si>
+    <t>Капачки за механична клавиатура Keychron Double Shot KSA PBT Keycap Full Keycap Set 137 Keycaps - Black</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-PBT-03</t>
+  </si>
+  <si>
+    <t>Капачки за механична клавиатура Keychron Double Shot KSA PBT Keycap Full Keycap Set 137 Keycaps - White</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-PBT-05</t>
+  </si>
+  <si>
+    <t>Капачки за механична клавиатура Keychron Cherry Profile Dye-Sub PBT Full Keycap Set - Lunar White</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-PBT-112</t>
+  </si>
+  <si>
+    <t>Капачки за механична клавиатура Keychron Cherry Profile Dye-Sub PBT Full Keycap Set - Retro Garage</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-PBT-113</t>
+  </si>
+  <si>
+    <t>Капачки за механична клавиатура Keychron Cherry Profile Dye-Sub PBT Full Keycap Set - Cloud and Snow</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-PBT-116</t>
+  </si>
+  <si>
+    <t>Безжична клавиатура Keychron B6 Pro Ultra-Slim - Retro Blue</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-B6P-K11</t>
+  </si>
+  <si>
+    <t>Безжична клавиатура Keychron B6 Pro Ultra-Slim - Retro Red</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-B6P-K13</t>
+  </si>
+  <si>
+    <t>Безжична клавиатура Keychron B33 TKL, Scissor Mechanism - Deep Black</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-B33-K9</t>
+  </si>
+  <si>
+    <t>Безжична клавиатура Keychron B36 Scissor Mechanism - Deep Black</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-B36-K9</t>
+  </si>
+  <si>
+    <t>Капачки за механична клавиатура Keychron Cherry Profile Dye-Sub PBT Full Set Keycap Set - Cyber Developer</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-T74</t>
+  </si>
+  <si>
     <t>Геймърскa клавиатура SteelSeries Apex 3 TKL Aqua - Quiet Switct, US Layout</t>
   </si>
   <si>
     <t>STEEL-KEY-64933</t>
   </si>
   <si>
     <t>Геймърскa клавиатура SteelSeries Apex 3 TKL Lavander - Quiet Switct, US Layout</t>
   </si>
   <si>
     <t>STEEL-KEY-64940</t>
   </si>
   <si>
+    <t>Endorfy механична клавиатура Thock V2 Compact, PBT, Endorfy Red switch, US Layout</t>
+  </si>
+  <si>
+    <t>END-KEY-EY5A128</t>
+  </si>
+  <si>
+    <t>Аксесоар Keychron Switch Tester 100 Max Edition</t>
+  </si>
+  <si>
+    <t>KEYCHRON-ACC-Z150</t>
+  </si>
+  <si>
+    <t>Endorfy механична клавиатура Thock V2 TKL, PBT, Endorfy Red switch, US Layout</t>
+  </si>
+  <si>
+    <t>END-KEY-EY5A126</t>
+  </si>
+  <si>
+    <t>Endorfy механична клавиатура Thock V2 75%, PBT, Endorfy Red switch, US Layout</t>
+  </si>
+  <si>
+    <t>END-KEY-EY5A127</t>
+  </si>
+  <si>
+    <t>Геймърска Механична клавиатура Keychron C1 Pro 8K QMK - Super Red Switch</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-C1PX-M1</t>
+  </si>
+  <si>
+    <t>Геймърска Механична клавиатура Keychron C1 Pro 8K QMK - Super Brown Switch</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-C1PX-M3</t>
+  </si>
+  <si>
+    <t>Геймърска Механична клавиатура Keychron C2 Pro 8K QMK - Super Brown Switch, Full Size</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-C2PX-M3</t>
+  </si>
+  <si>
+    <t>Геймърска Механична клавиатура Keychron C2 Pro 8K QMK - Super Red Switch, Full Size</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-C2PX-M1</t>
+  </si>
+  <si>
+    <t>Геймърска Механична клавиатура Keychron C3 Pro 8K QMK - Super Brown Switch, Hot-Swappable, RGB</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-C3PX-H3</t>
+  </si>
+  <si>
+    <t>Фигурка DC Multiverse Batman Who Laughs (Knight Armor) &amp; The Merciless (Dark Multiverse) 7in</t>
+  </si>
+  <si>
+    <t>MCFARLANE-17568</t>
+  </si>
+  <si>
+    <t>Endorfy механична клавиатура Thock V2 Full Size, PBT, Endorfy Red switch, US Layout</t>
+  </si>
+  <si>
+    <t>END-KEY-EY5A125</t>
+  </si>
+  <si>
+    <t>Endorfy механична клавиатура Thock Wireless V2 Compact, PBT, Endorfy Yellow, US Layout</t>
+  </si>
+  <si>
+    <t>END-KEY-EY5A132</t>
+  </si>
+  <si>
+    <t>Геймърска Безжична мишка Keychron M3 8K, Matte Black</t>
+  </si>
+  <si>
+    <t>KEYCHRON-MOUSE-M3-A23</t>
+  </si>
+  <si>
     <t>Гейминг контролер Sony PS5 DualSense God of War 20th Anniversary</t>
   </si>
   <si>
     <t>SONY-PS5-DS-GOD</t>
   </si>
   <si>
     <t>Безжичен геймпад Sony DualSense Astro Bot Limited Edition 2.0</t>
   </si>
   <si>
     <t>SONY-PS5-DS-ASTRO</t>
   </si>
   <si>
     <t>Геймърскa безжична мишка CORSAIR M75 AIR Ultra-Lightweight Gaming Mouse - Light Gray</t>
   </si>
   <si>
     <t>CORSAIR-MOUSE-M75-AIR</t>
   </si>
   <si>
+    <t>Endorfy механична клавиатура Thock Wireless V2 TKL, PBT, Endorfy Yellow switch, US Layout</t>
+  </si>
+  <si>
+    <t>END-KEY-EY5A130</t>
+  </si>
+  <si>
+    <t>Endorfy механична клавиатура Thock Wireless V2 75%, PBT, Endorfy Yellow switch, US Layout</t>
+  </si>
+  <si>
+    <t>END-KEY-EY5A131</t>
+  </si>
+  <si>
+    <t>Endorfy механична клавиатура Thock Wireless V2 Full Size, PBT, Endorfy Yellow switch, US Layout</t>
+  </si>
+  <si>
+    <t>END-KEY-EY5A129</t>
+  </si>
+  <si>
     <t>CORSAIR Геймърски бъндъл 4 в 1 - K55 CORE / HARPOON RGB PRO / HS35 Surround v2 / MM100</t>
   </si>
   <si>
     <t>CORSAIR-KEY-BUNDLE</t>
   </si>
   <si>
+    <t>Геймърска Механична клавиатура Keychron K9 Max QMK HS 60% Keychron Milk POM Switch Red RGB</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K9M-H1</t>
+  </si>
+  <si>
+    <t>Геймърска Механична клавиатура Keychron K9 Max QMK HS 60% Keychron Milk POM Switch Brown RGB</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K9M-H3</t>
+  </si>
+  <si>
     <t>Геймърски безжични слушалки ASUS ROG Pelta White - USB-C, Aura Sync RGB</t>
   </si>
   <si>
     <t>ASUS-HEAD-ROG-PELTA-W</t>
   </si>
   <si>
+    <t>Геймърска безжична мишка ZOWIE EC2-DW 4K, Бяла</t>
+  </si>
+  <si>
+    <t>ZOWIE-MOUSE-EC2-DW-WHITE</t>
+  </si>
+  <si>
+    <t>Геймърска безжична мишка ZOWIE EC3-DW 4K, Бяла</t>
+  </si>
+  <si>
+    <t>ZOWIE-MOUSE-EC3-DW-WHITE</t>
+  </si>
+  <si>
+    <t>Геймърска безжична мишка ZOWIE FK2-DW 4K, бяла</t>
+  </si>
+  <si>
+    <t>ZOWIE-MOUSE-FK2DW-WHITE</t>
+  </si>
+  <si>
+    <t>Геймърска безжична мишка ZOWIE S2-DW 4K, бяла</t>
+  </si>
+  <si>
+    <t>ZOWIE-MOUSE-S2-DWW-WHITE</t>
+  </si>
+  <si>
+    <t>Геймърска безжична мишка ZOWIE U2-DW 4K, 2.4G, Черна</t>
+  </si>
+  <si>
+    <t>ZOWIE-MOUSE-U2-DW</t>
+  </si>
+  <si>
+    <t>Геймърска безжична мишка ZOWIE U2-DW 4K, 2.4G, бяла</t>
+  </si>
+  <si>
+    <t>ZOWIE-MOUSE-U2-DW-WHITE</t>
+  </si>
+  <si>
+    <t>Безжична геймърска мишка ZOWIE ZA13-DW 4K, бяла</t>
+  </si>
+  <si>
+    <t>ZOWIE-MOUSE-ZA13DW-WHITE</t>
+  </si>
+  <si>
+    <t>MOZA Extension Rod V2 удължител за основа R3, R5, R9, R12, R16, R21</t>
+  </si>
+  <si>
+    <t>MOZA-ACC-EXT-ROD-V2</t>
+  </si>
+  <si>
     <t>Подложка за стол Next Level Racing NLR HF8 - Haptic Feedback Gaming Pad</t>
   </si>
   <si>
     <t>NEXT-NLR-G001</t>
   </si>
   <si>
+    <t>Геймърска Механична клавиатура Keychron K8 HE Magnetic Switch - Standard Edition</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K8H-J1</t>
+  </si>
+  <si>
+    <t>Геймърска Механична клавиатура Keychron K8 HE Magnetic Switch - Black Special Edition</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K8H-F1</t>
+  </si>
+  <si>
+    <t>Геймърска Механична клавиатура Keychron K8 HE Magnetic Switch - White Special Edition</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K8H-Q1</t>
+  </si>
+  <si>
+    <t>Геймърска безжична Механична клавиатура Keychron K10 HE Magnetic Switch - Standard Edition</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K10H-J1</t>
+  </si>
+  <si>
+    <t>Геймърска безжична Механична клавиатура Keychron K10 HE Magnetic Switch - Black Special Edition</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K10H-F1</t>
+  </si>
+  <si>
+    <t>Геймърска безжична Механична клавиатура Keychron K10 HE Magnetic Switch - White Special Edition</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K10H-Q1</t>
+  </si>
+  <si>
+    <t>Безжична Механична клавиатура Lemokey P1 HE QMK 75% Black - HE Magnetic Switch</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-P1H-M1Z</t>
+  </si>
+  <si>
+    <t>Безжична Механична клавиатура Lemokey P1 HE QMK 75% Black - HE Magnetic Switch - UK Layout</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-P1H-M1-UK</t>
+  </si>
+  <si>
+    <t>Безжична Механична клавиатура Keychron Black Myth Wukong - TTC Golden Pink Switch</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-WKD-21</t>
+  </si>
+  <si>
+    <t>Спортна седалка за симулатор Next Level Racing ERS5 Elite Reclining Seat</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E055</t>
+  </si>
+  <si>
+    <t>Безжична механичка клавиатура Keychron Q1 MAX Gateron Jupiter Red Switch - Purple</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-Q1M-V1</t>
+  </si>
+  <si>
+    <t>Безжична механичка клавиатура Keychron Q1 MAX Gateron Jupiter Brown Switch - Purple</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-Q1M-V3</t>
+  </si>
+  <si>
+    <t>Безжична механичка клавиатура Keychron Q6 MAX Gateron Jupiter Brown Switch - Shell White</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-Q6M-P3</t>
+  </si>
+  <si>
+    <t>Безжична механичка клавиатура Keychron Q6 HE QMK Gateron Double-Rail Magnetic Switch - Carbon Black</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-Q6H-M1</t>
+  </si>
+  <si>
+    <t>Безжична механичка клавиатура Keychron Q6 HE QMK Gateron Double-Rail Magnetic Switch - Shell White</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-Q6H-P1</t>
+  </si>
+  <si>
     <t>Геймърска безжична мишка ASUS ROG Harpe Ace Extreme - Черна</t>
   </si>
   <si>
     <t>ASUS-MOUSE-ROG-HARPE-EXT</t>
   </si>
   <si>
     <t>LEGO® Technic™: Oracle Red Bull Racing RB20 F1 Car (42206)</t>
   </si>
   <si>
     <t>LEGO-42206</t>
   </si>
   <si>
-    <t>Спортна седалка за симулатор Next Level Racing ERS5 Elite Reclining Seat</t>
-[...2 lines deleted...]
-    <t>NEXT-NLR-E055</t>
+    <t>Спортна седалка за симулатор Next Level Racing NLR ERS3 HYPERCOOL Ventilated Sim Racing</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E063</t>
   </si>
   <si>
     <t>Спортна седалка за симулатор Next Level Racing ES2 SIM Racing Seat</t>
   </si>
   <si>
     <t>NEXT-NLR-E060</t>
   </si>
   <si>
-    <t>Спортна седалка за симулатор Next Level Racing NLR ERS3 HYPERCOOL Ventilated Sim Racing</t>
-[...2 lines deleted...]
-    <t>NEXT-NLR-E063</t>
+    <t>Конзола PlayStation 5 (Slim) - Digital Edition + Fortnite Flowering Chaos</t>
+  </si>
+  <si>
+    <t>SONY-PS5-SLIM-DG-FORT</t>
+  </si>
+  <si>
+    <t>Конзола Sony PlayStation 5 1TB + Fortnite Flowering Chaos</t>
+  </si>
+  <si>
+    <t>SONY-PS5-SLIM-FORT</t>
   </si>
   <si>
     <t>Конзола Nintendo Switch 2 + Pokemon Legends Z-A Bundle 256GB</t>
   </si>
   <si>
     <t>NINTENDO-SW2-POK-256GB</t>
+  </si>
+  <si>
+    <t>Конзола PlayStation 5 (Slim) - Digital Edition + FC26</t>
+  </si>
+  <si>
+    <t>SONY-PS5-FC26-DIG</t>
   </si>
   <si>
     <t>Конзола Sony PlayStation 5  + FC 26 Bundle</t>
   </si>
   <si>
     <t>SONY-PS5-FC26</t>
   </si>
   <si>
     <t>Конзола Sony PlayStation 5 Pro</t>
   </si>
   <si>
     <t>SONY-PS5-PRO</t>
   </si>
   <si>
     <t>Конзола Sony PlayStation 5 Pro + FC 26 Bundle</t>
   </si>
   <si>
     <t>SONY-PS5-PRO-FC26</t>
   </si>
   <si>
     <t>Система за контрол Elgato Stream Deck Studio</t>
   </si>
   <si>
     <t>ELGATO-10GB09901</t>
   </si>
@@ -2146,10356 +3004,12624 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D736"/>
+  <dimension ref="A1:D898"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>7.2</v>
+        <v>2.16</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>8.004</v>
+        <v>2.94</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>8.4</v>
+        <v>3.684</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>9.6</v>
+        <v>4.092</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>9.6</v>
+        <v>4.848</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>9.6</v>
+        <v>4.908</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>10.008</v>
+        <v>4.908</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>10.116</v>
+        <v>5.112</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>10.2</v>
+        <v>5.868</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>11.472</v>
+        <v>5.868</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>12.0</v>
+        <v>5.928</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>12.108</v>
+        <v>6.132</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>12.876</v>
+        <v>6.588</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>14.4</v>
+        <v>7.104</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>14.4</v>
+        <v>7.164</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>14.976</v>
+        <v>7.272</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>15.0</v>
+        <v>7.368</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>15.0</v>
+        <v>7.368</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>15.0</v>
+        <v>7.488</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>15.0</v>
+        <v>7.488</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>15.0</v>
+        <v>7.488</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>15.0</v>
+        <v>7.656</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>15.0</v>
+        <v>7.992</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>15.0</v>
+        <v>8.076</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>15.0</v>
+        <v>8.28</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>15.0</v>
+        <v>8.352</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>15.6</v>
+        <v>9.552</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>15.6</v>
+        <v>9.552</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>15.6</v>
+        <v>9.672</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>15.6</v>
+        <v>9.708</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>15.624</v>
+        <v>9.708</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>16.2</v>
+        <v>9.708</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>16.2</v>
+        <v>9.708</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>16.2</v>
+        <v>9.708</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>16.992</v>
+        <v>9.708</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>16.992</v>
+        <v>9.708</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>18.0</v>
+        <v>9.708</v>
       </c>
       <c r="D45" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>18.0</v>
+        <v>9.708</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>18.0</v>
+        <v>9.708</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>18.0</v>
+        <v>9.816</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>18.684</v>
+        <v>9.816</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>18.684</v>
+        <v>10.02</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>18.924</v>
+        <v>10.128</v>
       </c>
       <c r="D51" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D52" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D53" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D54" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D55" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D56" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D57" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D58" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D60" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D63" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>19.2</v>
+        <v>10.128</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>19.596</v>
+        <v>10.128</v>
       </c>
       <c r="D66" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D69" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D70" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D71" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D72" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>19.8</v>
+        <v>10.14</v>
       </c>
       <c r="D73" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>19.8</v>
+        <v>10.164</v>
       </c>
       <c r="D74" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>19.8</v>
+        <v>10.164</v>
       </c>
       <c r="D75" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>19.8</v>
+        <v>10.176</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>19.8</v>
+        <v>10.176</v>
       </c>
       <c r="D77" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>19.8</v>
+        <v>10.176</v>
       </c>
       <c r="D78" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>19.8</v>
+        <v>10.176</v>
       </c>
       <c r="D79" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>19.8</v>
+        <v>10.176</v>
       </c>
       <c r="D80" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>19.8</v>
+        <v>10.176</v>
       </c>
       <c r="D81" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>19.8</v>
+        <v>10.176</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
-        <v>19.8</v>
+        <v>10.224</v>
       </c>
       <c r="D83" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
-        <v>19.8</v>
+        <v>10.224</v>
       </c>
       <c r="D84" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
-        <v>19.8</v>
+        <v>10.224</v>
       </c>
       <c r="D85" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>19.8</v>
+        <v>10.224</v>
       </c>
       <c r="D86" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>19.8</v>
+        <v>10.224</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>19.8</v>
+        <v>10.224</v>
       </c>
       <c r="D88" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
-        <v>19.8</v>
+        <v>10.224</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
-        <v>19.836</v>
+        <v>10.224</v>
       </c>
       <c r="D90" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
-        <v>19.896</v>
+        <v>10.224</v>
       </c>
       <c r="D91" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
-        <v>19.896</v>
+        <v>10.248</v>
       </c>
       <c r="D92" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
-        <v>19.896</v>
+        <v>11.04</v>
       </c>
       <c r="D93" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
-        <v>19.896</v>
+        <v>11.652</v>
       </c>
       <c r="D94" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
-        <v>19.896</v>
+        <v>12.144</v>
       </c>
       <c r="D95" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
-        <v>19.896</v>
+        <v>12.276</v>
       </c>
       <c r="D96" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
-        <v>19.896</v>
+        <v>12.276</v>
       </c>
       <c r="D97" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
-        <v>19.992</v>
+        <v>12.276</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
-        <v>19.992</v>
+        <v>12.276</v>
       </c>
       <c r="D99" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
-        <v>19.992</v>
+        <v>12.276</v>
       </c>
       <c r="D100" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
-        <v>19.992</v>
+        <v>12.276</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="B102" t="s">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="C102">
-        <v>7.2</v>
+        <v>5.868</v>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C103">
-        <v>8.004</v>
+        <v>5.868</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="B104" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="C104">
-        <v>8.4</v>
+        <v>5.928</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="B105" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="C105">
-        <v>9.6</v>
+        <v>6.132</v>
       </c>
       <c r="D105" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="B106" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="C106">
-        <v>9.6</v>
+        <v>6.588</v>
       </c>
       <c r="D106" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="B107" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="C107">
-        <v>9.6</v>
+        <v>7.104</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="B108" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="C108">
-        <v>10.008</v>
+        <v>7.164</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="B109" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="C109">
-        <v>10.2</v>
+        <v>7.368</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="B110" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="C110">
-        <v>11.472</v>
+        <v>7.368</v>
       </c>
       <c r="D110" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="B111" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="C111">
-        <v>12.0</v>
+        <v>7.488</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="B112" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="C112">
-        <v>12.108</v>
+        <v>7.488</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="B113" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="C113">
-        <v>12.876</v>
+        <v>7.656</v>
       </c>
       <c r="D113" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="B114" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="C114">
-        <v>14.4</v>
+        <v>7.992</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="B115" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="C115">
-        <v>14.4</v>
+        <v>8.076</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="B116" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="C116">
-        <v>14.976</v>
+        <v>9.204</v>
       </c>
       <c r="D116" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="B117" t="s">
-        <v>40</v>
+        <v>68</v>
       </c>
       <c r="C117">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D117" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="B118" t="s">
-        <v>42</v>
+        <v>70</v>
       </c>
       <c r="C118">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D118" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="B119" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="C119">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="B120" t="s">
-        <v>46</v>
+        <v>74</v>
       </c>
       <c r="C120">
-        <v>15.0</v>
+        <v>9.552</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="B121" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="C121">
-        <v>15.0</v>
+        <v>9.552</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="B122" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="C122">
-        <v>15.0</v>
+        <v>9.672</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>51</v>
+        <v>87</v>
       </c>
       <c r="B123" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="C123">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D123" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>53</v>
+        <v>89</v>
       </c>
       <c r="B124" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C124">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D124" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>55</v>
+        <v>91</v>
       </c>
       <c r="B125" t="s">
-        <v>56</v>
+        <v>92</v>
       </c>
       <c r="C125">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="B126" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
       <c r="C126">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>59</v>
+        <v>95</v>
       </c>
       <c r="B127" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="C127">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="B128" t="s">
-        <v>62</v>
+        <v>98</v>
       </c>
       <c r="C128">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="B129" t="s">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="C129">
-        <v>15.0</v>
+        <v>9.816</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>65</v>
+        <v>101</v>
       </c>
       <c r="B130" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
       <c r="C130">
-        <v>15.0</v>
+        <v>9.816</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>67</v>
+        <v>103</v>
       </c>
       <c r="B131" t="s">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="C131">
-        <v>15.0</v>
+        <v>10.02</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>69</v>
+        <v>107</v>
       </c>
       <c r="B132" t="s">
-        <v>70</v>
+        <v>108</v>
       </c>
       <c r="C132">
-        <v>15.0</v>
+        <v>10.128</v>
       </c>
       <c r="D132" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>71</v>
+        <v>109</v>
       </c>
       <c r="B133" t="s">
-        <v>72</v>
+        <v>110</v>
       </c>
       <c r="C133">
-        <v>15.0</v>
+        <v>10.128</v>
       </c>
       <c r="D133" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>73</v>
+        <v>111</v>
       </c>
       <c r="B134" t="s">
-        <v>74</v>
+        <v>112</v>
       </c>
       <c r="C134">
-        <v>15.6</v>
+        <v>10.128</v>
       </c>
       <c r="D134" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>75</v>
+        <v>113</v>
       </c>
       <c r="B135" t="s">
-        <v>76</v>
+        <v>114</v>
       </c>
       <c r="C135">
-        <v>15.6</v>
+        <v>10.128</v>
       </c>
       <c r="D135" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>77</v>
+        <v>115</v>
       </c>
       <c r="B136" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="C136">
-        <v>15.6</v>
+        <v>10.128</v>
       </c>
       <c r="D136" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>79</v>
+        <v>117</v>
       </c>
       <c r="B137" t="s">
-        <v>80</v>
+        <v>118</v>
       </c>
       <c r="C137">
-        <v>15.6</v>
+        <v>10.128</v>
       </c>
       <c r="D137" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>81</v>
+        <v>119</v>
       </c>
       <c r="B138" t="s">
-        <v>82</v>
+        <v>120</v>
       </c>
       <c r="C138">
-        <v>15.624</v>
+        <v>10.128</v>
       </c>
       <c r="D138" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>83</v>
+        <v>121</v>
       </c>
       <c r="B139" t="s">
-        <v>84</v>
+        <v>122</v>
       </c>
       <c r="C139">
-        <v>16.2</v>
+        <v>10.128</v>
       </c>
       <c r="D139" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>85</v>
+        <v>123</v>
       </c>
       <c r="B140" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="C140">
-        <v>16.2</v>
+        <v>10.128</v>
       </c>
       <c r="D140" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>87</v>
+        <v>125</v>
       </c>
       <c r="B141" t="s">
-        <v>88</v>
+        <v>126</v>
       </c>
       <c r="C141">
-        <v>16.2</v>
+        <v>10.128</v>
       </c>
       <c r="D141" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>89</v>
+        <v>127</v>
       </c>
       <c r="B142" t="s">
-        <v>90</v>
+        <v>128</v>
       </c>
       <c r="C142">
-        <v>16.992</v>
+        <v>10.128</v>
       </c>
       <c r="D142" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>91</v>
+        <v>129</v>
       </c>
       <c r="B143" t="s">
-        <v>92</v>
+        <v>130</v>
       </c>
       <c r="C143">
-        <v>16.992</v>
+        <v>10.128</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>93</v>
+        <v>131</v>
       </c>
       <c r="B144" t="s">
-        <v>94</v>
+        <v>132</v>
       </c>
       <c r="C144">
-        <v>18.0</v>
+        <v>10.128</v>
       </c>
       <c r="D144" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>95</v>
+        <v>133</v>
       </c>
       <c r="B145" t="s">
-        <v>96</v>
+        <v>134</v>
       </c>
       <c r="C145">
-        <v>18.0</v>
+        <v>10.128</v>
       </c>
       <c r="D145" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>97</v>
+        <v>135</v>
       </c>
       <c r="B146" t="s">
-        <v>98</v>
+        <v>136</v>
       </c>
       <c r="C146">
-        <v>18.0</v>
+        <v>10.128</v>
       </c>
       <c r="D146" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>99</v>
+        <v>137</v>
       </c>
       <c r="B147" t="s">
-        <v>100</v>
+        <v>138</v>
       </c>
       <c r="C147">
-        <v>18.0</v>
+        <v>10.128</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>101</v>
+        <v>139</v>
       </c>
       <c r="B148" t="s">
-        <v>102</v>
+        <v>140</v>
       </c>
       <c r="C148">
-        <v>18.684</v>
+        <v>10.128</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>103</v>
+        <v>141</v>
       </c>
       <c r="B149" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="C149">
-        <v>18.684</v>
+        <v>10.128</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="B150" t="s">
-        <v>106</v>
+        <v>144</v>
       </c>
       <c r="C150">
-        <v>18.924</v>
+        <v>10.128</v>
       </c>
       <c r="D150" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>107</v>
+        <v>145</v>
       </c>
       <c r="B151" t="s">
-        <v>108</v>
+        <v>146</v>
       </c>
       <c r="C151">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D151" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>109</v>
+        <v>147</v>
       </c>
       <c r="B152" t="s">
-        <v>110</v>
+        <v>148</v>
       </c>
       <c r="C152">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D152" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="B153" t="s">
-        <v>112</v>
+        <v>150</v>
       </c>
       <c r="C153">
-        <v>18.996</v>
+        <v>10.14</v>
       </c>
       <c r="D153" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>113</v>
+        <v>151</v>
       </c>
       <c r="B154" t="s">
-        <v>114</v>
+        <v>152</v>
       </c>
       <c r="C154">
-        <v>18.996</v>
+        <v>10.164</v>
       </c>
       <c r="D154" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>115</v>
+        <v>153</v>
       </c>
       <c r="B155" t="s">
-        <v>116</v>
+        <v>154</v>
       </c>
       <c r="C155">
-        <v>18.996</v>
+        <v>10.164</v>
       </c>
       <c r="D155" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>117</v>
+        <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>118</v>
+        <v>156</v>
       </c>
       <c r="C156">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D156" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>119</v>
+        <v>157</v>
       </c>
       <c r="B157" t="s">
-        <v>120</v>
+        <v>158</v>
       </c>
       <c r="C157">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D157" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>121</v>
+        <v>159</v>
       </c>
       <c r="B158" t="s">
-        <v>122</v>
+        <v>160</v>
       </c>
       <c r="C158">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D158" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>123</v>
+        <v>161</v>
       </c>
       <c r="B159" t="s">
-        <v>124</v>
+        <v>162</v>
       </c>
       <c r="C159">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D159" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>125</v>
+        <v>163</v>
       </c>
       <c r="B160" t="s">
-        <v>126</v>
+        <v>164</v>
       </c>
       <c r="C160">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D160" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>127</v>
+        <v>165</v>
       </c>
       <c r="B161" t="s">
-        <v>128</v>
+        <v>166</v>
       </c>
       <c r="C161">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D161" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>129</v>
+        <v>167</v>
       </c>
       <c r="B162" t="s">
-        <v>130</v>
+        <v>168</v>
       </c>
       <c r="C162">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D162" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>131</v>
+        <v>189</v>
       </c>
       <c r="B163" t="s">
-        <v>132</v>
+        <v>190</v>
       </c>
       <c r="C163">
-        <v>18.996</v>
+        <v>11.04</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>133</v>
+        <v>193</v>
       </c>
       <c r="B164" t="s">
-        <v>134</v>
+        <v>194</v>
       </c>
       <c r="C164">
-        <v>19.2</v>
+        <v>12.144</v>
       </c>
       <c r="D164" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>135</v>
+        <v>207</v>
       </c>
       <c r="B165" t="s">
-        <v>136</v>
+        <v>208</v>
       </c>
       <c r="C165">
-        <v>19.596</v>
+        <v>12.276</v>
       </c>
       <c r="D165" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>139</v>
+        <v>209</v>
       </c>
       <c r="B166" t="s">
-        <v>140</v>
+        <v>210</v>
       </c>
       <c r="C166">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D166" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>141</v>
+        <v>211</v>
       </c>
       <c r="B167" t="s">
-        <v>142</v>
+        <v>212</v>
       </c>
       <c r="C167">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D167" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>143</v>
+        <v>213</v>
       </c>
       <c r="B168" t="s">
-        <v>144</v>
+        <v>214</v>
       </c>
       <c r="C168">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D168" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>145</v>
+        <v>215</v>
       </c>
       <c r="B169" t="s">
-        <v>146</v>
+        <v>216</v>
       </c>
       <c r="C169">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D169" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>147</v>
+        <v>217</v>
       </c>
       <c r="B170" t="s">
-        <v>148</v>
+        <v>218</v>
       </c>
       <c r="C170">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D170" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>149</v>
+        <v>219</v>
       </c>
       <c r="B171" t="s">
-        <v>150</v>
+        <v>220</v>
       </c>
       <c r="C171">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D171" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>151</v>
+        <v>221</v>
       </c>
       <c r="B172" t="s">
-        <v>152</v>
+        <v>222</v>
       </c>
       <c r="C172">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D172" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>153</v>
+        <v>223</v>
       </c>
       <c r="B173" t="s">
-        <v>154</v>
+        <v>224</v>
       </c>
       <c r="C173">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D173" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>155</v>
+        <v>225</v>
       </c>
       <c r="B174" t="s">
-        <v>156</v>
+        <v>226</v>
       </c>
       <c r="C174">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D174" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>157</v>
+        <v>227</v>
       </c>
       <c r="B175" t="s">
-        <v>158</v>
+        <v>228</v>
       </c>
       <c r="C175">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D175" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>159</v>
+        <v>229</v>
       </c>
       <c r="B176" t="s">
-        <v>160</v>
+        <v>230</v>
       </c>
       <c r="C176">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D176" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>161</v>
+        <v>231</v>
       </c>
       <c r="B177" t="s">
-        <v>162</v>
+        <v>232</v>
       </c>
       <c r="C177">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D177" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>163</v>
+        <v>233</v>
       </c>
       <c r="B178" t="s">
-        <v>164</v>
+        <v>234</v>
       </c>
       <c r="C178">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D178" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>165</v>
+        <v>235</v>
       </c>
       <c r="B179" t="s">
-        <v>166</v>
+        <v>236</v>
       </c>
       <c r="C179">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D179" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>167</v>
+        <v>237</v>
       </c>
       <c r="B180" t="s">
-        <v>168</v>
+        <v>238</v>
       </c>
       <c r="C180">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D180" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>169</v>
+        <v>239</v>
       </c>
       <c r="B181" t="s">
-        <v>170</v>
+        <v>240</v>
       </c>
       <c r="C181">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D181" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>171</v>
+        <v>241</v>
       </c>
       <c r="B182" t="s">
-        <v>172</v>
+        <v>242</v>
       </c>
       <c r="C182">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D182" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>173</v>
+        <v>243</v>
       </c>
       <c r="B183" t="s">
-        <v>174</v>
+        <v>244</v>
       </c>
       <c r="C183">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D183" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>175</v>
+        <v>245</v>
       </c>
       <c r="B184" t="s">
-        <v>176</v>
+        <v>246</v>
       </c>
       <c r="C184">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D184" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>177</v>
+        <v>247</v>
       </c>
       <c r="B185" t="s">
-        <v>178</v>
+        <v>248</v>
       </c>
       <c r="C185">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>179</v>
+        <v>249</v>
       </c>
       <c r="B186" t="s">
-        <v>180</v>
+        <v>250</v>
       </c>
       <c r="C186">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D186" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>181</v>
+        <v>251</v>
       </c>
       <c r="B187" t="s">
-        <v>182</v>
+        <v>252</v>
       </c>
       <c r="C187">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D187" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>183</v>
+        <v>253</v>
       </c>
       <c r="B188" t="s">
-        <v>184</v>
+        <v>254</v>
       </c>
       <c r="C188">
-        <v>19.836</v>
+        <v>12.78</v>
       </c>
       <c r="D188" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>185</v>
+        <v>255</v>
       </c>
       <c r="B189" t="s">
-        <v>186</v>
+        <v>256</v>
       </c>
       <c r="C189">
-        <v>19.896</v>
+        <v>12.84</v>
       </c>
       <c r="D189" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>187</v>
+        <v>257</v>
       </c>
       <c r="B190" t="s">
-        <v>188</v>
+        <v>258</v>
       </c>
       <c r="C190">
-        <v>19.896</v>
+        <v>12.972</v>
       </c>
       <c r="D190" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>189</v>
+        <v>259</v>
       </c>
       <c r="B191" t="s">
-        <v>190</v>
+        <v>260</v>
       </c>
       <c r="C191">
-        <v>19.896</v>
+        <v>12.996</v>
       </c>
       <c r="D191" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>191</v>
+        <v>261</v>
       </c>
       <c r="B192" t="s">
-        <v>192</v>
+        <v>262</v>
       </c>
       <c r="C192">
-        <v>19.896</v>
+        <v>13.392</v>
       </c>
       <c r="D192" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>193</v>
+        <v>263</v>
       </c>
       <c r="B193" t="s">
-        <v>194</v>
+        <v>264</v>
       </c>
       <c r="C193">
-        <v>19.896</v>
+        <v>13.62</v>
       </c>
       <c r="D193" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>195</v>
+        <v>265</v>
       </c>
       <c r="B194" t="s">
-        <v>196</v>
+        <v>266</v>
       </c>
       <c r="C194">
-        <v>19.896</v>
+        <v>13.8</v>
       </c>
       <c r="D194" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>197</v>
+        <v>267</v>
       </c>
       <c r="B195" t="s">
-        <v>198</v>
+        <v>268</v>
       </c>
       <c r="C195">
-        <v>19.896</v>
+        <v>13.8</v>
       </c>
       <c r="D195" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>207</v>
+        <v>269</v>
       </c>
       <c r="B196" t="s">
-        <v>208</v>
+        <v>270</v>
       </c>
       <c r="C196">
-        <v>19.992</v>
+        <v>14.352</v>
       </c>
       <c r="D196" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>209</v>
+        <v>271</v>
       </c>
       <c r="B197" t="s">
-        <v>210</v>
+        <v>272</v>
       </c>
       <c r="C197">
-        <v>19.992</v>
+        <v>14.352</v>
       </c>
       <c r="D197" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>211</v>
+        <v>273</v>
       </c>
       <c r="B198" t="s">
-        <v>212</v>
+        <v>274</v>
       </c>
       <c r="C198">
-        <v>19.992</v>
+        <v>14.604</v>
       </c>
       <c r="D198" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>213</v>
+        <v>275</v>
       </c>
       <c r="B199" t="s">
-        <v>214</v>
+        <v>276</v>
       </c>
       <c r="C199">
-        <v>19.992</v>
+        <v>14.82</v>
       </c>
       <c r="D199" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>215</v>
+        <v>277</v>
       </c>
       <c r="B200" t="s">
-        <v>216</v>
+        <v>278</v>
       </c>
       <c r="C200">
-        <v>19.992</v>
+        <v>14.82</v>
       </c>
       <c r="D200" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>217</v>
+        <v>279</v>
       </c>
       <c r="B201" t="s">
-        <v>218</v>
+        <v>280</v>
       </c>
       <c r="C201">
-        <v>20.052</v>
+        <v>14.82</v>
       </c>
       <c r="D201" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="B202" t="s">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="C202">
-        <v>7.2</v>
+        <v>5.868</v>
       </c>
       <c r="D202" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="B203" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C203">
-        <v>8.004</v>
+        <v>5.868</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="B204" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="C204">
-        <v>8.4</v>
+        <v>5.928</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="B205" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="C205">
-        <v>9.6</v>
+        <v>6.132</v>
       </c>
       <c r="D205" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="B206" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="C206">
-        <v>9.6</v>
+        <v>6.588</v>
       </c>
       <c r="D206" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="B207" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="C207">
-        <v>9.6</v>
+        <v>7.104</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="B208" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="C208">
-        <v>10.008</v>
+        <v>7.164</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="B209" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="C209">
-        <v>10.2</v>
+        <v>7.368</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="B210" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="C210">
-        <v>11.472</v>
+        <v>7.368</v>
       </c>
       <c r="D210" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="B211" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="C211">
-        <v>12.0</v>
+        <v>7.488</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="B212" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="C212">
-        <v>12.108</v>
+        <v>7.488</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="B213" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="C213">
-        <v>12.876</v>
+        <v>7.656</v>
       </c>
       <c r="D213" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="B214" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="C214">
-        <v>14.4</v>
+        <v>7.992</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="B215" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="C215">
-        <v>14.4</v>
+        <v>8.076</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="B216" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="C216">
-        <v>14.976</v>
+        <v>9.204</v>
       </c>
       <c r="D216" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="B217" t="s">
-        <v>40</v>
+        <v>68</v>
       </c>
       <c r="C217">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D217" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="B218" t="s">
-        <v>42</v>
+        <v>70</v>
       </c>
       <c r="C218">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D218" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="B219" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="C219">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="B220" t="s">
-        <v>46</v>
+        <v>74</v>
       </c>
       <c r="C220">
-        <v>15.0</v>
+        <v>9.552</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="B221" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="C221">
-        <v>15.0</v>
+        <v>9.552</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="B222" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="C222">
-        <v>15.0</v>
+        <v>9.672</v>
       </c>
       <c r="D222" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>51</v>
+        <v>87</v>
       </c>
       <c r="B223" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="C223">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D223" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>53</v>
+        <v>89</v>
       </c>
       <c r="B224" t="s">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C224">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D224" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>55</v>
+        <v>91</v>
       </c>
       <c r="B225" t="s">
-        <v>56</v>
+        <v>92</v>
       </c>
       <c r="C225">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D225" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="B226" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
       <c r="C226">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D226" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>59</v>
+        <v>95</v>
       </c>
       <c r="B227" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="C227">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="B228" t="s">
-        <v>62</v>
+        <v>98</v>
       </c>
       <c r="C228">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D228" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>63</v>
+        <v>101</v>
       </c>
       <c r="B229" t="s">
-        <v>64</v>
+        <v>102</v>
       </c>
       <c r="C229">
-        <v>15.0</v>
+        <v>9.816</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>65</v>
+        <v>103</v>
       </c>
       <c r="B230" t="s">
-        <v>66</v>
+        <v>104</v>
       </c>
       <c r="C230">
-        <v>15.0</v>
+        <v>10.02</v>
       </c>
       <c r="D230" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="B231" t="s">
-        <v>68</v>
+        <v>116</v>
       </c>
       <c r="C231">
-        <v>15.0</v>
+        <v>10.128</v>
       </c>
       <c r="D231" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>69</v>
+        <v>117</v>
       </c>
       <c r="B232" t="s">
-        <v>70</v>
+        <v>118</v>
       </c>
       <c r="C232">
-        <v>15.0</v>
+        <v>10.128</v>
       </c>
       <c r="D232" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>71</v>
+        <v>119</v>
       </c>
       <c r="B233" t="s">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="C233">
-        <v>15.0</v>
+        <v>10.128</v>
       </c>
       <c r="D233" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>77</v>
+        <v>121</v>
       </c>
       <c r="B234" t="s">
-        <v>78</v>
+        <v>122</v>
       </c>
       <c r="C234">
-        <v>15.6</v>
+        <v>10.128</v>
       </c>
       <c r="D234" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>79</v>
+        <v>123</v>
       </c>
       <c r="B235" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="C235">
-        <v>15.6</v>
+        <v>10.128</v>
       </c>
       <c r="D235" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="B236" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="C236">
-        <v>15.624</v>
+        <v>10.128</v>
       </c>
       <c r="D236" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>83</v>
+        <v>127</v>
       </c>
       <c r="B237" t="s">
-        <v>84</v>
+        <v>128</v>
       </c>
       <c r="C237">
-        <v>16.2</v>
+        <v>10.128</v>
       </c>
       <c r="D237" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>85</v>
+        <v>129</v>
       </c>
       <c r="B238" t="s">
-        <v>86</v>
+        <v>130</v>
       </c>
       <c r="C238">
-        <v>16.2</v>
+        <v>10.128</v>
       </c>
       <c r="D238" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>87</v>
+        <v>131</v>
       </c>
       <c r="B239" t="s">
-        <v>88</v>
+        <v>132</v>
       </c>
       <c r="C239">
-        <v>16.2</v>
+        <v>10.128</v>
       </c>
       <c r="D239" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>89</v>
+        <v>133</v>
       </c>
       <c r="B240" t="s">
-        <v>90</v>
+        <v>134</v>
       </c>
       <c r="C240">
-        <v>16.992</v>
+        <v>10.128</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>91</v>
+        <v>135</v>
       </c>
       <c r="B241" t="s">
-        <v>92</v>
+        <v>136</v>
       </c>
       <c r="C241">
-        <v>16.992</v>
+        <v>10.128</v>
       </c>
       <c r="D241" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="B242" t="s">
-        <v>94</v>
+        <v>138</v>
       </c>
       <c r="C242">
-        <v>18.0</v>
+        <v>10.128</v>
       </c>
       <c r="D242" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>95</v>
+        <v>139</v>
       </c>
       <c r="B243" t="s">
-        <v>96</v>
+        <v>140</v>
       </c>
       <c r="C243">
-        <v>18.0</v>
+        <v>10.128</v>
       </c>
       <c r="D243" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>97</v>
+        <v>141</v>
       </c>
       <c r="B244" t="s">
-        <v>98</v>
+        <v>142</v>
       </c>
       <c r="C244">
-        <v>18.0</v>
+        <v>10.128</v>
       </c>
       <c r="D244" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>99</v>
+        <v>143</v>
       </c>
       <c r="B245" t="s">
-        <v>100</v>
+        <v>144</v>
       </c>
       <c r="C245">
-        <v>18.0</v>
+        <v>10.128</v>
       </c>
       <c r="D245" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>101</v>
+        <v>145</v>
       </c>
       <c r="B246" t="s">
-        <v>102</v>
+        <v>146</v>
       </c>
       <c r="C246">
-        <v>18.684</v>
+        <v>10.128</v>
       </c>
       <c r="D246" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>103</v>
+        <v>147</v>
       </c>
       <c r="B247" t="s">
-        <v>104</v>
+        <v>148</v>
       </c>
       <c r="C247">
-        <v>18.684</v>
+        <v>10.128</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="B248" t="s">
-        <v>106</v>
+        <v>150</v>
       </c>
       <c r="C248">
-        <v>18.924</v>
+        <v>10.14</v>
       </c>
       <c r="D248" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="B249" t="s">
-        <v>110</v>
+        <v>152</v>
       </c>
       <c r="C249">
-        <v>18.996</v>
+        <v>10.164</v>
       </c>
       <c r="D249" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>111</v>
+        <v>153</v>
       </c>
       <c r="B250" t="s">
-        <v>112</v>
+        <v>154</v>
       </c>
       <c r="C250">
-        <v>18.996</v>
+        <v>10.164</v>
       </c>
       <c r="D250" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>113</v>
+        <v>155</v>
       </c>
       <c r="B251" t="s">
-        <v>114</v>
+        <v>156</v>
       </c>
       <c r="C251">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D251" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>115</v>
+        <v>157</v>
       </c>
       <c r="B252" t="s">
-        <v>116</v>
+        <v>158</v>
       </c>
       <c r="C252">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D252" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="B253" t="s">
-        <v>118</v>
+        <v>160</v>
       </c>
       <c r="C253">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D253" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>119</v>
+        <v>161</v>
       </c>
       <c r="B254" t="s">
-        <v>120</v>
+        <v>162</v>
       </c>
       <c r="C254">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D254" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>121</v>
+        <v>163</v>
       </c>
       <c r="B255" t="s">
-        <v>122</v>
+        <v>164</v>
       </c>
       <c r="C255">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D255" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>123</v>
+        <v>165</v>
       </c>
       <c r="B256" t="s">
-        <v>124</v>
+        <v>166</v>
       </c>
       <c r="C256">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D256" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>125</v>
+        <v>167</v>
       </c>
       <c r="B257" t="s">
-        <v>126</v>
+        <v>168</v>
       </c>
       <c r="C257">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D257" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>127</v>
+        <v>189</v>
       </c>
       <c r="B258" t="s">
-        <v>128</v>
+        <v>190</v>
       </c>
       <c r="C258">
-        <v>18.996</v>
+        <v>11.04</v>
       </c>
       <c r="D258" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>129</v>
+        <v>193</v>
       </c>
       <c r="B259" t="s">
-        <v>130</v>
+        <v>194</v>
       </c>
       <c r="C259">
-        <v>18.996</v>
+        <v>12.144</v>
       </c>
       <c r="D259" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>131</v>
+        <v>213</v>
       </c>
       <c r="B260" t="s">
-        <v>132</v>
+        <v>214</v>
       </c>
       <c r="C260">
-        <v>18.996</v>
+        <v>12.276</v>
       </c>
       <c r="D260" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>133</v>
+        <v>215</v>
       </c>
       <c r="B261" t="s">
-        <v>134</v>
+        <v>216</v>
       </c>
       <c r="C261">
-        <v>19.2</v>
+        <v>12.276</v>
       </c>
       <c r="D261" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>135</v>
+        <v>217</v>
       </c>
       <c r="B262" t="s">
-        <v>136</v>
+        <v>218</v>
       </c>
       <c r="C262">
-        <v>19.596</v>
+        <v>12.276</v>
       </c>
       <c r="D262" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>141</v>
+        <v>219</v>
       </c>
       <c r="B263" t="s">
-        <v>142</v>
+        <v>220</v>
       </c>
       <c r="C263">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D263" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>143</v>
+        <v>221</v>
       </c>
       <c r="B264" t="s">
-        <v>144</v>
+        <v>222</v>
       </c>
       <c r="C264">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D264" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>145</v>
+        <v>223</v>
       </c>
       <c r="B265" t="s">
-        <v>146</v>
+        <v>224</v>
       </c>
       <c r="C265">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D265" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>147</v>
+        <v>225</v>
       </c>
       <c r="B266" t="s">
-        <v>148</v>
+        <v>226</v>
       </c>
       <c r="C266">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D266" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>149</v>
+        <v>227</v>
       </c>
       <c r="B267" t="s">
-        <v>150</v>
+        <v>228</v>
       </c>
       <c r="C267">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D267" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>151</v>
+        <v>229</v>
       </c>
       <c r="B268" t="s">
-        <v>152</v>
+        <v>230</v>
       </c>
       <c r="C268">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D268" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>153</v>
+        <v>231</v>
       </c>
       <c r="B269" t="s">
-        <v>154</v>
+        <v>232</v>
       </c>
       <c r="C269">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D269" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>155</v>
+        <v>233</v>
       </c>
       <c r="B270" t="s">
-        <v>156</v>
+        <v>234</v>
       </c>
       <c r="C270">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D270" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>157</v>
+        <v>235</v>
       </c>
       <c r="B271" t="s">
-        <v>158</v>
+        <v>236</v>
       </c>
       <c r="C271">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D271" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>159</v>
+        <v>237</v>
       </c>
       <c r="B272" t="s">
-        <v>160</v>
+        <v>238</v>
       </c>
       <c r="C272">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D272" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>161</v>
+        <v>239</v>
       </c>
       <c r="B273" t="s">
-        <v>162</v>
+        <v>240</v>
       </c>
       <c r="C273">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D273" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>163</v>
+        <v>241</v>
       </c>
       <c r="B274" t="s">
-        <v>164</v>
+        <v>242</v>
       </c>
       <c r="C274">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D274" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>165</v>
+        <v>243</v>
       </c>
       <c r="B275" t="s">
-        <v>166</v>
+        <v>244</v>
       </c>
       <c r="C275">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D275" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>167</v>
+        <v>245</v>
       </c>
       <c r="B276" t="s">
-        <v>168</v>
+        <v>246</v>
       </c>
       <c r="C276">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D276" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>169</v>
+        <v>247</v>
       </c>
       <c r="B277" t="s">
-        <v>170</v>
+        <v>248</v>
       </c>
       <c r="C277">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D277" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>171</v>
+        <v>249</v>
       </c>
       <c r="B278" t="s">
-        <v>172</v>
+        <v>250</v>
       </c>
       <c r="C278">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D278" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>173</v>
+        <v>251</v>
       </c>
       <c r="B279" t="s">
-        <v>174</v>
+        <v>252</v>
       </c>
       <c r="C279">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D279" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>175</v>
+        <v>253</v>
       </c>
       <c r="B280" t="s">
-        <v>176</v>
+        <v>254</v>
       </c>
       <c r="C280">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D280" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>177</v>
+        <v>255</v>
       </c>
       <c r="B281" t="s">
-        <v>178</v>
+        <v>256</v>
       </c>
       <c r="C281">
-        <v>19.8</v>
+        <v>12.84</v>
       </c>
       <c r="D281" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>179</v>
+        <v>257</v>
       </c>
       <c r="B282" t="s">
-        <v>180</v>
+        <v>258</v>
       </c>
       <c r="C282">
-        <v>19.8</v>
+        <v>12.972</v>
       </c>
       <c r="D282" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>181</v>
+        <v>259</v>
       </c>
       <c r="B283" t="s">
-        <v>182</v>
+        <v>260</v>
       </c>
       <c r="C283">
-        <v>19.8</v>
+        <v>12.996</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>183</v>
+        <v>261</v>
       </c>
       <c r="B284" t="s">
-        <v>184</v>
+        <v>262</v>
       </c>
       <c r="C284">
-        <v>19.836</v>
+        <v>13.392</v>
       </c>
       <c r="D284" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>185</v>
+        <v>263</v>
       </c>
       <c r="B285" t="s">
-        <v>186</v>
+        <v>264</v>
       </c>
       <c r="C285">
-        <v>19.896</v>
+        <v>13.62</v>
       </c>
       <c r="D285" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>187</v>
+        <v>265</v>
       </c>
       <c r="B286" t="s">
-        <v>188</v>
+        <v>266</v>
       </c>
       <c r="C286">
-        <v>19.896</v>
+        <v>13.8</v>
       </c>
       <c r="D286" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>189</v>
+        <v>267</v>
       </c>
       <c r="B287" t="s">
-        <v>190</v>
+        <v>268</v>
       </c>
       <c r="C287">
-        <v>19.896</v>
+        <v>13.8</v>
       </c>
       <c r="D287" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>191</v>
+        <v>269</v>
       </c>
       <c r="B288" t="s">
-        <v>192</v>
+        <v>270</v>
       </c>
       <c r="C288">
-        <v>19.896</v>
+        <v>14.352</v>
       </c>
       <c r="D288" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>193</v>
+        <v>271</v>
       </c>
       <c r="B289" t="s">
-        <v>194</v>
+        <v>272</v>
       </c>
       <c r="C289">
-        <v>19.896</v>
+        <v>14.352</v>
       </c>
       <c r="D289" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>195</v>
+        <v>273</v>
       </c>
       <c r="B290" t="s">
-        <v>196</v>
+        <v>274</v>
       </c>
       <c r="C290">
-        <v>19.896</v>
+        <v>14.604</v>
       </c>
       <c r="D290" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>197</v>
+        <v>281</v>
       </c>
       <c r="B291" t="s">
-        <v>198</v>
+        <v>282</v>
       </c>
       <c r="C291">
-        <v>19.896</v>
+        <v>14.82</v>
       </c>
       <c r="D291" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>219</v>
+        <v>283</v>
       </c>
       <c r="B292" t="s">
-        <v>220</v>
+        <v>284</v>
       </c>
       <c r="C292">
-        <v>20.808</v>
+        <v>14.82</v>
       </c>
       <c r="D292" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>221</v>
+        <v>285</v>
       </c>
       <c r="B293" t="s">
-        <v>222</v>
+        <v>286</v>
       </c>
       <c r="C293">
-        <v>21.252</v>
+        <v>14.82</v>
       </c>
       <c r="D293" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>223</v>
+        <v>287</v>
       </c>
       <c r="B294" t="s">
-        <v>224</v>
+        <v>288</v>
       </c>
       <c r="C294">
-        <v>21.252</v>
+        <v>14.82</v>
       </c>
       <c r="D294" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>225</v>
+        <v>289</v>
       </c>
       <c r="B295" t="s">
-        <v>226</v>
+        <v>290</v>
       </c>
       <c r="C295">
-        <v>21.6</v>
+        <v>14.82</v>
       </c>
       <c r="D295" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>227</v>
+        <v>291</v>
       </c>
       <c r="B296" t="s">
-        <v>228</v>
+        <v>292</v>
       </c>
       <c r="C296">
-        <v>22.8</v>
+        <v>14.82</v>
       </c>
       <c r="D296" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>229</v>
+        <v>293</v>
       </c>
       <c r="B297" t="s">
-        <v>230</v>
+        <v>294</v>
       </c>
       <c r="C297">
-        <v>23.4</v>
+        <v>14.82</v>
       </c>
       <c r="D297" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>231</v>
+        <v>295</v>
       </c>
       <c r="B298" t="s">
-        <v>232</v>
+        <v>296</v>
       </c>
       <c r="C298">
-        <v>23.748</v>
+        <v>14.82</v>
       </c>
       <c r="D298" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>233</v>
+        <v>297</v>
       </c>
       <c r="B299" t="s">
-        <v>234</v>
+        <v>298</v>
       </c>
       <c r="C299">
-        <v>24.0</v>
+        <v>14.82</v>
       </c>
       <c r="D299" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>235</v>
+        <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>236</v>
+        <v>300</v>
       </c>
       <c r="C300">
-        <v>24.0</v>
+        <v>14.82</v>
       </c>
       <c r="D300" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>237</v>
+        <v>301</v>
       </c>
       <c r="B301" t="s">
-        <v>238</v>
+        <v>302</v>
       </c>
       <c r="C301">
-        <v>24.0</v>
+        <v>14.82</v>
       </c>
       <c r="D301" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="B302" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="C302">
-        <v>8.4</v>
+        <v>5.868</v>
       </c>
       <c r="D302" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="B303" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C303">
-        <v>9.6</v>
+        <v>5.868</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B304" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C304">
-        <v>10.2</v>
+        <v>5.928</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B305" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C305">
-        <v>11.472</v>
+        <v>6.132</v>
       </c>
       <c r="D305" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B306" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C306">
-        <v>12.0</v>
+        <v>6.588</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="B307" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="C307">
-        <v>12.876</v>
+        <v>7.368</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="B308" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="C308">
-        <v>14.4</v>
+        <v>7.368</v>
       </c>
       <c r="D308" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="B309" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="C309">
-        <v>14.4</v>
+        <v>7.488</v>
       </c>
       <c r="D309" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B310" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C310">
-        <v>14.976</v>
+        <v>7.488</v>
       </c>
       <c r="D310" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B311" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C311">
-        <v>15.0</v>
+        <v>7.656</v>
       </c>
       <c r="D311" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B312" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C312">
-        <v>15.0</v>
+        <v>7.992</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="B313" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C313">
-        <v>15.0</v>
+        <v>8.076</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="B314" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="C314">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D314" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="B315" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="C315">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D315" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="B316" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="C316">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D316" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="B317" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="C317">
-        <v>15.0</v>
+        <v>9.204</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="B318" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="C318">
-        <v>15.0</v>
+        <v>9.552</v>
       </c>
       <c r="D318" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="B319" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="C319">
-        <v>15.0</v>
+        <v>9.552</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="B320" t="s">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="C320">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D320" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="B321" t="s">
-        <v>68</v>
+        <v>94</v>
       </c>
       <c r="C321">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D321" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>69</v>
+        <v>95</v>
       </c>
       <c r="B322" t="s">
-        <v>70</v>
+        <v>96</v>
       </c>
       <c r="C322">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D322" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>71</v>
+        <v>97</v>
       </c>
       <c r="B323" t="s">
-        <v>72</v>
+        <v>98</v>
       </c>
       <c r="C323">
-        <v>15.0</v>
+        <v>9.708</v>
       </c>
       <c r="D323" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>77</v>
+        <v>103</v>
       </c>
       <c r="B324" t="s">
-        <v>78</v>
+        <v>104</v>
       </c>
       <c r="C324">
-        <v>15.6</v>
+        <v>10.02</v>
       </c>
       <c r="D324" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>79</v>
+        <v>123</v>
       </c>
       <c r="B325" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="C325">
-        <v>15.6</v>
+        <v>10.128</v>
       </c>
       <c r="D325" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="B326" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="C326">
-        <v>15.624</v>
+        <v>10.128</v>
       </c>
       <c r="D326" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="B327" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="C327">
-        <v>16.2</v>
+        <v>10.128</v>
       </c>
       <c r="D327" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
       <c r="B328" t="s">
-        <v>88</v>
+        <v>130</v>
       </c>
       <c r="C328">
-        <v>16.2</v>
+        <v>10.128</v>
       </c>
       <c r="D328" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>91</v>
+        <v>131</v>
       </c>
       <c r="B329" t="s">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="C329">
-        <v>16.992</v>
+        <v>10.128</v>
       </c>
       <c r="D329" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>93</v>
+        <v>133</v>
       </c>
       <c r="B330" t="s">
-        <v>94</v>
+        <v>134</v>
       </c>
       <c r="C330">
-        <v>18.0</v>
+        <v>10.128</v>
       </c>
       <c r="D330" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>95</v>
+        <v>135</v>
       </c>
       <c r="B331" t="s">
-        <v>96</v>
+        <v>136</v>
       </c>
       <c r="C331">
-        <v>18.0</v>
+        <v>10.128</v>
       </c>
       <c r="D331" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>97</v>
+        <v>137</v>
       </c>
       <c r="B332" t="s">
-        <v>98</v>
+        <v>138</v>
       </c>
       <c r="C332">
-        <v>18.0</v>
+        <v>10.128</v>
       </c>
       <c r="D332" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>99</v>
+        <v>139</v>
       </c>
       <c r="B333" t="s">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="C333">
-        <v>18.0</v>
+        <v>10.128</v>
       </c>
       <c r="D333" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>101</v>
+        <v>141</v>
       </c>
       <c r="B334" t="s">
-        <v>102</v>
+        <v>142</v>
       </c>
       <c r="C334">
-        <v>18.684</v>
+        <v>10.128</v>
       </c>
       <c r="D334" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>103</v>
+        <v>143</v>
       </c>
       <c r="B335" t="s">
-        <v>104</v>
+        <v>144</v>
       </c>
       <c r="C335">
-        <v>18.684</v>
+        <v>10.128</v>
       </c>
       <c r="D335" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>105</v>
+        <v>145</v>
       </c>
       <c r="B336" t="s">
-        <v>106</v>
+        <v>146</v>
       </c>
       <c r="C336">
-        <v>18.924</v>
+        <v>10.128</v>
       </c>
       <c r="D336" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>119</v>
+        <v>147</v>
       </c>
       <c r="B337" t="s">
-        <v>120</v>
+        <v>148</v>
       </c>
       <c r="C337">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D337" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>121</v>
+        <v>149</v>
       </c>
       <c r="B338" t="s">
-        <v>122</v>
+        <v>150</v>
       </c>
       <c r="C338">
-        <v>18.996</v>
+        <v>10.14</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>123</v>
+        <v>151</v>
       </c>
       <c r="B339" t="s">
-        <v>124</v>
+        <v>152</v>
       </c>
       <c r="C339">
-        <v>18.996</v>
+        <v>10.164</v>
       </c>
       <c r="D339" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>125</v>
+        <v>153</v>
       </c>
       <c r="B340" t="s">
-        <v>126</v>
+        <v>154</v>
       </c>
       <c r="C340">
-        <v>18.996</v>
+        <v>10.164</v>
       </c>
       <c r="D340" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>127</v>
+        <v>159</v>
       </c>
       <c r="B341" t="s">
-        <v>128</v>
+        <v>160</v>
       </c>
       <c r="C341">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D341" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="B342" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="C342">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D342" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="B343" t="s">
-        <v>132</v>
+        <v>164</v>
       </c>
       <c r="C343">
-        <v>18.996</v>
+        <v>10.176</v>
       </c>
       <c r="D343" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>133</v>
+        <v>165</v>
       </c>
       <c r="B344" t="s">
-        <v>134</v>
+        <v>166</v>
       </c>
       <c r="C344">
-        <v>19.2</v>
+        <v>10.176</v>
       </c>
       <c r="D344" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>135</v>
+        <v>167</v>
       </c>
       <c r="B345" t="s">
-        <v>136</v>
+        <v>168</v>
       </c>
       <c r="C345">
-        <v>19.596</v>
+        <v>10.176</v>
       </c>
       <c r="D345" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>143</v>
+        <v>189</v>
       </c>
       <c r="B346" t="s">
-        <v>144</v>
+        <v>190</v>
       </c>
       <c r="C346">
-        <v>19.8</v>
+        <v>11.04</v>
       </c>
       <c r="D346" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>145</v>
+        <v>193</v>
       </c>
       <c r="B347" t="s">
-        <v>146</v>
+        <v>194</v>
       </c>
       <c r="C347">
-        <v>19.8</v>
+        <v>12.144</v>
       </c>
       <c r="D347" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>147</v>
+        <v>239</v>
       </c>
       <c r="B348" t="s">
-        <v>148</v>
+        <v>240</v>
       </c>
       <c r="C348">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D348" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>149</v>
+        <v>241</v>
       </c>
       <c r="B349" t="s">
-        <v>150</v>
+        <v>242</v>
       </c>
       <c r="C349">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D349" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>151</v>
+        <v>243</v>
       </c>
       <c r="B350" t="s">
-        <v>152</v>
+        <v>244</v>
       </c>
       <c r="C350">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D350" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>153</v>
+        <v>245</v>
       </c>
       <c r="B351" t="s">
-        <v>154</v>
+        <v>246</v>
       </c>
       <c r="C351">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D351" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>155</v>
+        <v>247</v>
       </c>
       <c r="B352" t="s">
-        <v>156</v>
+        <v>248</v>
       </c>
       <c r="C352">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D352" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>157</v>
+        <v>249</v>
       </c>
       <c r="B353" t="s">
-        <v>158</v>
+        <v>250</v>
       </c>
       <c r="C353">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D353" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>159</v>
+        <v>251</v>
       </c>
       <c r="B354" t="s">
-        <v>160</v>
+        <v>252</v>
       </c>
       <c r="C354">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D354" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>161</v>
+        <v>253</v>
       </c>
       <c r="B355" t="s">
-        <v>162</v>
+        <v>254</v>
       </c>
       <c r="C355">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D355" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>163</v>
+        <v>255</v>
       </c>
       <c r="B356" t="s">
-        <v>164</v>
+        <v>256</v>
       </c>
       <c r="C356">
-        <v>19.8</v>
+        <v>12.84</v>
       </c>
       <c r="D356" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>165</v>
+        <v>257</v>
       </c>
       <c r="B357" t="s">
-        <v>166</v>
+        <v>258</v>
       </c>
       <c r="C357">
-        <v>19.8</v>
+        <v>12.972</v>
       </c>
       <c r="D357" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>167</v>
+        <v>259</v>
       </c>
       <c r="B358" t="s">
-        <v>168</v>
+        <v>260</v>
       </c>
       <c r="C358">
-        <v>19.8</v>
+        <v>12.996</v>
       </c>
       <c r="D358" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>169</v>
+        <v>261</v>
       </c>
       <c r="B359" t="s">
-        <v>170</v>
+        <v>262</v>
       </c>
       <c r="C359">
-        <v>19.8</v>
+        <v>13.392</v>
       </c>
       <c r="D359" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>171</v>
+        <v>263</v>
       </c>
       <c r="B360" t="s">
-        <v>172</v>
+        <v>264</v>
       </c>
       <c r="C360">
-        <v>19.8</v>
+        <v>13.62</v>
       </c>
       <c r="D360" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>173</v>
+        <v>265</v>
       </c>
       <c r="B361" t="s">
-        <v>174</v>
+        <v>266</v>
       </c>
       <c r="C361">
-        <v>19.8</v>
+        <v>13.8</v>
       </c>
       <c r="D361" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>175</v>
+        <v>267</v>
       </c>
       <c r="B362" t="s">
-        <v>176</v>
+        <v>268</v>
       </c>
       <c r="C362">
-        <v>19.8</v>
+        <v>13.8</v>
       </c>
       <c r="D362" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>177</v>
+        <v>269</v>
       </c>
       <c r="B363" t="s">
-        <v>178</v>
+        <v>270</v>
       </c>
       <c r="C363">
-        <v>19.8</v>
+        <v>14.352</v>
       </c>
       <c r="D363" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>179</v>
+        <v>271</v>
       </c>
       <c r="B364" t="s">
-        <v>180</v>
+        <v>272</v>
       </c>
       <c r="C364">
-        <v>19.8</v>
+        <v>14.352</v>
       </c>
       <c r="D364" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>181</v>
+        <v>273</v>
       </c>
       <c r="B365" t="s">
-        <v>182</v>
+        <v>274</v>
       </c>
       <c r="C365">
-        <v>19.8</v>
+        <v>14.604</v>
       </c>
       <c r="D365" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>183</v>
+        <v>303</v>
       </c>
       <c r="B366" t="s">
-        <v>184</v>
+        <v>304</v>
       </c>
       <c r="C366">
-        <v>19.836</v>
+        <v>14.82</v>
       </c>
       <c r="D366" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>185</v>
+        <v>305</v>
       </c>
       <c r="B367" t="s">
-        <v>186</v>
+        <v>306</v>
       </c>
       <c r="C367">
-        <v>19.896</v>
+        <v>14.82</v>
       </c>
       <c r="D367" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>187</v>
+        <v>307</v>
       </c>
       <c r="B368" t="s">
-        <v>188</v>
+        <v>308</v>
       </c>
       <c r="C368">
-        <v>19.896</v>
+        <v>14.82</v>
       </c>
       <c r="D368" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>189</v>
+        <v>309</v>
       </c>
       <c r="B369" t="s">
-        <v>190</v>
+        <v>310</v>
       </c>
       <c r="C369">
-        <v>19.896</v>
+        <v>14.82</v>
       </c>
       <c r="D369" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>191</v>
+        <v>311</v>
       </c>
       <c r="B370" t="s">
-        <v>192</v>
+        <v>312</v>
       </c>
       <c r="C370">
-        <v>19.896</v>
+        <v>14.82</v>
       </c>
       <c r="D370" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>193</v>
+        <v>313</v>
       </c>
       <c r="B371" t="s">
-        <v>194</v>
+        <v>314</v>
       </c>
       <c r="C371">
-        <v>19.896</v>
+        <v>14.82</v>
       </c>
       <c r="D371" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>195</v>
+        <v>315</v>
       </c>
       <c r="B372" t="s">
-        <v>196</v>
+        <v>316</v>
       </c>
       <c r="C372">
-        <v>19.896</v>
+        <v>14.82</v>
       </c>
       <c r="D372" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>197</v>
+        <v>317</v>
       </c>
       <c r="B373" t="s">
-        <v>198</v>
+        <v>318</v>
       </c>
       <c r="C373">
-        <v>19.896</v>
+        <v>14.82</v>
       </c>
       <c r="D373" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>219</v>
+        <v>319</v>
       </c>
       <c r="B374" t="s">
-        <v>220</v>
+        <v>320</v>
       </c>
       <c r="C374">
-        <v>20.808</v>
+        <v>15.012</v>
       </c>
       <c r="D374" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>221</v>
+        <v>321</v>
       </c>
       <c r="B375" t="s">
-        <v>222</v>
+        <v>322</v>
       </c>
       <c r="C375">
-        <v>21.252</v>
+        <v>15.336</v>
       </c>
       <c r="D375" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>223</v>
+        <v>323</v>
       </c>
       <c r="B376" t="s">
-        <v>224</v>
+        <v>324</v>
       </c>
       <c r="C376">
-        <v>21.252</v>
+        <v>15.336</v>
       </c>
       <c r="D376" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>225</v>
+        <v>325</v>
       </c>
       <c r="B377" t="s">
-        <v>226</v>
+        <v>326</v>
       </c>
       <c r="C377">
-        <v>21.6</v>
+        <v>15.336</v>
       </c>
       <c r="D377" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>227</v>
+        <v>327</v>
       </c>
       <c r="B378" t="s">
-        <v>228</v>
+        <v>328</v>
       </c>
       <c r="C378">
-        <v>22.8</v>
+        <v>15.336</v>
       </c>
       <c r="D378" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>229</v>
+        <v>329</v>
       </c>
       <c r="B379" t="s">
-        <v>230</v>
+        <v>330</v>
       </c>
       <c r="C379">
-        <v>23.4</v>
+        <v>15.336</v>
       </c>
       <c r="D379" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>231</v>
+        <v>331</v>
       </c>
       <c r="B380" t="s">
-        <v>232</v>
+        <v>332</v>
       </c>
       <c r="C380">
-        <v>23.748</v>
+        <v>15.336</v>
       </c>
       <c r="D380" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>239</v>
+        <v>333</v>
       </c>
       <c r="B381" t="s">
-        <v>240</v>
+        <v>334</v>
       </c>
       <c r="C381">
-        <v>24.0</v>
+        <v>15.336</v>
       </c>
       <c r="D381" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>241</v>
+        <v>335</v>
       </c>
       <c r="B382" t="s">
-        <v>242</v>
+        <v>336</v>
       </c>
       <c r="C382">
-        <v>24.0</v>
+        <v>16.872</v>
       </c>
       <c r="D382" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>243</v>
+        <v>337</v>
       </c>
       <c r="B383" t="s">
-        <v>244</v>
+        <v>338</v>
       </c>
       <c r="C383">
-        <v>24.0</v>
+        <v>16.992</v>
       </c>
       <c r="D383" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>245</v>
+        <v>339</v>
       </c>
       <c r="B384" t="s">
-        <v>246</v>
+        <v>340</v>
       </c>
       <c r="C384">
-        <v>24.0</v>
+        <v>17.028</v>
       </c>
       <c r="D384" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>247</v>
+        <v>341</v>
       </c>
       <c r="B385" t="s">
-        <v>248</v>
+        <v>342</v>
       </c>
       <c r="C385">
-        <v>24.0</v>
+        <v>17.796</v>
       </c>
       <c r="D385" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>249</v>
+        <v>343</v>
       </c>
       <c r="B386" t="s">
-        <v>250</v>
+        <v>344</v>
       </c>
       <c r="C386">
-        <v>24.0</v>
+        <v>17.796</v>
       </c>
       <c r="D386" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>251</v>
+        <v>345</v>
       </c>
       <c r="B387" t="s">
-        <v>252</v>
+        <v>346</v>
       </c>
       <c r="C387">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D387" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>253</v>
+        <v>347</v>
       </c>
       <c r="B388" t="s">
-        <v>254</v>
+        <v>348</v>
       </c>
       <c r="C388">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D388" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>255</v>
+        <v>349</v>
       </c>
       <c r="B389" t="s">
-        <v>256</v>
+        <v>350</v>
       </c>
       <c r="C389">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D389" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>257</v>
+        <v>351</v>
       </c>
       <c r="B390" t="s">
-        <v>258</v>
+        <v>352</v>
       </c>
       <c r="C390">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D390" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>259</v>
+        <v>353</v>
       </c>
       <c r="B391" t="s">
-        <v>260</v>
+        <v>354</v>
       </c>
       <c r="C391">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D391" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>261</v>
+        <v>355</v>
       </c>
       <c r="B392" t="s">
-        <v>262</v>
+        <v>356</v>
       </c>
       <c r="C392">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D392" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>263</v>
+        <v>357</v>
       </c>
       <c r="B393" t="s">
-        <v>264</v>
+        <v>358</v>
       </c>
       <c r="C393">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D393" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>265</v>
+        <v>359</v>
       </c>
       <c r="B394" t="s">
-        <v>266</v>
+        <v>360</v>
       </c>
       <c r="C394">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D394" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>267</v>
+        <v>361</v>
       </c>
       <c r="B395" t="s">
-        <v>268</v>
+        <v>362</v>
       </c>
       <c r="C395">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D395" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>269</v>
+        <v>363</v>
       </c>
       <c r="B396" t="s">
-        <v>270</v>
+        <v>364</v>
       </c>
       <c r="C396">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D396" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>271</v>
+        <v>365</v>
       </c>
       <c r="B397" t="s">
-        <v>272</v>
+        <v>366</v>
       </c>
       <c r="C397">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D397" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>273</v>
+        <v>367</v>
       </c>
       <c r="B398" t="s">
-        <v>274</v>
+        <v>368</v>
       </c>
       <c r="C398">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D398" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>275</v>
+        <v>369</v>
       </c>
       <c r="B399" t="s">
-        <v>276</v>
+        <v>370</v>
       </c>
       <c r="C399">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D399" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>277</v>
+        <v>371</v>
       </c>
       <c r="B400" t="s">
-        <v>278</v>
+        <v>372</v>
       </c>
       <c r="C400">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D400" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>279</v>
+        <v>373</v>
       </c>
       <c r="B401" t="s">
-        <v>280</v>
+        <v>374</v>
       </c>
       <c r="C401">
-        <v>24.0</v>
+        <v>17.892</v>
       </c>
       <c r="D401" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="B402" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="C402">
-        <v>8.4</v>
+        <v>5.868</v>
       </c>
       <c r="D402" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="B403" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C403">
-        <v>9.6</v>
+        <v>5.868</v>
       </c>
       <c r="D403" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B404" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C404">
-        <v>10.2</v>
+        <v>5.928</v>
       </c>
       <c r="D404" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B405" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C405">
-        <v>11.472</v>
+        <v>6.132</v>
       </c>
       <c r="D405" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B406" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C406">
-        <v>12.0</v>
+        <v>6.588</v>
       </c>
       <c r="D406" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="B407" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="C407">
-        <v>12.876</v>
+        <v>7.368</v>
       </c>
       <c r="D407" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="B408" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="C408">
-        <v>14.4</v>
+        <v>7.368</v>
       </c>
       <c r="D408" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="B409" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="C409">
-        <v>14.4</v>
+        <v>7.488</v>
       </c>
       <c r="D409" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B410" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C410">
-        <v>14.976</v>
+        <v>7.488</v>
       </c>
       <c r="D410" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>81</v>
+        <v>49</v>
       </c>
       <c r="B411" t="s">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="C411">
-        <v>15.624</v>
+        <v>7.656</v>
       </c>
       <c r="D411" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>85</v>
+        <v>57</v>
       </c>
       <c r="B412" t="s">
-        <v>86</v>
+        <v>58</v>
       </c>
       <c r="C412">
-        <v>16.2</v>
+        <v>7.992</v>
       </c>
       <c r="D412" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>87</v>
+        <v>59</v>
       </c>
       <c r="B413" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="C413">
-        <v>16.2</v>
+        <v>8.076</v>
       </c>
       <c r="D413" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="B414" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="C414">
-        <v>16.992</v>
+        <v>9.204</v>
       </c>
       <c r="D414" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="B415" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="C415">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D415" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="B416" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="C416">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D416" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="B417" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="C417">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D417" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="B418" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="C418">
-        <v>18.0</v>
+        <v>9.552</v>
       </c>
       <c r="D418" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
       <c r="B419" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
       <c r="C419">
-        <v>18.684</v>
+        <v>9.552</v>
       </c>
       <c r="D419" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
         <v>103</v>
       </c>
       <c r="B420" t="s">
         <v>104</v>
       </c>
       <c r="C420">
-        <v>18.684</v>
+        <v>10.02</v>
       </c>
       <c r="D420" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="B421" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="C421">
-        <v>18.924</v>
+        <v>10.128</v>
       </c>
       <c r="D421" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="B422" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="C422">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D422" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="B423" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="C423">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D423" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="B424" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="C424">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D424" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="B425" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="C425">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D425" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="B426" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="C426">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D426" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="B427" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="C427">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D427" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="B428" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="C428">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D428" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="B429" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="C429">
-        <v>19.2</v>
+        <v>10.128</v>
       </c>
       <c r="D429" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="B430" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="C430">
-        <v>19.596</v>
+        <v>10.128</v>
       </c>
       <c r="D430" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="B431" t="s">
-        <v>160</v>
+        <v>148</v>
       </c>
       <c r="C431">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D431" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="B432" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="C432">
-        <v>19.8</v>
+        <v>10.14</v>
       </c>
       <c r="D432" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="B433" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="C433">
-        <v>19.8</v>
+        <v>10.164</v>
       </c>
       <c r="D433" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="B434" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="C434">
-        <v>19.8</v>
+        <v>10.164</v>
       </c>
       <c r="D434" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B435" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C435">
-        <v>19.8</v>
+        <v>10.176</v>
       </c>
       <c r="D435" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B436" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C436">
-        <v>19.8</v>
+        <v>10.176</v>
       </c>
       <c r="D436" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>171</v>
+        <v>189</v>
       </c>
       <c r="B437" t="s">
-        <v>172</v>
+        <v>190</v>
       </c>
       <c r="C437">
-        <v>19.8</v>
+        <v>11.04</v>
       </c>
       <c r="D437" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>173</v>
+        <v>193</v>
       </c>
       <c r="B438" t="s">
-        <v>174</v>
+        <v>194</v>
       </c>
       <c r="C438">
-        <v>19.8</v>
+        <v>12.144</v>
       </c>
       <c r="D438" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>175</v>
+        <v>241</v>
       </c>
       <c r="B439" t="s">
-        <v>176</v>
+        <v>242</v>
       </c>
       <c r="C439">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D439" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>177</v>
+        <v>243</v>
       </c>
       <c r="B440" t="s">
-        <v>178</v>
+        <v>244</v>
       </c>
       <c r="C440">
-        <v>19.8</v>
+        <v>12.276</v>
       </c>
       <c r="D440" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>179</v>
+        <v>245</v>
       </c>
       <c r="B441" t="s">
-        <v>180</v>
+        <v>246</v>
       </c>
       <c r="C441">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D441" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>181</v>
+        <v>247</v>
       </c>
       <c r="B442" t="s">
-        <v>182</v>
+        <v>248</v>
       </c>
       <c r="C442">
-        <v>19.8</v>
+        <v>12.78</v>
       </c>
       <c r="D442" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>183</v>
+        <v>249</v>
       </c>
       <c r="B443" t="s">
-        <v>184</v>
+        <v>250</v>
       </c>
       <c r="C443">
-        <v>19.836</v>
+        <v>12.78</v>
       </c>
       <c r="D443" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>189</v>
+        <v>251</v>
       </c>
       <c r="B444" t="s">
-        <v>190</v>
+        <v>252</v>
       </c>
       <c r="C444">
-        <v>19.896</v>
+        <v>12.78</v>
       </c>
       <c r="D444" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>191</v>
+        <v>253</v>
       </c>
       <c r="B445" t="s">
-        <v>192</v>
+        <v>254</v>
       </c>
       <c r="C445">
-        <v>19.896</v>
+        <v>12.78</v>
       </c>
       <c r="D445" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>193</v>
+        <v>255</v>
       </c>
       <c r="B446" t="s">
-        <v>194</v>
+        <v>256</v>
       </c>
       <c r="C446">
-        <v>19.896</v>
+        <v>12.84</v>
       </c>
       <c r="D446" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>195</v>
+        <v>257</v>
       </c>
       <c r="B447" t="s">
-        <v>196</v>
+        <v>258</v>
       </c>
       <c r="C447">
-        <v>19.896</v>
+        <v>12.972</v>
       </c>
       <c r="D447" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>197</v>
+        <v>259</v>
       </c>
       <c r="B448" t="s">
-        <v>198</v>
+        <v>260</v>
       </c>
       <c r="C448">
-        <v>19.896</v>
+        <v>12.996</v>
       </c>
       <c r="D448" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
-        <v>219</v>
+        <v>261</v>
       </c>
       <c r="B449" t="s">
-        <v>220</v>
+        <v>262</v>
       </c>
       <c r="C449">
-        <v>20.808</v>
+        <v>13.392</v>
       </c>
       <c r="D449" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>221</v>
+        <v>265</v>
       </c>
       <c r="B450" t="s">
-        <v>222</v>
+        <v>266</v>
       </c>
       <c r="C450">
-        <v>21.252</v>
+        <v>13.8</v>
       </c>
       <c r="D450" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>223</v>
+        <v>267</v>
       </c>
       <c r="B451" t="s">
-        <v>224</v>
+        <v>268</v>
       </c>
       <c r="C451">
-        <v>21.252</v>
+        <v>13.8</v>
       </c>
       <c r="D451" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
-        <v>225</v>
+        <v>269</v>
       </c>
       <c r="B452" t="s">
-        <v>226</v>
+        <v>270</v>
       </c>
       <c r="C452">
-        <v>21.6</v>
+        <v>14.352</v>
       </c>
       <c r="D452" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
-        <v>227</v>
+        <v>271</v>
       </c>
       <c r="B453" t="s">
-        <v>228</v>
+        <v>272</v>
       </c>
       <c r="C453">
-        <v>22.8</v>
+        <v>14.352</v>
       </c>
       <c r="D453" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
-        <v>229</v>
+        <v>273</v>
       </c>
       <c r="B454" t="s">
-        <v>230</v>
+        <v>274</v>
       </c>
       <c r="C454">
-        <v>23.4</v>
+        <v>14.604</v>
       </c>
       <c r="D454" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
-        <v>231</v>
+        <v>303</v>
       </c>
       <c r="B455" t="s">
-        <v>232</v>
+        <v>304</v>
       </c>
       <c r="C455">
-        <v>23.748</v>
+        <v>14.82</v>
       </c>
       <c r="D455" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
-        <v>281</v>
+        <v>305</v>
       </c>
       <c r="B456" t="s">
-        <v>282</v>
+        <v>306</v>
       </c>
       <c r="C456">
-        <v>24.0</v>
+        <v>14.82</v>
       </c>
       <c r="D456" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
-        <v>283</v>
+        <v>307</v>
       </c>
       <c r="B457" t="s">
-        <v>284</v>
+        <v>308</v>
       </c>
       <c r="C457">
-        <v>24.0</v>
+        <v>14.82</v>
       </c>
       <c r="D457" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
-        <v>285</v>
+        <v>309</v>
       </c>
       <c r="B458" t="s">
-        <v>286</v>
+        <v>310</v>
       </c>
       <c r="C458">
-        <v>24.0</v>
+        <v>14.82</v>
       </c>
       <c r="D458" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="B459" t="s">
-        <v>288</v>
+        <v>312</v>
       </c>
       <c r="C459">
-        <v>24.0</v>
+        <v>14.82</v>
       </c>
       <c r="D459" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
-        <v>289</v>
+        <v>313</v>
       </c>
       <c r="B460" t="s">
-        <v>290</v>
+        <v>314</v>
       </c>
       <c r="C460">
-        <v>24.996</v>
+        <v>14.82</v>
       </c>
       <c r="D460" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
-        <v>291</v>
+        <v>315</v>
       </c>
       <c r="B461" t="s">
-        <v>292</v>
+        <v>316</v>
       </c>
       <c r="C461">
-        <v>24.996</v>
+        <v>14.82</v>
       </c>
       <c r="D461" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
-        <v>293</v>
+        <v>317</v>
       </c>
       <c r="B462" t="s">
-        <v>294</v>
+        <v>318</v>
       </c>
       <c r="C462">
-        <v>24.996</v>
+        <v>14.82</v>
       </c>
       <c r="D462" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
-        <v>295</v>
+        <v>321</v>
       </c>
       <c r="B463" t="s">
-        <v>296</v>
+        <v>322</v>
       </c>
       <c r="C463">
-        <v>24.996</v>
+        <v>15.336</v>
       </c>
       <c r="D463" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
-        <v>297</v>
+        <v>323</v>
       </c>
       <c r="B464" t="s">
-        <v>298</v>
+        <v>324</v>
       </c>
       <c r="C464">
-        <v>24.996</v>
+        <v>15.336</v>
       </c>
       <c r="D464" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
-        <v>299</v>
+        <v>325</v>
       </c>
       <c r="B465" t="s">
-        <v>300</v>
+        <v>326</v>
       </c>
       <c r="C465">
-        <v>25.128</v>
+        <v>15.336</v>
       </c>
       <c r="D465" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
-        <v>301</v>
+        <v>327</v>
       </c>
       <c r="B466" t="s">
-        <v>302</v>
+        <v>328</v>
       </c>
       <c r="C466">
-        <v>25.2</v>
+        <v>15.336</v>
       </c>
       <c r="D466" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
-        <v>303</v>
+        <v>329</v>
       </c>
       <c r="B467" t="s">
-        <v>304</v>
+        <v>330</v>
       </c>
       <c r="C467">
-        <v>25.2</v>
+        <v>15.336</v>
       </c>
       <c r="D467" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
-        <v>305</v>
+        <v>331</v>
       </c>
       <c r="B468" t="s">
-        <v>306</v>
+        <v>332</v>
       </c>
       <c r="C468">
-        <v>25.428</v>
+        <v>15.336</v>
       </c>
       <c r="D468" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
-        <v>307</v>
+        <v>333</v>
       </c>
       <c r="B469" t="s">
-        <v>308</v>
+        <v>334</v>
       </c>
       <c r="C469">
-        <v>26.64</v>
+        <v>15.336</v>
       </c>
       <c r="D469" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
-        <v>309</v>
+        <v>337</v>
       </c>
       <c r="B470" t="s">
-        <v>310</v>
+        <v>338</v>
       </c>
       <c r="C470">
-        <v>27.0</v>
+        <v>16.992</v>
       </c>
       <c r="D470" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
-        <v>311</v>
+        <v>339</v>
       </c>
       <c r="B471" t="s">
-        <v>312</v>
+        <v>340</v>
       </c>
       <c r="C471">
-        <v>28.572</v>
+        <v>17.028</v>
       </c>
       <c r="D471" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
-        <v>313</v>
+        <v>341</v>
       </c>
       <c r="B472" t="s">
-        <v>314</v>
+        <v>342</v>
       </c>
       <c r="C472">
-        <v>28.992</v>
+        <v>17.796</v>
       </c>
       <c r="D472" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" t="s">
-        <v>315</v>
+        <v>343</v>
       </c>
       <c r="B473" t="s">
-        <v>316</v>
+        <v>344</v>
       </c>
       <c r="C473">
-        <v>28.992</v>
+        <v>17.796</v>
       </c>
       <c r="D473" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
-        <v>317</v>
+        <v>375</v>
       </c>
       <c r="B474" t="s">
-        <v>318</v>
+        <v>376</v>
       </c>
       <c r="C474">
-        <v>28.992</v>
+        <v>17.892</v>
       </c>
       <c r="D474" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
-        <v>319</v>
+        <v>377</v>
       </c>
       <c r="B475" t="s">
-        <v>320</v>
+        <v>378</v>
       </c>
       <c r="C475">
-        <v>28.992</v>
+        <v>17.892</v>
       </c>
       <c r="D475" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
-        <v>321</v>
+        <v>379</v>
       </c>
       <c r="B476" t="s">
-        <v>322</v>
+        <v>380</v>
       </c>
       <c r="C476">
-        <v>28.992</v>
+        <v>17.892</v>
       </c>
       <c r="D476" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
-        <v>323</v>
+        <v>381</v>
       </c>
       <c r="B477" t="s">
-        <v>324</v>
+        <v>382</v>
       </c>
       <c r="C477">
-        <v>28.992</v>
+        <v>17.892</v>
       </c>
       <c r="D477" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
-        <v>325</v>
+        <v>383</v>
       </c>
       <c r="B478" t="s">
-        <v>326</v>
+        <v>384</v>
       </c>
       <c r="C478">
-        <v>28.992</v>
+        <v>17.892</v>
       </c>
       <c r="D478" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
-        <v>327</v>
+        <v>385</v>
       </c>
       <c r="B479" t="s">
-        <v>328</v>
+        <v>386</v>
       </c>
       <c r="C479">
-        <v>28.992</v>
+        <v>17.892</v>
       </c>
       <c r="D479" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
-        <v>329</v>
+        <v>387</v>
       </c>
       <c r="B480" t="s">
-        <v>330</v>
+        <v>388</v>
       </c>
       <c r="C480">
-        <v>28.992</v>
+        <v>17.892</v>
       </c>
       <c r="D480" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
-        <v>331</v>
+        <v>389</v>
       </c>
       <c r="B481" t="s">
-        <v>332</v>
+        <v>390</v>
       </c>
       <c r="C481">
-        <v>29.352</v>
+        <v>17.892</v>
       </c>
       <c r="D481" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
-        <v>333</v>
+        <v>391</v>
       </c>
       <c r="B482" t="s">
-        <v>334</v>
+        <v>392</v>
       </c>
       <c r="C482">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D482" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
-        <v>335</v>
+        <v>393</v>
       </c>
       <c r="B483" t="s">
-        <v>336</v>
+        <v>394</v>
       </c>
       <c r="C483">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D483" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
-        <v>337</v>
+        <v>395</v>
       </c>
       <c r="B484" t="s">
-        <v>338</v>
+        <v>396</v>
       </c>
       <c r="C484">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D484" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
-        <v>339</v>
+        <v>397</v>
       </c>
       <c r="B485" t="s">
-        <v>340</v>
+        <v>398</v>
       </c>
       <c r="C485">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D485" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
-        <v>341</v>
+        <v>399</v>
       </c>
       <c r="B486" t="s">
-        <v>342</v>
+        <v>400</v>
       </c>
       <c r="C486">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D486" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
-        <v>343</v>
+        <v>401</v>
       </c>
       <c r="B487" t="s">
-        <v>344</v>
+        <v>402</v>
       </c>
       <c r="C487">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D487" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
-        <v>345</v>
+        <v>403</v>
       </c>
       <c r="B488" t="s">
-        <v>346</v>
+        <v>404</v>
       </c>
       <c r="C488">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D488" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
-        <v>347</v>
+        <v>405</v>
       </c>
       <c r="B489" t="s">
-        <v>348</v>
+        <v>406</v>
       </c>
       <c r="C489">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D489" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
-        <v>349</v>
+        <v>407</v>
       </c>
       <c r="B490" t="s">
-        <v>350</v>
+        <v>408</v>
       </c>
       <c r="C490">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D490" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
-        <v>351</v>
+        <v>409</v>
       </c>
       <c r="B491" t="s">
-        <v>352</v>
+        <v>410</v>
       </c>
       <c r="C491">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D491" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
-        <v>353</v>
+        <v>411</v>
       </c>
       <c r="B492" t="s">
-        <v>354</v>
+        <v>412</v>
       </c>
       <c r="C492">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D492" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
-        <v>355</v>
+        <v>413</v>
       </c>
       <c r="B493" t="s">
-        <v>356</v>
+        <v>414</v>
       </c>
       <c r="C493">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D493" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
-        <v>357</v>
+        <v>415</v>
       </c>
       <c r="B494" t="s">
-        <v>358</v>
+        <v>416</v>
       </c>
       <c r="C494">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D494" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
-        <v>359</v>
+        <v>417</v>
       </c>
       <c r="B495" t="s">
-        <v>360</v>
+        <v>418</v>
       </c>
       <c r="C495">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D495" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
-        <v>361</v>
+        <v>419</v>
       </c>
       <c r="B496" t="s">
-        <v>362</v>
+        <v>420</v>
       </c>
       <c r="C496">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D496" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
-        <v>363</v>
+        <v>421</v>
       </c>
       <c r="B497" t="s">
-        <v>364</v>
+        <v>422</v>
       </c>
       <c r="C497">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D497" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
-        <v>365</v>
+        <v>423</v>
       </c>
       <c r="B498" t="s">
-        <v>366</v>
+        <v>424</v>
       </c>
       <c r="C498">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D498" t="s">
-        <v>26</v>
+        <v>425</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
-        <v>367</v>
+        <v>423</v>
       </c>
       <c r="B499" t="s">
-        <v>368</v>
+        <v>426</v>
       </c>
       <c r="C499">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D499" t="s">
-        <v>26</v>
+        <v>425</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
-        <v>369</v>
+        <v>427</v>
       </c>
       <c r="B500" t="s">
-        <v>370</v>
+        <v>428</v>
       </c>
       <c r="C500">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D500" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
-        <v>371</v>
+        <v>429</v>
       </c>
       <c r="B501" t="s">
-        <v>372</v>
+        <v>430</v>
       </c>
       <c r="C501">
-        <v>31.2</v>
+        <v>17.892</v>
       </c>
       <c r="D501" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
         <v>31</v>
       </c>
       <c r="B502" t="s">
         <v>32</v>
       </c>
       <c r="C502">
-        <v>12.876</v>
+        <v>6.588</v>
       </c>
       <c r="D502" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B503" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C503">
-        <v>14.4</v>
+        <v>7.368</v>
       </c>
       <c r="D503" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B504" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C504">
-        <v>14.4</v>
+        <v>7.368</v>
       </c>
       <c r="D504" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="B505" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="C505">
-        <v>14.976</v>
+        <v>7.488</v>
       </c>
       <c r="D505" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
-        <v>81</v>
+        <v>47</v>
       </c>
       <c r="B506" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="C506">
-        <v>15.624</v>
+        <v>7.488</v>
       </c>
       <c r="D506" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>91</v>
+        <v>49</v>
       </c>
       <c r="B507" t="s">
-        <v>92</v>
+        <v>50</v>
       </c>
       <c r="C507">
-        <v>16.992</v>
+        <v>7.656</v>
       </c>
       <c r="D507" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="B508" t="s">
-        <v>94</v>
+        <v>58</v>
       </c>
       <c r="C508">
-        <v>18.0</v>
+        <v>7.992</v>
       </c>
       <c r="D508" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="B509" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="C509">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D509" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="B510" t="s">
-        <v>98</v>
+        <v>68</v>
       </c>
       <c r="C510">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D510" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>99</v>
+        <v>69</v>
       </c>
       <c r="B511" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="C511">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D511" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
-        <v>101</v>
+        <v>71</v>
       </c>
       <c r="B512" t="s">
-        <v>102</v>
+        <v>72</v>
       </c>
       <c r="C512">
-        <v>18.684</v>
+        <v>9.204</v>
       </c>
       <c r="D512" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>103</v>
+        <v>73</v>
       </c>
       <c r="B513" t="s">
-        <v>104</v>
+        <v>74</v>
       </c>
       <c r="C513">
-        <v>18.684</v>
+        <v>9.552</v>
       </c>
       <c r="D513" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
-        <v>131</v>
+        <v>75</v>
       </c>
       <c r="B514" t="s">
-        <v>132</v>
+        <v>76</v>
       </c>
       <c r="C514">
-        <v>18.996</v>
+        <v>9.552</v>
       </c>
       <c r="D514" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" t="s">
-        <v>165</v>
+        <v>129</v>
       </c>
       <c r="B515" t="s">
-        <v>166</v>
+        <v>130</v>
       </c>
       <c r="C515">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D515" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" t="s">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="B516" t="s">
-        <v>168</v>
+        <v>132</v>
       </c>
       <c r="C516">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D516" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" t="s">
-        <v>169</v>
+        <v>133</v>
       </c>
       <c r="B517" t="s">
-        <v>170</v>
+        <v>134</v>
       </c>
       <c r="C517">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D517" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" t="s">
-        <v>171</v>
+        <v>135</v>
       </c>
       <c r="B518" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="C518">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D518" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" t="s">
-        <v>173</v>
+        <v>137</v>
       </c>
       <c r="B519" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="C519">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D519" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" t="s">
-        <v>175</v>
+        <v>139</v>
       </c>
       <c r="B520" t="s">
-        <v>176</v>
+        <v>140</v>
       </c>
       <c r="C520">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D520" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" t="s">
-        <v>177</v>
+        <v>141</v>
       </c>
       <c r="B521" t="s">
-        <v>178</v>
+        <v>142</v>
       </c>
       <c r="C521">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D521" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" t="s">
-        <v>179</v>
+        <v>143</v>
       </c>
       <c r="B522" t="s">
-        <v>180</v>
+        <v>144</v>
       </c>
       <c r="C522">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D522" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" t="s">
-        <v>181</v>
+        <v>145</v>
       </c>
       <c r="B523" t="s">
-        <v>182</v>
+        <v>146</v>
       </c>
       <c r="C523">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D523" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" t="s">
-        <v>183</v>
+        <v>147</v>
       </c>
       <c r="B524" t="s">
-        <v>184</v>
+        <v>148</v>
       </c>
       <c r="C524">
-        <v>19.836</v>
+        <v>10.128</v>
       </c>
       <c r="D524" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" t="s">
-        <v>219</v>
+        <v>149</v>
       </c>
       <c r="B525" t="s">
-        <v>220</v>
+        <v>150</v>
       </c>
       <c r="C525">
-        <v>20.808</v>
+        <v>10.14</v>
       </c>
       <c r="D525" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" t="s">
-        <v>223</v>
+        <v>167</v>
       </c>
       <c r="B526" t="s">
-        <v>224</v>
+        <v>168</v>
       </c>
       <c r="C526">
-        <v>21.252</v>
+        <v>10.176</v>
       </c>
       <c r="D526" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" t="s">
-        <v>231</v>
+        <v>193</v>
       </c>
       <c r="B527" t="s">
-        <v>232</v>
+        <v>194</v>
       </c>
       <c r="C527">
-        <v>23.748</v>
+        <v>12.144</v>
       </c>
       <c r="D527" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" t="s">
-        <v>289</v>
+        <v>243</v>
       </c>
       <c r="B528" t="s">
-        <v>290</v>
+        <v>244</v>
       </c>
       <c r="C528">
-        <v>24.996</v>
+        <v>12.276</v>
       </c>
       <c r="D528" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" t="s">
-        <v>291</v>
+        <v>245</v>
       </c>
       <c r="B529" t="s">
-        <v>292</v>
+        <v>246</v>
       </c>
       <c r="C529">
-        <v>24.996</v>
+        <v>12.78</v>
       </c>
       <c r="D529" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" t="s">
-        <v>293</v>
+        <v>247</v>
       </c>
       <c r="B530" t="s">
-        <v>294</v>
+        <v>248</v>
       </c>
       <c r="C530">
-        <v>24.996</v>
+        <v>12.78</v>
       </c>
       <c r="D530" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" t="s">
-        <v>295</v>
+        <v>249</v>
       </c>
       <c r="B531" t="s">
-        <v>296</v>
+        <v>250</v>
       </c>
       <c r="C531">
-        <v>24.996</v>
+        <v>12.78</v>
       </c>
       <c r="D531" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" t="s">
-        <v>297</v>
+        <v>251</v>
       </c>
       <c r="B532" t="s">
-        <v>298</v>
+        <v>252</v>
       </c>
       <c r="C532">
-        <v>24.996</v>
+        <v>12.78</v>
       </c>
       <c r="D532" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" t="s">
-        <v>299</v>
+        <v>253</v>
       </c>
       <c r="B533" t="s">
-        <v>300</v>
+        <v>254</v>
       </c>
       <c r="C533">
-        <v>25.128</v>
+        <v>12.78</v>
       </c>
       <c r="D533" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" t="s">
-        <v>305</v>
+        <v>255</v>
       </c>
       <c r="B534" t="s">
-        <v>306</v>
+        <v>256</v>
       </c>
       <c r="C534">
-        <v>25.428</v>
+        <v>12.84</v>
       </c>
       <c r="D534" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" t="s">
-        <v>327</v>
+        <v>259</v>
       </c>
       <c r="B535" t="s">
-        <v>328</v>
+        <v>260</v>
       </c>
       <c r="C535">
-        <v>28.992</v>
+        <v>12.996</v>
       </c>
       <c r="D535" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" t="s">
-        <v>329</v>
+        <v>315</v>
       </c>
       <c r="B536" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="C536">
-        <v>28.992</v>
+        <v>14.82</v>
       </c>
       <c r="D536" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" t="s">
-        <v>341</v>
+        <v>317</v>
       </c>
       <c r="B537" t="s">
-        <v>342</v>
+        <v>318</v>
       </c>
       <c r="C537">
-        <v>29.748</v>
+        <v>14.82</v>
       </c>
       <c r="D537" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" t="s">
-        <v>343</v>
+        <v>321</v>
       </c>
       <c r="B538" t="s">
-        <v>344</v>
+        <v>322</v>
       </c>
       <c r="C538">
-        <v>29.748</v>
+        <v>15.336</v>
       </c>
       <c r="D538" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" t="s">
-        <v>345</v>
+        <v>323</v>
       </c>
       <c r="B539" t="s">
-        <v>346</v>
+        <v>324</v>
       </c>
       <c r="C539">
-        <v>29.748</v>
+        <v>15.336</v>
       </c>
       <c r="D539" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" t="s">
-        <v>347</v>
+        <v>325</v>
       </c>
       <c r="B540" t="s">
-        <v>348</v>
+        <v>326</v>
       </c>
       <c r="C540">
-        <v>29.748</v>
+        <v>15.336</v>
       </c>
       <c r="D540" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" t="s">
-        <v>349</v>
+        <v>327</v>
       </c>
       <c r="B541" t="s">
-        <v>350</v>
+        <v>328</v>
       </c>
       <c r="C541">
-        <v>29.748</v>
+        <v>15.336</v>
       </c>
       <c r="D541" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" t="s">
-        <v>351</v>
+        <v>329</v>
       </c>
       <c r="B542" t="s">
-        <v>352</v>
+        <v>330</v>
       </c>
       <c r="C542">
-        <v>29.748</v>
+        <v>15.336</v>
       </c>
       <c r="D542" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" t="s">
-        <v>353</v>
+        <v>331</v>
       </c>
       <c r="B543" t="s">
-        <v>354</v>
+        <v>332</v>
       </c>
       <c r="C543">
-        <v>29.748</v>
+        <v>15.336</v>
       </c>
       <c r="D543" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" t="s">
-        <v>357</v>
+        <v>333</v>
       </c>
       <c r="B544" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="C544">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D544" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" t="s">
-        <v>359</v>
+        <v>337</v>
       </c>
       <c r="B545" t="s">
-        <v>360</v>
+        <v>338</v>
       </c>
       <c r="C545">
-        <v>30.0</v>
+        <v>16.992</v>
       </c>
       <c r="D545" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" t="s">
-        <v>361</v>
+        <v>339</v>
       </c>
       <c r="B546" t="s">
-        <v>362</v>
+        <v>340</v>
       </c>
       <c r="C546">
-        <v>30.0</v>
+        <v>17.028</v>
       </c>
       <c r="D546" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" t="s">
-        <v>363</v>
+        <v>341</v>
       </c>
       <c r="B547" t="s">
-        <v>364</v>
+        <v>342</v>
       </c>
       <c r="C547">
-        <v>30.0</v>
+        <v>17.796</v>
       </c>
       <c r="D547" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" t="s">
-        <v>365</v>
+        <v>343</v>
       </c>
       <c r="B548" t="s">
-        <v>366</v>
+        <v>344</v>
       </c>
       <c r="C548">
-        <v>30.0</v>
+        <v>17.796</v>
       </c>
       <c r="D548" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" t="s">
-        <v>367</v>
+        <v>431</v>
       </c>
       <c r="B549" t="s">
-        <v>368</v>
+        <v>432</v>
       </c>
       <c r="C549">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D549" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" t="s">
-        <v>369</v>
+        <v>433</v>
       </c>
       <c r="B550" t="s">
-        <v>370</v>
+        <v>434</v>
       </c>
       <c r="C550">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D550" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" t="s">
-        <v>373</v>
+        <v>435</v>
       </c>
       <c r="B551" t="s">
-        <v>374</v>
+        <v>436</v>
       </c>
       <c r="C551">
-        <v>31.2</v>
+        <v>17.892</v>
       </c>
       <c r="D551" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" t="s">
-        <v>375</v>
+        <v>437</v>
       </c>
       <c r="B552" t="s">
-        <v>376</v>
+        <v>438</v>
       </c>
       <c r="C552">
-        <v>31.2</v>
+        <v>17.892</v>
       </c>
       <c r="D552" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" t="s">
-        <v>377</v>
+        <v>439</v>
       </c>
       <c r="B553" t="s">
-        <v>378</v>
+        <v>440</v>
       </c>
       <c r="C553">
-        <v>31.2</v>
+        <v>17.892</v>
       </c>
       <c r="D553" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" t="s">
-        <v>379</v>
+        <v>441</v>
       </c>
       <c r="B554" t="s">
-        <v>380</v>
+        <v>442</v>
       </c>
       <c r="C554">
-        <v>32.4</v>
+        <v>17.892</v>
       </c>
       <c r="D554" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" t="s">
-        <v>381</v>
+        <v>443</v>
       </c>
       <c r="B555" t="s">
-        <v>382</v>
+        <v>444</v>
       </c>
       <c r="C555">
-        <v>33.0</v>
+        <v>17.892</v>
       </c>
       <c r="D555" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" t="s">
-        <v>383</v>
+        <v>445</v>
       </c>
       <c r="B556" t="s">
-        <v>384</v>
+        <v>446</v>
       </c>
       <c r="C556">
-        <v>33.228</v>
+        <v>17.892</v>
       </c>
       <c r="D556" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" t="s">
-        <v>385</v>
+        <v>447</v>
       </c>
       <c r="B557" t="s">
-        <v>386</v>
+        <v>448</v>
       </c>
       <c r="C557">
-        <v>33.288</v>
+        <v>17.892</v>
       </c>
       <c r="D557" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" t="s">
-        <v>387</v>
+        <v>449</v>
       </c>
       <c r="B558" t="s">
-        <v>388</v>
+        <v>450</v>
       </c>
       <c r="C558">
-        <v>34.8</v>
+        <v>17.892</v>
       </c>
       <c r="D558" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" t="s">
-        <v>389</v>
+        <v>451</v>
       </c>
       <c r="B559" t="s">
-        <v>390</v>
+        <v>452</v>
       </c>
       <c r="C559">
-        <v>34.8</v>
+        <v>17.892</v>
       </c>
       <c r="D559" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" t="s">
-        <v>391</v>
+        <v>453</v>
       </c>
       <c r="B560" t="s">
-        <v>392</v>
+        <v>454</v>
       </c>
       <c r="C560">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D560" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" t="s">
-        <v>393</v>
+        <v>455</v>
       </c>
       <c r="B561" t="s">
-        <v>394</v>
+        <v>456</v>
       </c>
       <c r="C561">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D561" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" t="s">
-        <v>395</v>
+        <v>457</v>
       </c>
       <c r="B562" t="s">
-        <v>396</v>
+        <v>458</v>
       </c>
       <c r="C562">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D562" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563" t="s">
-        <v>397</v>
+        <v>459</v>
       </c>
       <c r="B563" t="s">
-        <v>398</v>
+        <v>460</v>
       </c>
       <c r="C563">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D563" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564" t="s">
-        <v>399</v>
+        <v>461</v>
       </c>
       <c r="B564" t="s">
-        <v>400</v>
+        <v>462</v>
       </c>
       <c r="C564">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D564" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" t="s">
-        <v>401</v>
+        <v>463</v>
       </c>
       <c r="B565" t="s">
-        <v>402</v>
+        <v>464</v>
       </c>
       <c r="C565">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D565" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" t="s">
-        <v>403</v>
+        <v>465</v>
       </c>
       <c r="B566" t="s">
-        <v>404</v>
+        <v>466</v>
       </c>
       <c r="C566">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D566" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" t="s">
-        <v>405</v>
+        <v>467</v>
       </c>
       <c r="B567" t="s">
-        <v>406</v>
+        <v>468</v>
       </c>
       <c r="C567">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D567" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" t="s">
-        <v>407</v>
+        <v>469</v>
       </c>
       <c r="B568" t="s">
-        <v>408</v>
+        <v>470</v>
       </c>
       <c r="C568">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D568" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569" t="s">
-        <v>409</v>
+        <v>471</v>
       </c>
       <c r="B569" t="s">
-        <v>410</v>
+        <v>472</v>
       </c>
       <c r="C569">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D569" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570" t="s">
-        <v>411</v>
+        <v>473</v>
       </c>
       <c r="B570" t="s">
-        <v>412</v>
+        <v>474</v>
       </c>
       <c r="C570">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D570" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571" t="s">
-        <v>413</v>
+        <v>475</v>
       </c>
       <c r="B571" t="s">
-        <v>414</v>
+        <v>476</v>
       </c>
       <c r="C571">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D571" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572" t="s">
-        <v>415</v>
+        <v>477</v>
       </c>
       <c r="B572" t="s">
-        <v>416</v>
+        <v>478</v>
       </c>
       <c r="C572">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D572" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573" t="s">
-        <v>417</v>
+        <v>479</v>
       </c>
       <c r="B573" t="s">
-        <v>418</v>
+        <v>480</v>
       </c>
       <c r="C573">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D573" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574" t="s">
-        <v>419</v>
+        <v>481</v>
       </c>
       <c r="B574" t="s">
-        <v>420</v>
+        <v>482</v>
       </c>
       <c r="C574">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D574" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575" t="s">
-        <v>421</v>
+        <v>483</v>
       </c>
       <c r="B575" t="s">
-        <v>422</v>
+        <v>484</v>
       </c>
       <c r="C575">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D575" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" t="s">
-        <v>423</v>
+        <v>485</v>
       </c>
       <c r="B576" t="s">
-        <v>424</v>
+        <v>486</v>
       </c>
       <c r="C576">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D576" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" t="s">
-        <v>425</v>
+        <v>487</v>
       </c>
       <c r="B577" t="s">
-        <v>426</v>
+        <v>488</v>
       </c>
       <c r="C577">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D577" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" t="s">
-        <v>427</v>
+        <v>489</v>
       </c>
       <c r="B578" t="s">
-        <v>428</v>
+        <v>490</v>
       </c>
       <c r="C578">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D578" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579" t="s">
-        <v>429</v>
+        <v>491</v>
       </c>
       <c r="B579" t="s">
-        <v>430</v>
+        <v>492</v>
       </c>
       <c r="C579">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D579" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580" t="s">
-        <v>431</v>
+        <v>493</v>
       </c>
       <c r="B580" t="s">
-        <v>432</v>
+        <v>494</v>
       </c>
       <c r="C580">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D580" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581" t="s">
-        <v>433</v>
+        <v>495</v>
       </c>
       <c r="B581" t="s">
-        <v>434</v>
+        <v>496</v>
       </c>
       <c r="C581">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D581" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582" t="s">
-        <v>435</v>
+        <v>497</v>
       </c>
       <c r="B582" t="s">
-        <v>436</v>
+        <v>498</v>
       </c>
       <c r="C582">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D582" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583" t="s">
-        <v>437</v>
+        <v>499</v>
       </c>
       <c r="B583" t="s">
-        <v>438</v>
+        <v>500</v>
       </c>
       <c r="C583">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D583" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584" t="s">
-        <v>439</v>
+        <v>501</v>
       </c>
       <c r="B584" t="s">
-        <v>440</v>
+        <v>502</v>
       </c>
       <c r="C584">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D584" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585" t="s">
-        <v>441</v>
+        <v>503</v>
       </c>
       <c r="B585" t="s">
-        <v>442</v>
+        <v>504</v>
       </c>
       <c r="C585">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D585" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586" t="s">
-        <v>443</v>
+        <v>505</v>
       </c>
       <c r="B586" t="s">
-        <v>444</v>
+        <v>506</v>
       </c>
       <c r="C586">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D586" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587" t="s">
-        <v>445</v>
+        <v>507</v>
       </c>
       <c r="B587" t="s">
-        <v>446</v>
+        <v>508</v>
       </c>
       <c r="C587">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D587" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588" t="s">
-        <v>447</v>
+        <v>509</v>
       </c>
       <c r="B588" t="s">
-        <v>448</v>
+        <v>510</v>
       </c>
       <c r="C588">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D588" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589" t="s">
-        <v>449</v>
+        <v>511</v>
       </c>
       <c r="B589" t="s">
-        <v>450</v>
+        <v>512</v>
       </c>
       <c r="C589">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D589" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590" t="s">
-        <v>451</v>
+        <v>513</v>
       </c>
       <c r="B590" t="s">
-        <v>452</v>
+        <v>514</v>
       </c>
       <c r="C590">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D590" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="591" spans="1:4">
       <c r="A591" t="s">
-        <v>453</v>
+        <v>515</v>
       </c>
       <c r="B591" t="s">
-        <v>454</v>
+        <v>516</v>
       </c>
       <c r="C591">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D591" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592" t="s">
-        <v>455</v>
+        <v>517</v>
       </c>
       <c r="B592" t="s">
-        <v>456</v>
+        <v>518</v>
       </c>
       <c r="C592">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D592" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" t="s">
-        <v>457</v>
+        <v>519</v>
       </c>
       <c r="B593" t="s">
-        <v>458</v>
+        <v>520</v>
       </c>
       <c r="C593">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D593" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" t="s">
-        <v>459</v>
+        <v>521</v>
       </c>
       <c r="B594" t="s">
-        <v>460</v>
+        <v>522</v>
       </c>
       <c r="C594">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D594" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" t="s">
-        <v>461</v>
+        <v>523</v>
       </c>
       <c r="B595" t="s">
-        <v>462</v>
+        <v>524</v>
       </c>
       <c r="C595">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D595" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" t="s">
-        <v>463</v>
+        <v>525</v>
       </c>
       <c r="B596" t="s">
-        <v>464</v>
+        <v>526</v>
       </c>
       <c r="C596">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D596" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" t="s">
-        <v>465</v>
+        <v>527</v>
       </c>
       <c r="B597" t="s">
-        <v>466</v>
+        <v>528</v>
       </c>
       <c r="C597">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D597" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" t="s">
-        <v>467</v>
+        <v>529</v>
       </c>
       <c r="B598" t="s">
-        <v>468</v>
+        <v>530</v>
       </c>
       <c r="C598">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D598" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" t="s">
-        <v>469</v>
+        <v>531</v>
       </c>
       <c r="B599" t="s">
-        <v>470</v>
+        <v>532</v>
       </c>
       <c r="C599">
-        <v>35.004</v>
+        <v>17.892</v>
       </c>
       <c r="D599" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" t="s">
-        <v>471</v>
+        <v>533</v>
       </c>
       <c r="B600" t="s">
-        <v>472</v>
+        <v>534</v>
       </c>
       <c r="C600">
-        <v>35.004</v>
+        <v>17.892</v>
       </c>
       <c r="D600" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" t="s">
-        <v>473</v>
+        <v>535</v>
       </c>
       <c r="B601" t="s">
-        <v>474</v>
+        <v>536</v>
       </c>
       <c r="C601">
-        <v>35.004</v>
+        <v>17.892</v>
       </c>
       <c r="D601" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" t="s">
-        <v>37</v>
+        <v>131</v>
       </c>
       <c r="B602" t="s">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="C602">
-        <v>14.976</v>
+        <v>10.128</v>
       </c>
       <c r="D602" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" t="s">
-        <v>91</v>
+        <v>133</v>
       </c>
       <c r="B603" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="C603">
-        <v>16.992</v>
+        <v>10.128</v>
       </c>
       <c r="D603" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B604" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C604">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D604" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" t="s">
-        <v>165</v>
+        <v>137</v>
       </c>
       <c r="B605" t="s">
-        <v>166</v>
+        <v>138</v>
       </c>
       <c r="C605">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D605" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" t="s">
-        <v>167</v>
+        <v>139</v>
       </c>
       <c r="B606" t="s">
-        <v>168</v>
+        <v>140</v>
       </c>
       <c r="C606">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D606" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607" t="s">
-        <v>169</v>
+        <v>141</v>
       </c>
       <c r="B607" t="s">
-        <v>170</v>
+        <v>142</v>
       </c>
       <c r="C607">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D607" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" t="s">
-        <v>171</v>
+        <v>143</v>
       </c>
       <c r="B608" t="s">
-        <v>172</v>
+        <v>144</v>
       </c>
       <c r="C608">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D608" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" t="s">
-        <v>173</v>
+        <v>145</v>
       </c>
       <c r="B609" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
       <c r="C609">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D609" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" t="s">
-        <v>175</v>
+        <v>147</v>
       </c>
       <c r="B610" t="s">
-        <v>176</v>
+        <v>148</v>
       </c>
       <c r="C610">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D610" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" t="s">
-        <v>177</v>
+        <v>259</v>
       </c>
       <c r="B611" t="s">
-        <v>178</v>
+        <v>260</v>
       </c>
       <c r="C611">
-        <v>19.8</v>
+        <v>12.996</v>
       </c>
       <c r="D611" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" t="s">
-        <v>179</v>
+        <v>341</v>
       </c>
       <c r="B612" t="s">
-        <v>180</v>
+        <v>342</v>
       </c>
       <c r="C612">
-        <v>19.8</v>
+        <v>17.796</v>
       </c>
       <c r="D612" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" t="s">
-        <v>181</v>
+        <v>343</v>
       </c>
       <c r="B613" t="s">
-        <v>182</v>
+        <v>344</v>
       </c>
       <c r="C613">
-        <v>19.8</v>
+        <v>17.796</v>
       </c>
       <c r="D613" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" t="s">
-        <v>219</v>
+        <v>537</v>
       </c>
       <c r="B614" t="s">
-        <v>220</v>
+        <v>538</v>
       </c>
       <c r="C614">
-        <v>20.808</v>
+        <v>17.892</v>
       </c>
       <c r="D614" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" t="s">
-        <v>223</v>
+        <v>539</v>
       </c>
       <c r="B615" t="s">
-        <v>224</v>
+        <v>540</v>
       </c>
       <c r="C615">
-        <v>21.252</v>
+        <v>17.892</v>
       </c>
       <c r="D615" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" t="s">
-        <v>289</v>
+        <v>541</v>
       </c>
       <c r="B616" t="s">
-        <v>290</v>
+        <v>542</v>
       </c>
       <c r="C616">
-        <v>24.996</v>
+        <v>17.892</v>
       </c>
       <c r="D616" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" t="s">
-        <v>291</v>
+        <v>543</v>
       </c>
       <c r="B617" t="s">
-        <v>292</v>
+        <v>544</v>
       </c>
       <c r="C617">
-        <v>24.996</v>
+        <v>17.892</v>
       </c>
       <c r="D617" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" t="s">
-        <v>293</v>
+        <v>545</v>
       </c>
       <c r="B618" t="s">
-        <v>294</v>
+        <v>546</v>
       </c>
       <c r="C618">
-        <v>24.996</v>
+        <v>17.892</v>
       </c>
       <c r="D618" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" t="s">
-        <v>295</v>
+        <v>547</v>
       </c>
       <c r="B619" t="s">
-        <v>296</v>
+        <v>548</v>
       </c>
       <c r="C619">
-        <v>24.996</v>
+        <v>17.892</v>
       </c>
       <c r="D619" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" t="s">
-        <v>297</v>
+        <v>549</v>
       </c>
       <c r="B620" t="s">
-        <v>298</v>
+        <v>550</v>
       </c>
       <c r="C620">
-        <v>24.996</v>
+        <v>17.892</v>
       </c>
       <c r="D620" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" t="s">
-        <v>299</v>
+        <v>551</v>
       </c>
       <c r="B621" t="s">
-        <v>300</v>
+        <v>552</v>
       </c>
       <c r="C621">
-        <v>25.128</v>
+        <v>17.892</v>
       </c>
       <c r="D621" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" t="s">
-        <v>305</v>
+        <v>553</v>
       </c>
       <c r="B622" t="s">
-        <v>306</v>
+        <v>554</v>
       </c>
       <c r="C622">
-        <v>25.428</v>
+        <v>17.892</v>
       </c>
       <c r="D622" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" t="s">
-        <v>341</v>
+        <v>555</v>
       </c>
       <c r="B623" t="s">
-        <v>342</v>
+        <v>556</v>
       </c>
       <c r="C623">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D623" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" t="s">
-        <v>343</v>
+        <v>557</v>
       </c>
       <c r="B624" t="s">
-        <v>344</v>
+        <v>558</v>
       </c>
       <c r="C624">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D624" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" t="s">
-        <v>345</v>
+        <v>559</v>
       </c>
       <c r="B625" t="s">
-        <v>346</v>
+        <v>560</v>
       </c>
       <c r="C625">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D625" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" t="s">
-        <v>347</v>
+        <v>561</v>
       </c>
       <c r="B626" t="s">
-        <v>348</v>
+        <v>562</v>
       </c>
       <c r="C626">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D626" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" t="s">
-        <v>349</v>
+        <v>563</v>
       </c>
       <c r="B627" t="s">
-        <v>350</v>
+        <v>564</v>
       </c>
       <c r="C627">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D627" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" t="s">
-        <v>351</v>
+        <v>565</v>
       </c>
       <c r="B628" t="s">
-        <v>352</v>
+        <v>566</v>
       </c>
       <c r="C628">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D628" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" t="s">
-        <v>353</v>
+        <v>567</v>
       </c>
       <c r="B629" t="s">
-        <v>354</v>
+        <v>568</v>
       </c>
       <c r="C629">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D629" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" t="s">
-        <v>357</v>
+        <v>569</v>
       </c>
       <c r="B630" t="s">
-        <v>358</v>
+        <v>570</v>
       </c>
       <c r="C630">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D630" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" t="s">
-        <v>359</v>
+        <v>571</v>
       </c>
       <c r="B631" t="s">
-        <v>360</v>
+        <v>572</v>
       </c>
       <c r="C631">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D631" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" t="s">
-        <v>361</v>
+        <v>573</v>
       </c>
       <c r="B632" t="s">
-        <v>362</v>
+        <v>574</v>
       </c>
       <c r="C632">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D632" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" t="s">
-        <v>363</v>
+        <v>575</v>
       </c>
       <c r="B633" t="s">
-        <v>364</v>
+        <v>576</v>
       </c>
       <c r="C633">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D633" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" t="s">
-        <v>365</v>
+        <v>577</v>
       </c>
       <c r="B634" t="s">
-        <v>366</v>
+        <v>578</v>
       </c>
       <c r="C634">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D634" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" t="s">
-        <v>367</v>
+        <v>579</v>
       </c>
       <c r="B635" t="s">
-        <v>368</v>
+        <v>580</v>
       </c>
       <c r="C635">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D635" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" t="s">
-        <v>369</v>
+        <v>581</v>
       </c>
       <c r="B636" t="s">
-        <v>370</v>
+        <v>582</v>
       </c>
       <c r="C636">
-        <v>30.0</v>
+        <v>17.892</v>
       </c>
       <c r="D636" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" t="s">
-        <v>387</v>
+        <v>583</v>
       </c>
       <c r="B637" t="s">
-        <v>388</v>
+        <v>584</v>
       </c>
       <c r="C637">
-        <v>34.8</v>
+        <v>17.892</v>
       </c>
       <c r="D637" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" t="s">
-        <v>389</v>
+        <v>585</v>
       </c>
       <c r="B638" t="s">
-        <v>390</v>
+        <v>586</v>
       </c>
       <c r="C638">
-        <v>34.8</v>
+        <v>17.892</v>
       </c>
       <c r="D638" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" t="s">
-        <v>415</v>
+        <v>587</v>
       </c>
       <c r="B639" t="s">
-        <v>416</v>
+        <v>588</v>
       </c>
       <c r="C639">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D639" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" t="s">
-        <v>417</v>
+        <v>589</v>
       </c>
       <c r="B640" t="s">
-        <v>418</v>
+        <v>590</v>
       </c>
       <c r="C640">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D640" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" t="s">
-        <v>419</v>
+        <v>591</v>
       </c>
       <c r="B641" t="s">
-        <v>420</v>
+        <v>592</v>
       </c>
       <c r="C641">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D641" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" t="s">
-        <v>421</v>
+        <v>593</v>
       </c>
       <c r="B642" t="s">
-        <v>422</v>
+        <v>594</v>
       </c>
       <c r="C642">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D642" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" t="s">
-        <v>423</v>
+        <v>595</v>
       </c>
       <c r="B643" t="s">
-        <v>424</v>
+        <v>596</v>
       </c>
       <c r="C643">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D643" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644" t="s">
-        <v>425</v>
+        <v>597</v>
       </c>
       <c r="B644" t="s">
-        <v>426</v>
+        <v>598</v>
       </c>
       <c r="C644">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D644" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" t="s">
-        <v>427</v>
+        <v>599</v>
       </c>
       <c r="B645" t="s">
-        <v>428</v>
+        <v>600</v>
       </c>
       <c r="C645">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D645" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" t="s">
-        <v>429</v>
+        <v>601</v>
       </c>
       <c r="B646" t="s">
-        <v>430</v>
+        <v>602</v>
       </c>
       <c r="C646">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D646" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" t="s">
-        <v>431</v>
+        <v>603</v>
       </c>
       <c r="B647" t="s">
-        <v>432</v>
+        <v>604</v>
       </c>
       <c r="C647">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D647" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" t="s">
-        <v>433</v>
+        <v>605</v>
       </c>
       <c r="B648" t="s">
-        <v>434</v>
+        <v>606</v>
       </c>
       <c r="C648">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D648" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="649" spans="1:4">
       <c r="A649" t="s">
-        <v>435</v>
+        <v>607</v>
       </c>
       <c r="B649" t="s">
-        <v>436</v>
+        <v>608</v>
       </c>
       <c r="C649">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D649" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650" t="s">
-        <v>437</v>
+        <v>609</v>
       </c>
       <c r="B650" t="s">
-        <v>438</v>
+        <v>610</v>
       </c>
       <c r="C650">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D650" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" t="s">
-        <v>439</v>
+        <v>611</v>
       </c>
       <c r="B651" t="s">
-        <v>440</v>
+        <v>612</v>
       </c>
       <c r="C651">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D651" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652" t="s">
-        <v>441</v>
+        <v>613</v>
       </c>
       <c r="B652" t="s">
-        <v>442</v>
+        <v>614</v>
       </c>
       <c r="C652">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D652" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" t="s">
-        <v>443</v>
+        <v>615</v>
       </c>
       <c r="B653" t="s">
-        <v>444</v>
+        <v>616</v>
       </c>
       <c r="C653">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D653" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654" t="s">
-        <v>445</v>
+        <v>617</v>
       </c>
       <c r="B654" t="s">
-        <v>446</v>
+        <v>618</v>
       </c>
       <c r="C654">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D654" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" t="s">
-        <v>447</v>
+        <v>619</v>
       </c>
       <c r="B655" t="s">
-        <v>448</v>
+        <v>620</v>
       </c>
       <c r="C655">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D655" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656" t="s">
-        <v>449</v>
+        <v>621</v>
       </c>
       <c r="B656" t="s">
-        <v>450</v>
+        <v>622</v>
       </c>
       <c r="C656">
-        <v>34.992</v>
+        <v>19.992</v>
       </c>
       <c r="D656" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657" t="s">
-        <v>451</v>
+        <v>623</v>
       </c>
       <c r="B657" t="s">
-        <v>452</v>
+        <v>624</v>
       </c>
       <c r="C657">
-        <v>34.992</v>
+        <v>23.004</v>
       </c>
       <c r="D657" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" t="s">
-        <v>453</v>
+        <v>625</v>
       </c>
       <c r="B658" t="s">
-        <v>454</v>
+        <v>626</v>
       </c>
       <c r="C658">
-        <v>34.992</v>
+        <v>23.004</v>
       </c>
       <c r="D658" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659" t="s">
-        <v>455</v>
+        <v>627</v>
       </c>
       <c r="B659" t="s">
-        <v>456</v>
+        <v>628</v>
       </c>
       <c r="C659">
-        <v>34.992</v>
+        <v>23.004</v>
       </c>
       <c r="D659" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660" t="s">
-        <v>457</v>
+        <v>629</v>
       </c>
       <c r="B660" t="s">
-        <v>458</v>
+        <v>630</v>
       </c>
       <c r="C660">
-        <v>34.992</v>
+        <v>23.004</v>
       </c>
       <c r="D660" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661" t="s">
-        <v>459</v>
+        <v>631</v>
       </c>
       <c r="B661" t="s">
-        <v>460</v>
+        <v>632</v>
       </c>
       <c r="C661">
-        <v>34.992</v>
+        <v>23.004</v>
       </c>
       <c r="D661" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" t="s">
-        <v>461</v>
+        <v>633</v>
       </c>
       <c r="B662" t="s">
-        <v>462</v>
+        <v>634</v>
       </c>
       <c r="C662">
-        <v>34.992</v>
+        <v>23.004</v>
       </c>
       <c r="D662" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" t="s">
-        <v>463</v>
+        <v>635</v>
       </c>
       <c r="B663" t="s">
-        <v>464</v>
+        <v>636</v>
       </c>
       <c r="C663">
-        <v>34.992</v>
+        <v>23.004</v>
       </c>
       <c r="D663" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" t="s">
-        <v>465</v>
+        <v>637</v>
       </c>
       <c r="B664" t="s">
-        <v>466</v>
+        <v>638</v>
       </c>
       <c r="C664">
-        <v>34.992</v>
+        <v>24.996</v>
       </c>
       <c r="D664" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" t="s">
-        <v>467</v>
+        <v>639</v>
       </c>
       <c r="B665" t="s">
-        <v>468</v>
+        <v>640</v>
       </c>
       <c r="C665">
-        <v>34.992</v>
+        <v>24.996</v>
       </c>
       <c r="D665" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666" t="s">
-        <v>475</v>
+        <v>641</v>
       </c>
       <c r="B666" t="s">
-        <v>476</v>
+        <v>642</v>
       </c>
       <c r="C666">
-        <v>35.004</v>
+        <v>25.056</v>
       </c>
       <c r="D666" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" t="s">
-        <v>477</v>
+        <v>643</v>
       </c>
       <c r="B667" t="s">
-        <v>478</v>
+        <v>644</v>
       </c>
       <c r="C667">
-        <v>35.004</v>
+        <v>25.056</v>
       </c>
       <c r="D667" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668" t="s">
-        <v>479</v>
+        <v>645</v>
       </c>
       <c r="B668" t="s">
-        <v>480</v>
+        <v>646</v>
       </c>
       <c r="C668">
-        <v>35.004</v>
+        <v>25.92</v>
       </c>
       <c r="D668" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" t="s">
-        <v>481</v>
+        <v>647</v>
       </c>
       <c r="B669" t="s">
-        <v>482</v>
+        <v>648</v>
       </c>
       <c r="C669">
-        <v>35.004</v>
+        <v>27.756</v>
       </c>
       <c r="D669" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" t="s">
-        <v>483</v>
+        <v>649</v>
       </c>
       <c r="B670" t="s">
-        <v>484</v>
+        <v>650</v>
       </c>
       <c r="C670">
-        <v>35.004</v>
+        <v>27.756</v>
       </c>
       <c r="D670" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" t="s">
-        <v>485</v>
+        <v>651</v>
       </c>
       <c r="B671" t="s">
-        <v>486</v>
+        <v>652</v>
       </c>
       <c r="C671">
-        <v>35.004</v>
+        <v>30.0</v>
       </c>
       <c r="D671" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" t="s">
-        <v>487</v>
+        <v>653</v>
       </c>
       <c r="B672" t="s">
-        <v>488</v>
+        <v>654</v>
       </c>
       <c r="C672">
-        <v>35.004</v>
+        <v>30.0</v>
       </c>
       <c r="D672" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" t="s">
-        <v>489</v>
+        <v>655</v>
       </c>
       <c r="B673" t="s">
-        <v>490</v>
+        <v>656</v>
       </c>
       <c r="C673">
-        <v>35.004</v>
+        <v>30.06</v>
       </c>
       <c r="D673" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" t="s">
-        <v>491</v>
+        <v>657</v>
       </c>
       <c r="B674" t="s">
-        <v>492</v>
+        <v>658</v>
       </c>
       <c r="C674">
-        <v>35.004</v>
+        <v>30.168</v>
       </c>
       <c r="D674" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" t="s">
-        <v>493</v>
+        <v>659</v>
       </c>
       <c r="B675" t="s">
-        <v>494</v>
+        <v>660</v>
       </c>
       <c r="C675">
-        <v>35.004</v>
+        <v>30.168</v>
       </c>
       <c r="D675" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" t="s">
-        <v>495</v>
+        <v>661</v>
       </c>
       <c r="B676" t="s">
-        <v>496</v>
+        <v>662</v>
       </c>
       <c r="C676">
-        <v>35.004</v>
+        <v>30.168</v>
       </c>
       <c r="D676" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" t="s">
-        <v>497</v>
+        <v>663</v>
       </c>
       <c r="B677" t="s">
-        <v>498</v>
+        <v>664</v>
       </c>
       <c r="C677">
-        <v>35.004</v>
+        <v>30.168</v>
       </c>
       <c r="D677" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678" t="s">
-        <v>499</v>
+        <v>665</v>
       </c>
       <c r="B678" t="s">
-        <v>500</v>
+        <v>666</v>
       </c>
       <c r="C678">
-        <v>35.004</v>
+        <v>30.168</v>
       </c>
       <c r="D678" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" t="s">
-        <v>501</v>
+        <v>667</v>
       </c>
       <c r="B679" t="s">
-        <v>502</v>
+        <v>668</v>
       </c>
       <c r="C679">
-        <v>35.004</v>
+        <v>30.168</v>
       </c>
       <c r="D679" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" t="s">
-        <v>503</v>
+        <v>669</v>
       </c>
       <c r="B680" t="s">
-        <v>504</v>
+        <v>670</v>
       </c>
       <c r="C680">
-        <v>35.004</v>
+        <v>30.168</v>
       </c>
       <c r="D680" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" t="s">
-        <v>505</v>
+        <v>671</v>
       </c>
       <c r="B681" t="s">
-        <v>506</v>
+        <v>672</v>
       </c>
       <c r="C681">
-        <v>35.004</v>
+        <v>30.168</v>
       </c>
       <c r="D681" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" t="s">
-        <v>507</v>
+        <v>673</v>
       </c>
       <c r="B682" t="s">
-        <v>508</v>
+        <v>674</v>
       </c>
       <c r="C682">
-        <v>35.7</v>
+        <v>30.168</v>
       </c>
       <c r="D682" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" t="s">
-        <v>509</v>
+        <v>675</v>
       </c>
       <c r="B683" t="s">
-        <v>510</v>
+        <v>676</v>
       </c>
       <c r="C683">
-        <v>39.0</v>
+        <v>34.968</v>
       </c>
       <c r="D683" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" t="s">
-        <v>511</v>
+        <v>677</v>
       </c>
       <c r="B684" t="s">
-        <v>512</v>
+        <v>678</v>
       </c>
       <c r="C684">
-        <v>39.0</v>
+        <v>34.992</v>
       </c>
       <c r="D684" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685" t="s">
-        <v>513</v>
+        <v>679</v>
       </c>
       <c r="B685" t="s">
-        <v>514</v>
+        <v>680</v>
       </c>
       <c r="C685">
-        <v>39.0</v>
+        <v>34.992</v>
       </c>
       <c r="D685" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" t="s">
-        <v>515</v>
+        <v>681</v>
       </c>
       <c r="B686" t="s">
-        <v>516</v>
+        <v>682</v>
       </c>
       <c r="C686">
-        <v>39.0</v>
+        <v>34.992</v>
       </c>
       <c r="D686" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" t="s">
-        <v>517</v>
+        <v>683</v>
       </c>
       <c r="B687" t="s">
-        <v>518</v>
+        <v>684</v>
       </c>
       <c r="C687">
-        <v>39.0</v>
+        <v>34.992</v>
       </c>
       <c r="D687" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" t="s">
-        <v>519</v>
+        <v>685</v>
       </c>
       <c r="B688" t="s">
-        <v>520</v>
+        <v>686</v>
       </c>
       <c r="C688">
-        <v>39.0</v>
+        <v>34.992</v>
       </c>
       <c r="D688" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" t="s">
-        <v>521</v>
+        <v>687</v>
       </c>
       <c r="B689" t="s">
-        <v>522</v>
+        <v>688</v>
       </c>
       <c r="C689">
-        <v>39.0</v>
+        <v>34.992</v>
       </c>
       <c r="D689" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" t="s">
-        <v>523</v>
+        <v>689</v>
       </c>
       <c r="B690" t="s">
-        <v>524</v>
+        <v>690</v>
       </c>
       <c r="C690">
-        <v>39.0</v>
+        <v>34.992</v>
       </c>
       <c r="D690" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" t="s">
-        <v>525</v>
+        <v>691</v>
       </c>
       <c r="B691" t="s">
-        <v>526</v>
+        <v>692</v>
       </c>
       <c r="C691">
-        <v>39.0</v>
+        <v>35.28</v>
       </c>
       <c r="D691" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" t="s">
-        <v>527</v>
+        <v>693</v>
       </c>
       <c r="B692" t="s">
-        <v>528</v>
+        <v>694</v>
       </c>
       <c r="C692">
-        <v>39.0</v>
+        <v>35.28</v>
       </c>
       <c r="D692" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" t="s">
-        <v>529</v>
+        <v>695</v>
       </c>
       <c r="B693" t="s">
-        <v>530</v>
+        <v>696</v>
       </c>
       <c r="C693">
-        <v>39.0</v>
+        <v>35.28</v>
       </c>
       <c r="D693" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" t="s">
-        <v>531</v>
+        <v>697</v>
       </c>
       <c r="B694" t="s">
-        <v>532</v>
+        <v>698</v>
       </c>
       <c r="C694">
-        <v>39.0</v>
+        <v>35.28</v>
       </c>
       <c r="D694" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" t="s">
-        <v>533</v>
+        <v>699</v>
       </c>
       <c r="B695" t="s">
-        <v>534</v>
+        <v>700</v>
       </c>
       <c r="C695">
-        <v>39.0</v>
+        <v>35.28</v>
       </c>
       <c r="D695" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" t="s">
-        <v>535</v>
+        <v>701</v>
       </c>
       <c r="B696" t="s">
-        <v>536</v>
+        <v>702</v>
       </c>
       <c r="C696">
-        <v>39.0</v>
+        <v>35.28</v>
       </c>
       <c r="D696" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" t="s">
-        <v>537</v>
+        <v>703</v>
       </c>
       <c r="B697" t="s">
-        <v>538</v>
+        <v>704</v>
       </c>
       <c r="C697">
-        <v>39.0</v>
+        <v>35.28</v>
       </c>
       <c r="D697" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" t="s">
-        <v>539</v>
+        <v>705</v>
       </c>
       <c r="B698" t="s">
-        <v>540</v>
+        <v>706</v>
       </c>
       <c r="C698">
-        <v>39.0</v>
+        <v>35.28</v>
       </c>
       <c r="D698" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699" t="s">
-        <v>541</v>
+        <v>707</v>
       </c>
       <c r="B699" t="s">
-        <v>542</v>
+        <v>708</v>
       </c>
       <c r="C699">
-        <v>39.0</v>
+        <v>35.28</v>
       </c>
       <c r="D699" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="700" spans="1:4">
       <c r="A700" t="s">
-        <v>543</v>
+        <v>709</v>
       </c>
       <c r="B700" t="s">
-        <v>544</v>
+        <v>710</v>
       </c>
       <c r="C700">
-        <v>39.0</v>
+        <v>35.28</v>
       </c>
       <c r="D700" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" t="s">
-        <v>545</v>
+        <v>711</v>
       </c>
       <c r="B701" t="s">
-        <v>546</v>
+        <v>712</v>
       </c>
       <c r="C701">
-        <v>39.0</v>
+        <v>35.28</v>
       </c>
       <c r="D701" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" t="s">
-        <v>181</v>
+        <v>147</v>
       </c>
       <c r="B702" t="s">
-        <v>182</v>
+        <v>148</v>
       </c>
       <c r="C702">
-        <v>19.8</v>
+        <v>10.128</v>
       </c>
       <c r="D702" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703" t="s">
-        <v>219</v>
+        <v>259</v>
       </c>
       <c r="B703" t="s">
-        <v>220</v>
+        <v>260</v>
       </c>
       <c r="C703">
-        <v>20.808</v>
+        <v>12.996</v>
       </c>
       <c r="D703" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" t="s">
-        <v>305</v>
+        <v>575</v>
       </c>
       <c r="B704" t="s">
-        <v>306</v>
+        <v>576</v>
       </c>
       <c r="C704">
-        <v>25.428</v>
+        <v>17.892</v>
       </c>
       <c r="D704" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705" t="s">
-        <v>495</v>
+        <v>577</v>
       </c>
       <c r="B705" t="s">
-        <v>496</v>
+        <v>578</v>
       </c>
       <c r="C705">
-        <v>35.004</v>
+        <v>17.892</v>
       </c>
       <c r="D705" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706" t="s">
-        <v>497</v>
+        <v>579</v>
       </c>
       <c r="B706" t="s">
-        <v>498</v>
+        <v>580</v>
       </c>
       <c r="C706">
-        <v>35.004</v>
+        <v>17.892</v>
       </c>
       <c r="D706" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" t="s">
-        <v>499</v>
+        <v>581</v>
       </c>
       <c r="B707" t="s">
-        <v>500</v>
+        <v>582</v>
       </c>
       <c r="C707">
-        <v>35.004</v>
+        <v>17.892</v>
       </c>
       <c r="D707" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708" t="s">
-        <v>501</v>
+        <v>583</v>
       </c>
       <c r="B708" t="s">
-        <v>502</v>
+        <v>584</v>
       </c>
       <c r="C708">
-        <v>35.004</v>
+        <v>17.892</v>
       </c>
       <c r="D708" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709" t="s">
-        <v>503</v>
+        <v>585</v>
       </c>
       <c r="B709" t="s">
-        <v>504</v>
+        <v>586</v>
       </c>
       <c r="C709">
-        <v>35.004</v>
+        <v>17.892</v>
       </c>
       <c r="D709" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" t="s">
-        <v>505</v>
+        <v>607</v>
       </c>
       <c r="B710" t="s">
-        <v>506</v>
+        <v>608</v>
       </c>
       <c r="C710">
-        <v>35.004</v>
+        <v>19.944</v>
       </c>
       <c r="D710" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711" t="s">
-        <v>547</v>
+        <v>609</v>
       </c>
       <c r="B711" t="s">
-        <v>548</v>
+        <v>610</v>
       </c>
       <c r="C711">
-        <v>45.0</v>
+        <v>19.944</v>
       </c>
       <c r="D711" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" t="s">
-        <v>549</v>
+        <v>611</v>
       </c>
       <c r="B712" t="s">
-        <v>550</v>
+        <v>612</v>
       </c>
       <c r="C712">
-        <v>45.0</v>
+        <v>19.944</v>
       </c>
       <c r="D712" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" t="s">
-        <v>547</v>
+        <v>613</v>
       </c>
       <c r="B713" t="s">
-        <v>551</v>
+        <v>614</v>
       </c>
       <c r="C713">
-        <v>45.0</v>
+        <v>19.944</v>
       </c>
       <c r="D713" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" t="s">
-        <v>547</v>
+        <v>615</v>
       </c>
       <c r="B714" t="s">
-        <v>552</v>
+        <v>616</v>
       </c>
       <c r="C714">
-        <v>45.0</v>
+        <v>19.944</v>
       </c>
       <c r="D714" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715" t="s">
-        <v>553</v>
+        <v>617</v>
       </c>
       <c r="B715" t="s">
-        <v>554</v>
+        <v>618</v>
       </c>
       <c r="C715">
-        <v>58.656</v>
+        <v>19.944</v>
       </c>
       <c r="D715" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" t="s">
-        <v>555</v>
+        <v>619</v>
       </c>
       <c r="B716" t="s">
-        <v>556</v>
+        <v>620</v>
       </c>
       <c r="C716">
-        <v>58.656</v>
+        <v>19.944</v>
       </c>
       <c r="D716" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717" t="s">
-        <v>557</v>
+        <v>623</v>
       </c>
       <c r="B717" t="s">
-        <v>558</v>
+        <v>624</v>
       </c>
       <c r="C717">
-        <v>92.268</v>
+        <v>23.004</v>
       </c>
       <c r="D717" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718" t="s">
-        <v>559</v>
+        <v>625</v>
       </c>
       <c r="B718" t="s">
-        <v>560</v>
+        <v>626</v>
       </c>
       <c r="C718">
-        <v>108.996</v>
+        <v>23.004</v>
       </c>
       <c r="D718" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" t="s">
-        <v>561</v>
+        <v>627</v>
       </c>
       <c r="B719" t="s">
-        <v>562</v>
+        <v>628</v>
       </c>
       <c r="C719">
-        <v>108.996</v>
+        <v>23.004</v>
       </c>
       <c r="D719" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720" t="s">
-        <v>563</v>
+        <v>629</v>
       </c>
       <c r="B720" t="s">
-        <v>564</v>
+        <v>630</v>
       </c>
       <c r="C720">
-        <v>168.996</v>
+        <v>23.004</v>
       </c>
       <c r="D720" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" t="s">
-        <v>565</v>
+        <v>631</v>
       </c>
       <c r="B721" t="s">
-        <v>566</v>
+        <v>632</v>
       </c>
       <c r="C721">
-        <v>168.996</v>
+        <v>23.004</v>
       </c>
       <c r="D721" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" t="s">
-        <v>567</v>
+        <v>633</v>
       </c>
       <c r="B722" t="s">
-        <v>568</v>
+        <v>634</v>
       </c>
       <c r="C722">
-        <v>178.992</v>
+        <v>23.004</v>
       </c>
       <c r="D722" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" t="s">
-        <v>569</v>
+        <v>635</v>
       </c>
       <c r="B723" t="s">
-        <v>570</v>
+        <v>636</v>
       </c>
       <c r="C723">
-        <v>219.0</v>
+        <v>23.004</v>
       </c>
       <c r="D723" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" t="s">
-        <v>571</v>
+        <v>653</v>
       </c>
       <c r="B724" t="s">
-        <v>572</v>
+        <v>654</v>
       </c>
       <c r="C724">
-        <v>279.0</v>
+        <v>30.0</v>
       </c>
       <c r="D724" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" t="s">
-        <v>573</v>
+        <v>667</v>
       </c>
       <c r="B725" t="s">
-        <v>574</v>
+        <v>668</v>
       </c>
       <c r="C725">
-        <v>399.0</v>
+        <v>30.168</v>
       </c>
       <c r="D725" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" t="s">
-        <v>575</v>
+        <v>669</v>
       </c>
       <c r="B726" t="s">
-        <v>576</v>
+        <v>670</v>
       </c>
       <c r="C726">
-        <v>498.996</v>
+        <v>30.168</v>
       </c>
       <c r="D726" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" t="s">
-        <v>577</v>
+        <v>671</v>
       </c>
       <c r="B727" t="s">
-        <v>578</v>
+        <v>672</v>
       </c>
       <c r="C727">
-        <v>518.592</v>
+        <v>30.168</v>
       </c>
       <c r="D727" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" t="s">
-        <v>579</v>
+        <v>673</v>
       </c>
       <c r="B728" t="s">
-        <v>580</v>
+        <v>674</v>
       </c>
       <c r="C728">
-        <v>598.992</v>
+        <v>30.168</v>
       </c>
       <c r="D728" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="A729" t="s">
-        <v>581</v>
+        <v>681</v>
       </c>
       <c r="B729" t="s">
-        <v>582</v>
+        <v>682</v>
       </c>
       <c r="C729">
-        <v>898.992</v>
+        <v>34.992</v>
       </c>
       <c r="D729" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730" t="s">
-        <v>583</v>
+        <v>683</v>
       </c>
       <c r="B730" t="s">
-        <v>584</v>
+        <v>684</v>
       </c>
       <c r="C730">
-        <v>898.992</v>
+        <v>34.992</v>
       </c>
       <c r="D730" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" t="s">
-        <v>585</v>
+        <v>685</v>
       </c>
       <c r="B731" t="s">
-        <v>586</v>
+        <v>686</v>
       </c>
       <c r="C731">
-        <v>1098.996</v>
+        <v>34.992</v>
       </c>
       <c r="D731" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732" t="s">
-        <v>587</v>
+        <v>687</v>
       </c>
       <c r="B732" t="s">
-        <v>588</v>
+        <v>688</v>
       </c>
       <c r="C732">
-        <v>1199.004</v>
+        <v>34.992</v>
       </c>
       <c r="D732" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" t="s">
-        <v>589</v>
+        <v>689</v>
       </c>
       <c r="B733" t="s">
-        <v>590</v>
+        <v>690</v>
       </c>
       <c r="C733">
-        <v>1599.0</v>
+        <v>34.992</v>
       </c>
       <c r="D733" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" t="s">
-        <v>591</v>
+        <v>713</v>
       </c>
       <c r="B734" t="s">
-        <v>592</v>
+        <v>714</v>
       </c>
       <c r="C734">
-        <v>1793.388</v>
+        <v>35.28</v>
       </c>
       <c r="D734" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" t="s">
-        <v>593</v>
+        <v>715</v>
       </c>
       <c r="B735" t="s">
-        <v>594</v>
+        <v>716</v>
       </c>
       <c r="C735">
-        <v>2098.992</v>
+        <v>35.28</v>
       </c>
       <c r="D735" t="s">
-        <v>26</v>
+        <v>17</v>
+      </c>
+    </row>
+    <row r="736" spans="1:4">
+      <c r="A736" t="s">
+        <v>717</v>
+      </c>
+      <c r="B736" t="s">
+        <v>718</v>
+      </c>
+      <c r="C736">
+        <v>39.0</v>
+      </c>
+      <c r="D736" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="737" spans="1:4">
+      <c r="A737" t="s">
+        <v>719</v>
+      </c>
+      <c r="B737" t="s">
+        <v>720</v>
+      </c>
+      <c r="C737">
+        <v>39.0</v>
+      </c>
+      <c r="D737" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="738" spans="1:4">
+      <c r="A738" t="s">
+        <v>721</v>
+      </c>
+      <c r="B738" t="s">
+        <v>722</v>
+      </c>
+      <c r="C738">
+        <v>39.0</v>
+      </c>
+      <c r="D738" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="739" spans="1:4">
+      <c r="A739" t="s">
+        <v>723</v>
+      </c>
+      <c r="B739" t="s">
+        <v>724</v>
+      </c>
+      <c r="C739">
+        <v>45.0</v>
+      </c>
+      <c r="D739" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="740" spans="1:4">
+      <c r="A740" t="s">
+        <v>725</v>
+      </c>
+      <c r="B740" t="s">
+        <v>726</v>
+      </c>
+      <c r="C740">
+        <v>45.0</v>
+      </c>
+      <c r="D740" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="741" spans="1:4">
+      <c r="A741" t="s">
+        <v>727</v>
+      </c>
+      <c r="B741" t="s">
+        <v>728</v>
+      </c>
+      <c r="C741">
+        <v>45.0</v>
+      </c>
+      <c r="D741" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="742" spans="1:4">
+      <c r="A742" t="s">
+        <v>729</v>
+      </c>
+      <c r="B742" t="s">
+        <v>730</v>
+      </c>
+      <c r="C742">
+        <v>47.172</v>
+      </c>
+      <c r="D742" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="743" spans="1:4">
+      <c r="A743" t="s">
+        <v>731</v>
+      </c>
+      <c r="B743" t="s">
+        <v>732</v>
+      </c>
+      <c r="C743">
+        <v>48.996</v>
+      </c>
+      <c r="D743" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="744" spans="1:4">
+      <c r="A744" t="s">
+        <v>733</v>
+      </c>
+      <c r="B744" t="s">
+        <v>734</v>
+      </c>
+      <c r="C744">
+        <v>48.996</v>
+      </c>
+      <c r="D744" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="745" spans="1:4">
+      <c r="A745" t="s">
+        <v>735</v>
+      </c>
+      <c r="B745" t="s">
+        <v>736</v>
+      </c>
+      <c r="C745">
+        <v>48.996</v>
+      </c>
+      <c r="D745" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="746" spans="1:4">
+      <c r="A746" t="s">
+        <v>737</v>
+      </c>
+      <c r="B746" t="s">
+        <v>738</v>
+      </c>
+      <c r="C746">
+        <v>48.996</v>
+      </c>
+      <c r="D746" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="747" spans="1:4">
+      <c r="A747" t="s">
+        <v>739</v>
+      </c>
+      <c r="B747" t="s">
+        <v>740</v>
+      </c>
+      <c r="C747">
+        <v>50.616</v>
+      </c>
+      <c r="D747" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="748" spans="1:4">
+      <c r="A748" t="s">
+        <v>741</v>
+      </c>
+      <c r="B748" t="s">
+        <v>742</v>
+      </c>
+      <c r="C748">
+        <v>50.616</v>
+      </c>
+      <c r="D748" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="749" spans="1:4">
+      <c r="A749" t="s">
+        <v>743</v>
+      </c>
+      <c r="B749" t="s">
+        <v>744</v>
+      </c>
+      <c r="C749">
+        <v>50.616</v>
+      </c>
+      <c r="D749" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="750" spans="1:4">
+      <c r="A750" t="s">
+        <v>745</v>
+      </c>
+      <c r="B750" t="s">
+        <v>746</v>
+      </c>
+      <c r="C750">
+        <v>50.616</v>
+      </c>
+      <c r="D750" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="751" spans="1:4">
+      <c r="A751" t="s">
+        <v>747</v>
+      </c>
+      <c r="B751" t="s">
+        <v>748</v>
+      </c>
+      <c r="C751">
+        <v>50.616</v>
+      </c>
+      <c r="D751" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="752" spans="1:4">
+      <c r="A752" t="s">
+        <v>749</v>
+      </c>
+      <c r="B752" t="s">
+        <v>750</v>
+      </c>
+      <c r="C752">
+        <v>55.728</v>
+      </c>
+      <c r="D752" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="753" spans="1:4">
+      <c r="A753" t="s">
+        <v>751</v>
+      </c>
+      <c r="B753" t="s">
+        <v>752</v>
+      </c>
+      <c r="C753">
+        <v>55.728</v>
+      </c>
+      <c r="D753" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="754" spans="1:4">
+      <c r="A754" t="s">
+        <v>753</v>
+      </c>
+      <c r="B754" t="s">
+        <v>754</v>
+      </c>
+      <c r="C754">
+        <v>55.728</v>
+      </c>
+      <c r="D754" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="755" spans="1:4">
+      <c r="A755" t="s">
+        <v>755</v>
+      </c>
+      <c r="B755" t="s">
+        <v>756</v>
+      </c>
+      <c r="C755">
+        <v>55.728</v>
+      </c>
+      <c r="D755" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="756" spans="1:4">
+      <c r="A756" t="s">
+        <v>757</v>
+      </c>
+      <c r="B756" t="s">
+        <v>758</v>
+      </c>
+      <c r="C756">
+        <v>55.728</v>
+      </c>
+      <c r="D756" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="757" spans="1:4">
+      <c r="A757" t="s">
+        <v>759</v>
+      </c>
+      <c r="B757" t="s">
+        <v>760</v>
+      </c>
+      <c r="C757">
+        <v>55.728</v>
+      </c>
+      <c r="D757" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="758" spans="1:4">
+      <c r="A758" t="s">
+        <v>761</v>
+      </c>
+      <c r="B758" t="s">
+        <v>762</v>
+      </c>
+      <c r="C758">
+        <v>55.728</v>
+      </c>
+      <c r="D758" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="759" spans="1:4">
+      <c r="A759" t="s">
+        <v>763</v>
+      </c>
+      <c r="B759" t="s">
+        <v>764</v>
+      </c>
+      <c r="C759">
+        <v>60.84</v>
+      </c>
+      <c r="D759" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="760" spans="1:4">
+      <c r="A760" t="s">
+        <v>765</v>
+      </c>
+      <c r="B760" t="s">
+        <v>766</v>
+      </c>
+      <c r="C760">
+        <v>60.84</v>
+      </c>
+      <c r="D760" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="761" spans="1:4">
+      <c r="A761" t="s">
+        <v>767</v>
+      </c>
+      <c r="B761" t="s">
+        <v>768</v>
+      </c>
+      <c r="C761">
+        <v>65.952</v>
+      </c>
+      <c r="D761" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="762" spans="1:4">
+      <c r="A762" t="s">
+        <v>769</v>
+      </c>
+      <c r="B762" t="s">
+        <v>770</v>
+      </c>
+      <c r="C762">
+        <v>65.952</v>
+      </c>
+      <c r="D762" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="763" spans="1:4">
+      <c r="A763" t="s">
+        <v>771</v>
+      </c>
+      <c r="B763" t="s">
+        <v>772</v>
+      </c>
+      <c r="C763">
+        <v>76.176</v>
+      </c>
+      <c r="D763" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="764" spans="1:4">
+      <c r="A764" t="s">
+        <v>773</v>
+      </c>
+      <c r="B764" t="s">
+        <v>774</v>
+      </c>
+      <c r="C764">
+        <v>76.176</v>
+      </c>
+      <c r="D764" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="765" spans="1:4">
+      <c r="A765" t="s">
+        <v>775</v>
+      </c>
+      <c r="B765" t="s">
+        <v>776</v>
+      </c>
+      <c r="C765">
+        <v>81.3</v>
+      </c>
+      <c r="D765" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="766" spans="1:4">
+      <c r="A766" t="s">
+        <v>777</v>
+      </c>
+      <c r="B766" t="s">
+        <v>778</v>
+      </c>
+      <c r="C766">
+        <v>81.3</v>
+      </c>
+      <c r="D766" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="767" spans="1:4">
+      <c r="A767" t="s">
+        <v>779</v>
+      </c>
+      <c r="B767" t="s">
+        <v>780</v>
+      </c>
+      <c r="C767">
+        <v>81.3</v>
+      </c>
+      <c r="D767" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="768" spans="1:4">
+      <c r="A768" t="s">
+        <v>781</v>
+      </c>
+      <c r="B768" t="s">
+        <v>782</v>
+      </c>
+      <c r="C768">
+        <v>86.412</v>
+      </c>
+      <c r="D768" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="769" spans="1:4">
+      <c r="A769" t="s">
+        <v>783</v>
+      </c>
+      <c r="B769" t="s">
+        <v>784</v>
+      </c>
+      <c r="C769">
+        <v>86.412</v>
+      </c>
+      <c r="D769" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="770" spans="1:4">
+      <c r="A770" t="s">
+        <v>785</v>
+      </c>
+      <c r="B770" t="s">
+        <v>786</v>
+      </c>
+      <c r="C770">
+        <v>86.412</v>
+      </c>
+      <c r="D770" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="771" spans="1:4">
+      <c r="A771" t="s">
+        <v>787</v>
+      </c>
+      <c r="B771" t="s">
+        <v>788</v>
+      </c>
+      <c r="C771">
+        <v>86.412</v>
+      </c>
+      <c r="D771" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="772" spans="1:4">
+      <c r="A772" t="s">
+        <v>789</v>
+      </c>
+      <c r="B772" t="s">
+        <v>790</v>
+      </c>
+      <c r="C772">
+        <v>86.412</v>
+      </c>
+      <c r="D772" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="773" spans="1:4">
+      <c r="A773" t="s">
+        <v>791</v>
+      </c>
+      <c r="B773" t="s">
+        <v>792</v>
+      </c>
+      <c r="C773">
+        <v>86.412</v>
+      </c>
+      <c r="D773" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="774" spans="1:4">
+      <c r="A774" t="s">
+        <v>793</v>
+      </c>
+      <c r="B774" t="s">
+        <v>794</v>
+      </c>
+      <c r="C774">
+        <v>88.992</v>
+      </c>
+      <c r="D774" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="775" spans="1:4">
+      <c r="A775" t="s">
+        <v>795</v>
+      </c>
+      <c r="B775" t="s">
+        <v>796</v>
+      </c>
+      <c r="C775">
+        <v>96.636</v>
+      </c>
+      <c r="D775" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="776" spans="1:4">
+      <c r="A776" t="s">
+        <v>797</v>
+      </c>
+      <c r="B776" t="s">
+        <v>798</v>
+      </c>
+      <c r="C776">
+        <v>96.636</v>
+      </c>
+      <c r="D776" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="777" spans="1:4">
+      <c r="A777" t="s">
+        <v>799</v>
+      </c>
+      <c r="B777" t="s">
+        <v>800</v>
+      </c>
+      <c r="C777">
+        <v>101.748</v>
+      </c>
+      <c r="D777" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="778" spans="1:4">
+      <c r="A778" t="s">
+        <v>801</v>
+      </c>
+      <c r="B778" t="s">
+        <v>802</v>
+      </c>
+      <c r="C778">
+        <v>108.996</v>
+      </c>
+      <c r="D778" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="779" spans="1:4">
+      <c r="A779" t="s">
+        <v>803</v>
+      </c>
+      <c r="B779" t="s">
+        <v>804</v>
+      </c>
+      <c r="C779">
+        <v>132.42</v>
+      </c>
+      <c r="D779" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="780" spans="1:4">
+      <c r="A780" t="s">
+        <v>805</v>
+      </c>
+      <c r="B780" t="s">
+        <v>806</v>
+      </c>
+      <c r="C780">
+        <v>132.42</v>
+      </c>
+      <c r="D780" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="781" spans="1:4">
+      <c r="A781" t="s">
+        <v>807</v>
+      </c>
+      <c r="B781" t="s">
+        <v>808</v>
+      </c>
+      <c r="C781">
+        <v>142.656</v>
+      </c>
+      <c r="D781" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="782" spans="1:4">
+      <c r="A782" t="s">
+        <v>809</v>
+      </c>
+      <c r="B782" t="s">
+        <v>810</v>
+      </c>
+      <c r="C782">
+        <v>152.868</v>
+      </c>
+      <c r="D782" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="783" spans="1:4">
+      <c r="A783" t="s">
+        <v>811</v>
+      </c>
+      <c r="B783" t="s">
+        <v>812</v>
+      </c>
+      <c r="C783">
+        <v>152.868</v>
+      </c>
+      <c r="D783" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="784" spans="1:4">
+      <c r="A784" t="s">
+        <v>813</v>
+      </c>
+      <c r="B784" t="s">
+        <v>814</v>
+      </c>
+      <c r="C784">
+        <v>152.868</v>
+      </c>
+      <c r="D784" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="785" spans="1:4">
+      <c r="A785" t="s">
+        <v>815</v>
+      </c>
+      <c r="B785" t="s">
+        <v>816</v>
+      </c>
+      <c r="C785">
+        <v>152.868</v>
+      </c>
+      <c r="D785" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="786" spans="1:4">
+      <c r="A786" t="s">
+        <v>817</v>
+      </c>
+      <c r="B786" t="s">
+        <v>818</v>
+      </c>
+      <c r="C786">
+        <v>152.868</v>
+      </c>
+      <c r="D786" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="787" spans="1:4">
+      <c r="A787" t="s">
+        <v>819</v>
+      </c>
+      <c r="B787" t="s">
+        <v>820</v>
+      </c>
+      <c r="C787">
+        <v>152.868</v>
+      </c>
+      <c r="D787" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="788" spans="1:4">
+      <c r="A788" t="s">
+        <v>821</v>
+      </c>
+      <c r="B788" t="s">
+        <v>822</v>
+      </c>
+      <c r="C788">
+        <v>152.868</v>
+      </c>
+      <c r="D788" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="789" spans="1:4">
+      <c r="A789" t="s">
+        <v>823</v>
+      </c>
+      <c r="B789" t="s">
+        <v>824</v>
+      </c>
+      <c r="C789">
+        <v>152.88</v>
+      </c>
+      <c r="D789" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="790" spans="1:4">
+      <c r="A790" t="s">
+        <v>825</v>
+      </c>
+      <c r="B790" t="s">
+        <v>826</v>
+      </c>
+      <c r="C790">
+        <v>159.0</v>
+      </c>
+      <c r="D790" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="791" spans="1:4">
+      <c r="A791" t="s">
+        <v>827</v>
+      </c>
+      <c r="B791" t="s">
+        <v>828</v>
+      </c>
+      <c r="C791">
+        <v>173.328</v>
+      </c>
+      <c r="D791" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="792" spans="1:4">
+      <c r="A792" t="s">
+        <v>829</v>
+      </c>
+      <c r="B792" t="s">
+        <v>830</v>
+      </c>
+      <c r="C792">
+        <v>178.44</v>
+      </c>
+      <c r="D792" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="793" spans="1:4">
+      <c r="A793" t="s">
+        <v>831</v>
+      </c>
+      <c r="B793" t="s">
+        <v>832</v>
+      </c>
+      <c r="C793">
+        <v>178.44</v>
+      </c>
+      <c r="D793" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="794" spans="1:4">
+      <c r="A794" t="s">
+        <v>833</v>
+      </c>
+      <c r="B794" t="s">
+        <v>834</v>
+      </c>
+      <c r="C794">
+        <v>178.44</v>
+      </c>
+      <c r="D794" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="795" spans="1:4">
+      <c r="A795" t="s">
+        <v>835</v>
+      </c>
+      <c r="B795" t="s">
+        <v>836</v>
+      </c>
+      <c r="C795">
+        <v>183.552</v>
+      </c>
+      <c r="D795" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="796" spans="1:4">
+      <c r="A796" t="s">
+        <v>837</v>
+      </c>
+      <c r="B796" t="s">
+        <v>838</v>
+      </c>
+      <c r="C796">
+        <v>183.552</v>
+      </c>
+      <c r="D796" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="797" spans="1:4">
+      <c r="A797" t="s">
+        <v>839</v>
+      </c>
+      <c r="B797" t="s">
+        <v>840</v>
+      </c>
+      <c r="C797">
+        <v>183.552</v>
+      </c>
+      <c r="D797" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="798" spans="1:4">
+      <c r="A798" t="s">
+        <v>841</v>
+      </c>
+      <c r="B798" t="s">
+        <v>842</v>
+      </c>
+      <c r="C798">
+        <v>183.552</v>
+      </c>
+      <c r="D798" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="799" spans="1:4">
+      <c r="A799" t="s">
+        <v>843</v>
+      </c>
+      <c r="B799" t="s">
+        <v>844</v>
+      </c>
+      <c r="C799">
+        <v>234.684</v>
+      </c>
+      <c r="D799" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="800" spans="1:4">
+      <c r="A800" t="s">
+        <v>845</v>
+      </c>
+      <c r="B800" t="s">
+        <v>846</v>
+      </c>
+      <c r="C800">
+        <v>249.0</v>
+      </c>
+      <c r="D800" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="801" spans="1:4">
+      <c r="A801" t="s">
+        <v>847</v>
+      </c>
+      <c r="B801" t="s">
+        <v>848</v>
+      </c>
+      <c r="C801">
+        <v>250.02</v>
+      </c>
+      <c r="D801" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="802" spans="1:4">
+      <c r="A802" t="s">
+        <v>147</v>
+      </c>
+      <c r="B802" t="s">
+        <v>148</v>
+      </c>
+      <c r="C802">
+        <v>10.128</v>
+      </c>
+      <c r="D802" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="803" spans="1:4">
+      <c r="A803" t="s">
+        <v>259</v>
+      </c>
+      <c r="B803" t="s">
+        <v>260</v>
+      </c>
+      <c r="C803">
+        <v>12.996</v>
+      </c>
+      <c r="D803" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="804" spans="1:4">
+      <c r="A804" t="s">
+        <v>575</v>
+      </c>
+      <c r="B804" t="s">
+        <v>576</v>
+      </c>
+      <c r="C804">
+        <v>17.892</v>
+      </c>
+      <c r="D804" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="805" spans="1:4">
+      <c r="A805" t="s">
+        <v>577</v>
+      </c>
+      <c r="B805" t="s">
+        <v>578</v>
+      </c>
+      <c r="C805">
+        <v>17.892</v>
+      </c>
+      <c r="D805" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="806" spans="1:4">
+      <c r="A806" t="s">
+        <v>579</v>
+      </c>
+      <c r="B806" t="s">
+        <v>580</v>
+      </c>
+      <c r="C806">
+        <v>17.892</v>
+      </c>
+      <c r="D806" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="807" spans="1:4">
+      <c r="A807" t="s">
+        <v>581</v>
+      </c>
+      <c r="B807" t="s">
+        <v>582</v>
+      </c>
+      <c r="C807">
+        <v>17.892</v>
+      </c>
+      <c r="D807" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="808" spans="1:4">
+      <c r="A808" t="s">
+        <v>583</v>
+      </c>
+      <c r="B808" t="s">
+        <v>584</v>
+      </c>
+      <c r="C808">
+        <v>17.892</v>
+      </c>
+      <c r="D808" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="809" spans="1:4">
+      <c r="A809" t="s">
+        <v>585</v>
+      </c>
+      <c r="B809" t="s">
+        <v>586</v>
+      </c>
+      <c r="C809">
+        <v>17.892</v>
+      </c>
+      <c r="D809" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="810" spans="1:4">
+      <c r="A810" t="s">
+        <v>617</v>
+      </c>
+      <c r="B810" t="s">
+        <v>618</v>
+      </c>
+      <c r="C810">
+        <v>19.944</v>
+      </c>
+      <c r="D810" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="811" spans="1:4">
+      <c r="A811" t="s">
+        <v>619</v>
+      </c>
+      <c r="B811" t="s">
+        <v>620</v>
+      </c>
+      <c r="C811">
+        <v>19.944</v>
+      </c>
+      <c r="D811" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="812" spans="1:4">
+      <c r="A812" t="s">
+        <v>625</v>
+      </c>
+      <c r="B812" t="s">
+        <v>626</v>
+      </c>
+      <c r="C812">
+        <v>23.004</v>
+      </c>
+      <c r="D812" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="813" spans="1:4">
+      <c r="A813" t="s">
+        <v>627</v>
+      </c>
+      <c r="B813" t="s">
+        <v>628</v>
+      </c>
+      <c r="C813">
+        <v>23.004</v>
+      </c>
+      <c r="D813" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="814" spans="1:4">
+      <c r="A814" t="s">
+        <v>629</v>
+      </c>
+      <c r="B814" t="s">
+        <v>630</v>
+      </c>
+      <c r="C814">
+        <v>23.004</v>
+      </c>
+      <c r="D814" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="815" spans="1:4">
+      <c r="A815" t="s">
+        <v>631</v>
+      </c>
+      <c r="B815" t="s">
+        <v>632</v>
+      </c>
+      <c r="C815">
+        <v>23.004</v>
+      </c>
+      <c r="D815" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="816" spans="1:4">
+      <c r="A816" t="s">
+        <v>633</v>
+      </c>
+      <c r="B816" t="s">
+        <v>634</v>
+      </c>
+      <c r="C816">
+        <v>23.004</v>
+      </c>
+      <c r="D816" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="817" spans="1:4">
+      <c r="A817" t="s">
+        <v>635</v>
+      </c>
+      <c r="B817" t="s">
+        <v>636</v>
+      </c>
+      <c r="C817">
+        <v>23.004</v>
+      </c>
+      <c r="D817" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="818" spans="1:4">
+      <c r="A818" t="s">
+        <v>653</v>
+      </c>
+      <c r="B818" t="s">
+        <v>654</v>
+      </c>
+      <c r="C818">
+        <v>30.0</v>
+      </c>
+      <c r="D818" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="819" spans="1:4">
+      <c r="A819" t="s">
+        <v>681</v>
+      </c>
+      <c r="B819" t="s">
+        <v>682</v>
+      </c>
+      <c r="C819">
+        <v>34.992</v>
+      </c>
+      <c r="D819" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="820" spans="1:4">
+      <c r="A820" t="s">
+        <v>683</v>
+      </c>
+      <c r="B820" t="s">
+        <v>684</v>
+      </c>
+      <c r="C820">
+        <v>34.992</v>
+      </c>
+      <c r="D820" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="821" spans="1:4">
+      <c r="A821" t="s">
+        <v>685</v>
+      </c>
+      <c r="B821" t="s">
+        <v>686</v>
+      </c>
+      <c r="C821">
+        <v>34.992</v>
+      </c>
+      <c r="D821" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="822" spans="1:4">
+      <c r="A822" t="s">
+        <v>687</v>
+      </c>
+      <c r="B822" t="s">
+        <v>688</v>
+      </c>
+      <c r="C822">
+        <v>34.992</v>
+      </c>
+      <c r="D822" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="823" spans="1:4">
+      <c r="A823" t="s">
+        <v>689</v>
+      </c>
+      <c r="B823" t="s">
+        <v>690</v>
+      </c>
+      <c r="C823">
+        <v>34.992</v>
+      </c>
+      <c r="D823" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="824" spans="1:4">
+      <c r="A824" t="s">
+        <v>713</v>
+      </c>
+      <c r="B824" t="s">
+        <v>714</v>
+      </c>
+      <c r="C824">
+        <v>35.28</v>
+      </c>
+      <c r="D824" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="825" spans="1:4">
+      <c r="A825" t="s">
+        <v>715</v>
+      </c>
+      <c r="B825" t="s">
+        <v>716</v>
+      </c>
+      <c r="C825">
+        <v>35.28</v>
+      </c>
+      <c r="D825" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="826" spans="1:4">
+      <c r="A826" t="s">
+        <v>717</v>
+      </c>
+      <c r="B826" t="s">
+        <v>718</v>
+      </c>
+      <c r="C826">
+        <v>39.0</v>
+      </c>
+      <c r="D826" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="827" spans="1:4">
+      <c r="A827" t="s">
+        <v>719</v>
+      </c>
+      <c r="B827" t="s">
+        <v>720</v>
+      </c>
+      <c r="C827">
+        <v>39.0</v>
+      </c>
+      <c r="D827" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="828" spans="1:4">
+      <c r="A828" t="s">
+        <v>721</v>
+      </c>
+      <c r="B828" t="s">
+        <v>722</v>
+      </c>
+      <c r="C828">
+        <v>39.0</v>
+      </c>
+      <c r="D828" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="829" spans="1:4">
+      <c r="A829" t="s">
+        <v>723</v>
+      </c>
+      <c r="B829" t="s">
+        <v>724</v>
+      </c>
+      <c r="C829">
+        <v>45.0</v>
+      </c>
+      <c r="D829" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="830" spans="1:4">
+      <c r="A830" t="s">
+        <v>725</v>
+      </c>
+      <c r="B830" t="s">
+        <v>726</v>
+      </c>
+      <c r="C830">
+        <v>45.0</v>
+      </c>
+      <c r="D830" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="831" spans="1:4">
+      <c r="A831" t="s">
+        <v>727</v>
+      </c>
+      <c r="B831" t="s">
+        <v>728</v>
+      </c>
+      <c r="C831">
+        <v>45.0</v>
+      </c>
+      <c r="D831" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="832" spans="1:4">
+      <c r="A832" t="s">
+        <v>729</v>
+      </c>
+      <c r="B832" t="s">
+        <v>730</v>
+      </c>
+      <c r="C832">
+        <v>47.172</v>
+      </c>
+      <c r="D832" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="833" spans="1:4">
+      <c r="A833" t="s">
+        <v>731</v>
+      </c>
+      <c r="B833" t="s">
+        <v>732</v>
+      </c>
+      <c r="C833">
+        <v>48.996</v>
+      </c>
+      <c r="D833" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="834" spans="1:4">
+      <c r="A834" t="s">
+        <v>733</v>
+      </c>
+      <c r="B834" t="s">
+        <v>734</v>
+      </c>
+      <c r="C834">
+        <v>48.996</v>
+      </c>
+      <c r="D834" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="835" spans="1:4">
+      <c r="A835" t="s">
+        <v>735</v>
+      </c>
+      <c r="B835" t="s">
+        <v>736</v>
+      </c>
+      <c r="C835">
+        <v>48.996</v>
+      </c>
+      <c r="D835" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="836" spans="1:4">
+      <c r="A836" t="s">
+        <v>737</v>
+      </c>
+      <c r="B836" t="s">
+        <v>738</v>
+      </c>
+      <c r="C836">
+        <v>48.996</v>
+      </c>
+      <c r="D836" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="837" spans="1:4">
+      <c r="A837" t="s">
+        <v>739</v>
+      </c>
+      <c r="B837" t="s">
+        <v>740</v>
+      </c>
+      <c r="C837">
+        <v>50.616</v>
+      </c>
+      <c r="D837" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="838" spans="1:4">
+      <c r="A838" t="s">
+        <v>741</v>
+      </c>
+      <c r="B838" t="s">
+        <v>742</v>
+      </c>
+      <c r="C838">
+        <v>50.616</v>
+      </c>
+      <c r="D838" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="839" spans="1:4">
+      <c r="A839" t="s">
+        <v>743</v>
+      </c>
+      <c r="B839" t="s">
+        <v>744</v>
+      </c>
+      <c r="C839">
+        <v>50.616</v>
+      </c>
+      <c r="D839" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="840" spans="1:4">
+      <c r="A840" t="s">
+        <v>745</v>
+      </c>
+      <c r="B840" t="s">
+        <v>746</v>
+      </c>
+      <c r="C840">
+        <v>50.616</v>
+      </c>
+      <c r="D840" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="841" spans="1:4">
+      <c r="A841" t="s">
+        <v>747</v>
+      </c>
+      <c r="B841" t="s">
+        <v>748</v>
+      </c>
+      <c r="C841">
+        <v>50.616</v>
+      </c>
+      <c r="D841" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="842" spans="1:4">
+      <c r="A842" t="s">
+        <v>749</v>
+      </c>
+      <c r="B842" t="s">
+        <v>750</v>
+      </c>
+      <c r="C842">
+        <v>55.728</v>
+      </c>
+      <c r="D842" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="843" spans="1:4">
+      <c r="A843" t="s">
+        <v>751</v>
+      </c>
+      <c r="B843" t="s">
+        <v>752</v>
+      </c>
+      <c r="C843">
+        <v>55.728</v>
+      </c>
+      <c r="D843" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="844" spans="1:4">
+      <c r="A844" t="s">
+        <v>753</v>
+      </c>
+      <c r="B844" t="s">
+        <v>754</v>
+      </c>
+      <c r="C844">
+        <v>55.728</v>
+      </c>
+      <c r="D844" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="845" spans="1:4">
+      <c r="A845" t="s">
+        <v>755</v>
+      </c>
+      <c r="B845" t="s">
+        <v>756</v>
+      </c>
+      <c r="C845">
+        <v>55.728</v>
+      </c>
+      <c r="D845" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="846" spans="1:4">
+      <c r="A846" t="s">
+        <v>757</v>
+      </c>
+      <c r="B846" t="s">
+        <v>758</v>
+      </c>
+      <c r="C846">
+        <v>55.728</v>
+      </c>
+      <c r="D846" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="847" spans="1:4">
+      <c r="A847" t="s">
+        <v>759</v>
+      </c>
+      <c r="B847" t="s">
+        <v>760</v>
+      </c>
+      <c r="C847">
+        <v>55.728</v>
+      </c>
+      <c r="D847" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="848" spans="1:4">
+      <c r="A848" t="s">
+        <v>761</v>
+      </c>
+      <c r="B848" t="s">
+        <v>762</v>
+      </c>
+      <c r="C848">
+        <v>55.728</v>
+      </c>
+      <c r="D848" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="849" spans="1:4">
+      <c r="A849" t="s">
+        <v>765</v>
+      </c>
+      <c r="B849" t="s">
+        <v>766</v>
+      </c>
+      <c r="C849">
+        <v>60.84</v>
+      </c>
+      <c r="D849" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="850" spans="1:4">
+      <c r="A850" t="s">
+        <v>771</v>
+      </c>
+      <c r="B850" t="s">
+        <v>772</v>
+      </c>
+      <c r="C850">
+        <v>76.176</v>
+      </c>
+      <c r="D850" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="851" spans="1:4">
+      <c r="A851" t="s">
+        <v>773</v>
+      </c>
+      <c r="B851" t="s">
+        <v>774</v>
+      </c>
+      <c r="C851">
+        <v>76.176</v>
+      </c>
+      <c r="D851" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="852" spans="1:4">
+      <c r="A852" t="s">
+        <v>775</v>
+      </c>
+      <c r="B852" t="s">
+        <v>776</v>
+      </c>
+      <c r="C852">
+        <v>81.3</v>
+      </c>
+      <c r="D852" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="853" spans="1:4">
+      <c r="A853" t="s">
+        <v>777</v>
+      </c>
+      <c r="B853" t="s">
+        <v>778</v>
+      </c>
+      <c r="C853">
+        <v>81.3</v>
+      </c>
+      <c r="D853" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="854" spans="1:4">
+      <c r="A854" t="s">
+        <v>779</v>
+      </c>
+      <c r="B854" t="s">
+        <v>780</v>
+      </c>
+      <c r="C854">
+        <v>81.3</v>
+      </c>
+      <c r="D854" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="855" spans="1:4">
+      <c r="A855" t="s">
+        <v>787</v>
+      </c>
+      <c r="B855" t="s">
+        <v>788</v>
+      </c>
+      <c r="C855">
+        <v>86.412</v>
+      </c>
+      <c r="D855" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="856" spans="1:4">
+      <c r="A856" t="s">
+        <v>789</v>
+      </c>
+      <c r="B856" t="s">
+        <v>790</v>
+      </c>
+      <c r="C856">
+        <v>86.412</v>
+      </c>
+      <c r="D856" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="857" spans="1:4">
+      <c r="A857" t="s">
+        <v>791</v>
+      </c>
+      <c r="B857" t="s">
+        <v>792</v>
+      </c>
+      <c r="C857">
+        <v>86.412</v>
+      </c>
+      <c r="D857" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="858" spans="1:4">
+      <c r="A858" t="s">
+        <v>793</v>
+      </c>
+      <c r="B858" t="s">
+        <v>794</v>
+      </c>
+      <c r="C858">
+        <v>88.992</v>
+      </c>
+      <c r="D858" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="859" spans="1:4">
+      <c r="A859" t="s">
+        <v>801</v>
+      </c>
+      <c r="B859" t="s">
+        <v>802</v>
+      </c>
+      <c r="C859">
+        <v>108.996</v>
+      </c>
+      <c r="D859" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="860" spans="1:4">
+      <c r="A860" t="s">
+        <v>803</v>
+      </c>
+      <c r="B860" t="s">
+        <v>804</v>
+      </c>
+      <c r="C860">
+        <v>132.42</v>
+      </c>
+      <c r="D860" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="861" spans="1:4">
+      <c r="A861" t="s">
+        <v>805</v>
+      </c>
+      <c r="B861" t="s">
+        <v>806</v>
+      </c>
+      <c r="C861">
+        <v>132.42</v>
+      </c>
+      <c r="D861" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="862" spans="1:4">
+      <c r="A862" t="s">
+        <v>807</v>
+      </c>
+      <c r="B862" t="s">
+        <v>808</v>
+      </c>
+      <c r="C862">
+        <v>142.656</v>
+      </c>
+      <c r="D862" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="863" spans="1:4">
+      <c r="A863" t="s">
+        <v>809</v>
+      </c>
+      <c r="B863" t="s">
+        <v>810</v>
+      </c>
+      <c r="C863">
+        <v>152.868</v>
+      </c>
+      <c r="D863" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="864" spans="1:4">
+      <c r="A864" t="s">
+        <v>811</v>
+      </c>
+      <c r="B864" t="s">
+        <v>812</v>
+      </c>
+      <c r="C864">
+        <v>152.868</v>
+      </c>
+      <c r="D864" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="865" spans="1:4">
+      <c r="A865" t="s">
+        <v>813</v>
+      </c>
+      <c r="B865" t="s">
+        <v>814</v>
+      </c>
+      <c r="C865">
+        <v>152.868</v>
+      </c>
+      <c r="D865" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="866" spans="1:4">
+      <c r="A866" t="s">
+        <v>815</v>
+      </c>
+      <c r="B866" t="s">
+        <v>816</v>
+      </c>
+      <c r="C866">
+        <v>152.868</v>
+      </c>
+      <c r="D866" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="867" spans="1:4">
+      <c r="A867" t="s">
+        <v>817</v>
+      </c>
+      <c r="B867" t="s">
+        <v>818</v>
+      </c>
+      <c r="C867">
+        <v>152.868</v>
+      </c>
+      <c r="D867" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="868" spans="1:4">
+      <c r="A868" t="s">
+        <v>819</v>
+      </c>
+      <c r="B868" t="s">
+        <v>820</v>
+      </c>
+      <c r="C868">
+        <v>152.868</v>
+      </c>
+      <c r="D868" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="869" spans="1:4">
+      <c r="A869" t="s">
+        <v>821</v>
+      </c>
+      <c r="B869" t="s">
+        <v>822</v>
+      </c>
+      <c r="C869">
+        <v>152.868</v>
+      </c>
+      <c r="D869" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="870" spans="1:4">
+      <c r="A870" t="s">
+        <v>823</v>
+      </c>
+      <c r="B870" t="s">
+        <v>824</v>
+      </c>
+      <c r="C870">
+        <v>152.88</v>
+      </c>
+      <c r="D870" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="871" spans="1:4">
+      <c r="A871" t="s">
+        <v>825</v>
+      </c>
+      <c r="B871" t="s">
+        <v>826</v>
+      </c>
+      <c r="C871">
+        <v>159.0</v>
+      </c>
+      <c r="D871" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="872" spans="1:4">
+      <c r="A872" t="s">
+        <v>827</v>
+      </c>
+      <c r="B872" t="s">
+        <v>828</v>
+      </c>
+      <c r="C872">
+        <v>173.328</v>
+      </c>
+      <c r="D872" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="873" spans="1:4">
+      <c r="A873" t="s">
+        <v>829</v>
+      </c>
+      <c r="B873" t="s">
+        <v>830</v>
+      </c>
+      <c r="C873">
+        <v>178.44</v>
+      </c>
+      <c r="D873" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="874" spans="1:4">
+      <c r="A874" t="s">
+        <v>831</v>
+      </c>
+      <c r="B874" t="s">
+        <v>832</v>
+      </c>
+      <c r="C874">
+        <v>178.44</v>
+      </c>
+      <c r="D874" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="875" spans="1:4">
+      <c r="A875" t="s">
+        <v>833</v>
+      </c>
+      <c r="B875" t="s">
+        <v>834</v>
+      </c>
+      <c r="C875">
+        <v>178.44</v>
+      </c>
+      <c r="D875" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="876" spans="1:4">
+      <c r="A876" t="s">
+        <v>835</v>
+      </c>
+      <c r="B876" t="s">
+        <v>836</v>
+      </c>
+      <c r="C876">
+        <v>183.552</v>
+      </c>
+      <c r="D876" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="877" spans="1:4">
+      <c r="A877" t="s">
+        <v>837</v>
+      </c>
+      <c r="B877" t="s">
+        <v>838</v>
+      </c>
+      <c r="C877">
+        <v>183.552</v>
+      </c>
+      <c r="D877" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="878" spans="1:4">
+      <c r="A878" t="s">
+        <v>839</v>
+      </c>
+      <c r="B878" t="s">
+        <v>840</v>
+      </c>
+      <c r="C878">
+        <v>183.552</v>
+      </c>
+      <c r="D878" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="879" spans="1:4">
+      <c r="A879" t="s">
+        <v>841</v>
+      </c>
+      <c r="B879" t="s">
+        <v>842</v>
+      </c>
+      <c r="C879">
+        <v>183.552</v>
+      </c>
+      <c r="D879" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="880" spans="1:4">
+      <c r="A880" t="s">
+        <v>843</v>
+      </c>
+      <c r="B880" t="s">
+        <v>844</v>
+      </c>
+      <c r="C880">
+        <v>234.684</v>
+      </c>
+      <c r="D880" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="881" spans="1:4">
+      <c r="A881" t="s">
+        <v>845</v>
+      </c>
+      <c r="B881" t="s">
+        <v>846</v>
+      </c>
+      <c r="C881">
+        <v>249.0</v>
+      </c>
+      <c r="D881" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="882" spans="1:4">
+      <c r="A882" t="s">
+        <v>849</v>
+      </c>
+      <c r="B882" t="s">
+        <v>850</v>
+      </c>
+      <c r="C882">
+        <v>250.02</v>
+      </c>
+      <c r="D882" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="883" spans="1:4">
+      <c r="A883" t="s">
+        <v>851</v>
+      </c>
+      <c r="B883" t="s">
+        <v>852</v>
+      </c>
+      <c r="C883">
+        <v>250.02</v>
+      </c>
+      <c r="D883" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="884" spans="1:4">
+      <c r="A884" t="s">
+        <v>853</v>
+      </c>
+      <c r="B884" t="s">
+        <v>854</v>
+      </c>
+      <c r="C884">
+        <v>250.02</v>
+      </c>
+      <c r="D884" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="885" spans="1:4">
+      <c r="A885" t="s">
+        <v>855</v>
+      </c>
+      <c r="B885" t="s">
+        <v>856</v>
+      </c>
+      <c r="C885">
+        <v>250.02</v>
+      </c>
+      <c r="D885" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="886" spans="1:4">
+      <c r="A886" t="s">
+        <v>857</v>
+      </c>
+      <c r="B886" t="s">
+        <v>858</v>
+      </c>
+      <c r="C886">
+        <v>255.132</v>
+      </c>
+      <c r="D886" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="887" spans="1:4">
+      <c r="A887" t="s">
+        <v>859</v>
+      </c>
+      <c r="B887" t="s">
+        <v>860</v>
+      </c>
+      <c r="C887">
+        <v>265.152</v>
+      </c>
+      <c r="D887" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="888" spans="1:4">
+      <c r="A888" t="s">
+        <v>861</v>
+      </c>
+      <c r="B888" t="s">
+        <v>862</v>
+      </c>
+      <c r="C888">
+        <v>399.0</v>
+      </c>
+      <c r="D888" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="889" spans="1:4">
+      <c r="A889" t="s">
+        <v>863</v>
+      </c>
+      <c r="B889" t="s">
+        <v>864</v>
+      </c>
+      <c r="C889">
+        <v>459.0</v>
+      </c>
+      <c r="D889" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="890" spans="1:4">
+      <c r="A890" t="s">
+        <v>865</v>
+      </c>
+      <c r="B890" t="s">
+        <v>866</v>
+      </c>
+      <c r="C890">
+        <v>459.648</v>
+      </c>
+      <c r="D890" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="891" spans="1:4">
+      <c r="A891" t="s">
+        <v>867</v>
+      </c>
+      <c r="B891" t="s">
+        <v>868</v>
+      </c>
+      <c r="C891">
+        <v>536.34</v>
+      </c>
+      <c r="D891" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="892" spans="1:4">
+      <c r="A892" t="s">
+        <v>869</v>
+      </c>
+      <c r="B892" t="s">
+        <v>870</v>
+      </c>
+      <c r="C892">
+        <v>561.912</v>
+      </c>
+      <c r="D892" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="893" spans="1:4">
+      <c r="A893" t="s">
+        <v>871</v>
+      </c>
+      <c r="B893" t="s">
+        <v>872</v>
+      </c>
+      <c r="C893">
+        <v>561.912</v>
+      </c>
+      <c r="D893" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="894" spans="1:4">
+      <c r="A894" t="s">
+        <v>873</v>
+      </c>
+      <c r="B894" t="s">
+        <v>874</v>
+      </c>
+      <c r="C894">
+        <v>613.044</v>
+      </c>
+      <c r="D894" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="895" spans="1:4">
+      <c r="A895" t="s">
+        <v>875</v>
+      </c>
+      <c r="B895" t="s">
+        <v>876</v>
+      </c>
+      <c r="C895">
+        <v>817.56</v>
+      </c>
+      <c r="D895" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="896" spans="1:4">
+      <c r="A896" t="s">
+        <v>877</v>
+      </c>
+      <c r="B896" t="s">
+        <v>878</v>
+      </c>
+      <c r="C896">
+        <v>916.944</v>
+      </c>
+      <c r="D896" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="897" spans="1:4">
+      <c r="A897" t="s">
+        <v>879</v>
+      </c>
+      <c r="B897" t="s">
+        <v>880</v>
+      </c>
+      <c r="C897">
+        <v>1073.196</v>
+      </c>
+      <c r="D897" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D736"/>
+  <autoFilter ref="A1:D898"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>