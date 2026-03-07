--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,380 +7,398 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$898</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$516</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="881">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="659">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Геймърски пад A4tech X7-200S, Черен</t>
   </si>
   <si>
     <t>A4-PAD-X7-200S</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Пад за мишка A4tech FP25 FStyler, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Пад за мишка A4tech FP25 FStyler, Розов</t>
   </si>
   <si>
     <t>A4-PAD-FP25-PINK</t>
   </si>
   <si>
-    <t>Пад за мишка A4tech FP25 FStyler, Зелен</t>
-[...4 lines deleted...]
-  <si>
     <t>Геймърски пад A4tech X7-300MP</t>
   </si>
   <si>
     <t>A4-PAD-X7-300MP</t>
   </si>
   <si>
-    <t>Сменяеми бутончета Nacon Bigben Thumb grips за SONY PS5 Dualsense</t>
-[...2 lines deleted...]
-    <t>NC-PS5THUMBGRIP</t>
+    <t>Маска за сън Skross Deluxe Sleep Mask, Светло сива</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001EYMLGCN</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Сменяеми бутончета Nacon Bigben Thumb grips за Xbox X</t>
-[...14 lines deleted...]
-    <t>SKROSS-SKTA1001EYMLGCN</t>
+    <t>Лента за багаж Skross Luggage Strap, Червена</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001LUSRECN</t>
+  </si>
+  <si>
+    <t>Пътна чанта SKROSS, Тъмно сив</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001TRBDGCN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Протектор за екран NACON BigBen Nintendo Switch </t>
+  </si>
+  <si>
+    <t>NC-SWITCHPROTECTKIT</t>
+  </si>
+  <si>
+    <t>Сменяеми бутончета Colors  за Nintendo Switch комплект 8 in 1</t>
+  </si>
+  <si>
+    <t>HAMA-115527</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP75 FStyler, Черен</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP75-BLACK</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP75 FStyler, Сребрист</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP75-SILVER</t>
+  </si>
+  <si>
+    <t>Геймърски пад Bloody B-088S X-Thin, XL, Черен</t>
+  </si>
+  <si>
+    <t>A4-PAD-B-088S</t>
+  </si>
+  <si>
+    <t>Сменяеми бутончета Colors  за SONY PS4, PS5 комплект 8 in 1</t>
+  </si>
+  <si>
+    <t>HAMA-115524</t>
+  </si>
+  <si>
+    <t>Сменяеми бутончета uRage за SONY PS4, PS5 комплект 8 in 1</t>
+  </si>
+  <si>
+    <t>HAMA-115525</t>
+  </si>
+  <si>
+    <t>Геймърски пад Bloody BP-50L Размер XL, Черен</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-50L</t>
+  </si>
+  <si>
+    <t>Геймърски пад за мишка Bloody BP-30L, XL размер, 750 x 300 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-30L</t>
+  </si>
+  <si>
+    <t>A4Tech X7 Геймърски пад за мишка XP-70L, размер, 750 x 300 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-XP-70L</t>
+  </si>
+  <si>
+    <t>Ключодържател Difuzed Marvel - What if...?, Метален</t>
+  </si>
+  <si>
+    <t>BW-KE374122WHI</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Лента за багаж Skross Luggage Strap, Червена</t>
-[...68 lines deleted...]
-    <t>A4-PAD-XP-70L</t>
+    <t>Протектор Nacon BigBen PS5 Silicon Glove, Camo Green</t>
+  </si>
+  <si>
+    <t>NC-PS5GLOVE</t>
+  </si>
+  <si>
+    <t>Пад за мишка Logitech Mouse Pad Studio Series, Светло Син</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-51</t>
+  </si>
+  <si>
+    <t>Геймърски пад A4 Bloody BP-45W Cypher Ghost - 450 x 400 x 5mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-45W</t>
+  </si>
+  <si>
+    <t>uRage Защитно силиконовo покритие за гейм пад за SONY PS5</t>
+  </si>
+  <si>
+    <t>HAMA-115523</t>
+  </si>
+  <si>
+    <t>Геймърски пад A4 Bloody BP-45 Naraka, M размер, 450 x 500 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-45-Naraka</t>
+  </si>
+  <si>
+    <t>Пад за мишка Logitech Mouse Pad Studio Series, Тъмно Розов</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-50</t>
+  </si>
+  <si>
+    <t>Пад за мишка Logitech Mouse Pad Studio Series, Черен</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-49</t>
+  </si>
+  <si>
+    <t>Поставка за слушалки FragON A1 - Черна</t>
+  </si>
+  <si>
+    <t>FRAGON-A1-BLACK</t>
+  </si>
+  <si>
+    <t>Поставка за слушалки FragON A1 - Бяла</t>
+  </si>
+  <si>
+    <t>FRAGON-A1-WHITE</t>
+  </si>
+  <si>
+    <t>Геймърски пад World of Tanks CS-52 LIS Out of the Woods, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CS52W-M</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve - Размер S</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-S</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve - Размер M</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-M</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve - Размер L</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-L</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Arm Sleeve - Размер XL</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-XL</t>
+  </si>
+  <si>
+    <t>Карти за игра Paladone: Fortnite - Playing Cards in Tin, PP14531FO</t>
+  </si>
+  <si>
+    <t>PD-104461</t>
   </si>
   <si>
     <t>Карти за игра Paladone: Minecraft - Водоустойчиви карти за игра</t>
   </si>
   <si>
     <t>PD-104479</t>
   </si>
   <si>
-    <t>Ключодържател Difuzed Marvel - What if...?, Метален</t>
-[...64 lines deleted...]
-  <si>
     <t>Комплект аксесоари HAMA Camouflage 6in1, за SONY PlayStation 5</t>
   </si>
   <si>
     <t>HAMA-115520</t>
   </si>
   <si>
     <t>HAMA Комплект аксесоари 6 в 1 за PlayStation 5 контролер, черен</t>
   </si>
   <si>
     <t>HAMA-115522</t>
   </si>
   <si>
     <t>Пад за мишка Cherry MP 1000</t>
   </si>
   <si>
     <t>CHERRY-PAD-MP-1000</t>
   </si>
   <si>
     <t>Геймърски пад Spartan Gear Ares II XL</t>
   </si>
   <si>
     <t>SG-054143</t>
   </si>
   <si>
     <t>Защитно стъкло BigBen Nintendo Switch TG Protector NACON</t>
   </si>
   <si>
     <t>NC-SWITCHTEMPGLASS</t>
   </si>
   <si>
     <t>Защитен кейс BigBen Nintendo Switch Polycarbonate Case NACON</t>
   </si>
   <si>
     <t>NC-SWITCHPCCASE</t>
   </si>
   <si>
-    <t>Аксесоар Glorious, O-Ring Switch Dampeners, 70A, Thin, 120 броя</t>
-[...40 lines deleted...]
-  <si>
     <t>Силиконов защитен калъф Big Ben Silicon Glove, черен (Nintendo Switch OLED)</t>
   </si>
   <si>
     <t>NC-SWITCHOGLOVEBLACK</t>
   </si>
   <si>
     <t>Силиконов защитен калъф Big Ben Silicon Glove, сив (Nintendo Switch OLED)</t>
   </si>
   <si>
     <t>NC-SWITCHOGLOVEGREY</t>
   </si>
   <si>
+    <t>Геймърски пад SteelSeries, QcK Mini, Черен</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63005</t>
+  </si>
+  <si>
+    <t>Чаша Paladone Minecraft Creeper Glass (400ml), PP6729MCFV2</t>
+  </si>
+  <si>
+    <t>PD-066802</t>
+  </si>
+  <si>
+    <t>Чаша Diablo IV: Necromancer Sigil - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FDIMUG24BKAll0002</t>
+  </si>
+  <si>
+    <t>Чаша Diablo IV: Lilith - Queen of the Succubi - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FDIMUG24BKAll0003</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Alliance White - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKAll0003</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Horde White - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKHOR0003</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Alliance - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKAll0002</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Horde - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKHOR0002</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Alliance (pattern) - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKAll0001</t>
+  </si>
+  <si>
+    <t>Чаша World of Warcraft: Horde (pattern) - 325ml</t>
+  </si>
+  <si>
+    <t>FSH-FWWMUG24BKHOR0001</t>
+  </si>
+  <si>
+    <t>HAMA uRage Геймърски пад за мишка "Lethality 250"</t>
+  </si>
+  <si>
+    <t>HAMA-219802</t>
+  </si>
+  <si>
     <t>HAMA Комплект аксесоари "Soccer" 6 в 1 за PlayStation 5, 54459</t>
   </si>
   <si>
     <t>HAMA-54459</t>
   </si>
   <si>
-    <t>Аксесоар Glorious G-LUBE Switch Lubricant</t>
-[...4 lines deleted...]
-  <si>
     <t>Тефтер ABYSTYLE DC COMICS Batman Logo</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYNOT039</t>
   </si>
   <si>
     <t>Тефтер ABYSTYLE WORLD OF WARCRAFT Horde</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYNOT041</t>
   </si>
   <si>
     <t>Тефтер ABYSTYLE WORLD OF WARCRAFT Alliance A5</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYNOT044</t>
   </si>
   <si>
     <t>Тефтер ABYSTYLE ASSASSIN'S CREED Crest</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYNOT051</t>
   </si>
   <si>
     <t>Тефтер ABYSTYLE FRIENDS Friends A5</t>
@@ -403,104 +421,50 @@
   <si>
     <t>Химикалка ABYSTYLE HARRY POTTER Slytherin, Зелен</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYPEN003</t>
   </si>
   <si>
     <t>Чаша Assassins Creed Mirage - Basim and eagle Mirage</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUGA359</t>
   </si>
   <si>
     <t>Чаша ABYSTYLEDiablo - Lilith, 320ml</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUGA352</t>
   </si>
   <si>
     <t>Тефтер NARUTO SHIPPUDEN - A5 "Akatsuki"</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYNOT109</t>
   </si>
   <si>
-    <t>Чаша Paladone Minecraft Creeper Glass (400ml), PP6729MCFV2</t>
-[...52 lines deleted...]
-  <si>
     <t>uRage Комплект аксесоари "Soccer" 6 в 1 за PlayStation 5 контролер</t>
   </si>
   <si>
     <t>HAMA-115521</t>
   </si>
   <si>
     <t>Hama uRage Lethality 150 Speed геймърски пад за мишка</t>
   </si>
   <si>
     <t>HAMA-219801</t>
   </si>
   <si>
     <t>Етикет за багаж Skross Luggage Tags, Карта за контакт, Червен</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001LUTRECN</t>
   </si>
   <si>
     <t>Етикет за багаж Skross Luggage Tags, Карта за контакт, Сив</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001LUTSICN</t>
   </si>
   <si>
     <t>Геймърски пад ABYSTYLE LEAGUE OF LEGENDS - Team</t>
@@ -523,122 +487,122 @@
   <si>
     <t>Геймърски пад ABYSTYLE GOD OF WAR - Ragnarok</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC520</t>
   </si>
   <si>
     <t>Геймърски пад ABYSTYLE Diablo - Hellgate</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC503</t>
   </si>
   <si>
     <t>Геймърски пад ABYSTYLE CALL OF DUTY - Key Art</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC523</t>
   </si>
   <si>
     <t>Геймърски пад ABYSTYLE THE WITCHER - World map</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC529</t>
   </si>
   <si>
-    <t>Геймърски пад SteelSeries, QcK Mini, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Тениска VALI COMPUTERS Gents, размер L, Бяла</t>
   </si>
   <si>
     <t>VAL-TSHIRT-WH-L</t>
   </si>
   <si>
     <t>Тениска VALI COMPUTERS Gents, размер XL, Бяла</t>
   </si>
   <si>
     <t>VAL-TSHIRT-WH-XL</t>
   </si>
   <si>
     <t>Тениска VALI COMPUTERS Unisex, размер XS, Зелена</t>
   </si>
   <si>
     <t>VAL-TSHIRT-GR-UNIS-XS</t>
   </si>
   <si>
     <t>Тениска VALI COMPUTERS Unisex, размер S, Зелена</t>
   </si>
   <si>
     <t>VAL-TSHIRT-GR-UNIS-S</t>
   </si>
   <si>
     <t>Тениска VALI COMPUTERS Unisex, размер M, Зелена</t>
   </si>
   <si>
     <t>VAL-TSHIRT-GR-UNIS-M</t>
   </si>
   <si>
     <t>Тениска VALI COMPUTERS Unisex, размер L, Зелена</t>
   </si>
   <si>
     <t>VAL-TSHIRT-GR-UNIS-L</t>
   </si>
   <si>
     <t>Тениска VALI COMPUTERS Unisex, размер XL, Зелена</t>
   </si>
   <si>
     <t>VAL-TSHIRT-GR-UNIS-XL</t>
   </si>
   <si>
     <t>Тениска VALI COMPUTERS Unisex, размер 2XL, Зелена</t>
   </si>
   <si>
     <t>VAL-TSHIRT-GR-UNIS-2XL</t>
   </si>
   <si>
-    <t>Аксесоар Glorious Cleaning Kit, Жълт</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama uRage Lethality 250 геймърски пад за мишка, 186088</t>
   </si>
   <si>
     <t>HAMA-186088</t>
   </si>
   <si>
     <t>Жичен геймпад ESTILLO 703  Dual Vibration, USB, Черен</t>
   </si>
   <si>
     <t>EST-USB703</t>
   </si>
   <si>
+    <t>Комплект аксесоари Nacon - Pro Gaming Pack (PS5)</t>
+  </si>
+  <si>
+    <t>NC-PS5TRIGGERPACK</t>
+  </si>
+  <si>
+    <t>Чаша Paladone: Minecraft Embossed, 400 ml</t>
+  </si>
+  <si>
+    <t>PD-104477</t>
+  </si>
+  <si>
     <t>HAMA Поставка за китки "Ergo", черна</t>
   </si>
   <si>
     <t>HAMA-126866</t>
   </si>
   <si>
     <t>ша ABYSTYLE JOJO'S BIZARRE ADVENTURE Duel</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUG490</t>
   </si>
   <si>
     <t>Чаша ABYSTYLE DEMON SLAYER Tanjiro &amp; Nezuko</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUG739</t>
   </si>
   <si>
     <t>Чаша ABYSTYLE RICK AND MORTY Portal 2</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUG834</t>
   </si>
   <si>
     <t>Чаша ABYSTYLE JURASSIC PARK Mug T-Rex</t>
@@ -751,158 +715,110 @@
   <si>
     <t>Чаша ABYSTYLE HARRY POTTER, Hogwarts Legacy Castle, 320 ml</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUGA267</t>
   </si>
   <si>
     <t>Чаша ABYSTYLE DC Comics THE ORIGINAL "S" DAD, 400ml</t>
   </si>
   <si>
     <t>ABYSTYLE-TGGVER002</t>
   </si>
   <si>
     <t>Чаша GOD OF WAR - Kratos and Atreus 320ml</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUGA395</t>
   </si>
   <si>
     <t>Чаша ABYSTYLE AC/DC - Mug - 320 ml - Razors Edge</t>
   </si>
   <si>
     <t>ABYSTYLE-GBYMUG109</t>
   </si>
   <si>
-    <t>Paladone Minecraft – Backpack Buddies Series 2 (PP10501MCFV2)</t>
-[...8 lines deleted...]
-    <t>PD-066805</t>
+    <t>Зарядна станция uRage Dual Charging за PlayStation 5</t>
+  </si>
+  <si>
+    <t>HAMA-115529</t>
   </si>
   <si>
     <t>Чаша Paladone: Star Wars - Lightsaber Heat Change Mug DV (300ml), PP3699SWV3</t>
   </si>
   <si>
     <t>PD-037221</t>
   </si>
   <si>
-    <t>Карти за игра Paladone: Fortnite - Playing Cards in Tin, PP14531FO</t>
-[...14 lines deleted...]
-    <t>HAMA-115529</t>
+    <t>Поставка за слушалки FragON K1 - Черна</t>
+  </si>
+  <si>
+    <t>FRAGON-K1-BLACK</t>
   </si>
   <si>
     <t>HAMA Комплект аксесоари 11-в-1 Nintendo Switch Lite, 54997</t>
   </si>
   <si>
     <t>HAMA-54997</t>
   </si>
   <si>
-    <t>Deltaco гейминг клавиатура</t>
-[...4 lines deleted...]
-  <si>
     <t>Одеало за пътуване SKROSS, Тъмно сив</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001TBLDGCN</t>
   </si>
   <si>
     <t>Свещ ABYSTYLE HARRY POTTER, Marauders Map</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYHOM007</t>
   </si>
   <si>
-    <t>Поставка за слушалки FragON K1 - Черна</t>
-[...4 lines deleted...]
-  <si>
     <t>Защитно стъкло NACON BigBen Nintendo Switch TG Force Glass V2</t>
   </si>
   <si>
     <t>NC-SWITCHFORCEGLASS</t>
   </si>
   <si>
     <t>Мини възглавница за пътуване SKROSS, Червена</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001MIPRECN</t>
   </si>
   <si>
     <t>Мини възглавница за пътуване SKROSS, Червена - Skross</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001MIPSKCN</t>
   </si>
   <si>
     <t>LEGO Hearth Ornament - 40638</t>
   </si>
   <si>
     <t>LEGO-40638</t>
   </si>
   <si>
-    <t>Комплект чаши ABYSTYLE OVERWATCH 2Hanzo and Genji</t>
-[...16 lines deleted...]
-  <si>
     <t>Термо чаша ABYSTYLE NARUTO SHIPPUDEN Yondaime Hokage</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYTUM011</t>
   </si>
   <si>
     <t>Термо чаша ABYSTYLE WORLD OF WARCRAFT Horde</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYTUM014</t>
   </si>
   <si>
     <t>Термо чаша ABYSTYLE WORLD OF WARCRAFT Alliance</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYTUM015</t>
   </si>
   <si>
     <t>Термо чаша ABYSTYLE SAILOR MOON Luna &amp; Artemis</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYTUM031</t>
   </si>
   <si>
     <t>Термо чаша ABYSTYLE DUNE Fear is the mind-killer</t>
@@ -961,482 +877,200 @@
   <si>
     <t>Кабел за клавиатура Keychron Double-Sleeved Geek - White</t>
   </si>
   <si>
     <t>KEYCHRON-ACC-CAB-20</t>
   </si>
   <si>
     <t>Кабел за клавиатура Keychron Double-Sleeved Geek - Black</t>
   </si>
   <si>
     <t>KEYCHRON-ACC-CAB-21</t>
   </si>
   <si>
     <t>Кабел за клавиатура Keychron Double-Sleeved Geek - Orange</t>
   </si>
   <si>
     <t>KEYCHRON-ACC-CAB-22</t>
   </si>
   <si>
     <t>Кабел за клавиатура Keychron Double-Sleeved Geek - Purple</t>
   </si>
   <si>
     <t>KEYCHRON-ACC-CAB-23</t>
   </si>
   <si>
+    <t>uRage Капачки за механична клавиатура Doubleshot PBT Pudding</t>
+  </si>
+  <si>
+    <t>HAMA-217894</t>
+  </si>
+  <si>
     <t>Геймърски аксесоар за кабела на мишката FragON 3 сменяеми цвята - Черно</t>
   </si>
   <si>
     <t>FRAGON-BUNGEE-BLACK</t>
   </si>
   <si>
     <t>Геймърски аксесоар за кабела на мишката FragON 3 сменяеми цвята - Бял</t>
   </si>
   <si>
     <t>FRAGON-BUNGEE-WHITE</t>
   </si>
   <si>
-    <t>Пад за мишка Cherry MP 2000, XXL, Черен</t>
-[...2 lines deleted...]
-    <t>CHERRY-PAD-MP-2000</t>
+    <t>Капачки за механична клавиатура ENDORFY - 124 бр PBT - Черно</t>
+  </si>
+  <si>
+    <t>END-KEY-EY0E001</t>
+  </si>
+  <si>
+    <t>Поставка за китки ENDORFY Thock - TKL</t>
+  </si>
+  <si>
+    <t>END-KEY-EY0E008</t>
+  </si>
+  <si>
+    <t>Чаша Paladone Playstation - PS5 Shaped Mug (480ml), PP9403PS</t>
+  </si>
+  <si>
+    <t>PD-080468</t>
+  </si>
+  <si>
+    <t>Лампа Paladone  Minecraft - Creeper Light BDP, PP6595MCFV4</t>
+  </si>
+  <si>
+    <t>PD-057460</t>
+  </si>
+  <si>
+    <t>Paladone: Super Mario - Mushroom Light PP4017NNV5</t>
+  </si>
+  <si>
+    <t>PD-036912</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve Diablo 4 Lilith's Blood Petals - Размер M</t>
   </si>
   <si>
     <t>FRAGON-ARM-FD4-M</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve Diablo 4 Lilith's Blood Petals - Размер S</t>
   </si>
   <si>
     <t>FRAGON-ARM-FD4-S</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Alliance - Размер M</t>
   </si>
   <si>
     <t>FRAGON-ARM-FWOWA-M</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Horde - Размер L</t>
   </si>
   <si>
     <t>FRAGON-ARM-FWOWH-L</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Horde - Размер M</t>
   </si>
   <si>
     <t>FRAGON-ARM-FWOWH-M</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Horde - Размер S</t>
   </si>
   <si>
     <t>FRAGON-ARM-FWOWH-S</t>
   </si>
   <si>
     <t>Геймърски ръкав FragOn Arm Sleeve World of Warcraft Horde - Размер XL</t>
   </si>
   <si>
     <t>FRAGON-ARM-FWOWH-XL</t>
   </si>
   <si>
-    <t>Чаша Paladone Lord of the Rings - The One Ring Shaped Mug</t>
-[...14 lines deleted...]
-    <t>LEGO-72031</t>
+    <t>Геймърски ръкав FragOn Diablo 4 Cathedral of Light Red - Размер M</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-FD4RED-M</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Diablo 4 Cathedral of Light Red - Размер L</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-FD4RED-L</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Diablo 4 Cathedral of Light Red - Размер S</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-FD4RED-S</t>
+  </si>
+  <si>
+    <t>Геймърски ръкав FragOn Diablo 4 Cathedral of Light Red - Размер XL</t>
+  </si>
+  <si>
+    <t>FRAGON-ARM-FD4RED-XL</t>
+  </si>
+  <si>
+    <t>Геймърски пад Steelseries QcK M - Aqua</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63459</t>
+  </si>
+  <si>
+    <t>Геймърски пад Steelseries QcK M - Lavander</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63460</t>
+  </si>
+  <si>
+    <t>Геймърски пад Steelseries QcK M - White</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63461</t>
+  </si>
+  <si>
+    <t>Чаша Paladone: Stranger Things 5 - Vecna Shaped Mug</t>
+  </si>
+  <si>
+    <t>PD-104501</t>
   </si>
   <si>
     <t>Чаша Paladone: Fortnite - Heat Change Mug (PP14663FO)</t>
   </si>
   <si>
     <t>PD-104460</t>
   </si>
   <si>
     <t>Чаша Paladone: Fortnite - Durrr Burger Shaped Mug PP14629FO</t>
   </si>
   <si>
     <t>PD-104459</t>
   </si>
   <si>
-    <t>Чанта за гейминг конзола Nacon Zelda Tears of the Kingdom Deluxe - NNS433</t>
-[...340 lines deleted...]
-  <si>
     <t>Фигурка Funko POP! Movies:  Disney Lilo and Stitch, 065665,  Stitch (Smiling Seated), 1045 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-065665</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Sports - Basketball - Jayson Tatum (Boston Celtics), 200</t>
   </si>
   <si>
     <t>FUNKO-099582</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Sports: Basketball - Jimmy Butler (Miami Heat), 202</t>
   </si>
   <si>
     <t>FUNKO-099584</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Sports - Basketball - Luka Doncic (Dallas Mavericks), 204</t>
   </si>
   <si>
     <t>FUNKO-099586</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Sports:  Basketball - Stephen Curry (Golden State Warriors), 205</t>
@@ -1537,116 +1171,86 @@
   <si>
     <t>Чаша с термо ефект Paladone Minecraft Nether Heat Change Mug, PP10590MCF</t>
   </si>
   <si>
     <t>PD-104478</t>
   </si>
   <si>
     <t>Лампа Paladone Minecraft - Table Lamp, PP13387MCF</t>
   </si>
   <si>
     <t>PD-104516</t>
   </si>
   <si>
     <t>Чаша с термо ефект Paladone Super Mario - Heat Change Mug (300ml), PP2927NN</t>
   </si>
   <si>
     <t>PD-022647</t>
   </si>
   <si>
     <t>Лампа Paladone Minecraft - Creeper Night Light, PP11396MCF</t>
   </si>
   <si>
     <t>PD-104476</t>
   </si>
   <si>
-    <t>Чаша Paladone Playstation - PS5 Shaped Mug (480ml), PP9403PS</t>
-[...4 lines deleted...]
-  <si>
     <t>Лампа Paladone Icons  Minecraft - Allay Light, PP12709MCF</t>
   </si>
   <si>
     <t>PD-096270</t>
   </si>
   <si>
     <t>Лампа Paladone Icons: Minecraft - Axolotl Light</t>
   </si>
   <si>
     <t>PD-084885</t>
   </si>
   <si>
     <t>Лампа Paladone Icons: Minecraft - Fox Light, PP13275MCF</t>
   </si>
   <si>
     <t>PD-096271</t>
   </si>
   <si>
     <t>Лампа Paladone Icons  Minecraft - Panda Light, PP13276MCF</t>
   </si>
   <si>
     <t>PD-096272</t>
   </si>
   <si>
     <t>Термо Чаша Paladone - Harry Potter - Hogwarts Travel Mug V2 (450ml), PP13876HP</t>
   </si>
   <si>
     <t>PD-37122</t>
   </si>
   <si>
-    <t>Пад за мишка Paladone Marvel - Logo Desk Mat, PP9519MC</t>
-[...16 lines deleted...]
-  <si>
     <t>Бутилка за вода Paladone : PlayStation - Heritage Metal Water Bottle with Straw - 480ml</t>
   </si>
   <si>
     <t>PD-080466</t>
   </si>
   <si>
-    <t>Paladone: Super Mario - Mushroom Light PP4017NNV5</t>
-[...4 lines deleted...]
-  <si>
     <t>Лампа Paladone Icons: Minecraft - Piglin Light, PP14431MCF</t>
   </si>
   <si>
     <t>PD-104481</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Games: World Of Warcraft The War Within - Thrall #1046 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-099952</t>
   </si>
   <si>
     <t>Фигурка Funko POP! Movies: The Lord of the Rings - Nazgul #1744</t>
   </si>
   <si>
     <t>FUNKO-HGA9257</t>
   </si>
   <si>
     <t>Фигурка Television Arcane: League of Legends - Vi #1601</t>
   </si>
   <si>
     <t>FUNKO-HGA8916</t>
   </si>
   <si>
     <t>Статуетка Paladone Icons: Playstation Light (PP7929PS)</t>
@@ -1777,930 +1381,660 @@
   <si>
     <t>Фигурка Funko Pop! Plus: The Lord of the Rings - Frodo Baggins (Glows in The Dark) #1832 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-104174</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Plus: The Lord of the Rings - Gollum (Glows in The Dark) #1831 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-104175</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Television: Fallout - Vault Boy* #1767 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-105328</t>
   </si>
   <si>
     <t>Фигурка Funko Pop! Television: Welcome to Derry -Pennywise #1746</t>
   </si>
   <si>
     <t>FUNKO-105218</t>
   </si>
   <si>
-    <t>Бутилка Paladone Harry Potter: Death Eater - Metal Water Bottle</t>
-[...110 lines deleted...]
-    <t>MOZA-ACC-STALKS-MOUNT</t>
+    <t>Фигурка Funko Pop! Animation: One Piece - Monkey. D.Luffy #98</t>
+  </si>
+  <si>
+    <t>FUNKO-022575</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! DC Heroes: Batman 1989 - The Joker(with Hat-Batman 1989 Movie) #337</t>
+  </si>
+  <si>
+    <t>FUNKO-053934</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Rocks: Guns N Roses - Slash (1990's) #398</t>
+  </si>
+  <si>
+    <t>FUNKO-095176</t>
+  </si>
+  <si>
+    <t>Фигурка Arcane League of Legends POP! Animation Ekko #1603</t>
+  </si>
+  <si>
+    <t>FUNKO-096191</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! Television: Arcane LoL S1 - Silco #1604</t>
+  </si>
+  <si>
+    <t>FUNKO-096190</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! WWE - Shotzi Blackheart #148</t>
+  </si>
+  <si>
+    <t>FUNKO-091811</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! WWE - Zelina Vega #160</t>
+  </si>
+  <si>
+    <t>FUNKO-095203</t>
+  </si>
+  <si>
+    <t>Фигурка Funko Pop! WWE: WWE - Shawn Michaels (Sweet Chin Music) #141</t>
+  </si>
+  <si>
+    <t>FUNKO-087759</t>
+  </si>
+  <si>
+    <t>HAMA uRage Геймърски пад за мишка "Lethality 355"</t>
+  </si>
+  <si>
+    <t>HAMA-219804</t>
+  </si>
+  <si>
+    <t>Геймърски пад Dark Project - FUJI - XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-FUJI-XL</t>
   </si>
   <si>
     <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4</t>
   </si>
   <si>
     <t>SG-109033</t>
   </si>
   <si>
     <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4 Green</t>
   </si>
   <si>
     <t>SG-109032</t>
   </si>
   <si>
     <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4, Черен</t>
   </si>
   <si>
     <t>SG-109031</t>
   </si>
   <si>
     <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4, Redline</t>
   </si>
   <si>
     <t>SG-109034</t>
   </si>
   <si>
     <t>Геймърска безжична мишка NUBI NM1 SE 39g - White</t>
   </si>
   <si>
-    <t>FSH-NUBI-NM1-SE-WL-WH</t>
+    <t>NUBI-NM1-SE-WL-WH</t>
   </si>
   <si>
     <t>Геймърска безжична мишка NUBI NM1 SE 39g - Black</t>
   </si>
   <si>
-    <t>FSH-NUBI-NM1-SE-WL-BL</t>
-[...47 lines deleted...]
-    <t>CORSAIR-MOUSE-HARPOON</t>
+    <t>NUBI-NM1-SE-WL-BL</t>
+  </si>
+  <si>
+    <t>Геймърски пад World Of Warcraft Classic - Cataclysm Deathwing, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWCATDW25XL</t>
+  </si>
+  <si>
+    <t>Геймърски пад World Of Warcraft - The War Within, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWTWRWT25XL</t>
+  </si>
+  <si>
+    <t>Геймърски пад World Of Warcraft - 20th Anniversary, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOW20ANN25XL</t>
+  </si>
+  <si>
+    <t>Геймърски пад Naruto Shippuden - Itachi Uchiha, XL</t>
+  </si>
+  <si>
+    <t>FSH-FNRMPSPEED24ITCXL</t>
+  </si>
+  <si>
+    <t>Геймърски пад Steelseries QcK L - Aqua</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63462</t>
+  </si>
+  <si>
+    <t>Геймърски пад Steelseries QcK L - Lavander</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63463</t>
+  </si>
+  <si>
+    <t>Геймърски пад Steelseries QcK L - White</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63464</t>
+  </si>
+  <si>
+    <t>Лампа Paladone: Fortnite - Chest Light, PP14737FO</t>
+  </si>
+  <si>
+    <t>PD-104455</t>
   </si>
   <si>
     <t>Геймърски слушалки Nubi NH1 SE - Black</t>
   </si>
   <si>
-    <t>FSH-NUBI-NH1-SE-BL</t>
-[...77 lines deleted...]
-    <t>CORSAIR-PAD-MM500-L</t>
+    <t>NUBI-NH1-SE-BL</t>
   </si>
   <si>
     <t>Геймърска безжична мишка NUBI NM1 39g - Black</t>
   </si>
   <si>
-    <t>FSH-NUBI-NM1-WL-BL</t>
+    <t>NUBI-NM1-WL-BL</t>
   </si>
   <si>
     <t>Геймърска безжична мишка NUBI NM1 39g - White</t>
   </si>
   <si>
-    <t>FSH-NUBI-NM1-WL-WH</t>
+    <t>NUBI-NM1-WL-WH</t>
   </si>
   <si>
     <t>Геймърскa механична клавиатура Nubi NK87 Black TKL - G3MS Sapphire V2 Switches, ABS</t>
   </si>
   <si>
-    <t>FSH-NUBI-NK87-BL-ANSI</t>
+    <t>NUBI-NK87-BL-ANSI</t>
   </si>
   <si>
     <t>Геймърскa механична клавиатура Nubi NK87 ICE TKL - G3MS Sapphire V2 Switches, ABS</t>
   </si>
   <si>
-    <t>FSH-NUBI-NK87-ICE-ANSI</t>
+    <t>NUBI-NK87-ICE-ANSI</t>
   </si>
   <si>
     <t>Геймърскa механична клавиатура Nubi NK87 White TKL - G3MS Sapphire V2 Switches, ABS</t>
   </si>
   <si>
-    <t>FSH-NUBI-NK87-WH-ANSI</t>
-[...65 lines deleted...]
-    <t>MCFARLANE-17242</t>
+    <t>NUBI-NK87-WH-ANSI</t>
   </si>
   <si>
     <t>Paladone: Fortnite - Desk Headphone Stand With Light</t>
   </si>
   <si>
     <t>PD-PP14509FO</t>
   </si>
   <si>
     <t>Paladone: Playstation - Desk Headphone Stand With Light</t>
   </si>
   <si>
     <t>PD-PP14328PS</t>
   </si>
   <si>
     <t>Геймърски слушалки Nubi NH1 - Black</t>
   </si>
   <si>
-    <t>FSH-NUBI-NH1-BL</t>
+    <t>NUBI-NH1-BL</t>
   </si>
   <si>
     <t>Геймърски слушалки Nubi NH1 - Rose Gold</t>
   </si>
   <si>
-    <t>FSH-NUBI-NH1-RG</t>
+    <t>NUBI-NH1-RG</t>
   </si>
   <si>
     <t>Геймърски слушалки Nubi NH1 - White</t>
   </si>
   <si>
-    <t>FSH-NUBI-NH1-WH</t>
-[...17 lines deleted...]
-    <t>FSH-NUBI-NK68-HE-WH</t>
+    <t>NUBI-NH1-WH</t>
+  </si>
+  <si>
+    <t>Геймърскa клавиатура Nubi NK68HE Black - Hall Effect</t>
+  </si>
+  <si>
+    <t>NUBI-NK68-HE-BL</t>
+  </si>
+  <si>
+    <t>Геймърскa клавиатура Nubi NK68HE Ice - Hall Effect</t>
+  </si>
+  <si>
+    <t>NUBI-NK68-HE-ICE</t>
+  </si>
+  <si>
+    <t>Геймърскa клавиатура Nubi NK68HE White - Hall Effect</t>
+  </si>
+  <si>
+    <t>NUBI-NK68-HE-WH</t>
+  </si>
+  <si>
+    <t>HAMA uRage Геймърска клавиатура "Exodus 515 Illuminated", черна</t>
+  </si>
+  <si>
+    <t>HAMA-217830</t>
   </si>
   <si>
     <t>Подложка за мишка Noctua NP-DM3 Anniversary Deskmat - 900 x 400 x 4 mm</t>
   </si>
   <si>
     <t>NOCTUA-PAD-NP-DM3</t>
   </si>
   <si>
+    <t>Геймърска безжична оптична мишка A4tech Bloody R72 Pro - Black</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-R72PRO</t>
+  </si>
+  <si>
     <t>Геймърскa безжична клавиатура Nubi NK68 PRO - Black</t>
   </si>
   <si>
-    <t>FSH-NUBI-NK68-PRO-WL-BL</t>
+    <t>NUBI-NK68-PRO-WL-BL</t>
   </si>
   <si>
     <t>Геймърскa безжична клавиатура Nubi NK68 PRO - White</t>
   </si>
   <si>
-    <t>FSH-NUBI-NK68-PRO-WL-WH</t>
+    <t>NUBI-NK68-PRO-WL-WH</t>
   </si>
   <si>
     <t>Геймърски безжични слушалки Nubi NH1 Pro - Black</t>
   </si>
   <si>
-    <t>FSH-NUBI-NH1-PRO-WL-BL</t>
+    <t>NUBI-NH1-PRO-WL-BL</t>
   </si>
   <si>
     <t>Геймърски безжични слушалки Nubi NH1 Pro - White</t>
   </si>
   <si>
-    <t>FSH-NUBI-NH1-PRO-WL-WH</t>
-[...77 lines deleted...]
-    <t>END-KEY-EY5A128</t>
+    <t>NUBI-NH1-PRO-WL-WH</t>
+  </si>
+  <si>
+    <t>Капачки за механична клавиатура Dark Project - GeekBoy за ANSI &amp; ISO Layout, PBT</t>
+  </si>
+  <si>
+    <t>FSH-DP-DPKS177</t>
+  </si>
+  <si>
+    <t>uRage модулен комплект Peg Board, монтаж на стена/маса, черен</t>
+  </si>
+  <si>
+    <t>HAMA-186081</t>
+  </si>
+  <si>
+    <t>uRage Геймърска клавиатура "Exodus 760 Mechanical Mini", червени суичове, черна</t>
+  </si>
+  <si>
+    <t>HAMA-217828</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Mammoth - Smoke - Clear</t>
+  </si>
+  <si>
+    <t>GUN-MAM-06709</t>
+  </si>
+  <si>
+    <t>Геймърски пад ASUS ROG Scabbard II Arctic Gray - XXL</t>
+  </si>
+  <si>
+    <t>ASUS-PAD-ROG-SCABB-ARC</t>
   </si>
   <si>
     <t>Аксесоар Keychron Switch Tester 100 Max Edition</t>
   </si>
   <si>
     <t>KEYCHRON-ACC-Z150</t>
   </si>
   <si>
-    <t>Endorfy механична клавиатура Thock V2 TKL, PBT, Endorfy Red switch, US Layout</t>
-[...74 lines deleted...]
-    <t>SONY-PS5-DS-ASTRO</t>
+    <t>Чанта за гейминг конзола ASUS ROG Xbox Ally 2in1 Premium Case</t>
+  </si>
+  <si>
+    <t>ASUS-P-CASE-ALLYX</t>
+  </si>
+  <si>
+    <t>Аудио Миксер FIFINE SC3 RGB Audio Interface - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-SC3</t>
+  </si>
+  <si>
+    <t>Безжичен геймпад Sony PS5 DualSense - Nova Pink</t>
+  </si>
+  <si>
+    <t>SONY-PS5-DS-NP</t>
+  </si>
+  <si>
+    <t>А4tech Геймърска безжична клавиатура Bloody Naraka S87 TKL Backlit Red Switch</t>
+  </si>
+  <si>
+    <t>A4-KEY-WS87-Naraka</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Borderlands Ripper - Bandit Smoke - Amber</t>
+  </si>
+  <si>
+    <t>GUN-BOR-RIP01</t>
+  </si>
+  <si>
+    <t>Геймърски слушалки Logitech G325 Ligthspeed Wireless, Микрофон, Черни</t>
+  </si>
+  <si>
+    <t>LOGITECH-HEAD-G325-BK</t>
+  </si>
+  <si>
+    <t>Геймърски слушалки Logitech G325 Ligthspeed Wireless, Микрофон, Бял</t>
+  </si>
+  <si>
+    <t>LOGITECH-HEAD-G325-WH</t>
+  </si>
+  <si>
+    <t>Геймърски слушалки Logitech G325 Ligthspeed Wireless, Микрофон, Лилав</t>
+  </si>
+  <si>
+    <t>LOGITECH-HEAD-G325-LIL</t>
+  </si>
+  <si>
+    <t>Слънчеви очила GUNNAR Borderlands Ripper - Bandit Smoke - Sunglasses</t>
+  </si>
+  <si>
+    <t>GUN-BOR-RIP11</t>
+  </si>
+  <si>
+    <t>Геймърски пад ASUS ROG Hone Ace - XXL</t>
+  </si>
+  <si>
+    <t>ASUS-PAD-ROG-HONE-A-XXL</t>
   </si>
   <si>
     <t>Геймърскa безжична мишка CORSAIR M75 AIR Ultra-Lightweight Gaming Mouse - Light Gray</t>
   </si>
   <si>
     <t>CORSAIR-MOUSE-M75-AIR</t>
   </si>
   <si>
-    <t>Endorfy механична клавиатура Thock Wireless V2 TKL, PBT, Endorfy Yellow switch, US Layout</t>
-[...14 lines deleted...]
-    <t>END-KEY-EY5A129</t>
+    <t>Команден панел Lian Li 8.8" Universal Screen - Black</t>
+  </si>
+  <si>
+    <t>LL-AC-GELI-985</t>
+  </si>
+  <si>
+    <t>Команден панел Lian Li 8.8" Universal Screen - White</t>
+  </si>
+  <si>
+    <t>LL-AC-GELI-986</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Alienware Roswell - Conspiracy Blue - Amber</t>
+  </si>
+  <si>
+    <t>GUN-ALN-04701</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Baron Silver - Amber</t>
+  </si>
+  <si>
+    <t>GUN-BAR-05001</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Baron Silver - Clear</t>
+  </si>
+  <si>
+    <t>GUN-BAR-05009</t>
+  </si>
+  <si>
+    <t>Слънчеви очила GUNNAR Baron Silver - Sunglasses</t>
+  </si>
+  <si>
+    <t>GUN-BAR-05011</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Campbell - Onyx - Amber</t>
+  </si>
+  <si>
+    <t>GUN-CMB-00101</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Campbell - Onyx - Clear Pro</t>
+  </si>
+  <si>
+    <t>GUN-CMB-01030</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Dume - Gold - Amber</t>
+  </si>
+  <si>
+    <t>GUN-DME-02701</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Dume - Gold - Amber Max</t>
+  </si>
+  <si>
+    <t>GUN-DME-02712</t>
+  </si>
+  <si>
+    <t>Слънчеви очила GUNNAR Dume - Gold - Sunglasses</t>
+  </si>
+  <si>
+    <t>GUN-DME-02711</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR Ciri - Meteorite/Saddle - Amber</t>
+  </si>
+  <si>
+    <t>GUN-WIT-CIR01</t>
+  </si>
+  <si>
+    <t>Компютърни очила GUNNAR White Wolf - Steel/Umber - Amber</t>
+  </si>
+  <si>
+    <t>GUN-WIT-WLF01</t>
+  </si>
+  <si>
+    <t>Геймърскa механична клавиатура Corsair K70 RGB MK.2 Core TKL, Corsair MLX Red суич</t>
+  </si>
+  <si>
+    <t>CORSAIR-KEY-K70-CORE-TKL2</t>
   </si>
   <si>
     <t>CORSAIR Геймърски бъндъл 4 в 1 - K55 CORE / HARPOON RGB PRO / HS35 Surround v2 / MM100</t>
   </si>
   <si>
     <t>CORSAIR-KEY-BUNDLE</t>
   </si>
   <si>
-    <t>Геймърска Механична клавиатура Keychron K9 Max QMK HS 60% Keychron Milk POM Switch Red RGB</t>
-[...14 lines deleted...]
-    <t>ASUS-HEAD-ROG-PELTA-W</t>
+    <t>Геймърска мишка Logitech G Pro X Superlight 2 SE Red - Wireless</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-910-007552</t>
+  </si>
+  <si>
+    <t>Геймърско бюро Nemesis II Black Red</t>
+  </si>
+  <si>
+    <t>NEMESIS-DESK-BR-II</t>
+  </si>
+  <si>
+    <t>Геймърска мишка Logitech G Pro X Superlight 2 SE Black - Wireless</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-910-007554</t>
+  </si>
+  <si>
+    <t>Геймърска мишка Logitech G Pro X Superlight 2 SE White - Wireless</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-910-007556</t>
+  </si>
+  <si>
+    <t>MOZA Extension Rod V2 удължител за основа R3, R5, R9, R12, R16, R21</t>
+  </si>
+  <si>
+    <t>MOZA-ACC-EXT-ROD-V2</t>
+  </si>
+  <si>
+    <t>Геймърскa оптична мишка CORSAIR SCIMITAR ELITE WIRELESS SE, 33000 DPI</t>
+  </si>
+  <si>
+    <t>CORSAIR-MOUSE-SCIM-SE</t>
+  </si>
+  <si>
+    <t>Геймърскa оптична мишка CORSAIR SCIMITAR ELITE WIRELESS SE White, 33000 DPI</t>
+  </si>
+  <si>
+    <t>CORSAIR-MOUSE-SCIM-SE-W</t>
   </si>
   <si>
     <t>Геймърска безжична мишка ZOWIE EC2-DW 4K, Бяла</t>
   </si>
   <si>
     <t>ZOWIE-MOUSE-EC2-DW-WHITE</t>
   </si>
   <si>
     <t>Геймърска безжична мишка ZOWIE EC3-DW 4K, Бяла</t>
   </si>
   <si>
     <t>ZOWIE-MOUSE-EC3-DW-WHITE</t>
   </si>
   <si>
     <t>Геймърска безжична мишка ZOWIE FK2-DW 4K, бяла</t>
   </si>
   <si>
     <t>ZOWIE-MOUSE-FK2DW-WHITE</t>
   </si>
   <si>
     <t>Геймърска безжична мишка ZOWIE S2-DW 4K, бяла</t>
   </si>
   <si>
     <t>ZOWIE-MOUSE-S2-DWW-WHITE</t>
   </si>
   <si>
     <t>Геймърска безжична мишка ZOWIE U2-DW 4K, 2.4G, Черна</t>
   </si>
   <si>
     <t>ZOWIE-MOUSE-U2-DW</t>
   </si>
   <si>
     <t>Геймърска безжична мишка ZOWIE U2-DW 4K, 2.4G, бяла</t>
   </si>
   <si>
     <t>ZOWIE-MOUSE-U2-DW-WHITE</t>
   </si>
   <si>
     <t>Безжична геймърска мишка ZOWIE ZA13-DW 4K, бяла</t>
   </si>
   <si>
     <t>ZOWIE-MOUSE-ZA13DW-WHITE</t>
   </si>
   <si>
-    <t>MOZA Extension Rod V2 удължител за основа R3, R5, R9, R12, R16, R21</t>
-[...170 lines deleted...]
-    <t>ELGATO-10GB09901</t>
+    <t>Геймърски стол Next Level GTLite Junior Racing Cockpit</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S041</t>
+  </si>
+  <si>
+    <t>Геймърски стол Nemesis Red Claw</t>
+  </si>
+  <si>
+    <t>NEMESIS-CHAIR-RED-CLAW</t>
+  </si>
+  <si>
+    <t>Геймърски стол Nemesis Blue Claw</t>
+  </si>
+  <si>
+    <t>NEMESIS-CHAIR-BLUE-CLAW</t>
+  </si>
+  <si>
+    <t>Безжична Мишка Logitech G Pro X Superlight 2c compact, черно</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-910-007531</t>
+  </si>
+  <si>
+    <t>Безжична Мишка Logitech G Pro X Superlight 2c compact, Бяло</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-910-007538</t>
+  </si>
+  <si>
+    <t>Геймърски стол Nemesis Ultimate Edition, RGB</t>
+  </si>
+  <si>
+    <t>NEMESIS-CHAIR-ULTIMATE</t>
+  </si>
+  <si>
+    <t>Геймърски стол Nemesis GenX</t>
+  </si>
+  <si>
+    <t>NEMESIS-CHAIR-GENX</t>
+  </si>
+  <si>
+    <t>Геймърски стол Next Level F-GT Lite Foldable Formula and GT Cockpit - Grey</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S015GR</t>
+  </si>
+  <si>
+    <t>Геймърски стол Next Level GT Lite Pro Foldable Cockpit - Grey</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S031GR</t>
+  </si>
+  <si>
+    <t>Волан MOZA R3 Bundle R3 Base + ES Wheel + SR-P Lite Double + R3 Table Clamp за PC</t>
+  </si>
+  <si>
+    <t>MOZA-BUN-R3-PC</t>
+  </si>
+  <si>
+    <t>Геймърски слушалки ASUS ROG Kithara powered by HIFIMAN</t>
+  </si>
+  <si>
+    <t>ASUS-HEAD-ROG-KITHARA-BK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3004,12624 +2338,7276 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D898"/>
+  <dimension ref="A1:D516"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="129.683" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>2.16</v>
+        <v>2.412</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>2.94</v>
+        <v>3.684</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>3.684</v>
+        <v>4.872</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>4.092</v>
+        <v>5.868</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>4.848</v>
+        <v>5.868</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>4.908</v>
+        <v>5.928</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>4.908</v>
+        <v>6.132</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>5.112</v>
+        <v>6.588</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>5.868</v>
+        <v>7.14</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>5.868</v>
+        <v>7.164</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>5.928</v>
+        <v>7.308</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>6.132</v>
+        <v>7.368</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>6.588</v>
+        <v>7.368</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>7.104</v>
+        <v>7.524</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>7.164</v>
+        <v>7.524</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>7.272</v>
+        <v>7.524</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18">
+        <v>7.668</v>
+      </c>
+      <c r="D18" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>7.368</v>
+        <v>7.668</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>7.488</v>
+        <v>7.668</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>7.488</v>
+        <v>7.98</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>7.488</v>
+        <v>7.992</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>7.656</v>
+        <v>8.124</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>7.668</v>
+        <v>8.28</v>
       </c>
       <c r="D24" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>7.668</v>
+        <v>8.352</v>
       </c>
       <c r="D25" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>7.668</v>
+        <v>9.0</v>
       </c>
       <c r="D26" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>7.992</v>
+        <v>9.0</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>8.076</v>
+        <v>9.0</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>8.28</v>
+        <v>9.0</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>8.352</v>
+        <v>9.0</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>9.204</v>
+        <v>9.0</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>9.204</v>
+        <v>9.0</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>9.204</v>
+        <v>9.0</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>9.204</v>
+        <v>9.0</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>9.552</v>
+        <v>9.36</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>9.552</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>9.672</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>9.708</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>9.708</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>9.708</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>9.708</v>
+        <v>9.816</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>9.708</v>
+        <v>9.816</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>9.708</v>
+        <v>9.9</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>9.708</v>
+        <v>9.9</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>9.708</v>
+        <v>9.9</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>9.708</v>
+        <v>9.9</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>9.708</v>
+        <v>9.9</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>9.816</v>
+        <v>9.9</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>9.816</v>
+        <v>9.9</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>10.02</v>
+        <v>9.9</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>10.128</v>
+        <v>9.9</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>10.128</v>
+        <v>9.9</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>10.128</v>
+        <v>9.9</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>10.128</v>
+        <v>10.02</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>10.128</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>10.128</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>10.128</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>10.128</v>
       </c>
       <c r="D58" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>10.128</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>10.128</v>
       </c>
       <c r="D60" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>10.128</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
         <v>10.128</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>10.128</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
         <v>10.128</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
         <v>10.128</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
         <v>10.128</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>10.128</v>
+        <v>10.14</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>10.128</v>
+        <v>10.164</v>
       </c>
       <c r="D68" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>10.128</v>
+        <v>10.164</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>10.128</v>
+        <v>10.176</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>10.128</v>
+        <v>10.176</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>10.128</v>
+        <v>10.176</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>10.14</v>
+        <v>10.176</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>10.164</v>
+        <v>10.176</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>10.164</v>
+        <v>10.176</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>10.176</v>
       </c>
       <c r="D76" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>10.176</v>
+        <v>10.224</v>
       </c>
       <c r="D77" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>10.176</v>
+        <v>10.224</v>
       </c>
       <c r="D78" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>10.176</v>
+        <v>10.224</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>10.176</v>
+        <v>10.224</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>10.176</v>
+        <v>10.224</v>
       </c>
       <c r="D81" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>10.176</v>
+        <v>10.224</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
         <v>10.224</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
         <v>10.224</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
-        <v>10.224</v>
+        <v>11.04</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>10.224</v>
+        <v>11.652</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>10.224</v>
+        <v>12.0</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>10.224</v>
+        <v>12.0</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
-        <v>10.224</v>
+        <v>12.144</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
-        <v>10.224</v>
+        <v>12.276</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
-        <v>10.224</v>
+        <v>12.276</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
-        <v>10.248</v>
+        <v>12.276</v>
       </c>
       <c r="D92" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
-        <v>11.04</v>
+        <v>12.276</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
-        <v>11.652</v>
+        <v>12.276</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
-        <v>12.144</v>
+        <v>12.276</v>
       </c>
       <c r="D95" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
         <v>12.276</v>
       </c>
       <c r="D96" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
         <v>12.276</v>
       </c>
       <c r="D97" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
         <v>12.276</v>
       </c>
       <c r="D98" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
         <v>12.276</v>
       </c>
       <c r="D99" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
         <v>12.276</v>
       </c>
       <c r="D100" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
         <v>12.276</v>
       </c>
       <c r="D101" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="B102" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="C102">
         <v>5.868</v>
       </c>
       <c r="D102" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="B103" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="C103">
         <v>5.868</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B104" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="C104">
         <v>5.928</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="B105" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="C105">
         <v>6.132</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="B106" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="C106">
         <v>6.588</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="B107" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="C107">
-        <v>7.104</v>
+        <v>7.14</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="B108" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="C108">
         <v>7.164</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="B109" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="C109">
         <v>7.368</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="B110" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="C110">
         <v>7.368</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="B111" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="C111">
-        <v>7.488</v>
+        <v>7.524</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="B112" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="C112">
-        <v>7.488</v>
+        <v>7.524</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="B113" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="C113">
-        <v>7.656</v>
+        <v>7.98</v>
       </c>
       <c r="D113" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="B114" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="C114">
         <v>7.992</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="B115" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="C115">
-        <v>8.076</v>
+        <v>8.124</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="B116" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="C116">
-        <v>9.204</v>
+        <v>9.0</v>
       </c>
       <c r="D116" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="B117" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="C117">
-        <v>9.204</v>
+        <v>9.0</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="B118" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="C118">
-        <v>9.204</v>
+        <v>9.0</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="B119" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="C119">
-        <v>9.204</v>
+        <v>9.0</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="B120" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="C120">
-        <v>9.552</v>
+        <v>9.0</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="B121" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="C121">
-        <v>9.552</v>
+        <v>9.0</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="B122" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="C122">
-        <v>9.672</v>
+        <v>9.0</v>
       </c>
       <c r="D122" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="B123" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="C123">
-        <v>9.708</v>
+        <v>9.0</v>
       </c>
       <c r="D123" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="B124" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="C124">
-        <v>9.708</v>
+        <v>9.0</v>
       </c>
       <c r="D124" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="B125" t="s">
-        <v>92</v>
+        <v>74</v>
       </c>
       <c r="C125">
-        <v>9.708</v>
+        <v>9.36</v>
       </c>
       <c r="D125" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="B126" t="s">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="C126">
-        <v>9.708</v>
+        <v>9.552</v>
       </c>
       <c r="D126" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="B127" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="C127">
-        <v>9.708</v>
+        <v>9.672</v>
       </c>
       <c r="D127" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="B128" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="C128">
-        <v>9.708</v>
+        <v>9.816</v>
       </c>
       <c r="D128" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="B129" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="C129">
-        <v>9.816</v>
+        <v>9.9</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="B130" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="C130">
-        <v>9.816</v>
+        <v>9.9</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="B131" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="C131">
-        <v>10.02</v>
+        <v>9.9</v>
       </c>
       <c r="D131" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="B132" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="C132">
-        <v>10.128</v>
+        <v>9.9</v>
       </c>
       <c r="D132" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="B133" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="C133">
-        <v>10.128</v>
+        <v>9.9</v>
       </c>
       <c r="D133" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="B134" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="C134">
-        <v>10.128</v>
+        <v>9.9</v>
       </c>
       <c r="D134" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="B135" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="C135">
-        <v>10.128</v>
+        <v>9.9</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="B136" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="C136">
-        <v>10.128</v>
+        <v>9.9</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="B137" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C137">
-        <v>10.128</v>
+        <v>9.9</v>
       </c>
       <c r="D137" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="B138" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="C138">
-        <v>10.128</v>
+        <v>9.9</v>
       </c>
       <c r="D138" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="B139" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="C139">
-        <v>10.128</v>
+        <v>10.02</v>
       </c>
       <c r="D139" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B140" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C140">
         <v>10.128</v>
       </c>
       <c r="D140" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B141" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C141">
         <v>10.128</v>
       </c>
       <c r="D141" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="B142" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="C142">
         <v>10.128</v>
       </c>
       <c r="D142" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B143" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="C143">
         <v>10.128</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="B144" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C144">
-        <v>10.128</v>
+        <v>10.14</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B145" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="C145">
-        <v>10.128</v>
+        <v>10.164</v>
       </c>
       <c r="D145" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B146" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="C146">
-        <v>10.128</v>
+        <v>10.164</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B147" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C147">
-        <v>10.128</v>
+        <v>10.176</v>
       </c>
       <c r="D147" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B148" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="C148">
-        <v>10.128</v>
+        <v>10.176</v>
       </c>
       <c r="D148" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B149" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C149">
-        <v>10.128</v>
+        <v>10.176</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="C150">
-        <v>10.128</v>
+        <v>10.176</v>
       </c>
       <c r="D150" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B151" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="C151">
-        <v>10.128</v>
+        <v>10.176</v>
       </c>
       <c r="D151" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B152" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C152">
-        <v>10.128</v>
+        <v>10.176</v>
       </c>
       <c r="D152" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B153" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="C153">
-        <v>10.14</v>
+        <v>10.176</v>
       </c>
       <c r="D153" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>151</v>
+        <v>173</v>
       </c>
       <c r="B154" t="s">
-        <v>152</v>
+        <v>174</v>
       </c>
       <c r="C154">
-        <v>10.164</v>
+        <v>11.04</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>153</v>
+        <v>177</v>
       </c>
       <c r="B155" t="s">
-        <v>154</v>
+        <v>178</v>
       </c>
       <c r="C155">
-        <v>10.164</v>
+        <v>12.0</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
       <c r="B156" t="s">
-        <v>156</v>
+        <v>180</v>
       </c>
       <c r="C156">
-        <v>10.176</v>
+        <v>12.0</v>
       </c>
       <c r="D156" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="B157" t="s">
-        <v>158</v>
+        <v>182</v>
       </c>
       <c r="C157">
-        <v>10.176</v>
+        <v>12.144</v>
       </c>
       <c r="D157" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>159</v>
+        <v>207</v>
       </c>
       <c r="B158" t="s">
-        <v>160</v>
+        <v>208</v>
       </c>
       <c r="C158">
-        <v>10.176</v>
+        <v>12.276</v>
       </c>
       <c r="D158" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>161</v>
+        <v>209</v>
       </c>
       <c r="B159" t="s">
-        <v>162</v>
+        <v>210</v>
       </c>
       <c r="C159">
-        <v>10.176</v>
+        <v>12.276</v>
       </c>
       <c r="D159" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>163</v>
+        <v>211</v>
       </c>
       <c r="B160" t="s">
-        <v>164</v>
+        <v>212</v>
       </c>
       <c r="C160">
-        <v>10.176</v>
+        <v>12.276</v>
       </c>
       <c r="D160" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>165</v>
+        <v>213</v>
       </c>
       <c r="B161" t="s">
-        <v>166</v>
+        <v>214</v>
       </c>
       <c r="C161">
-        <v>10.176</v>
+        <v>12.276</v>
       </c>
       <c r="D161" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>167</v>
+        <v>215</v>
       </c>
       <c r="B162" t="s">
-        <v>168</v>
+        <v>216</v>
       </c>
       <c r="C162">
-        <v>10.176</v>
+        <v>12.276</v>
       </c>
       <c r="D162" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>189</v>
+        <v>217</v>
       </c>
       <c r="B163" t="s">
-        <v>190</v>
+        <v>218</v>
       </c>
       <c r="C163">
-        <v>11.04</v>
+        <v>12.276</v>
       </c>
       <c r="D163" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>193</v>
+        <v>219</v>
       </c>
       <c r="B164" t="s">
-        <v>194</v>
+        <v>220</v>
       </c>
       <c r="C164">
-        <v>12.144</v>
+        <v>12.276</v>
       </c>
       <c r="D164" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>207</v>
+        <v>221</v>
       </c>
       <c r="B165" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="C165">
         <v>12.276</v>
       </c>
       <c r="D165" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="B166" t="s">
-        <v>210</v>
+        <v>224</v>
       </c>
       <c r="C166">
         <v>12.276</v>
       </c>
       <c r="D166" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="B167" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="C167">
         <v>12.276</v>
       </c>
       <c r="D167" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>213</v>
+        <v>227</v>
       </c>
       <c r="B168" t="s">
-        <v>214</v>
+        <v>228</v>
       </c>
       <c r="C168">
         <v>12.276</v>
       </c>
       <c r="D168" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>215</v>
+        <v>229</v>
       </c>
       <c r="B169" t="s">
-        <v>216</v>
+        <v>230</v>
       </c>
       <c r="C169">
         <v>12.276</v>
       </c>
       <c r="D169" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>217</v>
+        <v>231</v>
       </c>
       <c r="B170" t="s">
-        <v>218</v>
+        <v>232</v>
       </c>
       <c r="C170">
         <v>12.276</v>
       </c>
       <c r="D170" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>219</v>
+        <v>233</v>
       </c>
       <c r="B171" t="s">
-        <v>220</v>
+        <v>234</v>
       </c>
       <c r="C171">
-        <v>12.276</v>
+        <v>12.744</v>
       </c>
       <c r="D171" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="B172" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="C172">
-        <v>12.276</v>
+        <v>12.78</v>
       </c>
       <c r="D172" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>223</v>
+        <v>237</v>
       </c>
       <c r="B173" t="s">
-        <v>224</v>
+        <v>238</v>
       </c>
       <c r="C173">
-        <v>12.276</v>
+        <v>12.9</v>
       </c>
       <c r="D173" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="B174" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="C174">
-        <v>12.276</v>
+        <v>12.972</v>
       </c>
       <c r="D174" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
       <c r="B175" t="s">
-        <v>228</v>
+        <v>242</v>
       </c>
       <c r="C175">
-        <v>12.276</v>
+        <v>13.392</v>
       </c>
       <c r="D175" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>229</v>
+        <v>243</v>
       </c>
       <c r="B176" t="s">
-        <v>230</v>
+        <v>244</v>
       </c>
       <c r="C176">
-        <v>12.276</v>
+        <v>13.62</v>
       </c>
       <c r="D176" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>231</v>
+        <v>245</v>
       </c>
       <c r="B177" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="C177">
-        <v>12.276</v>
+        <v>13.8</v>
       </c>
       <c r="D177" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="B178" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="C178">
-        <v>12.276</v>
+        <v>14.352</v>
       </c>
       <c r="D178" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="B179" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="C179">
-        <v>12.276</v>
+        <v>14.352</v>
       </c>
       <c r="D179" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>237</v>
+        <v>251</v>
       </c>
       <c r="B180" t="s">
-        <v>238</v>
+        <v>252</v>
       </c>
       <c r="C180">
-        <v>12.276</v>
+        <v>14.604</v>
       </c>
       <c r="D180" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>239</v>
+        <v>253</v>
       </c>
       <c r="B181" t="s">
-        <v>240</v>
+        <v>254</v>
       </c>
       <c r="C181">
-        <v>12.276</v>
+        <v>14.82</v>
       </c>
       <c r="D181" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>241</v>
+        <v>255</v>
       </c>
       <c r="B182" t="s">
-        <v>242</v>
+        <v>256</v>
       </c>
       <c r="C182">
-        <v>12.276</v>
+        <v>14.82</v>
       </c>
       <c r="D182" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>243</v>
+        <v>257</v>
       </c>
       <c r="B183" t="s">
-        <v>244</v>
+        <v>258</v>
       </c>
       <c r="C183">
-        <v>12.276</v>
+        <v>14.82</v>
       </c>
       <c r="D183" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>245</v>
+        <v>259</v>
       </c>
       <c r="B184" t="s">
-        <v>246</v>
+        <v>260</v>
       </c>
       <c r="C184">
-        <v>12.78</v>
+        <v>14.82</v>
       </c>
       <c r="D184" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>247</v>
+        <v>261</v>
       </c>
       <c r="B185" t="s">
-        <v>248</v>
+        <v>262</v>
       </c>
       <c r="C185">
-        <v>12.78</v>
+        <v>14.82</v>
       </c>
       <c r="D185" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>249</v>
+        <v>263</v>
       </c>
       <c r="B186" t="s">
-        <v>250</v>
+        <v>264</v>
       </c>
       <c r="C186">
-        <v>12.78</v>
+        <v>14.82</v>
       </c>
       <c r="D186" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="B187" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="C187">
-        <v>12.78</v>
+        <v>14.82</v>
       </c>
       <c r="D187" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>253</v>
+        <v>267</v>
       </c>
       <c r="B188" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="C188">
-        <v>12.78</v>
+        <v>14.82</v>
       </c>
       <c r="D188" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="B189" t="s">
-        <v>256</v>
+        <v>270</v>
       </c>
       <c r="C189">
-        <v>12.84</v>
+        <v>14.82</v>
       </c>
       <c r="D189" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>257</v>
+        <v>271</v>
       </c>
       <c r="B190" t="s">
-        <v>258</v>
+        <v>272</v>
       </c>
       <c r="C190">
-        <v>12.972</v>
+        <v>14.82</v>
       </c>
       <c r="D190" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>259</v>
+        <v>273</v>
       </c>
       <c r="B191" t="s">
-        <v>260</v>
+        <v>274</v>
       </c>
       <c r="C191">
-        <v>12.996</v>
+        <v>14.82</v>
       </c>
       <c r="D191" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>261</v>
+        <v>275</v>
       </c>
       <c r="B192" t="s">
-        <v>262</v>
+        <v>276</v>
       </c>
       <c r="C192">
-        <v>13.392</v>
+        <v>14.82</v>
       </c>
       <c r="D192" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>263</v>
+        <v>277</v>
       </c>
       <c r="B193" t="s">
-        <v>264</v>
+        <v>278</v>
       </c>
       <c r="C193">
-        <v>13.62</v>
+        <v>14.82</v>
       </c>
       <c r="D193" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>265</v>
+        <v>279</v>
       </c>
       <c r="B194" t="s">
-        <v>266</v>
+        <v>280</v>
       </c>
       <c r="C194">
-        <v>13.8</v>
+        <v>14.82</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
       <c r="B195" t="s">
-        <v>268</v>
+        <v>282</v>
       </c>
       <c r="C195">
-        <v>13.8</v>
+        <v>14.82</v>
       </c>
       <c r="D195" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>269</v>
+        <v>283</v>
       </c>
       <c r="B196" t="s">
-        <v>270</v>
+        <v>284</v>
       </c>
       <c r="C196">
-        <v>14.352</v>
+        <v>14.82</v>
       </c>
       <c r="D196" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>271</v>
+        <v>285</v>
       </c>
       <c r="B197" t="s">
-        <v>272</v>
+        <v>286</v>
       </c>
       <c r="C197">
-        <v>14.352</v>
+        <v>14.82</v>
       </c>
       <c r="D197" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>273</v>
+        <v>287</v>
       </c>
       <c r="B198" t="s">
-        <v>274</v>
+        <v>288</v>
       </c>
       <c r="C198">
-        <v>14.604</v>
+        <v>14.892</v>
       </c>
       <c r="D198" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>275</v>
+        <v>289</v>
       </c>
       <c r="B199" t="s">
-        <v>276</v>
+        <v>290</v>
       </c>
       <c r="C199">
-        <v>14.82</v>
+        <v>15.0</v>
       </c>
       <c r="D199" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>277</v>
+        <v>291</v>
       </c>
       <c r="B200" t="s">
-        <v>278</v>
+        <v>292</v>
       </c>
       <c r="C200">
-        <v>14.82</v>
+        <v>15.0</v>
       </c>
       <c r="D200" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>279</v>
+        <v>293</v>
       </c>
       <c r="B201" t="s">
-        <v>280</v>
+        <v>294</v>
       </c>
       <c r="C201">
-        <v>14.82</v>
+        <v>15.0</v>
       </c>
       <c r="D201" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="B202" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="C202">
-        <v>5.868</v>
+        <v>7.524</v>
       </c>
       <c r="D202" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="B203" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="C203">
-        <v>5.868</v>
+        <v>7.524</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="B204" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="C204">
-        <v>5.928</v>
+        <v>7.98</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="B205" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="C205">
-        <v>6.132</v>
+        <v>7.992</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="B206" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="C206">
-        <v>6.588</v>
+        <v>9.0</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="B207" t="s">
-        <v>34</v>
+        <v>72</v>
       </c>
       <c r="C207">
-        <v>7.104</v>
+        <v>9.0</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="B208" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="C208">
-        <v>7.164</v>
+        <v>9.552</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>39</v>
+        <v>91</v>
       </c>
       <c r="B209" t="s">
-        <v>40</v>
+        <v>92</v>
       </c>
       <c r="C209">
-        <v>7.368</v>
+        <v>9.9</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="B210" t="s">
-        <v>42</v>
+        <v>94</v>
       </c>
       <c r="C210">
-        <v>7.368</v>
+        <v>9.9</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>45</v>
+        <v>95</v>
       </c>
       <c r="B211" t="s">
-        <v>46</v>
+        <v>96</v>
       </c>
       <c r="C211">
-        <v>7.488</v>
+        <v>9.9</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>47</v>
+        <v>97</v>
       </c>
       <c r="B212" t="s">
-        <v>48</v>
+        <v>98</v>
       </c>
       <c r="C212">
-        <v>7.488</v>
+        <v>9.9</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
       <c r="B213" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="C213">
-        <v>7.656</v>
+        <v>9.9</v>
       </c>
       <c r="D213" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>57</v>
+        <v>101</v>
       </c>
       <c r="B214" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="C214">
-        <v>7.992</v>
+        <v>9.9</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
       <c r="B215" t="s">
-        <v>60</v>
+        <v>104</v>
       </c>
       <c r="C215">
-        <v>8.076</v>
+        <v>9.9</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>65</v>
+        <v>105</v>
       </c>
       <c r="B216" t="s">
-        <v>66</v>
+        <v>106</v>
       </c>
       <c r="C216">
-        <v>9.204</v>
+        <v>9.9</v>
       </c>
       <c r="D216" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>67</v>
+        <v>107</v>
       </c>
       <c r="B217" t="s">
-        <v>68</v>
+        <v>108</v>
       </c>
       <c r="C217">
-        <v>9.204</v>
+        <v>9.9</v>
       </c>
       <c r="D217" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>69</v>
+        <v>109</v>
       </c>
       <c r="B218" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="C218">
-        <v>9.204</v>
+        <v>9.9</v>
       </c>
       <c r="D218" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>71</v>
+        <v>135</v>
       </c>
       <c r="B219" t="s">
-        <v>72</v>
+        <v>136</v>
       </c>
       <c r="C219">
-        <v>9.204</v>
+        <v>10.128</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>73</v>
+        <v>179</v>
       </c>
       <c r="B220" t="s">
-        <v>74</v>
+        <v>180</v>
       </c>
       <c r="C220">
-        <v>9.552</v>
+        <v>12.0</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>75</v>
+        <v>233</v>
       </c>
       <c r="B221" t="s">
-        <v>76</v>
+        <v>234</v>
       </c>
       <c r="C221">
-        <v>9.552</v>
+        <v>12.744</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>77</v>
+        <v>235</v>
       </c>
       <c r="B222" t="s">
-        <v>78</v>
+        <v>236</v>
       </c>
       <c r="C222">
-        <v>9.672</v>
+        <v>12.78</v>
       </c>
       <c r="D222" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>87</v>
+        <v>287</v>
       </c>
       <c r="B223" t="s">
-        <v>88</v>
+        <v>288</v>
       </c>
       <c r="C223">
-        <v>9.708</v>
+        <v>14.892</v>
       </c>
       <c r="D223" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>89</v>
+        <v>295</v>
       </c>
       <c r="B224" t="s">
-        <v>90</v>
+        <v>296</v>
       </c>
       <c r="C224">
-        <v>9.708</v>
+        <v>15.0</v>
       </c>
       <c r="D224" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>91</v>
+        <v>297</v>
       </c>
       <c r="B225" t="s">
-        <v>92</v>
+        <v>298</v>
       </c>
       <c r="C225">
-        <v>9.708</v>
+        <v>15.0</v>
       </c>
       <c r="D225" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>93</v>
+        <v>299</v>
       </c>
       <c r="B226" t="s">
-        <v>94</v>
+        <v>300</v>
       </c>
       <c r="C226">
-        <v>9.708</v>
+        <v>15.0</v>
       </c>
       <c r="D226" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>95</v>
+        <v>301</v>
       </c>
       <c r="B227" t="s">
-        <v>96</v>
+        <v>302</v>
       </c>
       <c r="C227">
-        <v>9.708</v>
+        <v>15.0</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>97</v>
+        <v>303</v>
       </c>
       <c r="B228" t="s">
-        <v>98</v>
+        <v>304</v>
       </c>
       <c r="C228">
-        <v>9.708</v>
+        <v>15.0</v>
       </c>
       <c r="D228" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>101</v>
+        <v>305</v>
       </c>
       <c r="B229" t="s">
-        <v>102</v>
+        <v>306</v>
       </c>
       <c r="C229">
-        <v>9.816</v>
+        <v>15.0</v>
       </c>
       <c r="D229" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>103</v>
+        <v>307</v>
       </c>
       <c r="B230" t="s">
-        <v>104</v>
+        <v>308</v>
       </c>
       <c r="C230">
-        <v>10.02</v>
+        <v>15.0</v>
       </c>
       <c r="D230" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>115</v>
+        <v>309</v>
       </c>
       <c r="B231" t="s">
-        <v>116</v>
+        <v>310</v>
       </c>
       <c r="C231">
-        <v>10.128</v>
+        <v>15.0</v>
       </c>
       <c r="D231" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>117</v>
+        <v>311</v>
       </c>
       <c r="B232" t="s">
-        <v>118</v>
+        <v>312</v>
       </c>
       <c r="C232">
-        <v>10.128</v>
+        <v>15.0</v>
       </c>
       <c r="D232" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>119</v>
+        <v>313</v>
       </c>
       <c r="B233" t="s">
-        <v>120</v>
+        <v>314</v>
       </c>
       <c r="C233">
-        <v>10.128</v>
+        <v>15.0</v>
       </c>
       <c r="D233" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>121</v>
+        <v>315</v>
       </c>
       <c r="B234" t="s">
-        <v>122</v>
+        <v>316</v>
       </c>
       <c r="C234">
-        <v>10.128</v>
+        <v>15.0</v>
       </c>
       <c r="D234" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>123</v>
+        <v>317</v>
       </c>
       <c r="B235" t="s">
-        <v>124</v>
+        <v>318</v>
       </c>
       <c r="C235">
-        <v>10.128</v>
+        <v>15.0</v>
       </c>
       <c r="D235" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>125</v>
+        <v>319</v>
       </c>
       <c r="B236" t="s">
-        <v>126</v>
+        <v>320</v>
       </c>
       <c r="C236">
-        <v>10.128</v>
+        <v>15.0</v>
       </c>
       <c r="D236" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>127</v>
+        <v>321</v>
       </c>
       <c r="B237" t="s">
-        <v>128</v>
+        <v>322</v>
       </c>
       <c r="C237">
-        <v>10.128</v>
+        <v>15.0</v>
       </c>
       <c r="D237" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>129</v>
+        <v>323</v>
       </c>
       <c r="B238" t="s">
-        <v>130</v>
+        <v>324</v>
       </c>
       <c r="C238">
-        <v>10.128</v>
+        <v>15.0</v>
       </c>
       <c r="D238" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>131</v>
+        <v>325</v>
       </c>
       <c r="B239" t="s">
-        <v>132</v>
+        <v>326</v>
       </c>
       <c r="C239">
-        <v>10.128</v>
+        <v>15.0</v>
       </c>
       <c r="D239" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>133</v>
+        <v>327</v>
       </c>
       <c r="B240" t="s">
-        <v>134</v>
+        <v>328</v>
       </c>
       <c r="C240">
-        <v>10.128</v>
+        <v>15.0</v>
       </c>
       <c r="D240" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>135</v>
+        <v>329</v>
       </c>
       <c r="B241" t="s">
-        <v>136</v>
+        <v>330</v>
       </c>
       <c r="C241">
-        <v>10.128</v>
+        <v>15.0</v>
       </c>
       <c r="D241" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>137</v>
+        <v>331</v>
       </c>
       <c r="B242" t="s">
-        <v>138</v>
+        <v>332</v>
       </c>
       <c r="C242">
-        <v>10.128</v>
+        <v>15.0</v>
       </c>
       <c r="D242" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>139</v>
+        <v>333</v>
       </c>
       <c r="B243" t="s">
-        <v>140</v>
+        <v>334</v>
       </c>
       <c r="C243">
-        <v>10.128</v>
+        <v>17.796</v>
       </c>
       <c r="D243" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>141</v>
+        <v>335</v>
       </c>
       <c r="B244" t="s">
-        <v>142</v>
+        <v>336</v>
       </c>
       <c r="C244">
-        <v>10.128</v>
+        <v>17.796</v>
       </c>
       <c r="D244" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>143</v>
+        <v>337</v>
       </c>
       <c r="B245" t="s">
-        <v>144</v>
+        <v>338</v>
       </c>
       <c r="C245">
-        <v>10.128</v>
+        <v>17.892</v>
       </c>
       <c r="D245" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>145</v>
+        <v>339</v>
       </c>
       <c r="B246" t="s">
-        <v>146</v>
+        <v>340</v>
       </c>
       <c r="C246">
-        <v>10.128</v>
+        <v>17.892</v>
       </c>
       <c r="D246" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>147</v>
+        <v>341</v>
       </c>
       <c r="B247" t="s">
-        <v>148</v>
+        <v>342</v>
       </c>
       <c r="C247">
-        <v>10.128</v>
+        <v>17.892</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>149</v>
+        <v>343</v>
       </c>
       <c r="B248" t="s">
-        <v>150</v>
+        <v>344</v>
       </c>
       <c r="C248">
-        <v>10.14</v>
+        <v>17.892</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>151</v>
+        <v>345</v>
       </c>
       <c r="B249" t="s">
-        <v>152</v>
+        <v>346</v>
       </c>
       <c r="C249">
-        <v>10.164</v>
+        <v>17.892</v>
       </c>
       <c r="D249" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>153</v>
+        <v>347</v>
       </c>
       <c r="B250" t="s">
-        <v>154</v>
+        <v>348</v>
       </c>
       <c r="C250">
-        <v>10.164</v>
+        <v>17.892</v>
       </c>
       <c r="D250" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>155</v>
+        <v>349</v>
       </c>
       <c r="B251" t="s">
-        <v>156</v>
+        <v>350</v>
       </c>
       <c r="C251">
-        <v>10.176</v>
+        <v>17.892</v>
       </c>
       <c r="D251" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>157</v>
+        <v>351</v>
       </c>
       <c r="B252" t="s">
-        <v>158</v>
+        <v>352</v>
       </c>
       <c r="C252">
-        <v>10.176</v>
+        <v>17.892</v>
       </c>
       <c r="D252" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>159</v>
+        <v>353</v>
       </c>
       <c r="B253" t="s">
-        <v>160</v>
+        <v>354</v>
       </c>
       <c r="C253">
-        <v>10.176</v>
+        <v>17.892</v>
       </c>
       <c r="D253" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>161</v>
+        <v>355</v>
       </c>
       <c r="B254" t="s">
-        <v>162</v>
+        <v>356</v>
       </c>
       <c r="C254">
-        <v>10.176</v>
+        <v>17.892</v>
       </c>
       <c r="D254" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>163</v>
+        <v>357</v>
       </c>
       <c r="B255" t="s">
-        <v>164</v>
+        <v>358</v>
       </c>
       <c r="C255">
-        <v>10.176</v>
+        <v>17.892</v>
       </c>
       <c r="D255" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>165</v>
+        <v>359</v>
       </c>
       <c r="B256" t="s">
-        <v>166</v>
+        <v>360</v>
       </c>
       <c r="C256">
-        <v>10.176</v>
+        <v>17.892</v>
       </c>
       <c r="D256" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>167</v>
+        <v>361</v>
       </c>
       <c r="B257" t="s">
-        <v>168</v>
+        <v>362</v>
       </c>
       <c r="C257">
-        <v>10.176</v>
+        <v>17.892</v>
       </c>
       <c r="D257" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>189</v>
+        <v>363</v>
       </c>
       <c r="B258" t="s">
-        <v>190</v>
+        <v>364</v>
       </c>
       <c r="C258">
-        <v>11.04</v>
+        <v>17.892</v>
       </c>
       <c r="D258" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>193</v>
+        <v>365</v>
       </c>
       <c r="B259" t="s">
-        <v>194</v>
+        <v>366</v>
       </c>
       <c r="C259">
-        <v>12.144</v>
+        <v>17.892</v>
       </c>
       <c r="D259" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>213</v>
+        <v>367</v>
       </c>
       <c r="B260" t="s">
-        <v>214</v>
+        <v>368</v>
       </c>
       <c r="C260">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D260" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>215</v>
+        <v>369</v>
       </c>
       <c r="B261" t="s">
-        <v>216</v>
+        <v>370</v>
       </c>
       <c r="C261">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D261" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>217</v>
+        <v>371</v>
       </c>
       <c r="B262" t="s">
-        <v>218</v>
+        <v>372</v>
       </c>
       <c r="C262">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D262" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>219</v>
+        <v>373</v>
       </c>
       <c r="B263" t="s">
-        <v>220</v>
+        <v>374</v>
       </c>
       <c r="C263">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D263" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>221</v>
+        <v>375</v>
       </c>
       <c r="B264" t="s">
-        <v>222</v>
+        <v>376</v>
       </c>
       <c r="C264">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D264" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>223</v>
+        <v>377</v>
       </c>
       <c r="B265" t="s">
-        <v>224</v>
+        <v>378</v>
       </c>
       <c r="C265">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D265" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>225</v>
+        <v>379</v>
       </c>
       <c r="B266" t="s">
-        <v>226</v>
+        <v>380</v>
       </c>
       <c r="C266">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D266" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>227</v>
+        <v>381</v>
       </c>
       <c r="B267" t="s">
-        <v>228</v>
+        <v>382</v>
       </c>
       <c r="C267">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D267" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>229</v>
+        <v>383</v>
       </c>
       <c r="B268" t="s">
-        <v>230</v>
+        <v>384</v>
       </c>
       <c r="C268">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D268" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>231</v>
+        <v>385</v>
       </c>
       <c r="B269" t="s">
-        <v>232</v>
+        <v>386</v>
       </c>
       <c r="C269">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D269" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>233</v>
+        <v>387</v>
       </c>
       <c r="B270" t="s">
-        <v>234</v>
+        <v>388</v>
       </c>
       <c r="C270">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D270" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>235</v>
+        <v>389</v>
       </c>
       <c r="B271" t="s">
-        <v>236</v>
+        <v>390</v>
       </c>
       <c r="C271">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D271" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>237</v>
+        <v>391</v>
       </c>
       <c r="B272" t="s">
-        <v>238</v>
+        <v>392</v>
       </c>
       <c r="C272">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D272" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>239</v>
+        <v>393</v>
       </c>
       <c r="B273" t="s">
-        <v>240</v>
+        <v>394</v>
       </c>
       <c r="C273">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D273" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>241</v>
+        <v>395</v>
       </c>
       <c r="B274" t="s">
-        <v>242</v>
+        <v>396</v>
       </c>
       <c r="C274">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D274" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>243</v>
+        <v>397</v>
       </c>
       <c r="B275" t="s">
-        <v>244</v>
+        <v>398</v>
       </c>
       <c r="C275">
-        <v>12.276</v>
+        <v>17.892</v>
       </c>
       <c r="D275" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>245</v>
+        <v>399</v>
       </c>
       <c r="B276" t="s">
-        <v>246</v>
+        <v>400</v>
       </c>
       <c r="C276">
-        <v>12.78</v>
+        <v>17.892</v>
       </c>
       <c r="D276" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>247</v>
+        <v>401</v>
       </c>
       <c r="B277" t="s">
-        <v>248</v>
+        <v>402</v>
       </c>
       <c r="C277">
-        <v>12.78</v>
+        <v>17.892</v>
       </c>
       <c r="D277" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>249</v>
+        <v>403</v>
       </c>
       <c r="B278" t="s">
-        <v>250</v>
+        <v>404</v>
       </c>
       <c r="C278">
-        <v>12.78</v>
+        <v>17.892</v>
       </c>
       <c r="D278" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>251</v>
+        <v>405</v>
       </c>
       <c r="B279" t="s">
-        <v>252</v>
+        <v>406</v>
       </c>
       <c r="C279">
-        <v>12.78</v>
+        <v>17.892</v>
       </c>
       <c r="D279" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>253</v>
+        <v>407</v>
       </c>
       <c r="B280" t="s">
-        <v>254</v>
+        <v>408</v>
       </c>
       <c r="C280">
-        <v>12.78</v>
+        <v>17.892</v>
       </c>
       <c r="D280" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>255</v>
+        <v>409</v>
       </c>
       <c r="B281" t="s">
-        <v>256</v>
+        <v>410</v>
       </c>
       <c r="C281">
-        <v>12.84</v>
+        <v>17.892</v>
       </c>
       <c r="D281" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>257</v>
+        <v>411</v>
       </c>
       <c r="B282" t="s">
-        <v>258</v>
+        <v>412</v>
       </c>
       <c r="C282">
-        <v>12.972</v>
+        <v>17.892</v>
       </c>
       <c r="D282" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>259</v>
+        <v>413</v>
       </c>
       <c r="B283" t="s">
-        <v>260</v>
+        <v>414</v>
       </c>
       <c r="C283">
-        <v>12.996</v>
+        <v>17.892</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>261</v>
+        <v>415</v>
       </c>
       <c r="B284" t="s">
-        <v>262</v>
+        <v>416</v>
       </c>
       <c r="C284">
-        <v>13.392</v>
+        <v>17.892</v>
       </c>
       <c r="D284" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>263</v>
+        <v>417</v>
       </c>
       <c r="B285" t="s">
-        <v>264</v>
+        <v>418</v>
       </c>
       <c r="C285">
-        <v>13.62</v>
+        <v>17.892</v>
       </c>
       <c r="D285" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>265</v>
+        <v>419</v>
       </c>
       <c r="B286" t="s">
-        <v>266</v>
+        <v>420</v>
       </c>
       <c r="C286">
-        <v>13.8</v>
+        <v>17.892</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>267</v>
+        <v>421</v>
       </c>
       <c r="B287" t="s">
-        <v>268</v>
+        <v>422</v>
       </c>
       <c r="C287">
-        <v>13.8</v>
+        <v>17.892</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>269</v>
+        <v>423</v>
       </c>
       <c r="B288" t="s">
-        <v>270</v>
+        <v>424</v>
       </c>
       <c r="C288">
-        <v>14.352</v>
+        <v>17.892</v>
       </c>
       <c r="D288" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>271</v>
+        <v>425</v>
       </c>
       <c r="B289" t="s">
-        <v>272</v>
+        <v>426</v>
       </c>
       <c r="C289">
-        <v>14.352</v>
+        <v>17.892</v>
       </c>
       <c r="D289" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>273</v>
+        <v>427</v>
       </c>
       <c r="B290" t="s">
-        <v>274</v>
+        <v>428</v>
       </c>
       <c r="C290">
-        <v>14.604</v>
+        <v>17.892</v>
       </c>
       <c r="D290" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>281</v>
+        <v>429</v>
       </c>
       <c r="B291" t="s">
-        <v>282</v>
+        <v>430</v>
       </c>
       <c r="C291">
-        <v>14.82</v>
+        <v>17.892</v>
       </c>
       <c r="D291" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>283</v>
+        <v>431</v>
       </c>
       <c r="B292" t="s">
-        <v>284</v>
+        <v>432</v>
       </c>
       <c r="C292">
-        <v>14.82</v>
+        <v>17.892</v>
       </c>
       <c r="D292" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>285</v>
+        <v>433</v>
       </c>
       <c r="B293" t="s">
-        <v>286</v>
+        <v>434</v>
       </c>
       <c r="C293">
-        <v>14.82</v>
+        <v>17.892</v>
       </c>
       <c r="D293" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>287</v>
+        <v>435</v>
       </c>
       <c r="B294" t="s">
-        <v>288</v>
+        <v>436</v>
       </c>
       <c r="C294">
-        <v>14.82</v>
+        <v>17.892</v>
       </c>
       <c r="D294" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>289</v>
+        <v>437</v>
       </c>
       <c r="B295" t="s">
-        <v>290</v>
+        <v>438</v>
       </c>
       <c r="C295">
-        <v>14.82</v>
+        <v>17.892</v>
       </c>
       <c r="D295" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>291</v>
+        <v>439</v>
       </c>
       <c r="B296" t="s">
-        <v>292</v>
+        <v>440</v>
       </c>
       <c r="C296">
-        <v>14.82</v>
+        <v>17.892</v>
       </c>
       <c r="D296" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>293</v>
+        <v>441</v>
       </c>
       <c r="B297" t="s">
-        <v>294</v>
+        <v>442</v>
       </c>
       <c r="C297">
-        <v>14.82</v>
+        <v>17.892</v>
       </c>
       <c r="D297" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>295</v>
+        <v>443</v>
       </c>
       <c r="B298" t="s">
-        <v>296</v>
+        <v>444</v>
       </c>
       <c r="C298">
-        <v>14.82</v>
+        <v>17.892</v>
       </c>
       <c r="D298" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>297</v>
+        <v>445</v>
       </c>
       <c r="B299" t="s">
-        <v>298</v>
+        <v>446</v>
       </c>
       <c r="C299">
-        <v>14.82</v>
+        <v>17.892</v>
       </c>
       <c r="D299" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>299</v>
+        <v>447</v>
       </c>
       <c r="B300" t="s">
-        <v>300</v>
+        <v>448</v>
       </c>
       <c r="C300">
-        <v>14.82</v>
+        <v>17.892</v>
       </c>
       <c r="D300" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>301</v>
+        <v>449</v>
       </c>
       <c r="B301" t="s">
-        <v>302</v>
+        <v>450</v>
       </c>
       <c r="C301">
-        <v>14.82</v>
+        <v>17.892</v>
       </c>
       <c r="D301" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="B302" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="C302">
-        <v>5.868</v>
+        <v>7.98</v>
       </c>
       <c r="D302" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="B303" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="C303">
-        <v>5.868</v>
+        <v>9.9</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>27</v>
+        <v>135</v>
       </c>
       <c r="B304" t="s">
-        <v>28</v>
+        <v>136</v>
       </c>
       <c r="C304">
-        <v>5.928</v>
+        <v>10.128</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>29</v>
+        <v>287</v>
       </c>
       <c r="B305" t="s">
-        <v>30</v>
+        <v>288</v>
       </c>
       <c r="C305">
-        <v>6.132</v>
+        <v>14.892</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>31</v>
+        <v>317</v>
       </c>
       <c r="B306" t="s">
-        <v>32</v>
+        <v>318</v>
       </c>
       <c r="C306">
-        <v>6.588</v>
+        <v>15.0</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>39</v>
+        <v>319</v>
       </c>
       <c r="B307" t="s">
-        <v>40</v>
+        <v>320</v>
       </c>
       <c r="C307">
-        <v>7.368</v>
+        <v>15.0</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>41</v>
+        <v>321</v>
       </c>
       <c r="B308" t="s">
-        <v>42</v>
+        <v>322</v>
       </c>
       <c r="C308">
-        <v>7.368</v>
+        <v>15.0</v>
       </c>
       <c r="D308" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>45</v>
+        <v>323</v>
       </c>
       <c r="B309" t="s">
-        <v>46</v>
+        <v>324</v>
       </c>
       <c r="C309">
-        <v>7.488</v>
+        <v>15.0</v>
       </c>
       <c r="D309" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="B310" t="s">
-        <v>48</v>
+        <v>326</v>
       </c>
       <c r="C310">
-        <v>7.488</v>
+        <v>15.0</v>
       </c>
       <c r="D310" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>49</v>
+        <v>327</v>
       </c>
       <c r="B311" t="s">
-        <v>50</v>
+        <v>328</v>
       </c>
       <c r="C311">
-        <v>7.656</v>
+        <v>15.0</v>
       </c>
       <c r="D311" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
       <c r="B312" t="s">
-        <v>58</v>
+        <v>330</v>
       </c>
       <c r="C312">
-        <v>7.992</v>
+        <v>15.0</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>59</v>
+        <v>331</v>
       </c>
       <c r="B313" t="s">
-        <v>60</v>
+        <v>332</v>
       </c>
       <c r="C313">
-        <v>8.076</v>
+        <v>15.0</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>65</v>
+        <v>451</v>
       </c>
       <c r="B314" t="s">
-        <v>66</v>
+        <v>452</v>
       </c>
       <c r="C314">
-        <v>9.204</v>
+        <v>17.892</v>
       </c>
       <c r="D314" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>67</v>
+        <v>453</v>
       </c>
       <c r="B315" t="s">
-        <v>68</v>
+        <v>454</v>
       </c>
       <c r="C315">
-        <v>9.204</v>
+        <v>17.892</v>
       </c>
       <c r="D315" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>69</v>
+        <v>455</v>
       </c>
       <c r="B316" t="s">
-        <v>70</v>
+        <v>456</v>
       </c>
       <c r="C316">
-        <v>9.204</v>
+        <v>17.892</v>
       </c>
       <c r="D316" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>71</v>
+        <v>457</v>
       </c>
       <c r="B317" t="s">
-        <v>72</v>
+        <v>458</v>
       </c>
       <c r="C317">
-        <v>9.204</v>
+        <v>17.892</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>73</v>
+        <v>459</v>
       </c>
       <c r="B318" t="s">
-        <v>74</v>
+        <v>460</v>
       </c>
       <c r="C318">
-        <v>9.552</v>
+        <v>17.892</v>
       </c>
       <c r="D318" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>75</v>
+        <v>461</v>
       </c>
       <c r="B319" t="s">
-        <v>76</v>
+        <v>462</v>
       </c>
       <c r="C319">
-        <v>9.552</v>
+        <v>17.892</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>91</v>
+        <v>463</v>
       </c>
       <c r="B320" t="s">
-        <v>92</v>
+        <v>464</v>
       </c>
       <c r="C320">
-        <v>9.708</v>
+        <v>17.892</v>
       </c>
       <c r="D320" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>93</v>
+        <v>465</v>
       </c>
       <c r="B321" t="s">
-        <v>94</v>
+        <v>466</v>
       </c>
       <c r="C321">
-        <v>9.708</v>
+        <v>17.892</v>
       </c>
       <c r="D321" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>95</v>
+        <v>467</v>
       </c>
       <c r="B322" t="s">
-        <v>96</v>
+        <v>468</v>
       </c>
       <c r="C322">
-        <v>9.708</v>
+        <v>17.892</v>
       </c>
       <c r="D322" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>97</v>
+        <v>469</v>
       </c>
       <c r="B323" t="s">
-        <v>98</v>
+        <v>470</v>
       </c>
       <c r="C323">
-        <v>9.708</v>
+        <v>17.892</v>
       </c>
       <c r="D323" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>103</v>
+        <v>471</v>
       </c>
       <c r="B324" t="s">
-        <v>104</v>
+        <v>472</v>
       </c>
       <c r="C324">
-        <v>10.02</v>
+        <v>18.0</v>
       </c>
       <c r="D324" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>123</v>
+        <v>473</v>
       </c>
       <c r="B325" t="s">
-        <v>124</v>
+        <v>474</v>
       </c>
       <c r="C325">
-        <v>10.128</v>
+        <v>19.896</v>
       </c>
       <c r="D325" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>125</v>
+        <v>475</v>
       </c>
       <c r="B326" t="s">
-        <v>126</v>
+        <v>476</v>
       </c>
       <c r="C326">
-        <v>10.128</v>
+        <v>23.004</v>
       </c>
       <c r="D326" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>127</v>
+        <v>477</v>
       </c>
       <c r="B327" t="s">
-        <v>128</v>
+        <v>478</v>
       </c>
       <c r="C327">
-        <v>10.128</v>
+        <v>23.004</v>
       </c>
       <c r="D327" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>129</v>
+        <v>479</v>
       </c>
       <c r="B328" t="s">
-        <v>130</v>
+        <v>480</v>
       </c>
       <c r="C328">
-        <v>10.128</v>
+        <v>23.004</v>
       </c>
       <c r="D328" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>131</v>
+        <v>481</v>
       </c>
       <c r="B329" t="s">
-        <v>132</v>
+        <v>482</v>
       </c>
       <c r="C329">
-        <v>10.128</v>
+        <v>23.004</v>
       </c>
       <c r="D329" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>133</v>
+        <v>483</v>
       </c>
       <c r="B330" t="s">
-        <v>134</v>
+        <v>484</v>
       </c>
       <c r="C330">
-        <v>10.128</v>
+        <v>23.004</v>
       </c>
       <c r="D330" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>135</v>
+        <v>485</v>
       </c>
       <c r="B331" t="s">
-        <v>136</v>
+        <v>486</v>
       </c>
       <c r="C331">
-        <v>10.128</v>
+        <v>23.004</v>
       </c>
       <c r="D331" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>137</v>
+        <v>487</v>
       </c>
       <c r="B332" t="s">
-        <v>138</v>
+        <v>488</v>
       </c>
       <c r="C332">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D332" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>139</v>
+        <v>489</v>
       </c>
       <c r="B333" t="s">
-        <v>140</v>
+        <v>490</v>
       </c>
       <c r="C333">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D333" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>141</v>
+        <v>491</v>
       </c>
       <c r="B334" t="s">
-        <v>142</v>
+        <v>492</v>
       </c>
       <c r="C334">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D334" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>143</v>
+        <v>493</v>
       </c>
       <c r="B335" t="s">
-        <v>144</v>
+        <v>494</v>
       </c>
       <c r="C335">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D335" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>145</v>
+        <v>495</v>
       </c>
       <c r="B336" t="s">
-        <v>146</v>
+        <v>496</v>
       </c>
       <c r="C336">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D336" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>147</v>
+        <v>497</v>
       </c>
       <c r="B337" t="s">
-        <v>148</v>
+        <v>498</v>
       </c>
       <c r="C337">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>149</v>
+        <v>499</v>
       </c>
       <c r="B338" t="s">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="C338">
-        <v>10.14</v>
+        <v>24.996</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>151</v>
+        <v>501</v>
       </c>
       <c r="B339" t="s">
-        <v>152</v>
+        <v>502</v>
       </c>
       <c r="C339">
-        <v>10.164</v>
+        <v>24.996</v>
       </c>
       <c r="D339" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>153</v>
+        <v>503</v>
       </c>
       <c r="B340" t="s">
-        <v>154</v>
+        <v>504</v>
       </c>
       <c r="C340">
-        <v>10.164</v>
+        <v>30.0</v>
       </c>
       <c r="D340" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>159</v>
+        <v>505</v>
       </c>
       <c r="B341" t="s">
-        <v>160</v>
+        <v>506</v>
       </c>
       <c r="C341">
-        <v>10.176</v>
+        <v>34.992</v>
       </c>
       <c r="D341" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>161</v>
+        <v>507</v>
       </c>
       <c r="B342" t="s">
-        <v>162</v>
+        <v>508</v>
       </c>
       <c r="C342">
-        <v>10.176</v>
+        <v>34.992</v>
       </c>
       <c r="D342" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>163</v>
+        <v>509</v>
       </c>
       <c r="B343" t="s">
-        <v>164</v>
+        <v>510</v>
       </c>
       <c r="C343">
-        <v>10.176</v>
+        <v>34.992</v>
       </c>
       <c r="D343" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>165</v>
+        <v>511</v>
       </c>
       <c r="B344" t="s">
-        <v>166</v>
+        <v>512</v>
       </c>
       <c r="C344">
-        <v>10.176</v>
+        <v>34.992</v>
       </c>
       <c r="D344" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>167</v>
+        <v>513</v>
       </c>
       <c r="B345" t="s">
-        <v>168</v>
+        <v>514</v>
       </c>
       <c r="C345">
-        <v>10.176</v>
+        <v>34.992</v>
       </c>
       <c r="D345" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>189</v>
+        <v>515</v>
       </c>
       <c r="B346" t="s">
-        <v>190</v>
+        <v>516</v>
       </c>
       <c r="C346">
-        <v>11.04</v>
+        <v>35.28</v>
       </c>
       <c r="D346" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>193</v>
+        <v>517</v>
       </c>
       <c r="B347" t="s">
-        <v>194</v>
+        <v>518</v>
       </c>
       <c r="C347">
-        <v>12.144</v>
+        <v>35.28</v>
       </c>
       <c r="D347" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>239</v>
+        <v>519</v>
       </c>
       <c r="B348" t="s">
-        <v>240</v>
+        <v>520</v>
       </c>
       <c r="C348">
-        <v>12.276</v>
+        <v>39.0</v>
       </c>
       <c r="D348" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>241</v>
+        <v>521</v>
       </c>
       <c r="B349" t="s">
-        <v>242</v>
+        <v>522</v>
       </c>
       <c r="C349">
-        <v>12.276</v>
+        <v>39.0</v>
       </c>
       <c r="D349" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>243</v>
+        <v>523</v>
       </c>
       <c r="B350" t="s">
-        <v>244</v>
+        <v>524</v>
       </c>
       <c r="C350">
-        <v>12.276</v>
+        <v>39.0</v>
       </c>
       <c r="D350" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>245</v>
+        <v>525</v>
       </c>
       <c r="B351" t="s">
-        <v>246</v>
+        <v>526</v>
       </c>
       <c r="C351">
-        <v>12.78</v>
+        <v>45.0</v>
       </c>
       <c r="D351" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>247</v>
+        <v>527</v>
       </c>
       <c r="B352" t="s">
-        <v>248</v>
+        <v>528</v>
       </c>
       <c r="C352">
-        <v>12.78</v>
+        <v>45.0</v>
       </c>
       <c r="D352" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>249</v>
+        <v>529</v>
       </c>
       <c r="B353" t="s">
-        <v>250</v>
+        <v>530</v>
       </c>
       <c r="C353">
-        <v>12.78</v>
+        <v>45.0</v>
       </c>
       <c r="D353" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>251</v>
+        <v>531</v>
       </c>
       <c r="B354" t="s">
-        <v>252</v>
+        <v>532</v>
       </c>
       <c r="C354">
-        <v>12.78</v>
+        <v>45.0</v>
       </c>
       <c r="D354" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>253</v>
+        <v>533</v>
       </c>
       <c r="B355" t="s">
-        <v>254</v>
+        <v>534</v>
       </c>
       <c r="C355">
-        <v>12.78</v>
+        <v>47.172</v>
       </c>
       <c r="D355" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>255</v>
+        <v>535</v>
       </c>
       <c r="B356" t="s">
-        <v>256</v>
+        <v>536</v>
       </c>
       <c r="C356">
-        <v>12.84</v>
+        <v>48.324</v>
       </c>
       <c r="D356" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>257</v>
+        <v>537</v>
       </c>
       <c r="B357" t="s">
-        <v>258</v>
+        <v>538</v>
       </c>
       <c r="C357">
-        <v>12.972</v>
+        <v>48.996</v>
       </c>
       <c r="D357" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>259</v>
+        <v>539</v>
       </c>
       <c r="B358" t="s">
-        <v>260</v>
+        <v>540</v>
       </c>
       <c r="C358">
-        <v>12.996</v>
+        <v>48.996</v>
       </c>
       <c r="D358" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>261</v>
+        <v>541</v>
       </c>
       <c r="B359" t="s">
-        <v>262</v>
+        <v>542</v>
       </c>
       <c r="C359">
-        <v>13.392</v>
+        <v>48.996</v>
       </c>
       <c r="D359" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>263</v>
+        <v>543</v>
       </c>
       <c r="B360" t="s">
-        <v>264</v>
+        <v>544</v>
       </c>
       <c r="C360">
-        <v>13.62</v>
+        <v>48.996</v>
       </c>
       <c r="D360" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>265</v>
+        <v>545</v>
       </c>
       <c r="B361" t="s">
-        <v>266</v>
+        <v>546</v>
       </c>
       <c r="C361">
-        <v>13.8</v>
+        <v>48.996</v>
       </c>
       <c r="D361" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>267</v>
+        <v>547</v>
       </c>
       <c r="B362" t="s">
-        <v>268</v>
+        <v>548</v>
       </c>
       <c r="C362">
-        <v>13.8</v>
+        <v>48.996</v>
       </c>
       <c r="D362" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>269</v>
+        <v>549</v>
       </c>
       <c r="B363" t="s">
-        <v>270</v>
+        <v>550</v>
       </c>
       <c r="C363">
-        <v>14.352</v>
+        <v>48.996</v>
       </c>
       <c r="D363" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>271</v>
+        <v>551</v>
       </c>
       <c r="B364" t="s">
-        <v>272</v>
+        <v>552</v>
       </c>
       <c r="C364">
-        <v>14.352</v>
+        <v>58.992</v>
       </c>
       <c r="D364" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>273</v>
+        <v>553</v>
       </c>
       <c r="B365" t="s">
-        <v>274</v>
+        <v>554</v>
       </c>
       <c r="C365">
-        <v>14.604</v>
+        <v>58.992</v>
       </c>
       <c r="D365" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>303</v>
+        <v>555</v>
       </c>
       <c r="B366" t="s">
-        <v>304</v>
+        <v>556</v>
       </c>
       <c r="C366">
-        <v>14.82</v>
+        <v>60.84</v>
       </c>
       <c r="D366" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>305</v>
+        <v>557</v>
       </c>
       <c r="B367" t="s">
-        <v>306</v>
+        <v>558</v>
       </c>
       <c r="C367">
-        <v>14.82</v>
+        <v>69.0</v>
       </c>
       <c r="D367" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>307</v>
+        <v>559</v>
       </c>
       <c r="B368" t="s">
-        <v>308</v>
+        <v>560</v>
       </c>
       <c r="C368">
-        <v>14.82</v>
+        <v>75.0</v>
       </c>
       <c r="D368" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>309</v>
+        <v>561</v>
       </c>
       <c r="B369" t="s">
-        <v>310</v>
+        <v>562</v>
       </c>
       <c r="C369">
-        <v>14.82</v>
+        <v>76.176</v>
       </c>
       <c r="D369" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>311</v>
+        <v>563</v>
       </c>
       <c r="B370" t="s">
-        <v>312</v>
+        <v>564</v>
       </c>
       <c r="C370">
-        <v>14.82</v>
+        <v>77.52</v>
       </c>
       <c r="D370" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>313</v>
+        <v>565</v>
       </c>
       <c r="B371" t="s">
-        <v>314</v>
+        <v>566</v>
       </c>
       <c r="C371">
-        <v>14.82</v>
+        <v>78.996</v>
       </c>
       <c r="D371" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>315</v>
+        <v>567</v>
       </c>
       <c r="B372" t="s">
-        <v>316</v>
+        <v>568</v>
       </c>
       <c r="C372">
-        <v>14.82</v>
+        <v>78.996</v>
       </c>
       <c r="D372" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>317</v>
+        <v>569</v>
       </c>
       <c r="B373" t="s">
-        <v>318</v>
+        <v>570</v>
       </c>
       <c r="C373">
-        <v>14.82</v>
+        <v>78.996</v>
       </c>
       <c r="D373" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>319</v>
+        <v>571</v>
       </c>
       <c r="B374" t="s">
-        <v>320</v>
+        <v>572</v>
       </c>
       <c r="C374">
-        <v>15.012</v>
+        <v>78.996</v>
       </c>
       <c r="D374" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>321</v>
+        <v>573</v>
       </c>
       <c r="B375" t="s">
-        <v>322</v>
+        <v>574</v>
       </c>
       <c r="C375">
-        <v>15.336</v>
+        <v>78.996</v>
       </c>
       <c r="D375" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>323</v>
+        <v>575</v>
       </c>
       <c r="B376" t="s">
-        <v>324</v>
+        <v>576</v>
       </c>
       <c r="C376">
-        <v>15.336</v>
+        <v>78.996</v>
       </c>
       <c r="D376" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>325</v>
+        <v>577</v>
       </c>
       <c r="B377" t="s">
-        <v>326</v>
+        <v>578</v>
       </c>
       <c r="C377">
-        <v>15.336</v>
+        <v>88.992</v>
       </c>
       <c r="D377" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>327</v>
+        <v>579</v>
       </c>
       <c r="B378" t="s">
-        <v>328</v>
+        <v>580</v>
       </c>
       <c r="C378">
-        <v>15.336</v>
+        <v>88.992</v>
       </c>
       <c r="D378" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>329</v>
+        <v>581</v>
       </c>
       <c r="B379" t="s">
-        <v>330</v>
+        <v>582</v>
       </c>
       <c r="C379">
-        <v>15.336</v>
+        <v>88.992</v>
       </c>
       <c r="D379" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>331</v>
+        <v>583</v>
       </c>
       <c r="B380" t="s">
-        <v>332</v>
+        <v>584</v>
       </c>
       <c r="C380">
-        <v>15.336</v>
+        <v>88.992</v>
       </c>
       <c r="D380" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>333</v>
+        <v>585</v>
       </c>
       <c r="B381" t="s">
-        <v>334</v>
+        <v>586</v>
       </c>
       <c r="C381">
-        <v>15.336</v>
+        <v>99.0</v>
       </c>
       <c r="D381" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>335</v>
+        <v>587</v>
       </c>
       <c r="B382" t="s">
-        <v>336</v>
+        <v>588</v>
       </c>
       <c r="C382">
-        <v>16.872</v>
+        <v>99.0</v>
       </c>
       <c r="D382" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>337</v>
+        <v>589</v>
       </c>
       <c r="B383" t="s">
-        <v>338</v>
+        <v>590</v>
       </c>
       <c r="C383">
-        <v>16.992</v>
+        <v>99.0</v>
       </c>
       <c r="D383" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>339</v>
+        <v>591</v>
       </c>
       <c r="B384" t="s">
-        <v>340</v>
+        <v>592</v>
       </c>
       <c r="C384">
-        <v>17.028</v>
+        <v>99.0</v>
       </c>
       <c r="D384" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>341</v>
+        <v>593</v>
       </c>
       <c r="B385" t="s">
-        <v>342</v>
+        <v>594</v>
       </c>
       <c r="C385">
-        <v>17.796</v>
+        <v>99.0</v>
       </c>
       <c r="D385" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>343</v>
+        <v>595</v>
       </c>
       <c r="B386" t="s">
-        <v>344</v>
+        <v>596</v>
       </c>
       <c r="C386">
-        <v>17.796</v>
+        <v>99.0</v>
       </c>
       <c r="D386" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>345</v>
+        <v>597</v>
       </c>
       <c r="B387" t="s">
-        <v>346</v>
+        <v>598</v>
       </c>
       <c r="C387">
-        <v>17.892</v>
+        <v>99.0</v>
       </c>
       <c r="D387" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>347</v>
+        <v>599</v>
       </c>
       <c r="B388" t="s">
-        <v>348</v>
+        <v>600</v>
       </c>
       <c r="C388">
-        <v>17.892</v>
+        <v>99.0</v>
       </c>
       <c r="D388" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>349</v>
+        <v>601</v>
       </c>
       <c r="B389" t="s">
-        <v>350</v>
+        <v>602</v>
       </c>
       <c r="C389">
-        <v>17.892</v>
+        <v>99.0</v>
       </c>
       <c r="D389" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>351</v>
+        <v>603</v>
       </c>
       <c r="B390" t="s">
-        <v>352</v>
+        <v>604</v>
       </c>
       <c r="C390">
-        <v>17.892</v>
+        <v>99.0</v>
       </c>
       <c r="D390" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>353</v>
+        <v>605</v>
       </c>
       <c r="B391" t="s">
-        <v>354</v>
+        <v>606</v>
       </c>
       <c r="C391">
-        <v>17.892</v>
+        <v>99.0</v>
       </c>
       <c r="D391" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>355</v>
+        <v>607</v>
       </c>
       <c r="B392" t="s">
-        <v>356</v>
+        <v>608</v>
       </c>
       <c r="C392">
-        <v>17.892</v>
+        <v>108.996</v>
       </c>
       <c r="D392" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>357</v>
+        <v>609</v>
       </c>
       <c r="B393" t="s">
-        <v>358</v>
+        <v>610</v>
       </c>
       <c r="C393">
-        <v>17.892</v>
+        <v>118.992</v>
       </c>
       <c r="D393" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>359</v>
+        <v>611</v>
       </c>
       <c r="B394" t="s">
-        <v>360</v>
+        <v>612</v>
       </c>
       <c r="C394">
-        <v>17.892</v>
+        <v>118.992</v>
       </c>
       <c r="D394" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>361</v>
+        <v>613</v>
       </c>
       <c r="B395" t="s">
-        <v>362</v>
+        <v>614</v>
       </c>
       <c r="C395">
-        <v>17.892</v>
+        <v>118.992</v>
       </c>
       <c r="D395" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>363</v>
+        <v>615</v>
       </c>
       <c r="B396" t="s">
-        <v>364</v>
+        <v>616</v>
       </c>
       <c r="C396">
-        <v>17.892</v>
+        <v>118.992</v>
       </c>
       <c r="D396" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>365</v>
+        <v>617</v>
       </c>
       <c r="B397" t="s">
-        <v>366</v>
+        <v>618</v>
       </c>
       <c r="C397">
-        <v>17.892</v>
+        <v>129.0</v>
       </c>
       <c r="D397" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>367</v>
+        <v>619</v>
       </c>
       <c r="B398" t="s">
-        <v>368</v>
+        <v>620</v>
       </c>
       <c r="C398">
-        <v>17.892</v>
+        <v>148.992</v>
       </c>
       <c r="D398" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>369</v>
+        <v>621</v>
       </c>
       <c r="B399" t="s">
-        <v>370</v>
+        <v>622</v>
       </c>
       <c r="C399">
-        <v>17.892</v>
+        <v>148.992</v>
       </c>
       <c r="D399" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>371</v>
+        <v>623</v>
       </c>
       <c r="B400" t="s">
-        <v>372</v>
+        <v>624</v>
       </c>
       <c r="C400">
-        <v>17.892</v>
+        <v>152.868</v>
       </c>
       <c r="D400" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>373</v>
+        <v>625</v>
       </c>
       <c r="B401" t="s">
-        <v>374</v>
+        <v>626</v>
       </c>
       <c r="C401">
-        <v>17.892</v>
+        <v>152.868</v>
       </c>
       <c r="D401" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="B402" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="C402">
-        <v>5.868</v>
+        <v>7.98</v>
       </c>
       <c r="D402" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="B403" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="C403">
-        <v>5.868</v>
+        <v>9.9</v>
       </c>
       <c r="D403" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>27</v>
+        <v>287</v>
       </c>
       <c r="B404" t="s">
-        <v>28</v>
+        <v>288</v>
       </c>
       <c r="C404">
-        <v>5.928</v>
+        <v>14.892</v>
       </c>
       <c r="D404" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>29</v>
+        <v>317</v>
       </c>
       <c r="B405" t="s">
-        <v>30</v>
+        <v>318</v>
       </c>
       <c r="C405">
-        <v>6.132</v>
+        <v>15.0</v>
       </c>
       <c r="D405" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>31</v>
+        <v>319</v>
       </c>
       <c r="B406" t="s">
-        <v>32</v>
+        <v>320</v>
       </c>
       <c r="C406">
-        <v>6.588</v>
+        <v>15.0</v>
       </c>
       <c r="D406" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>39</v>
+        <v>321</v>
       </c>
       <c r="B407" t="s">
+        <v>322</v>
+      </c>
+      <c r="C407">
+        <v>15.0</v>
+      </c>
+      <c r="D407" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>41</v>
+        <v>323</v>
       </c>
       <c r="B408" t="s">
-        <v>42</v>
+        <v>324</v>
       </c>
       <c r="C408">
-        <v>7.368</v>
+        <v>15.0</v>
       </c>
       <c r="D408" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>45</v>
+        <v>325</v>
       </c>
       <c r="B409" t="s">
-        <v>46</v>
+        <v>326</v>
       </c>
       <c r="C409">
-        <v>7.488</v>
+        <v>15.0</v>
       </c>
       <c r="D409" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>47</v>
+        <v>327</v>
       </c>
       <c r="B410" t="s">
-        <v>48</v>
+        <v>328</v>
       </c>
       <c r="C410">
-        <v>7.488</v>
+        <v>15.0</v>
       </c>
       <c r="D410" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>49</v>
+        <v>329</v>
       </c>
       <c r="B411" t="s">
-        <v>50</v>
+        <v>330</v>
       </c>
       <c r="C411">
-        <v>7.656</v>
+        <v>15.0</v>
       </c>
       <c r="D411" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>57</v>
+        <v>331</v>
       </c>
       <c r="B412" t="s">
-        <v>58</v>
+        <v>332</v>
       </c>
       <c r="C412">
-        <v>7.992</v>
+        <v>15.0</v>
       </c>
       <c r="D412" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>59</v>
+        <v>455</v>
       </c>
       <c r="B413" t="s">
-        <v>60</v>
+        <v>456</v>
       </c>
       <c r="C413">
-        <v>8.076</v>
+        <v>17.892</v>
       </c>
       <c r="D413" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>65</v>
+        <v>457</v>
       </c>
       <c r="B414" t="s">
-        <v>66</v>
+        <v>458</v>
       </c>
       <c r="C414">
-        <v>9.204</v>
+        <v>17.892</v>
       </c>
       <c r="D414" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>67</v>
+        <v>459</v>
       </c>
       <c r="B415" t="s">
-        <v>68</v>
+        <v>460</v>
       </c>
       <c r="C415">
-        <v>9.204</v>
+        <v>17.892</v>
       </c>
       <c r="D415" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>69</v>
+        <v>461</v>
       </c>
       <c r="B416" t="s">
-        <v>70</v>
+        <v>462</v>
       </c>
       <c r="C416">
-        <v>9.204</v>
+        <v>17.892</v>
       </c>
       <c r="D416" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>71</v>
+        <v>463</v>
       </c>
       <c r="B417" t="s">
-        <v>72</v>
+        <v>464</v>
       </c>
       <c r="C417">
-        <v>9.204</v>
+        <v>17.892</v>
       </c>
       <c r="D417" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>73</v>
+        <v>465</v>
       </c>
       <c r="B418" t="s">
-        <v>74</v>
+        <v>466</v>
       </c>
       <c r="C418">
-        <v>9.552</v>
+        <v>17.892</v>
       </c>
       <c r="D418" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>75</v>
+        <v>467</v>
       </c>
       <c r="B419" t="s">
-        <v>76</v>
+        <v>468</v>
       </c>
       <c r="C419">
-        <v>9.552</v>
+        <v>17.892</v>
       </c>
       <c r="D419" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>103</v>
+        <v>469</v>
       </c>
       <c r="B420" t="s">
-        <v>104</v>
+        <v>470</v>
       </c>
       <c r="C420">
-        <v>10.02</v>
+        <v>17.892</v>
       </c>
       <c r="D420" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>127</v>
+        <v>471</v>
       </c>
       <c r="B421" t="s">
-        <v>128</v>
+        <v>472</v>
       </c>
       <c r="C421">
-        <v>10.128</v>
+        <v>18.0</v>
       </c>
       <c r="D421" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>129</v>
+        <v>473</v>
       </c>
       <c r="B422" t="s">
-        <v>130</v>
+        <v>474</v>
       </c>
       <c r="C422">
-        <v>10.128</v>
+        <v>19.896</v>
       </c>
       <c r="D422" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>131</v>
+        <v>483</v>
       </c>
       <c r="B423" t="s">
-        <v>132</v>
+        <v>484</v>
       </c>
       <c r="C423">
-        <v>10.128</v>
+        <v>23.004</v>
       </c>
       <c r="D423" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>133</v>
+        <v>485</v>
       </c>
       <c r="B424" t="s">
-        <v>134</v>
+        <v>486</v>
       </c>
       <c r="C424">
-        <v>10.128</v>
+        <v>23.004</v>
       </c>
       <c r="D424" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>135</v>
+        <v>487</v>
       </c>
       <c r="B425" t="s">
-        <v>136</v>
+        <v>488</v>
       </c>
       <c r="C425">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D425" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>137</v>
+        <v>489</v>
       </c>
       <c r="B426" t="s">
-        <v>138</v>
+        <v>490</v>
       </c>
       <c r="C426">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D426" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>139</v>
+        <v>491</v>
       </c>
       <c r="B427" t="s">
-        <v>140</v>
+        <v>492</v>
       </c>
       <c r="C427">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D427" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>141</v>
+        <v>493</v>
       </c>
       <c r="B428" t="s">
-        <v>142</v>
+        <v>494</v>
       </c>
       <c r="C428">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D428" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>143</v>
+        <v>495</v>
       </c>
       <c r="B429" t="s">
-        <v>144</v>
+        <v>496</v>
       </c>
       <c r="C429">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D429" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>145</v>
+        <v>497</v>
       </c>
       <c r="B430" t="s">
-        <v>146</v>
+        <v>498</v>
       </c>
       <c r="C430">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D430" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>147</v>
+        <v>499</v>
       </c>
       <c r="B431" t="s">
-        <v>148</v>
+        <v>500</v>
       </c>
       <c r="C431">
-        <v>10.128</v>
+        <v>24.996</v>
       </c>
       <c r="D431" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>149</v>
+        <v>501</v>
       </c>
       <c r="B432" t="s">
-        <v>150</v>
+        <v>502</v>
       </c>
       <c r="C432">
-        <v>10.14</v>
+        <v>24.996</v>
       </c>
       <c r="D432" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>151</v>
+        <v>503</v>
       </c>
       <c r="B433" t="s">
-        <v>152</v>
+        <v>504</v>
       </c>
       <c r="C433">
-        <v>10.164</v>
+        <v>30.0</v>
       </c>
       <c r="D433" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>153</v>
+        <v>505</v>
       </c>
       <c r="B434" t="s">
-        <v>154</v>
+        <v>506</v>
       </c>
       <c r="C434">
-        <v>10.164</v>
+        <v>34.992</v>
       </c>
       <c r="D434" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>165</v>
+        <v>507</v>
       </c>
       <c r="B435" t="s">
-        <v>166</v>
+        <v>508</v>
       </c>
       <c r="C435">
-        <v>10.176</v>
+        <v>34.992</v>
       </c>
       <c r="D435" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>167</v>
+        <v>509</v>
       </c>
       <c r="B436" t="s">
-        <v>168</v>
+        <v>510</v>
       </c>
       <c r="C436">
-        <v>10.176</v>
+        <v>34.992</v>
       </c>
       <c r="D436" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>189</v>
+        <v>511</v>
       </c>
       <c r="B437" t="s">
-        <v>190</v>
+        <v>512</v>
       </c>
       <c r="C437">
-        <v>11.04</v>
+        <v>34.992</v>
       </c>
       <c r="D437" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>193</v>
+        <v>513</v>
       </c>
       <c r="B438" t="s">
-        <v>194</v>
+        <v>514</v>
       </c>
       <c r="C438">
-        <v>12.144</v>
+        <v>34.992</v>
       </c>
       <c r="D438" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>241</v>
+        <v>519</v>
       </c>
       <c r="B439" t="s">
-        <v>242</v>
+        <v>520</v>
       </c>
       <c r="C439">
-        <v>12.276</v>
+        <v>39.0</v>
       </c>
       <c r="D439" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>243</v>
+        <v>521</v>
       </c>
       <c r="B440" t="s">
-        <v>244</v>
+        <v>522</v>
       </c>
       <c r="C440">
-        <v>12.276</v>
+        <v>39.0</v>
       </c>
       <c r="D440" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>245</v>
+        <v>523</v>
       </c>
       <c r="B441" t="s">
-        <v>246</v>
+        <v>524</v>
       </c>
       <c r="C441">
-        <v>12.78</v>
+        <v>39.0</v>
       </c>
       <c r="D441" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>247</v>
+        <v>525</v>
       </c>
       <c r="B442" t="s">
-        <v>248</v>
+        <v>526</v>
       </c>
       <c r="C442">
-        <v>12.78</v>
+        <v>45.0</v>
       </c>
       <c r="D442" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>249</v>
+        <v>527</v>
       </c>
       <c r="B443" t="s">
-        <v>250</v>
+        <v>528</v>
       </c>
       <c r="C443">
-        <v>12.78</v>
+        <v>45.0</v>
       </c>
       <c r="D443" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>251</v>
+        <v>529</v>
       </c>
       <c r="B444" t="s">
-        <v>252</v>
+        <v>530</v>
       </c>
       <c r="C444">
-        <v>12.78</v>
+        <v>45.0</v>
       </c>
       <c r="D444" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>253</v>
+        <v>531</v>
       </c>
       <c r="B445" t="s">
-        <v>254</v>
+        <v>532</v>
       </c>
       <c r="C445">
-        <v>12.78</v>
+        <v>45.0</v>
       </c>
       <c r="D445" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>255</v>
+        <v>535</v>
       </c>
       <c r="B446" t="s">
-        <v>256</v>
+        <v>536</v>
       </c>
       <c r="C446">
-        <v>12.84</v>
+        <v>48.324</v>
       </c>
       <c r="D446" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>257</v>
+        <v>537</v>
       </c>
       <c r="B447" t="s">
-        <v>258</v>
+        <v>538</v>
       </c>
       <c r="C447">
-        <v>12.972</v>
+        <v>48.996</v>
       </c>
       <c r="D447" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>259</v>
+        <v>539</v>
       </c>
       <c r="B448" t="s">
-        <v>260</v>
+        <v>540</v>
       </c>
       <c r="C448">
-        <v>12.996</v>
+        <v>48.996</v>
       </c>
       <c r="D448" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
-        <v>261</v>
+        <v>541</v>
       </c>
       <c r="B449" t="s">
-        <v>262</v>
+        <v>542</v>
       </c>
       <c r="C449">
-        <v>13.392</v>
+        <v>48.996</v>
       </c>
       <c r="D449" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>265</v>
+        <v>543</v>
       </c>
       <c r="B450" t="s">
-        <v>266</v>
+        <v>544</v>
       </c>
       <c r="C450">
-        <v>13.8</v>
+        <v>48.996</v>
       </c>
       <c r="D450" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>267</v>
+        <v>545</v>
       </c>
       <c r="B451" t="s">
-        <v>268</v>
+        <v>546</v>
       </c>
       <c r="C451">
-        <v>13.8</v>
+        <v>48.996</v>
       </c>
       <c r="D451" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
-        <v>269</v>
+        <v>547</v>
       </c>
       <c r="B452" t="s">
-        <v>270</v>
+        <v>548</v>
       </c>
       <c r="C452">
-        <v>14.352</v>
+        <v>48.996</v>
       </c>
       <c r="D452" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
-        <v>271</v>
+        <v>549</v>
       </c>
       <c r="B453" t="s">
-        <v>272</v>
+        <v>550</v>
       </c>
       <c r="C453">
-        <v>14.352</v>
+        <v>48.996</v>
       </c>
       <c r="D453" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
-        <v>273</v>
+        <v>551</v>
       </c>
       <c r="B454" t="s">
-        <v>274</v>
+        <v>552</v>
       </c>
       <c r="C454">
-        <v>14.604</v>
+        <v>58.992</v>
       </c>
       <c r="D454" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
-        <v>303</v>
+        <v>553</v>
       </c>
       <c r="B455" t="s">
-        <v>304</v>
+        <v>554</v>
       </c>
       <c r="C455">
-        <v>14.82</v>
+        <v>58.992</v>
       </c>
       <c r="D455" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
-        <v>305</v>
+        <v>557</v>
       </c>
       <c r="B456" t="s">
-        <v>306</v>
+        <v>558</v>
       </c>
       <c r="C456">
-        <v>14.82</v>
+        <v>69.0</v>
       </c>
       <c r="D456" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
-        <v>307</v>
+        <v>559</v>
       </c>
       <c r="B457" t="s">
-        <v>308</v>
+        <v>560</v>
       </c>
       <c r="C457">
-        <v>14.82</v>
+        <v>75.0</v>
       </c>
       <c r="D457" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
-        <v>309</v>
+        <v>561</v>
       </c>
       <c r="B458" t="s">
-        <v>310</v>
+        <v>562</v>
       </c>
       <c r="C458">
-        <v>14.82</v>
+        <v>76.176</v>
       </c>
       <c r="D458" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
-        <v>311</v>
+        <v>563</v>
       </c>
       <c r="B459" t="s">
-        <v>312</v>
+        <v>564</v>
       </c>
       <c r="C459">
-        <v>14.82</v>
+        <v>77.52</v>
       </c>
       <c r="D459" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
-        <v>313</v>
+        <v>565</v>
       </c>
       <c r="B460" t="s">
-        <v>314</v>
+        <v>566</v>
       </c>
       <c r="C460">
-        <v>14.82</v>
+        <v>78.996</v>
       </c>
       <c r="D460" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
-        <v>315</v>
+        <v>567</v>
       </c>
       <c r="B461" t="s">
-        <v>316</v>
+        <v>568</v>
       </c>
       <c r="C461">
-        <v>14.82</v>
+        <v>78.996</v>
       </c>
       <c r="D461" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
-        <v>317</v>
+        <v>569</v>
       </c>
       <c r="B462" t="s">
-        <v>318</v>
+        <v>570</v>
       </c>
       <c r="C462">
-        <v>14.82</v>
+        <v>78.996</v>
       </c>
       <c r="D462" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
-        <v>321</v>
+        <v>571</v>
       </c>
       <c r="B463" t="s">
-        <v>322</v>
+        <v>572</v>
       </c>
       <c r="C463">
-        <v>15.336</v>
+        <v>78.996</v>
       </c>
       <c r="D463" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
-        <v>323</v>
+        <v>573</v>
       </c>
       <c r="B464" t="s">
-        <v>324</v>
+        <v>574</v>
       </c>
       <c r="C464">
-        <v>15.336</v>
+        <v>78.996</v>
       </c>
       <c r="D464" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
-        <v>325</v>
+        <v>575</v>
       </c>
       <c r="B465" t="s">
-        <v>326</v>
+        <v>576</v>
       </c>
       <c r="C465">
-        <v>15.336</v>
+        <v>78.996</v>
       </c>
       <c r="D465" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
-        <v>327</v>
+        <v>579</v>
       </c>
       <c r="B466" t="s">
-        <v>328</v>
+        <v>580</v>
       </c>
       <c r="C466">
-        <v>15.336</v>
+        <v>88.992</v>
       </c>
       <c r="D466" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
-        <v>329</v>
+        <v>581</v>
       </c>
       <c r="B467" t="s">
-        <v>330</v>
+        <v>582</v>
       </c>
       <c r="C467">
-        <v>15.336</v>
+        <v>88.992</v>
       </c>
       <c r="D467" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
-        <v>331</v>
+        <v>583</v>
       </c>
       <c r="B468" t="s">
-        <v>332</v>
+        <v>584</v>
       </c>
       <c r="C468">
-        <v>15.336</v>
+        <v>88.992</v>
       </c>
       <c r="D468" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
-        <v>333</v>
+        <v>585</v>
       </c>
       <c r="B469" t="s">
-        <v>334</v>
+        <v>586</v>
       </c>
       <c r="C469">
-        <v>15.336</v>
+        <v>99.0</v>
       </c>
       <c r="D469" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
-        <v>337</v>
+        <v>587</v>
       </c>
       <c r="B470" t="s">
-        <v>338</v>
+        <v>588</v>
       </c>
       <c r="C470">
-        <v>16.992</v>
+        <v>99.0</v>
       </c>
       <c r="D470" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
-        <v>339</v>
+        <v>589</v>
       </c>
       <c r="B471" t="s">
-        <v>340</v>
+        <v>590</v>
       </c>
       <c r="C471">
-        <v>17.028</v>
+        <v>99.0</v>
       </c>
       <c r="D471" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
-        <v>341</v>
+        <v>591</v>
       </c>
       <c r="B472" t="s">
-        <v>342</v>
+        <v>592</v>
       </c>
       <c r="C472">
-        <v>17.796</v>
+        <v>99.0</v>
       </c>
       <c r="D472" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" t="s">
-        <v>343</v>
+        <v>593</v>
       </c>
       <c r="B473" t="s">
-        <v>344</v>
+        <v>594</v>
       </c>
       <c r="C473">
-        <v>17.796</v>
+        <v>99.0</v>
       </c>
       <c r="D473" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
-        <v>375</v>
+        <v>595</v>
       </c>
       <c r="B474" t="s">
-        <v>376</v>
+        <v>596</v>
       </c>
       <c r="C474">
-        <v>17.892</v>
+        <v>99.0</v>
       </c>
       <c r="D474" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
-        <v>377</v>
+        <v>597</v>
       </c>
       <c r="B475" t="s">
-        <v>378</v>
+        <v>598</v>
       </c>
       <c r="C475">
-        <v>17.892</v>
+        <v>99.0</v>
       </c>
       <c r="D475" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
-        <v>379</v>
+        <v>599</v>
       </c>
       <c r="B476" t="s">
-        <v>380</v>
+        <v>600</v>
       </c>
       <c r="C476">
-        <v>17.892</v>
+        <v>99.0</v>
       </c>
       <c r="D476" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
-        <v>381</v>
+        <v>601</v>
       </c>
       <c r="B477" t="s">
-        <v>382</v>
+        <v>602</v>
       </c>
       <c r="C477">
-        <v>17.892</v>
+        <v>99.0</v>
       </c>
       <c r="D477" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
-        <v>383</v>
+        <v>603</v>
       </c>
       <c r="B478" t="s">
-        <v>384</v>
+        <v>604</v>
       </c>
       <c r="C478">
-        <v>17.892</v>
+        <v>99.0</v>
       </c>
       <c r="D478" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
-        <v>385</v>
+        <v>605</v>
       </c>
       <c r="B479" t="s">
-        <v>386</v>
+        <v>606</v>
       </c>
       <c r="C479">
-        <v>17.892</v>
+        <v>99.0</v>
       </c>
       <c r="D479" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
-        <v>387</v>
+        <v>609</v>
       </c>
       <c r="B480" t="s">
-        <v>388</v>
+        <v>610</v>
       </c>
       <c r="C480">
-        <v>17.892</v>
+        <v>118.992</v>
       </c>
       <c r="D480" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
-        <v>389</v>
+        <v>611</v>
       </c>
       <c r="B481" t="s">
-        <v>390</v>
+        <v>612</v>
       </c>
       <c r="C481">
-        <v>17.892</v>
+        <v>118.992</v>
       </c>
       <c r="D481" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
-        <v>391</v>
+        <v>613</v>
       </c>
       <c r="B482" t="s">
-        <v>392</v>
+        <v>614</v>
       </c>
       <c r="C482">
-        <v>17.892</v>
+        <v>118.992</v>
       </c>
       <c r="D482" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
-        <v>393</v>
+        <v>615</v>
       </c>
       <c r="B483" t="s">
-        <v>394</v>
+        <v>616</v>
       </c>
       <c r="C483">
-        <v>17.892</v>
+        <v>118.992</v>
       </c>
       <c r="D483" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
-        <v>395</v>
+        <v>619</v>
       </c>
       <c r="B484" t="s">
-        <v>396</v>
+        <v>620</v>
       </c>
       <c r="C484">
-        <v>17.892</v>
+        <v>148.992</v>
       </c>
       <c r="D484" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
-        <v>397</v>
+        <v>621</v>
       </c>
       <c r="B485" t="s">
-        <v>398</v>
+        <v>622</v>
       </c>
       <c r="C485">
-        <v>17.892</v>
+        <v>148.992</v>
       </c>
       <c r="D485" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
-        <v>399</v>
+        <v>627</v>
       </c>
       <c r="B486" t="s">
-        <v>400</v>
+        <v>628</v>
       </c>
       <c r="C486">
-        <v>17.892</v>
+        <v>152.868</v>
       </c>
       <c r="D486" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
-        <v>401</v>
+        <v>629</v>
       </c>
       <c r="B487" t="s">
-        <v>402</v>
+        <v>630</v>
       </c>
       <c r="C487">
-        <v>17.892</v>
+        <v>152.868</v>
       </c>
       <c r="D487" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
-        <v>403</v>
+        <v>631</v>
       </c>
       <c r="B488" t="s">
-        <v>404</v>
+        <v>632</v>
       </c>
       <c r="C488">
-        <v>17.892</v>
+        <v>152.868</v>
       </c>
       <c r="D488" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
-        <v>405</v>
+        <v>633</v>
       </c>
       <c r="B489" t="s">
-        <v>406</v>
+        <v>634</v>
       </c>
       <c r="C489">
-        <v>17.892</v>
+        <v>152.868</v>
       </c>
       <c r="D489" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
-        <v>407</v>
+        <v>635</v>
       </c>
       <c r="B490" t="s">
-        <v>408</v>
+        <v>636</v>
       </c>
       <c r="C490">
-        <v>17.892</v>
+        <v>152.868</v>
       </c>
       <c r="D490" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
-        <v>409</v>
+        <v>637</v>
       </c>
       <c r="B491" t="s">
-        <v>410</v>
+        <v>638</v>
       </c>
       <c r="C491">
-        <v>17.892</v>
+        <v>159.0</v>
       </c>
       <c r="D491" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
-        <v>411</v>
+        <v>639</v>
       </c>
       <c r="B492" t="s">
-        <v>412</v>
+        <v>640</v>
       </c>
       <c r="C492">
-        <v>17.892</v>
+        <v>168.996</v>
       </c>
       <c r="D492" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
-        <v>413</v>
+        <v>641</v>
       </c>
       <c r="B493" t="s">
-        <v>414</v>
+        <v>642</v>
       </c>
       <c r="C493">
-        <v>17.892</v>
+        <v>168.996</v>
       </c>
       <c r="D493" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
-        <v>415</v>
+        <v>643</v>
       </c>
       <c r="B494" t="s">
-        <v>416</v>
+        <v>644</v>
       </c>
       <c r="C494">
-        <v>17.892</v>
+        <v>178.992</v>
       </c>
       <c r="D494" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
-        <v>417</v>
+        <v>645</v>
       </c>
       <c r="B495" t="s">
-        <v>418</v>
+        <v>646</v>
       </c>
       <c r="C495">
-        <v>17.892</v>
+        <v>178.992</v>
       </c>
       <c r="D495" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
-        <v>419</v>
+        <v>647</v>
       </c>
       <c r="B496" t="s">
-        <v>420</v>
+        <v>648</v>
       </c>
       <c r="C496">
-        <v>17.892</v>
+        <v>198.996</v>
       </c>
       <c r="D496" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
-        <v>421</v>
+        <v>649</v>
       </c>
       <c r="B497" t="s">
-        <v>422</v>
+        <v>650</v>
       </c>
       <c r="C497">
-        <v>17.892</v>
+        <v>258.996</v>
       </c>
       <c r="D497" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
-        <v>423</v>
+        <v>651</v>
       </c>
       <c r="B498" t="s">
-        <v>424</v>
+        <v>652</v>
       </c>
       <c r="C498">
-        <v>17.892</v>
+        <v>298.992</v>
       </c>
       <c r="D498" t="s">
-        <v>425</v>
+        <v>6</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
-        <v>423</v>
+        <v>653</v>
       </c>
       <c r="B499" t="s">
-        <v>426</v>
+        <v>654</v>
       </c>
       <c r="C499">
-        <v>17.892</v>
+        <v>298.992</v>
       </c>
       <c r="D499" t="s">
-        <v>425</v>
+        <v>6</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
-        <v>427</v>
+        <v>655</v>
       </c>
       <c r="B500" t="s">
-        <v>428</v>
+        <v>656</v>
       </c>
       <c r="C500">
-        <v>17.892</v>
+        <v>348.996</v>
       </c>
       <c r="D500" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
-        <v>429</v>
+        <v>657</v>
       </c>
       <c r="B501" t="s">
-        <v>430</v>
+        <v>658</v>
       </c>
       <c r="C501">
-        <v>17.892</v>
+        <v>399.0</v>
       </c>
       <c r="D501" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
-        <v>31</v>
+        <v>331</v>
       </c>
       <c r="B502" t="s">
-        <v>32</v>
+        <v>332</v>
       </c>
       <c r="C502">
-        <v>6.588</v>
+        <v>15.0</v>
       </c>
       <c r="D502" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
-        <v>39</v>
+        <v>457</v>
       </c>
       <c r="B503" t="s">
-        <v>40</v>
+        <v>458</v>
       </c>
       <c r="C503">
-        <v>7.368</v>
+        <v>17.892</v>
       </c>
       <c r="D503" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>41</v>
+        <v>459</v>
       </c>
       <c r="B504" t="s">
-        <v>42</v>
+        <v>460</v>
       </c>
       <c r="C504">
-        <v>7.368</v>
+        <v>17.892</v>
       </c>
       <c r="D504" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>45</v>
+        <v>461</v>
       </c>
       <c r="B505" t="s">
-        <v>46</v>
+        <v>462</v>
       </c>
       <c r="C505">
-        <v>7.488</v>
+        <v>17.892</v>
       </c>
       <c r="D505" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
-        <v>47</v>
+        <v>463</v>
       </c>
       <c r="B506" t="s">
-        <v>48</v>
+        <v>464</v>
       </c>
       <c r="C506">
-        <v>7.488</v>
+        <v>17.892</v>
       </c>
       <c r="D506" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>49</v>
+        <v>465</v>
       </c>
       <c r="B507" t="s">
-        <v>50</v>
+        <v>466</v>
       </c>
       <c r="C507">
-        <v>7.656</v>
+        <v>17.892</v>
       </c>
       <c r="D507" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>57</v>
+        <v>467</v>
       </c>
       <c r="B508" t="s">
-        <v>58</v>
+        <v>468</v>
       </c>
       <c r="C508">
-        <v>7.992</v>
+        <v>17.892</v>
       </c>
       <c r="D508" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
-        <v>65</v>
+        <v>469</v>
       </c>
       <c r="B509" t="s">
-        <v>66</v>
+        <v>470</v>
       </c>
       <c r="C509">
-        <v>9.204</v>
+        <v>17.892</v>
       </c>
       <c r="D509" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
-        <v>67</v>
+        <v>501</v>
       </c>
       <c r="B510" t="s">
-        <v>68</v>
+        <v>502</v>
       </c>
       <c r="C510">
-        <v>9.204</v>
+        <v>24.996</v>
       </c>
       <c r="D510" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>69</v>
+        <v>531</v>
       </c>
       <c r="B511" t="s">
-        <v>70</v>
+        <v>532</v>
       </c>
       <c r="C511">
-        <v>9.204</v>
+        <v>45.0</v>
       </c>
       <c r="D511" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
-        <v>71</v>
+        <v>549</v>
       </c>
       <c r="B512" t="s">
-        <v>72</v>
+        <v>550</v>
       </c>
       <c r="C512">
-        <v>9.204</v>
+        <v>48.996</v>
       </c>
       <c r="D512" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>73</v>
+        <v>557</v>
       </c>
       <c r="B513" t="s">
-        <v>74</v>
+        <v>558</v>
       </c>
       <c r="C513">
-        <v>9.552</v>
+        <v>69.0</v>
       </c>
       <c r="D513" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
-        <v>75</v>
+        <v>613</v>
       </c>
       <c r="B514" t="s">
-        <v>76</v>
+        <v>614</v>
       </c>
       <c r="C514">
-        <v>9.552</v>
+        <v>118.992</v>
       </c>
       <c r="D514" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" t="s">
-        <v>129</v>
+        <v>615</v>
       </c>
       <c r="B515" t="s">
-        <v>130</v>
+        <v>616</v>
       </c>
       <c r="C515">
-        <v>10.128</v>
+        <v>118.992</v>
       </c>
       <c r="D515" t="s">
-        <v>17</v>
-[...5347 lines deleted...]
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D898"/>
+  <autoFilter ref="A1:D516"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>