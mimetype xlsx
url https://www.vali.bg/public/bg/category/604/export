--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -37,75 +37,75 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Универсална поставка над TV HAMA, 30.0 x 12.7 см, 220889</t>
   </si>
   <si>
     <t>HAMA-220889</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Кутия за кабели Hama "Mini", 221010</t>
+  </si>
+  <si>
+    <t>HAMA-221010</t>
+  </si>
+  <si>
     <t>Поставка "Agent" за дистанционни, 221097</t>
   </si>
   <si>
     <t>HAMA-221097</t>
   </si>
   <si>
-    <t>Кутия за кабели Hama "Mini", 221010</t>
-[...4 lines deleted...]
-  <si>
     <t>Кутия за кабели Hama "Maxi", 221011</t>
   </si>
   <si>
     <t>HAMA-221011</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Кутия за кабели Hama Maxi, 221012</t>
   </si>
   <si>
     <t>HAMA-221012</t>
-  </si>
-[...1 lines deleted...]
-    <t>на път</t>
   </si>
   <si>
     <t>Допълнителни крачета ACT AC8200</t>
   </si>
   <si>
     <t>EWENT-ACT-MON-AC8200</t>
   </si>
   <si>
     <t>Стойка Logitech, За конферентна камера Meetup, Черна</t>
   </si>
   <si>
     <t>LOGITECH-TV-MOUNT</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -474,96 +474,96 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>11.724</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>19.608</v>
+        <v>19.2</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>21.324</v>
+        <v>19.608</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>29.88</v>
+        <v>29.34</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>30.024</v>
+        <v>30.072</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>41.076</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>186.636</v>