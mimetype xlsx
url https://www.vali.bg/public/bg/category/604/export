--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -37,78 +37,78 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Универсална поставка над TV HAMA, 30.0 x 12.7 см, 220889</t>
   </si>
   <si>
     <t>HAMA-220889</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Поставка "Agent" за дистанционни, 221097</t>
+  </si>
+  <si>
+    <t>HAMA-221097</t>
+  </si>
+  <si>
     <t>Кутия за кабели Hama "Mini", 221010</t>
   </si>
   <si>
     <t>HAMA-221010</t>
   </si>
   <si>
-    <t>Поставка "Agent" за дистанционни, 221097</t>
-[...4 lines deleted...]
-  <si>
     <t>Кутия за кабели Hama "Maxi", 221011</t>
   </si>
   <si>
     <t>HAMA-221011</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>Кутия за кабели Hama Maxi, 221012</t>
   </si>
   <si>
     <t>HAMA-221012</t>
   </si>
   <si>
-    <t>Допълнителни крачета ACT AC8200</t>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>ACT Стойка за монитор с едно чекмедже, регулируема височина, AC8200</t>
   </si>
   <si>
     <t>EWENT-ACT-MON-AC8200</t>
   </si>
   <si>
     <t>Стойка Logitech, За конферентна камера Meetup, Черна</t>
   </si>
   <si>
     <t>LOGITECH-TV-MOUNT</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -432,163 +432,163 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>11.724</v>
+        <v>6.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>19.2</v>
+        <v>10.02</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>19.608</v>
+        <v>10.896</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>29.34</v>
+        <v>15.336</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6">
+        <v>15.372</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>41.076</v>
+        <v>21.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>186.636</v>
+        <v>95.424</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D9"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>