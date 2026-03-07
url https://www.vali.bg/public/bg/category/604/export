--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -43,84 +43,84 @@
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Универсална поставка над TV HAMA, 30.0 x 12.7 см, 220889</t>
   </si>
   <si>
     <t>HAMA-220889</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Поставка "Agent" за дистанционни, 221097</t>
   </si>
   <si>
     <t>HAMA-221097</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Кутия за кабели Hama "Mini", 221010</t>
   </si>
   <si>
     <t>HAMA-221010</t>
   </si>
   <si>
     <t>Кутия за кабели Hama "Maxi", 221011</t>
   </si>
   <si>
     <t>HAMA-221011</t>
   </si>
   <si>
     <t>Кутия за кабели Hama Maxi, 221012</t>
   </si>
   <si>
     <t>HAMA-221012</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>ACT Стойка за монитор с едно чекмедже, регулируема височина, AC8200</t>
   </si>
   <si>
     <t>EWENT-ACT-MON-AC8200</t>
   </si>
   <si>
     <t>Стойка Logitech, За конферентна камера Meetup, Черна</t>
   </si>
   <si>
     <t>LOGITECH-TV-MOUNT</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
+    <t>не е в наличност</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -435,135 +435,135 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>6.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>10.02</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>10.896</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>15.336</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>15.372</v>
+        <v>15.396</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>21.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>95.424</v>