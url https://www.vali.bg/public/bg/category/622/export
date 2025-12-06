--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -109,72 +109,72 @@
   <si>
     <t>Микроскопски препарати KONUS, Животни и растения, увредени от замърсяване, 10 бр.</t>
   </si>
   <si>
     <t>KONUS-4952</t>
   </si>
   <si>
     <t>Микроскопски препарати KONUS, Зоология: репродукция на безгръбначни, 15 бр.</t>
   </si>
   <si>
     <t>KONUS-4981</t>
   </si>
   <si>
     <t>Микроскопски препарати KONUS, Ботаника: ботаника: мъхове, спорови, голосеменни растения, 25 бр.</t>
   </si>
   <si>
     <t>KONUS-4983</t>
   </si>
   <si>
     <t>Микроскопски препарати KONUS, Ботаника: ботаника: покритосеменни, едносемеделни, 25 бр.</t>
   </si>
   <si>
     <t>KONUS-4984</t>
   </si>
   <si>
+    <t>Микроскопски препарати KONUS, Зоология II серия, 25 бр.</t>
+  </si>
+  <si>
+    <t>KONUS-4978</t>
+  </si>
+  <si>
+    <t>Микроскопски препарати KONUS, Зоология: инсекти, 25 бр.</t>
+  </si>
+  <si>
+    <t>KONUS-4980</t>
+  </si>
+  <si>
+    <t>Микроскопски препарати KONUS, Микроскопски препарати - обща биология, 25 бр.</t>
+  </si>
+  <si>
+    <t>KONUS-4976</t>
+  </si>
+  <si>
     <t>Микроскопски препарати KONUS, Зоология I серия, 25 бр.</t>
   </si>
   <si>
     <t>KONUS-4977</t>
-  </si>
-[...16 lines deleted...]
-    <t>KONUS-4976</t>
   </si>
   <si>
     <t>Микроскопски препарати KONUS, Биология: клетка и животинска тъкан, 25 бр.</t>
   </si>
   <si>
     <t>KONUS-4986</t>
   </si>
   <si>
     <t>Микроскопски препарати KONUS, Човешко тяло: структура на органите, 25 бр.</t>
   </si>
   <si>
     <t>KONUS-4987</t>
   </si>
   <si>
     <t>Аксесоари за телескопи Celestron Powerseeker</t>
   </si>
   <si>
     <t>CEL-94306</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Дигитална камера за микроскоп Celestron, 2Mpix, USB</t>
   </si>
@@ -774,93 +774,93 @@
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17">
         <v>68.4</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18">
-        <v>68.4</v>
+        <v>78.0</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19">
         <v>80.4</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20">
         <v>80.4</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21">
-        <v>167.7</v>
+        <v>154.8</v>
       </c>
       <c r="D21" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>178.596</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>