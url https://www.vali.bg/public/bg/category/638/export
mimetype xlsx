--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -55,108 +55,108 @@
   <si>
     <t>HAMA-111267</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Филтър/подложки за многократна употреба Xavax, Комплект от 2 бр, 111261</t>
   </si>
   <si>
     <t>HAMA-111261</t>
   </si>
   <si>
     <t>Уред за пяна Xavax "Milchicopter", 111258</t>
   </si>
   <si>
     <t>HAMA-111258</t>
   </si>
   <si>
     <t>XAVAX Кутия за капсули за кафе за съхранение на 20 капсули, 111264</t>
   </si>
   <si>
     <t>HAMA-111264</t>
   </si>
   <si>
+    <t>Xavax филтър за кафемашини, резервен филтър за кафе за размер 4, 111263</t>
+  </si>
+  <si>
+    <t>HAMA-111263</t>
+  </si>
+  <si>
+    <t>XAVAX Кутия за капсули за кафе за съхранение на 20 капсули Senseo, Tassimo, Jacobs, 111272</t>
+  </si>
+  <si>
+    <t>HAMA-111272</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Xavax Зърна за почистване на кафемелачки и мелнички, 111759</t>
+  </si>
+  <si>
+    <t>HAMA-111759</t>
+  </si>
+  <si>
+    <t>Xavax Мултисиликонова грес за Напълно автоматични кафемашини, 111177</t>
+  </si>
+  <si>
+    <t>HAMA-111177</t>
+  </si>
+  <si>
+    <t>Поставка за отцеждане на /до 6 бр бутилки, чаши, HAMA-111459</t>
+  </si>
+  <si>
+    <t>HAMA-111459</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>XAVAX Кутия за капсули за кафе за съхранение на 20 капсули Senseo, Tassimo, Jacobs, 111272</t>
-[...22 lines deleted...]
-  <si>
     <t>Кана за мляко Xavax, 111166</t>
   </si>
   <si>
     <t>HAMA-111166</t>
   </si>
   <si>
     <t>Xavax Стойка за кафе капсули за Tassimo, за 26 капсули, 111269</t>
   </si>
   <si>
     <t>HAMA-111269</t>
   </si>
   <si>
-    <t>Поставка за отцеждане на /до 6 бр бутилки, чаши, HAMA-111459</t>
-[...4 lines deleted...]
-  <si>
     <t>Xavax Преса за кафе 51 mm, 111276</t>
   </si>
   <si>
     <t>HAMA-111276</t>
   </si>
   <si>
     <t>XAVAX Стойка за кафе капсули Dolce Gusto, Nespresso Vertuo, 16 капсули, 111266</t>
   </si>
   <si>
     <t>HAMA-111266</t>
-  </si>
-[...1 lines deleted...]
-    <t>не е в наличност</t>
   </si>
   <si>
     <t>XAVAX Кутия за кафе за 500 гр зърна или 700 гр прах, 111275</t>
   </si>
   <si>
     <t>HAMA-111275</t>
   </si>
   <si>
     <t>Xavax Кана за мляко от неръждаема стомана, 350 мл, 111260</t>
   </si>
   <si>
     <t>HAMA-111260</t>
   </si>
   <si>
     <t>XAVAX Стойка за кафе капсули за Nespresso, за 40 капсули, 111265</t>
   </si>
   <si>
     <t>HAMA-111265</t>
   </si>
   <si>
     <t>XAVAX Кафеварка за еспресо от неръждаема стомана за 4 чаши, 111274</t>
   </si>
   <si>
     <t>HAMA-111274</t>
   </si>
@@ -568,222 +568,222 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>7.56</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>9.0</v>
+        <v>10.692</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>12.24</v>
+        <v>11.052</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7">
+        <v>11.496</v>
+      </c>
+      <c r="D7" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>14.988</v>
+        <v>12.744</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>17.988</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>21.06</v>
+        <v>18.0</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>21.996</v>
+        <v>19.2</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>22.8</v>
+        <v>21.996</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>22.8</v>
+        <v>23.796</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>24.072</v>
+        <v>23.892</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>24.588</v>
+        <v>24.012</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>24.864</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>33.036</v>
+        <v>32.844</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>34.992</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>38.7</v>