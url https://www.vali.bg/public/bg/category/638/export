--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -14,179 +14,182 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$20</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>Филтър/подложки за многократна употреба Xavax, Комплект от 2 бр, 111261</t>
+  </si>
+  <si>
+    <t>HAMA-111261</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Уред за пяна Xavax "Milchicopter", 111258</t>
+  </si>
+  <si>
+    <t>HAMA-111258</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>Мерителна лъжица за кафе Xavax, 6 g/15 ml, 111267</t>
   </si>
   <si>
     <t>HAMA-111267</t>
   </si>
   <si>
-    <t>наличен</t>
-[...13 lines deleted...]
-  <si>
     <t>XAVAX Кутия за капсули за кафе за съхранение на 20 капсули, 111264</t>
   </si>
   <si>
     <t>HAMA-111264</t>
   </si>
   <si>
+    <t>XAVAX Кутия за капсули за кафе за съхранение на 20 капсули Senseo, Tassimo, Jacobs, 111272</t>
+  </si>
+  <si>
+    <t>HAMA-111272</t>
+  </si>
+  <si>
     <t>Xavax филтър за кафемашини, резервен филтър за кафе за размер 4, 111263</t>
   </si>
   <si>
     <t>HAMA-111263</t>
   </si>
   <si>
-    <t>XAVAX Кутия за капсули за кафе за съхранение на 20 капсули Senseo, Tassimo, Jacobs, 111272</t>
-[...2 lines deleted...]
-    <t>HAMA-111272</t>
+    <t>Xavax Зърна за почистване на кафемелачки и мелнички, 111759</t>
+  </si>
+  <si>
+    <t>HAMA-111759</t>
+  </si>
+  <si>
+    <t>Xavax Мултисиликонова грес за Напълно автоматични кафемашини, 111177</t>
+  </si>
+  <si>
+    <t>HAMA-111177</t>
+  </si>
+  <si>
+    <t>Кана за мляко Xavax, 111166</t>
+  </si>
+  <si>
+    <t>HAMA-111166</t>
+  </si>
+  <si>
+    <t>Xavax Стойка за кафе капсули за Tassimo, за 26 капсули, 111269</t>
+  </si>
+  <si>
+    <t>HAMA-111269</t>
+  </si>
+  <si>
+    <t>XAVAX Стойка за кафе капсули Dolce Gusto, Nespresso Vertuo, 16 капсули, 111266</t>
+  </si>
+  <si>
+    <t>HAMA-111266</t>
+  </si>
+  <si>
+    <t>XAVAX Кутия за кафе за 500 гр зърна или 700 гр прах, 111275</t>
+  </si>
+  <si>
+    <t>HAMA-111275</t>
+  </si>
+  <si>
+    <t>Xavax Кана за мляко от неръждаема стомана, 350 мл, 111260</t>
+  </si>
+  <si>
+    <t>HAMA-111260</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Поставка за отцеждане на /до 6 бр бутилки, чаши, HAMA-111459</t>
+  </si>
+  <si>
+    <t>HAMA-111459</t>
+  </si>
+  <si>
+    <t>Xavax Преса за кафе 51 mm, 111276</t>
+  </si>
+  <si>
+    <t>HAMA-111276</t>
+  </si>
+  <si>
+    <t>XAVAX Стойка за кафе капсули за Nespresso, за 40 капсули, 111265</t>
+  </si>
+  <si>
+    <t>HAMA-111265</t>
+  </si>
+  <si>
+    <t>XAVAX Кафеварка за еспресо от неръждаема стомана за 4 чаши, 111274</t>
+  </si>
+  <si>
+    <t>HAMA-111274</t>
+  </si>
+  <si>
+    <t>XAVAX Кутия за кафе 1,3 кг зърна или 1,5 кг на прах, херметична, 111262</t>
+  </si>
+  <si>
+    <t>HAMA-111262</t>
   </si>
   <si>
     <t>не е в наличност</t>
-  </si>
-[...73 lines deleted...]
-    <t>HAMA-111262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -526,292 +529,292 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>6.6</v>
+        <v>3.576</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>6.996</v>
+        <v>3.864</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>7.56</v>
+        <v>4.092</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>10.692</v>
+        <v>5.472</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>11.052</v>
+        <v>6.288</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>11.496</v>
+        <v>6.648</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>12.744</v>
+        <v>7.668</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>17.988</v>
+        <v>9.192</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>18.0</v>
+        <v>10.764</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>19.2</v>
+        <v>11.244</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>21.996</v>
+        <v>12.216</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>23.796</v>
+        <v>12.588</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14">
+        <v>12.708</v>
+      </c>
+      <c r="D14" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>24.012</v>
+        <v>12.816</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>24.864</v>
+        <v>14.316</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>32.844</v>
+        <v>16.8</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>38.7</v>
+        <v>19.788</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>