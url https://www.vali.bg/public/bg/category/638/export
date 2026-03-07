--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -14,182 +14,179 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$20</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Филтър/подложки за многократна употреба Xavax, Комплект от 2 бр, 111261</t>
   </si>
   <si>
     <t>HAMA-111261</t>
   </si>
   <si>
-    <t>на път</t>
+    <t>наличен</t>
   </si>
   <si>
     <t>Уред за пяна Xavax "Milchicopter", 111258</t>
   </si>
   <si>
     <t>HAMA-111258</t>
   </si>
   <si>
-    <t>наличен</t>
-[...1 lines deleted...]
-  <si>
     <t>Мерителна лъжица за кафе Xavax, 6 g/15 ml, 111267</t>
   </si>
   <si>
     <t>HAMA-111267</t>
   </si>
   <si>
     <t>XAVAX Кутия за капсули за кафе за съхранение на 20 капсули, 111264</t>
   </si>
   <si>
     <t>HAMA-111264</t>
   </si>
   <si>
     <t>XAVAX Кутия за капсули за кафе за съхранение на 20 капсули Senseo, Tassimo, Jacobs, 111272</t>
   </si>
   <si>
     <t>HAMA-111272</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Xavax филтър за кафемашини, резервен филтър за кафе за размер 4, 111263</t>
   </si>
   <si>
     <t>HAMA-111263</t>
   </si>
   <si>
     <t>Xavax Зърна за почистване на кафемелачки и мелнички, 111759</t>
   </si>
   <si>
     <t>HAMA-111759</t>
   </si>
   <si>
     <t>Xavax Мултисиликонова грес за Напълно автоматични кафемашини, 111177</t>
   </si>
   <si>
     <t>HAMA-111177</t>
   </si>
   <si>
     <t>Кана за мляко Xavax, 111166</t>
   </si>
   <si>
     <t>HAMA-111166</t>
   </si>
   <si>
     <t>Xavax Стойка за кафе капсули за Tassimo, за 26 капсули, 111269</t>
   </si>
   <si>
     <t>HAMA-111269</t>
   </si>
   <si>
     <t>XAVAX Стойка за кафе капсули Dolce Gusto, Nespresso Vertuo, 16 капсули, 111266</t>
   </si>
   <si>
     <t>HAMA-111266</t>
   </si>
   <si>
+    <t>Xavax Кана за мляко от неръждаема стомана, 350 мл, 111260</t>
+  </si>
+  <si>
+    <t>HAMA-111260</t>
+  </si>
+  <si>
     <t>XAVAX Кутия за кафе за 500 гр зърна или 700 гр прах, 111275</t>
   </si>
   <si>
     <t>HAMA-111275</t>
   </si>
   <si>
-    <t>Xavax Кана за мляко от неръждаема стомана, 350 мл, 111260</t>
-[...5 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
+    <t>Xavax Преса за кафе 51 mm, 111276</t>
+  </si>
+  <si>
+    <t>HAMA-111276</t>
   </si>
   <si>
     <t>Поставка за отцеждане на /до 6 бр бутилки, чаши, HAMA-111459</t>
   </si>
   <si>
     <t>HAMA-111459</t>
   </si>
   <si>
-    <t>Xavax Преса за кафе 51 mm, 111276</t>
-[...4 lines deleted...]
-  <si>
     <t>XAVAX Стойка за кафе капсули за Nespresso, за 40 капсули, 111265</t>
   </si>
   <si>
     <t>HAMA-111265</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>XAVAX Кафеварка за еспресо от неръждаема стомана за 4 чаши, 111274</t>
   </si>
   <si>
     <t>HAMA-111274</t>
   </si>
   <si>
     <t>XAVAX Кутия за кафе 1,3 кг зърна или 1,5 кг на прах, херметична, 111262</t>
   </si>
   <si>
     <t>HAMA-111262</t>
-  </si>
-[...1 lines deleted...]
-    <t>не е в наличност</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -546,275 +543,275 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>3.576</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>3.864</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>4.092</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>5.472</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>6.288</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>6.648</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>7.668</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>9.192</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>10.764</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>11.244</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>12.216</v>
+        <v>12.288</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>12.588</v>
+        <v>12.54</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>12.708</v>
+        <v>12.588</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>12.816</v>
+        <v>14.316</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>14.316</v>
+        <v>14.472</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>16.8</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>17.892</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>19.788</v>
+        <v>19.812</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>