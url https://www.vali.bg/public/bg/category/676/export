--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,339 +7,330 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$59</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$58</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Аудио кабел HAMA, 3,5 mm жак мъжко - 2 x Чинч мъжко, 2м, Черен</t>
   </si>
   <si>
     <t>HAMA-205106</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Преходник  HAMA, 3.5мм женски жак - 6.3мм мъжки жак</t>
   </si>
   <si>
     <t>HAMA-205194</t>
   </si>
   <si>
     <t>A4Tech Адаптер AD-3P 3.5mm жак мъжко - 2 х 3.5мм жак женско</t>
   </si>
   <si>
     <t>A4-ADAP-AD-3P</t>
   </si>
   <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко,1.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205262</t>
+  </si>
+  <si>
+    <t>Преходник  HAMA, 6.3 мм жак мъжко - Чинч женско, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205188</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко на 90°, 0.5м, Стерео, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205285</t>
+  </si>
+  <si>
+    <t>Aудио кабел HAMA, 2 x Чинч мъжко - 2 x Чинч мъжко, 2.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205086</t>
+  </si>
+  <si>
+    <t>Кабел Delock, 3 x RCA женско &gt; 3.5 mm 4 pin стерео жак</t>
+  </si>
+  <si>
+    <t>DELOCK-62499</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>HAMA Аудио кабел, 3,5 мм жак - 3,5 мм жак, стерео, 0,5 м</t>
+  </si>
+  <si>
+    <t>HAMA-205287</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5 mm жак - 2 x Чинч, 1.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200720</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 2 x Чинч мъжко - 2 x Чинч мъжко, 1.5м, За CD,  Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205257</t>
+  </si>
+  <si>
+    <t>HАМА Аудио адаптер, 3.5 mm жак - 2 x 3.5 mm жак женско, стерео</t>
+  </si>
+  <si>
+    <t>HAMA-205191</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 1.5 m, Стерео, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205110</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205107</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 2 x Чинч - 2 x Чинч, 1.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205085</t>
+  </si>
+  <si>
+    <t>Аудио адаптер HAMA, 3.5 mm жак женско - 2 x Чинч мъжко, 0.12 м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205186</t>
+  </si>
+  <si>
+    <t>Аудио сплитер Delock, 3.5мм  жак мъжко - 2 х 3.5 mm жак женско, 10cm</t>
+  </si>
+  <si>
+    <t>DELOCK-65344</t>
+  </si>
+  <si>
     <t>HАМА Аудио адаптер 3.5 мм жак - 6.3 мм жак, стерео</t>
   </si>
   <si>
     <t>HAMA-205196</t>
   </si>
   <si>
-    <t>на път</t>
-[...91 lines deleted...]
-  <si>
     <t>HAMA Аудио адаптер, 2 x RCA женско - 3.5 mm жак мъжко, стерео</t>
   </si>
   <si>
     <t>HAMA-205185</t>
   </si>
   <si>
     <t>Аудио удължителен кабел HAMA 3.5 мм мъжко - 3.5 мм женско, 1.5м, 205119</t>
   </si>
   <si>
     <t>HAMA-205119</t>
   </si>
   <si>
     <t>Удължителен аудио кабел HAMA  2 x Чинч мъжко - 2 x Чинч женско, 1.5 м, Черен</t>
   </si>
   <si>
     <t>HAMA-205259</t>
   </si>
   <si>
-    <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 1.5 m, Стерео, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Аудио удължителен кабел HAMA, 3.5мм жак мъжко - 3.5мм жак женско, 3м, Черен</t>
   </si>
   <si>
     <t>HAMA-205120</t>
   </si>
   <si>
     <t>Преходник HAMA, 3.5 мм жак мъжко - 2 x Чинч женско, Черен</t>
   </si>
   <si>
     <t>HAMA-205187</t>
   </si>
   <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко на 90°, 1.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200723</t>
+  </si>
+  <si>
     <t>HAMA Аудио кабел, 3,5 mm жак - стерео, позлатен, ултратънък, 0,5 m</t>
   </si>
   <si>
     <t>HAMA-205117</t>
   </si>
   <si>
-    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко на 90°, 1.5м, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко на 90°, 1.5м, Стерео, Черен</t>
   </si>
   <si>
     <t>HAMA-205286</t>
   </si>
   <si>
     <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко, Метал, Позлатени конектори, 0.75м, Черен</t>
   </si>
   <si>
     <t>HAMA-205129</t>
   </si>
   <si>
+    <t>Аудио кабел 3.5 mm жак, 5.0 m, HAMA-205112</t>
+  </si>
+  <si>
+    <t>HAMA-205112</t>
+  </si>
+  <si>
     <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко,3.0 м, Черен</t>
   </si>
   <si>
     <t>HAMA-205115</t>
   </si>
   <si>
+    <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 3.0 m, Стерео, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205111</t>
+  </si>
+  <si>
     <t>HAMA Аудио кабел, 3,5 mm жак - стерео, позлатен, ултратънък, 1,5 m</t>
   </si>
   <si>
     <t>HAMA-205118</t>
   </si>
   <si>
     <t>Аудио кабел HAMA, RCA-RCA, цифров, 205098</t>
   </si>
   <si>
     <t>HAMA-205098</t>
   </si>
   <si>
     <t>Аудио адаптер HAMA 3.5 мм жак мъжко - 2 3.5 мм жак женско, 0.2м, Черен</t>
   </si>
   <si>
     <t>HAMA-205190</t>
   </si>
   <si>
-    <t>Аудио кабел 3.5 mm жак, 5.0 m, HAMA-205112</t>
-[...4 lines deleted...]
-  <si>
     <t>Аудио удължителен кабел HAMA, 3.5 мм жак мъжко - 3.5 мм жак женско, 5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205121</t>
   </si>
   <si>
-    <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 3.0 m, Стерео, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Аудио кабел HAMA 3.5мм - 3.5мм мъжки жак, 5м, 205116</t>
   </si>
   <si>
     <t>HAMA-205116</t>
   </si>
   <si>
     <t>Аудио/видео кабел Hama, 3 мъжки чинча - 3.5 мм жак, 305016</t>
   </si>
   <si>
     <t>HAMA-305016</t>
   </si>
   <si>
+    <t>Аудио кабел HAMA, 2 x Чинч мъжко -2 x Чинч мъжко, 5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205093</t>
+  </si>
+  <si>
     <t>Жак адаптер HAMA, 3.5 mm жак женско - 2 x 3.5 mm жак мъжко, 10cm</t>
   </si>
   <si>
     <t>HAMA-200351</t>
   </si>
   <si>
     <t>Аудио сплитер HAMA, 3.5мм  жак мъжко - 2 х 3.5 mm жак женско, 10cm</t>
   </si>
   <si>
     <t>HAMA-200352</t>
   </si>
   <si>
-    <t>Аудио кабел HAMA, 2 x Чинч мъжко -2 x Чинч мъжко, 5м, Черен</t>
-[...2 lines deleted...]
-    <t>HAMA-205093</t>
+    <t>Удължителен аудио кабел HAMA  2 x Чинч мъжко - 2 x Чинч женско, 5.0 м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205095</t>
   </si>
   <si>
     <t>Кабел Delock стерео жак 3.5 mm 4 pin male angled &gt; 3 x RCA male 1.5 m</t>
   </si>
   <si>
     <t>DELOCK-84724</t>
   </si>
   <si>
     <t>Delock Кабел стерео жак 3.5 мм 4 пинов мъжки ъглов &gt; 3 x RCA мъжки 1.5 м</t>
   </si>
   <si>
     <t>DELOCK-84504</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-205095</t>
   </si>
   <si>
     <t>Аудио кабел Delock, Стерео, 4 пинов 3.5мм жак мъжко, 1м</t>
   </si>
   <si>
     <t>DELOCK-83435</t>
   </si>
   <si>
     <t>HAMA Аудио кабел, 3.5 мм жак - 2 RCA, стерео, позлатен, 1,5 м</t>
   </si>
   <si>
     <t>HAMA-205260</t>
   </si>
   <si>
     <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 3.0м, Essential, Черен</t>
   </si>
   <si>
     <t>HAMA-205261</t>
   </si>
   <si>
     <t>HAMA Aux аудио кабел, 3,5 мм жак - 3,5 мм жак, под ъгъл 90°, 1м</t>
   </si>
   <si>
     <t>HAMA-201528</t>
   </si>
@@ -727,51 +718,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D59"/>
+  <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -805,800 +796,786 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>5.016</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>5.232</v>
+        <v>5.4</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6">
+        <v>5.628</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>5.928</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>6.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>6.108</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>6.168</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>6.18</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>6.192</v>
+        <v>6.216</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>6.216</v>
+        <v>6.408</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>6.408</v>
+        <v>6.564</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>6.576</v>
+        <v>6.6</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>6.6</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17">
         <v>6.6</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>6.6</v>
+        <v>6.696</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>6.6</v>
+        <v>6.744</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20">
         <v>6.756</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21">
         <v>6.84</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C22">
         <v>6.864</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>7.008</v>
+        <v>7.068</v>
       </c>
       <c r="D23" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>7.068</v>
+        <v>7.332</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>7.332</v>
+        <v>7.392</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>7.344</v>
+        <v>7.452</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>7.392</v>
+        <v>7.512</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>7.512</v>
+        <v>7.8</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>7.8</v>
+        <v>7.944</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C30">
         <v>8.112</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>8.22</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>8.268</v>
+        <v>8.22</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>8.4</v>
+        <v>8.268</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>8.484</v>
+        <v>8.4</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C35">
         <v>8.988</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>9.048</v>
+        <v>9.204</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>9.204</v>
+        <v>9.228</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>9.228</v>
+        <v>9.852</v>
       </c>
       <c r="D38" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C39">
         <v>9.9</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C40">
         <v>9.9</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>10.224</v>
+        <v>10.092</v>
       </c>
       <c r="D41" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C42">
         <v>10.8</v>
       </c>
       <c r="D42" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C43">
         <v>10.8</v>
       </c>
       <c r="D43" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>10.98</v>
+        <v>11.364</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>11.364</v>
+        <v>11.592</v>
       </c>
       <c r="D45" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>11.592</v>
+        <v>11.856</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>11.856</v>
+        <v>12.264</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>12.264</v>
+        <v>15.0</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>15.0</v>
+        <v>16.632</v>
       </c>
       <c r="D49" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>16.632</v>
+        <v>17.4</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>17.4</v>
+        <v>19.896</v>
       </c>
       <c r="D51" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>19.896</v>
+        <v>21.312</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>21.312</v>
+        <v>28.8</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>28.8</v>
+        <v>44.556</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>44.556</v>
+        <v>46.176</v>
       </c>
       <c r="D55" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>46.176</v>
+        <v>48.996</v>
       </c>
       <c r="D56" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>48.996</v>
+        <v>58.08</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
-[...13 lines deleted...]
-        <v>37</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D59"/>
+  <autoFilter ref="A1:D58"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>