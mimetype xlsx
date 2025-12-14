--- v1 (2025-12-06)
+++ v2 (2025-12-14)
@@ -14,353 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$58</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Аудио кабел HAMA, 3,5 mm жак мъжко - 2 x Чинч мъжко, 2м, Черен</t>
   </si>
   <si>
     <t>HAMA-205106</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Преходник  HAMA, 3.5мм женски жак - 6.3мм мъжки жак</t>
   </si>
   <si>
     <t>HAMA-205194</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>A4Tech Адаптер AD-3P 3.5mm жак мъжко - 2 х 3.5мм жак женско</t>
   </si>
   <si>
     <t>A4-ADAP-AD-3P</t>
   </si>
   <si>
     <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко,1.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205262</t>
   </si>
   <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко на 90°, 0.5м, Стерео, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205285</t>
+  </si>
+  <si>
+    <t>Aудио кабел HAMA, 2 x Чинч мъжко - 2 x Чинч мъжко, 2.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205086</t>
+  </si>
+  <si>
+    <t>Кабел Delock, 3 x RCA женско &gt; 3.5 mm 4 pin стерео жак</t>
+  </si>
+  <si>
+    <t>DELOCK-62499</t>
+  </si>
+  <si>
+    <t>HAMA Аудио кабел, 3,5 мм жак - 3,5 мм жак, стерео, 0,5 м</t>
+  </si>
+  <si>
+    <t>HAMA-205287</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5 mm жак - 2 x Чинч, 1.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200720</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 2 x Чинч мъжко - 2 x Чинч мъжко, 1.5м, За CD,  Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205257</t>
+  </si>
+  <si>
+    <t>HАМА Аудио адаптер, 3.5 mm жак - 2 x 3.5 mm жак женско, стерео</t>
+  </si>
+  <si>
+    <t>HAMA-205191</t>
+  </si>
+  <si>
     <t>Преходник  HAMA, 6.3 мм жак мъжко - Чинч женско, Черен</t>
   </si>
   <si>
     <t>HAMA-205188</t>
   </si>
   <si>
+    <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 1.5 m, Стерео, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205110</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205107</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 2 x Чинч - 2 x Чинч, 1.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205085</t>
+  </si>
+  <si>
+    <t>Аудио адаптер HAMA, 3.5 mm жак женско - 2 x Чинч мъжко, 0.12 м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205186</t>
+  </si>
+  <si>
+    <t>Аудио сплитер Delock, 3.5мм  жак мъжко - 2 х 3.5 mm жак женско, 10cm</t>
+  </si>
+  <si>
+    <t>DELOCK-65344</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>HАМА Аудио адаптер 3.5 мм жак - 6.3 мм жак, стерео</t>
+  </si>
+  <si>
+    <t>HAMA-205196</t>
+  </si>
+  <si>
+    <t>HAMA Аудио адаптер, 2 x RCA женско - 3.5 mm жак мъжко, стерео</t>
+  </si>
+  <si>
+    <t>HAMA-205185</t>
+  </si>
+  <si>
+    <t>Аудио удължителен кабел HAMA 3.5 мм мъжко - 3.5 мм женско, 1.5м, 205119</t>
+  </si>
+  <si>
+    <t>HAMA-205119</t>
+  </si>
+  <si>
+    <t>Удължителен аудио кабел HAMA  2 x Чинч мъжко - 2 x Чинч женско, 1.5 м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205259</t>
+  </si>
+  <si>
+    <t>Аудио удължителен кабел HAMA, 3.5мм жак мъжко - 3.5мм жак женско, 3м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205120</t>
+  </si>
+  <si>
+    <t>Преходник HAMA, 3.5 мм жак мъжко - 2 x Чинч женско, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205187</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко на 90°, 1.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200723</t>
+  </si>
+  <si>
+    <t>HAMA Аудио кабел, 3,5 mm жак - стерео, позлатен, ултратънък, 0,5 m</t>
+  </si>
+  <si>
+    <t>HAMA-205117</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко на 90°, 1.5м, Стерео, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205286</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко, Метал, Позлатени конектори, 0.75м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205129</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко,3.0 м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205115</t>
+  </si>
+  <si>
+    <t>HAMA Аудио кабел, 3,5 mm жак - стерео, позлатен, ултратънък, 1,5 m</t>
+  </si>
+  <si>
+    <t>HAMA-205118</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, RCA-RCA, цифров, 205098</t>
+  </si>
+  <si>
+    <t>HAMA-205098</t>
+  </si>
+  <si>
+    <t>Аудио адаптер HAMA 3.5 мм жак мъжко - 2 3.5 мм жак женско, 0.2м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205190</t>
+  </si>
+  <si>
+    <t>Аудио кабел 3.5 mm жак, 5.0 m, HAMA-205112</t>
+  </si>
+  <si>
+    <t>HAMA-205112</t>
+  </si>
+  <si>
+    <t>Аудио удължителен кабел HAMA, 3.5 мм жак мъжко - 3.5 мм жак женско, 5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205121</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 3.0 m, Стерео, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205111</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA 3.5мм - 3.5мм мъжки жак, 5м, 205116</t>
+  </si>
+  <si>
+    <t>HAMA-205116</t>
+  </si>
+  <si>
+    <t>Аудио/видео кабел Hama, 3 мъжки чинча - 3.5 мм жак, 305016</t>
+  </si>
+  <si>
+    <t>HAMA-305016</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 2 x Чинч мъжко -2 x Чинч мъжко, 5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205093</t>
+  </si>
+  <si>
+    <t>Жак адаптер HAMA, 3.5 mm жак женско - 2 x 3.5 mm жак мъжко, 10cm</t>
+  </si>
+  <si>
+    <t>HAMA-200351</t>
+  </si>
+  <si>
+    <t>Аудио сплитер HAMA, 3.5мм  жак мъжко - 2 х 3.5 mm жак женско, 10cm</t>
+  </si>
+  <si>
+    <t>HAMA-200352</t>
+  </si>
+  <si>
+    <t>Кабел Delock стерео жак 3.5 mm 4 pin male angled &gt; 3 x RCA male 1.5 m</t>
+  </si>
+  <si>
+    <t>DELOCK-84724</t>
+  </si>
+  <si>
+    <t>Delock Кабел стерео жак 3.5 мм 4 пинов мъжки ъглов &gt; 3 x RCA мъжки 1.5 м</t>
+  </si>
+  <si>
+    <t>DELOCK-84504</t>
+  </si>
+  <si>
+    <t>Удължителен аудио кабел HAMA  2 x Чинч мъжко - 2 x Чинч женско, 5.0 м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205095</t>
+  </si>
+  <si>
+    <t>Аудио кабел Delock, Стерео, 4 пинов 3.5мм жак мъжко, 1м</t>
+  </si>
+  <si>
+    <t>DELOCK-83435</t>
+  </si>
+  <si>
+    <t>HAMA Аудио кабел, 3.5 мм жак - 2 RCA, стерео, позлатен, 1,5 м</t>
+  </si>
+  <si>
+    <t>HAMA-205260</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 3.0м, Essential, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205261</t>
+  </si>
+  <si>
+    <t>HAMA Aux аудио кабел, 3,5 мм жак - 3,5 мм жак, под ъгъл 90°, 1м</t>
+  </si>
+  <si>
+    <t>HAMA-201528</t>
+  </si>
+  <si>
+    <t>Кабел Addasound DN1008 QD - RJ9 - Yealink, Snom, Grandstream</t>
+  </si>
+  <si>
+    <t>ADDA-CABLE-DN1008</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...253 lines deleted...]
-    <t>ADDA-CABLE-DN1008</t>
   </si>
   <si>
     <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко, Метал, Позлатени конектори, 1.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205130</t>
   </si>
   <si>
     <t>Кабел Addasound DN1005 QD - 2.5mm Jack 3PIN - CISCO</t>
   </si>
   <si>
     <t>ADDA-CABLE-DN1005</t>
   </si>
   <si>
     <t>HAMA Аудио кабел USB-C - 3.5мм стерео жак, 0.75 m</t>
   </si>
   <si>
     <t>HAMA-200729</t>
   </si>
   <si>
     <t>HAMA Аудио кабел, USB-C - RCA, 200730</t>
   </si>
   <si>
     <t>HAMA-200730</t>
   </si>
@@ -771,261 +774,261 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>4.8</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>4.8</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>5.016</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>5.4</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>5.628</v>
+        <v>5.928</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>5.928</v>
+        <v>6.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>6.0</v>
+        <v>6.108</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>6.108</v>
+        <v>6.168</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>6.168</v>
+        <v>6.18</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>6.18</v>
+        <v>6.216</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>6.216</v>
+        <v>6.408</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>6.408</v>
+        <v>6.42</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>6.564</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>6.6</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>6.6</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>6.6</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C18">
         <v>6.696</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>6.744</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>6.756</v>
@@ -1132,166 +1135,166 @@
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>7.8</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>7.944</v>
+        <v>8.112</v>
       </c>
       <c r="D29" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>8.112</v>
+        <v>8.22</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>8.22</v>
+        <v>8.268</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>8.22</v>
+        <v>8.4</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>8.268</v>
+        <v>8.556</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>8.4</v>
+        <v>8.988</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>8.988</v>
+        <v>9.0</v>
       </c>
       <c r="D35" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>9.204</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>9.228</v>
       </c>
       <c r="D37" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>9.852</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>9.9</v>
@@ -1300,96 +1303,96 @@
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>9.9</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>10.092</v>
+        <v>10.8</v>
       </c>
       <c r="D41" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>10.8</v>
       </c>
       <c r="D42" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>10.8</v>
+        <v>10.884</v>
       </c>
       <c r="D43" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>11.364</v>
       </c>
       <c r="D44" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>11.592</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>11.856</v>
@@ -1401,177 +1404,177 @@
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>12.264</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>15.0</v>
       </c>
       <c r="D48" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
         <v>16.632</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
         <v>17.4</v>
       </c>
       <c r="D50" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
         <v>19.896</v>
       </c>
       <c r="D51" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
         <v>21.312</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
         <v>28.8</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
         <v>44.556</v>
       </c>
       <c r="D54" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
         <v>46.176</v>
       </c>
       <c r="D55" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
         <v>48.996</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
         <v>58.08</v>
       </c>
       <c r="D57" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D58"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>