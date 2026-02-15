--- v2 (2025-12-14)
+++ v3 (2026-02-15)
@@ -7,387 +7,393 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$58</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$59</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Аудио кабел HAMA, 3,5 mm жак мъжко - 2 x Чинч мъжко, 2м, Черен</t>
   </si>
   <si>
     <t>HAMA-205106</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Преходник  HAMA, 3.5мм женски жак - 6.3мм мъжки жак</t>
+  </si>
+  <si>
+    <t>HAMA-205194</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Преходник  HAMA, 3.5мм женски жак - 6.3мм мъжки жак</t>
-[...5 lines deleted...]
-    <t>не е в наличност</t>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко,1.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205262</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко на 90°, 0.5м, Стерео, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205285</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>A4Tech Адаптер AD-3P 3.5mm жак мъжко - 2 х 3.5мм жак женско</t>
   </si>
   <si>
     <t>A4-ADAP-AD-3P</t>
   </si>
   <si>
-    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко,1.5м, Черен</t>
-[...10 lines deleted...]
-  <si>
     <t>Aудио кабел HAMA, 2 x Чинч мъжко - 2 x Чинч мъжко, 2.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205086</t>
   </si>
   <si>
     <t>Кабел Delock, 3 x RCA женско &gt; 3.5 mm 4 pin стерео жак</t>
   </si>
   <si>
     <t>DELOCK-62499</t>
   </si>
   <si>
+    <t>Аудио кабел HAMA, 3.5 mm жак - 2 x Чинч, 1.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200720</t>
+  </si>
+  <si>
     <t>HAMA Аудио кабел, 3,5 мм жак - 3,5 мм жак, стерео, 0,5 м</t>
   </si>
   <si>
     <t>HAMA-205287</t>
   </si>
   <si>
-    <t>Аудио кабел HAMA, 3.5 mm жак - 2 x Чинч, 1.5м, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Аудио кабел HAMA, 2 x Чинч мъжко - 2 x Чинч мъжко, 1.5м, За CD,  Черен</t>
   </si>
   <si>
     <t>HAMA-205257</t>
   </si>
   <si>
     <t>HАМА Аудио адаптер, 3.5 mm жак - 2 x 3.5 mm жак женско, стерео</t>
   </si>
   <si>
     <t>HAMA-205191</t>
   </si>
   <si>
     <t>Преходник  HAMA, 6.3 мм жак мъжко - Чинч женско, Черен</t>
   </si>
   <si>
     <t>HAMA-205188</t>
   </si>
   <si>
+    <t>Аудио сплитер Delock, 3.5мм  жак мъжко - 2 х 3.5 mm жак женско, 10cm</t>
+  </si>
+  <si>
+    <t>DELOCK-65344</t>
+  </si>
+  <si>
     <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 1.5 m, Стерео, Черен</t>
   </si>
   <si>
     <t>HAMA-205110</t>
   </si>
   <si>
     <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205107</t>
   </si>
   <si>
     <t>Аудио кабел HAMA, 2 x Чинч - 2 x Чинч, 1.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205085</t>
   </si>
   <si>
     <t>Аудио адаптер HAMA, 3.5 mm жак женско - 2 x Чинч мъжко, 0.12 м, Черен</t>
   </si>
   <si>
     <t>HAMA-205186</t>
   </si>
   <si>
-    <t>Аудио сплитер Delock, 3.5мм  жак мъжко - 2 х 3.5 mm жак женско, 10cm</t>
-[...2 lines deleted...]
-    <t>DELOCK-65344</t>
+    <t>HAMA Аудио адаптер, 2 x RCA женско - 3.5 mm жак мъжко, стерео</t>
+  </si>
+  <si>
+    <t>HAMA-205185</t>
+  </si>
+  <si>
+    <t>HАМА Аудио адаптер 3.5 мм жак - 6.3 мм жак, стерео</t>
+  </si>
+  <si>
+    <t>HAMA-205196</t>
+  </si>
+  <si>
+    <t>Аудио удължителен кабел HAMA 3.5 мм мъжко - 3.5 мм женско, 1.5м, 205119</t>
+  </si>
+  <si>
+    <t>HAMA-205119</t>
+  </si>
+  <si>
+    <t>Аудио удължителен кабел HAMA, 3.5мм жак мъжко - 3.5мм жак женско, 3м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205120</t>
+  </si>
+  <si>
+    <t>Удължителен аудио кабел HAMA  2 x Чинч мъжко - 2 x Чинч женско, 1.5 м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205259</t>
+  </si>
+  <si>
+    <t>Преходник HAMA, 3.5 мм жак мъжко - 2 x Чинч женско, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205187</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко на 90°, 1.5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200723</t>
+  </si>
+  <si>
+    <t>HAMA Аудио кабел, 3,5 mm жак - стерео, позлатен, ултратънък, 0,5 m</t>
+  </si>
+  <si>
+    <t>HAMA-205117</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко на 90°, 1.5м, Стерео, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205286</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко,3.0 м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205115</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко, Метал, Позлатени конектори, 0.75м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205129</t>
+  </si>
+  <si>
+    <t>HAMA Аудио кабел, 3,5 mm жак - стерео, позлатен, ултратънък, 1,5 m</t>
+  </si>
+  <si>
+    <t>HAMA-205118</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, RCA-RCA, цифров, 205098</t>
+  </si>
+  <si>
+    <t>HAMA-205098</t>
+  </si>
+  <si>
+    <t>Аудио адаптер HAMA 3.5 мм жак мъжко - 2 3.5 мм жак женско, 0.2м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205190</t>
+  </si>
+  <si>
+    <t>Аудио кабел 3.5 mm жак, 5.0 m, HAMA-205112</t>
+  </si>
+  <si>
+    <t>HAMA-205112</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 3.0 m, Стерео, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205111</t>
+  </si>
+  <si>
+    <t>Аудио удължителен кабел HAMA, 3.5 мм жак мъжко - 3.5 мм жак женско, 5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205121</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA 3.5мм - 3.5мм мъжки жак, 5м, 205116</t>
+  </si>
+  <si>
+    <t>HAMA-205116</t>
+  </si>
+  <si>
+    <t>Жак адаптер HAMA, 3.5 mm жак женско - 2 x 3.5 mm жак мъжко, 10cm</t>
+  </si>
+  <si>
+    <t>HAMA-200351</t>
+  </si>
+  <si>
+    <t>Аудио сплитер HAMA, 3.5мм  жак мъжко - 2 х 3.5 mm жак женско, 10cm</t>
+  </si>
+  <si>
+    <t>HAMA-200352</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 2 x Чинч мъжко -2 x Чинч мъжко, 5м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205093</t>
+  </si>
+  <si>
+    <t>Кабел Delock стерео жак 3.5 mm 4 pin male angled &gt; 3 x RCA male 1.5 m</t>
+  </si>
+  <si>
+    <t>DELOCK-84724</t>
+  </si>
+  <si>
+    <t>Delock Кабел стерео жак 3.5 мм 4 пинов мъжки ъглов &gt; 3 x RCA мъжки 1.5 м</t>
+  </si>
+  <si>
+    <t>DELOCK-84504</t>
+  </si>
+  <si>
+    <t>Удължителен аудио кабел HAMA  2 x Чинч мъжко - 2 x Чинч женско, 5.0 м, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205095</t>
+  </si>
+  <si>
+    <t>Аудио кабел Delock, Стерео, 4 пинов 3.5мм жак мъжко, 1м</t>
+  </si>
+  <si>
+    <t>DELOCK-83435</t>
+  </si>
+  <si>
+    <t>HAMA Аудио кабел, 3.5 мм жак - 2 RCA, стерео, позлатен, 1,5 м</t>
+  </si>
+  <si>
+    <t>HAMA-205260</t>
+  </si>
+  <si>
+    <t>Аудио кабел HAMA, 3.5 mm жак мъжко - 2 x Чинч мъжко, 3.0м, Essential, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205261</t>
+  </si>
+  <si>
+    <t>HAMA Aux аудио кабел, 3,5 мм жак - 3,5 мм жак, под ъгъл 90°, 1м</t>
+  </si>
+  <si>
+    <t>HAMA-201528</t>
   </si>
   <si>
     <t>на път</t>
   </si>
   <si>
-    <t>HАМА Аудио адаптер 3.5 мм жак - 6.3 мм жак, стерео</t>
-[...106 lines deleted...]
-  <si>
     <t>Аудио/видео кабел Hama, 3 мъжки чинча - 3.5 мм жак, 305016</t>
   </si>
   <si>
     <t>HAMA-305016</t>
   </si>
   <si>
-    <t>Аудио кабел HAMA, 2 x Чинч мъжко -2 x Чинч мъжко, 5м, Черен</t>
-[...58 lines deleted...]
-  <si>
     <t>Кабел Addasound DN1008 QD - RJ9 - Yealink, Snom, Grandstream</t>
   </si>
   <si>
     <t>ADDA-CABLE-DN1008</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Аудио кабел HAMA, 3.5мм жак мъжко - 3.5мм жак мъжко, Метал, Позлатени конектори, 1.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-205130</t>
   </si>
   <si>
     <t>Кабел Addasound DN1005 QD - 2.5mm Jack 3PIN - CISCO</t>
   </si>
   <si>
     <t>ADDA-CABLE-DN1005</t>
   </si>
   <si>
     <t>HAMA Аудио кабел USB-C - 3.5мм стерео жак, 0.75 m</t>
   </si>
   <si>
     <t>HAMA-200729</t>
   </si>
   <si>
     <t>HAMA Аудио кабел, USB-C - RCA, 200730</t>
   </si>
   <si>
     <t>HAMA-200730</t>
+  </si>
+  <si>
+    <t>XLR кабел FIFINE L9 - 3м</t>
+  </si>
+  <si>
+    <t>FIFINE-L9</t>
   </si>
   <si>
     <t>Кабел Addasound QD - USB 4NB907871</t>
   </si>
   <si>
     <t>ADDA-CABLE-4NB907871</t>
   </si>
   <si>
     <t>Delock Аудио конвертор, от дигитален към аналогов сигнал, USB Gaming, 24 Bit / 96 kHz</t>
   </si>
   <si>
     <t>DELOCK-68001</t>
   </si>
   <si>
     <t>Превключвател Delock, Ръчен, 3 x 3.5 mm Jack, Черен/Сив</t>
   </si>
   <si>
     <t>DELOCK-87699</t>
   </si>
   <si>
     <t>HyperX XLR Кабел</t>
   </si>
   <si>
     <t>HX-CABLE-6Z2B9AA</t>
   </si>
@@ -721,864 +727,878 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D58"/>
+  <dimension ref="A1:D59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>4.8</v>
+        <v>2.46</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>4.8</v>
+        <v>2.46</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>5.016</v>
+        <v>2.76</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>5.4</v>
+        <v>3.036</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>5.928</v>
+        <v>3.036</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>6.108</v>
+        <v>3.12</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>6.168</v>
+        <v>3.156</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>6.18</v>
+        <v>3.156</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>6.216</v>
+        <v>3.18</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>6.408</v>
+        <v>3.276</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>6.42</v>
+        <v>3.288</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>6.564</v>
+        <v>3.36</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>6.6</v>
+        <v>3.36</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>6.6</v>
+        <v>3.372</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>6.6</v>
+        <v>3.372</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>6.696</v>
+        <v>3.372</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>6.744</v>
+        <v>3.456</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>6.756</v>
+        <v>3.456</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>6.84</v>
+        <v>3.492</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>6.864</v>
+        <v>3.672</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>7.068</v>
+        <v>3.696</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>7.332</v>
+        <v>3.744</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>7.392</v>
+        <v>3.78</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>7.452</v>
+        <v>3.816</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>7.512</v>
+        <v>3.84</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>7.8</v>
+        <v>3.948</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>8.112</v>
+        <v>3.984</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>8.22</v>
+        <v>4.2</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>8.268</v>
+        <v>4.236</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>8.556</v>
+        <v>4.392</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>8.988</v>
+        <v>4.608</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>9.0</v>
+        <v>4.656</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>9.204</v>
+        <v>4.788</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>9.228</v>
+        <v>5.064</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>9.852</v>
+        <v>5.064</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>9.9</v>
+        <v>5.244</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>9.9</v>
+        <v>5.52</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>10.8</v>
+        <v>5.568</v>
       </c>
       <c r="D42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>10.884</v>
+        <v>5.808</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>11.364</v>
+        <v>5.928</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>11.592</v>
+        <v>6.072</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>11.856</v>
+        <v>6.276</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>97</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>12.264</v>
+        <v>6.84</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D48" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>16.632</v>
+        <v>7.884</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>17.4</v>
+        <v>8.892</v>
       </c>
       <c r="D50" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>19.896</v>
+        <v>10.176</v>
       </c>
       <c r="D51" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>21.312</v>
+        <v>10.896</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>28.8</v>
+        <v>12.9</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>44.556</v>
+        <v>13.2</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>46.176</v>
+        <v>22.788</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>48.996</v>
+        <v>23.916</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>58.08</v>
+        <v>25.056</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
     </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>120</v>
+      </c>
+      <c r="B58" t="s">
+        <v>121</v>
+      </c>
+      <c r="C58">
+        <v>29.688</v>
+      </c>
+      <c r="D58" t="s">
+        <v>6</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D58"/>
+  <autoFilter ref="A1:D59"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>