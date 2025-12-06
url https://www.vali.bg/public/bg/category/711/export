--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -55,96 +55,96 @@
   <si>
     <t>CS-ALK002BL</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Батерия за дистанционно за кран IKUSI T70/2 BT11K LiIon 3,7V 1100mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-KUT700BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран АUTEC DJM, DJR, FJM, FJR  LPM04 LiIon 7,4V 5000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ALK004BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран АUTEC Modular MK, Plus MK MBM06MH NiMh 7,2V 700mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ALK006BL</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Батерия за дистанционно управление за кран Autec LK4 LK6 LK8  LBM02MH NIMH 2,4V 2000mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-ALK400BL</t>
+  </si>
+  <si>
+    <t>Батерия за дистанционно управление за кран  Autec FUA10 UTX97 NC0707L NIMH 7,2V 2000mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-ALK707BL</t>
+  </si>
+  <si>
+    <t>Батерия за дистанционно управление за кран HBC Radiomatic Eco, Micron 4,6  SPECTRUM 1,2 BA225000 NIMH 6V 2000mAh черна Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-FBA225BL</t>
+  </si>
+  <si>
+    <t>Батерия за дистанционно управление за кран HBC Radiomatic Quadrix, Micron 4,5,6,7  BA223000 NIMH 3,6V 2000mAh черна Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-FBA223BL</t>
+  </si>
+  <si>
+    <t>Батерия за дистанционно управление за кран HBC Radiomatic Eco, Micron 4,6  SPECTRUM 1,2 FUB9NM BA209060 NIMH 6V 700mAh черна Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-FBA209BL</t>
+  </si>
+  <si>
+    <t>Батерия за дистанционно управление за кран HETRONIC Potain P-63418-95, Komatsu трансмитери, Abitron Mini EX2-22  68300600 NIMH 3,6V 2000mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-HTR620BL</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Батерия за дистанционно управление за кран Autec LK4 LK6 LK8  LBM02MH NIMH 2,4V 2000mAh Cameron Sino</t>
-[...34 lines deleted...]
-  <si>
     <t>Батерия за дистанционно управление за кран HIAB XS Drive H3786692  HIA7220 NIMH 7,2V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HAB720BL</t>
-  </si>
-[...1 lines deleted...]
-    <t>наличен</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран HIAB Combi drive 5000, Olsberg DOH116A 9836721 NIMH 7,2V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HAB400BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран iMET BE5500, M550S ZEUS  AS060 NIMH 3,6V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-MBE550BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран IMET BE5000, M550S  AS037 NIMH 2,4V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-MBE500BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран Itowa Boggy, Combi Caja Spohn  BT7216  NIMH 7,2V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-IBT216BL</t>
   </si>
@@ -673,149 +673,149 @@
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>84.0</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>84.0</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>84.0</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>84.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>84.0</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12">
+        <v>84.0</v>
+      </c>
+      <c r="D12" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>84.0</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>84.0</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>84.0</v>
       </c>
       <c r="D15" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>84.0</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>84.0</v>
@@ -869,135 +869,135 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>90.0</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>90.0</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>90.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>96.0</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>96.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>102.0</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>102.0</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>102.0</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>102.0</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D30"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>