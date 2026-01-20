--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -34,129 +34,129 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран Autec Air Dynamic AJR LPM02 LiIon 7,4V 1400mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ALK002BL</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Батерия за дистанционно за кран IKUSI T70/2 BT11K LiIon 3,7V 1100mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-KUT700BL</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Батерия за дистанционно за кран IKUSI T70/2 BT11K LiIon 3,7V 1100mAh Cameron Sino</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия за дистанционно управление за кран АUTEC DJM, DJR, FJM, FJR  LPM04 LiIon 7,4V 5000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ALK004BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран АUTEC Modular MK, Plus MK MBM06MH NiMh 7,2V 700mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ALK006BL</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Батерия за дистанционно управление за кран Autec LK4 LK6 LK8  LBM02MH NIMH 2,4V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ALK400BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран  Autec FUA10 UTX97 NC0707L NIMH 7,2V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ALK707BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран HBC Radiomatic Eco, Micron 4,6  SPECTRUM 1,2 BA225000 NIMH 6V 2000mAh черна Cameron Sino</t>
   </si>
   <si>
     <t>CS-FBA225BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран HBC Radiomatic Quadrix, Micron 4,5,6,7  BA223000 NIMH 3,6V 2000mAh черна Cameron Sino</t>
   </si>
   <si>
     <t>CS-FBA223BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран HBC Radiomatic Eco, Micron 4,6  SPECTRUM 1,2 FUB9NM BA209060 NIMH 6V 700mAh черна Cameron Sino</t>
   </si>
   <si>
     <t>CS-FBA209BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран HETRONIC Potain P-63418-95, Komatsu трансмитери, Abitron Mini EX2-22  68300600 NIMH 3,6V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HTR620BL</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>Батерия за дистанционно управление за кран HIAB XS Drive H3786692  HIA7220 NIMH 7,2V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HAB720BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран HIAB Combi drive 5000, Olsberg DOH116A 9836721 NIMH 7,2V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HAB400BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран iMET BE5500, M550S ZEUS  AS060 NIMH 3,6V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-MBE550BL</t>
+  </si>
+  <si>
+    <t>наличен</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран IMET BE5000, M550S  AS037 NIMH 2,4V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-MBE500BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран Itowa Boggy, Combi Caja Spohn  BT7216  NIMH 7,2V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-IBT216BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран HBC FUB3A, Radiomatic BA203060, Hetronic TGA, Abitron TGA  NIMH 6V 700mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-FUB03BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран Magnetek BT114-0  NIMH 7,2V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-MTX114BL</t>
   </si>
@@ -586,432 +586,432 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14">
+        <v>42.948</v>
+      </c>
+      <c r="D14" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D22" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>96.0</v>
+        <v>49.08</v>
       </c>
       <c r="D24" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>96.0</v>
+        <v>49.08</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>102.0</v>
+        <v>52.152</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>102.0</v>
+        <v>52.152</v>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>102.0</v>
+        <v>52.152</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>102.0</v>
+        <v>52.152</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D30"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>