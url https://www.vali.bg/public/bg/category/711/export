--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -34,72 +34,72 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран Autec Air Dynamic AJR LPM02 LiIon 7,4V 1400mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ALK002BL</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Батерия за дистанционно за кран IKUSI T70/2 BT11K LiIon 3,7V 1100mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-KUT700BL</t>
+  </si>
+  <si>
+    <t>Батерия за дистанционно управление за кран АUTEC DJM, DJR, FJM, FJR  LPM04 LiIon 7,4V 5000mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-ALK004BL</t>
+  </si>
+  <si>
+    <t>Батерия за дистанционно управление за кран АUTEC Modular MK, Plus MK MBM06MH NiMh 7,2V 700mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-ALK006BL</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
-  </si>
-[...19 lines deleted...]
-    <t>CS-ALK006BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран Autec LK4 LK6 LK8  LBM02MH NIMH 2,4V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ALK400BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран  Autec FUA10 UTX97 NC0707L NIMH 7,2V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ALK707BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран HBC Radiomatic Eco, Micron 4,6  SPECTRUM 1,2 BA225000 NIMH 6V 2000mAh черна Cameron Sino</t>
   </si>
   <si>
     <t>CS-FBA225BL</t>
   </si>
   <si>
     <t>Батерия за дистанционно управление за кран HBC Radiomatic Quadrix, Micron 4,5,6,7  BA223000 NIMH 3,6V 2000mAh черна Cameron Sino</t>
   </si>
   <si>
     <t>CS-FBA223BL</t>
   </si>
@@ -603,415 +603,415 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>42.948</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>42.948</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
         <v>42.948</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>42.948</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>42.948</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>42.948</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>42.948</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>42.948</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>42.948</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>42.948</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>42.948</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>42.948</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>42.948</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>42.948</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>42.948</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>42.948</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>42.948</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>42.948</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>42.948</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>46.02</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>46.02</v>
       </c>
       <c r="D22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>46.02</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>49.08</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>49.08</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>52.152</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>52.152</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>52.152</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>52.152</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D30"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>