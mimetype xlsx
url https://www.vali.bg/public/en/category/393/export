--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,227 +7,212 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$281</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$108</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Delock Power USB Pin header female &gt; USB 2.0 type-A female 20 cm</t>
   </si>
   <si>
     <t>DELOCK-83291</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Delock Cable USB 2.0-A male to pin header</t>
   </si>
   <si>
     <t>DELOCK-83078</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Kolink USB Adapter USB 2.0 8-pin to USB 3.0 19-pin - 0.15m</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUS-173</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>Delock Slot bracket 2 x USB 2.0 type A female external</t>
   </si>
   <si>
     <t>DELOCK-71000</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Delock Extension cable SATA 6 Gb/s 22 pin plug &gt; SATA 22 pin receptacle (3.3 V + 5 V + 12 V) 20 cm</t>
   </si>
   <si>
     <t>DELOCK-84918</t>
   </si>
   <si>
     <t>Noctua Extension cables NA-SEC1Noctua NA-SEC1, 3 x 30 cm, for 4-pin PWM fans</t>
   </si>
   <si>
     <t>NOCTUA-NA-SEC1</t>
   </si>
   <si>
     <t>COOLMOON Graphics Card GPU Brace Support</t>
   </si>
   <si>
     <t>COOLMOON-VT192-BL</t>
   </si>
   <si>
     <t>COOLMOON-VT192-GR</t>
   </si>
   <si>
     <t>Seasonic Cable 12VHPWR 600W 16-Pin to 2x8 Pin for Seasonic PSU Only</t>
   </si>
   <si>
     <t>SS-PS-CAB-12VHPWR</t>
   </si>
   <si>
-    <t>Kolink 20-Pin USB 3.0 Header to USB Type-C Header</t>
-[...4 lines deleted...]
-  <si>
     <t>Estillo Graphics Card GPU Brace Support - Black</t>
   </si>
   <si>
     <t>EST-GPU-STAND</t>
   </si>
   <si>
     <t>Estillo Graphics Card GPU Brace Support - White</t>
   </si>
   <si>
     <t>EST-GPU-STAND-WHT</t>
   </si>
   <si>
     <t>Estillo Riser Card 6 Pin Converter, PCI-E x 1 to PCI-E x16, USB 3.0</t>
   </si>
   <si>
     <t>EST-PCIE-RISER-CARD</t>
   </si>
   <si>
     <t>RGB Strip Kolink Inspire L1 ARGB LED Strip (300mm)</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-211</t>
   </si>
   <si>
+    <t>Kolink - Core Aadept GPU Support Bracket</t>
+  </si>
+  <si>
+    <t>KOLINK-GEKL-126</t>
+  </si>
+  <si>
     <t>Estillo Anti-Sag Bracket for Motherboard - White</t>
   </si>
   <si>
     <t>EST-GPU-DA-GCB-WH</t>
   </si>
   <si>
     <t>Estillo Anti-Sag Bracket for Motherboard - Black</t>
   </si>
   <si>
     <t>EST-GPU-SG-GCB-BK</t>
   </si>
   <si>
-    <t>Kolink Internes USB 3.1, USB-C 250mm</t>
-[...4 lines deleted...]
-  <si>
     <t>Lian Li GB-002 VGA Anti-Sag, Black</t>
   </si>
   <si>
     <t>LL-AC-GELI-868</t>
   </si>
   <si>
     <t>Security module ASUS TPM-SPI</t>
   </si>
   <si>
     <t>ASUS-TPM-SPI</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>Converter ESTILLO IDE - SATA</t>
   </si>
   <si>
     <t>EST-CONV-IDE-SATA</t>
   </si>
   <si>
     <t>Security module ASRock TPM-SPI</t>
   </si>
   <si>
     <t>ASR-TPM-SPI</t>
   </si>
   <si>
     <t>Lian Li O11DEXL-1X Upright GPU Bracket - Black</t>
   </si>
   <si>
     <t>LL-CASE-ACC-GELI-936</t>
   </si>
   <si>
     <t>Jonsbo VC-20 Mini GPU bracket - black</t>
   </si>
   <si>
     <t>JONSBO-GAZU-792</t>
   </si>
   <si>
-    <t>Kolink - Core Aadept GPU Support Bracket</t>
-[...4 lines deleted...]
-  <si>
     <t>Controller ESTILLO PCI 2S serial port + 1paralel</t>
   </si>
   <si>
     <t>EST-PCI-SER-PAR</t>
   </si>
   <si>
     <t>PW-U2HB USB Converter 1 USB to 3 USB</t>
   </si>
   <si>
     <t>LL-AC-ZUAD-1336</t>
   </si>
   <si>
     <t>Delock USB 2.0 Hub 9 pin Pin Header female to 2 x 9 pin Pin Header male</t>
   </si>
   <si>
     <t>DELOCK-60045</t>
   </si>
   <si>
     <t>Delock PCI Express x1 to M.2 Key M Adapter</t>
   </si>
   <si>
     <t>DELOCK-64105</t>
   </si>
   <si>
     <t>Delock 3.5″ Front Panel &gt; 2 x USB 2.0 and fan control</t>
@@ -388,50 +373,56 @@
   <si>
     <t>EZDIY-FAB 12VHPWR 600W GPU Power Adapter - STD 90° White</t>
   </si>
   <si>
     <t>EZ-EZDPI189-35</t>
   </si>
   <si>
     <t>Controller Lian Li UNI FAN Wireless Controller V2 - White</t>
   </si>
   <si>
     <t>LL-FAN-LULI-122</t>
   </si>
   <si>
     <t>Controller Lian Li UNI FAN Wireless Controller V2 - Black</t>
   </si>
   <si>
     <t>LL-FAN-LULI-121</t>
   </si>
   <si>
     <t>Power supply cable NZXT 12VHPWR към 2x8Pin PCI-E</t>
   </si>
   <si>
     <t>NZXT-BB-CG1BB</t>
   </si>
   <si>
+    <t>ACT M.2 NVMe/PCIe SSD docking station, USB-C 3.2 Gen2</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC1501</t>
+  </si>
+  <si>
     <t>Controller ESTILLO AXAGON PCES-SJ2, PCI-ex - 2 x SATA 6G port</t>
   </si>
   <si>
     <t>EST-PCIEX-AXAGON-2Sata</t>
   </si>
   <si>
     <t>Controller ESTILLO PCI-Express 2x Dual RS-232 Serial Port and 1x Parallel Port</t>
   </si>
   <si>
     <t>EST-PCIEX-2xSER-PAR</t>
   </si>
   <si>
     <t>Delock USB to SATA 6 Gb/s Converter with USB Type-C or USB Type-A connector</t>
   </si>
   <si>
     <t>DELOCK-61042</t>
   </si>
   <si>
     <t>Internal USB Hub NZXT AC-IUSBH-M3</t>
   </si>
   <si>
     <t>NZXT-AC-IUSBH-M3</t>
   </si>
   <si>
     <t>Seasonic Cable 90° 12VHPWR 600W 16-Pin to 2x8 Pin for Seasonic PSU Only</t>
@@ -442,86 +433,80 @@
   <si>
     <t>GPU Holder EZDIY-FAB - White</t>
   </si>
   <si>
     <t>EZ-YIHPI341-3</t>
   </si>
   <si>
     <t>GPU Holder EZDIY-FAB - Black</t>
   </si>
   <si>
     <t>EZ-YIHPI341-2</t>
   </si>
   <si>
     <t>Delock USB Type-C Converter to 22 pin SATA 6 Gb/s</t>
   </si>
   <si>
     <t>DELOCK-63803</t>
   </si>
   <si>
     <t>Delock 2.5″ Converter SATA 22 pin &gt; M.2 with Enclosure</t>
   </si>
   <si>
     <t>DELOCK-62688</t>
   </si>
   <si>
-    <t>ACT M.2 NVMe/PCIe SSD docking station, USB-C 3.2 Gen2</t>
-[...4 lines deleted...]
-  <si>
     <t>Adapter Inter-Tech USB Type-C to M.2 SSD</t>
   </si>
   <si>
     <t>INTER-TECH-AC-K-1696-P2</t>
   </si>
   <si>
     <t>Delock Serial Switch RS-232 / RS-422 / RS-485 2-port manual</t>
   </si>
   <si>
     <t>DELOCK-87729</t>
   </si>
   <si>
     <t>Delock PCI Express x4 Card to 1 x M.2 Key B + 1 x NVMe M.2 Key M - Low Profile Form Factor</t>
   </si>
   <si>
     <t>DELOCK-89047</t>
   </si>
   <si>
+    <t>Delock PCI Express Card to 4 x Serial RS-232</t>
+  </si>
+  <si>
+    <t>DELOCK-90410</t>
+  </si>
+  <si>
     <t>Delock PCI Express x16 (x1 / x4 / x8) Card to 1 x NVMe M.2 Key M with LED illumination</t>
   </si>
   <si>
     <t>DELOCK-90566</t>
   </si>
   <si>
-    <t>Delock PCI Express Card to 4 x Serial RS-232</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock Converter M.2 Key B+M male to 1 x USB 5 Gbps Pin Header</t>
   </si>
   <si>
     <t>DELOCK-62842</t>
   </si>
   <si>
     <t>Cooler Master ARGB GPU Support Bracket</t>
   </si>
   <si>
     <t>CM-MCA-U000R-GSBTG-00</t>
   </si>
   <si>
     <t>GPU Holder EZDIY-FAB ARGB - Black</t>
   </si>
   <si>
     <t>EZ-YIHPI341</t>
   </si>
   <si>
     <t>GPU Holder EZDIY-FAB ARGB - White</t>
   </si>
   <si>
     <t>EZ-YIHPI341-1</t>
   </si>
   <si>
     <t>Delock PCI Express x4 Card to 1 x internal NVMe M.2 Key M with heat sink and RGB LED illumination - Low Profile Form Factor</t>
@@ -634,342 +619,90 @@
   <si>
     <t>Sleeved Extension Cable Kit Kolink Core, Red</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUAD-1280</t>
   </si>
   <si>
     <t>Delock Converter M.2 Key B+M male to 2 x USB 5 Gbps Pin Header</t>
   </si>
   <si>
     <t>DELOCK-62843</t>
   </si>
   <si>
     <t>Delock 2 port SATA PCI Express Card with RAID</t>
   </si>
   <si>
     <t>DELOCK-90392</t>
   </si>
   <si>
     <t>Delock Converter USB 5 Gbps to SATA 6 Gb/s / IDE 40 pin / IDE 44 pin with backup function</t>
   </si>
   <si>
     <t>DELOCK-61486</t>
   </si>
   <si>
-    <t>Extender Kolink Riser Cable 220mm PCI-E x16 4.0</t>
-[...4 lines deleted...]
-  <si>
     <t>EZDIY-FAB High Speed Riser Cable PCIe x16 4.0 Port GPU Extension Card-Straight Connector 200mm</t>
   </si>
   <si>
     <t>EZ-EZDPC172-2</t>
   </si>
   <si>
     <t>EZDIY-FAB High Speed Riser Cable PCIe x16 4.0 Port GPU Extension Card-Right Angle Connector 200mm</t>
   </si>
   <si>
     <t>EZ-EZDPC172</t>
   </si>
   <si>
     <t>ASRock 90° Cable 12V-2x6 600W ATX 3.1 and PCIe 5.1</t>
   </si>
   <si>
     <t>ASR-CB-12V2X6L600W</t>
   </si>
   <si>
-    <t>Delock M.2 Docking Station for M.2 NVMe / SATA SSD with USB 10 Gbps USB-C</t>
-[...46 lines deleted...]
-  <si>
     <t>Control Hub NZXT Digital RGB Lighting &amp; Fan Speed Controller</t>
   </si>
   <si>
     <t>NZXT-AC-CRFR1-B1</t>
   </si>
   <si>
-    <t>Delock Combo Converter for M.2 NVMe PCIe or SATA SSD with USB Type-C 10 Gbps</t>
-[...212 lines deleted...]
-    <t>MATROX-Q2G-H4K2</t>
+    <t>Lian Li PCI-e 5.0 x16 Riser Cable 200mm - Black</t>
+  </si>
+  <si>
+    <t>LL-AC-PCI-520X</t>
+  </si>
+  <si>
+    <t>Lian LI Vertical GPU Mounting Kit - 4 Slots Vertical GPU Kit v3 - White</t>
+  </si>
+  <si>
+    <t>LL-AC-GPU-VG4V3</t>
+  </si>
+  <si>
+    <t>Lian LI Vertical GPU Mounting Kit - 4 Slots Vertical GPU Kit v3 - Black</t>
+  </si>
+  <si>
+    <t>LL-AC-GPU-VG4V3-BL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1273,61 +1006,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D281"/>
+  <dimension ref="A1:D108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="146.107" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -1340,3919 +1073,1497 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>6.432</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>9.0</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>9.156</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C6">
         <v>11.184</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C7">
         <v>14.544</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C8">
         <v>15.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C9">
         <v>15.0</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>15.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>15.0</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>15.0</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>15.0</v>
+        <v>17.016</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>17.016</v>
+        <v>18.0</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>18.0</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>18.996</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>18.996</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>19.2</v>
+        <v>19.8</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19">
+        <v>20.232</v>
+      </c>
+      <c r="D19" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>20.232</v>
+        <v>21.456</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>21.456</v>
+        <v>22.092</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>21.984</v>
+        <v>24.0</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>24.0</v>
+        <v>24.996</v>
       </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>24.996</v>
+        <v>26.4</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>24.996</v>
+        <v>26.604</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>26.4</v>
+        <v>27.552</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>26.604</v>
+        <v>27.804</v>
       </c>
       <c r="D27" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>27.552</v>
+        <v>28.968</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>27.804</v>
+        <v>28.992</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>28.968</v>
+        <v>28.992</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>28.992</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>28.992</v>
+        <v>30.648</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>28.992</v>
+        <v>31.2</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>30.648</v>
+        <v>31.2</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>31.2</v>
+        <v>34.992</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>31.2</v>
+        <v>34.992</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C37">
         <v>34.992</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>34.992</v>
       </c>
       <c r="D38" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>34.992</v>
+        <v>36.0</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>34.992</v>
+        <v>36.0</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C41">
         <v>36.0</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>36.0</v>
+        <v>36.78</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>36.0</v>
+        <v>36.96</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>36.78</v>
+        <v>38.46</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>36.78</v>
+        <v>39.0</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>38.46</v>
+        <v>39.0</v>
       </c>
       <c r="D46" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C47">
         <v>39.0</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C48">
         <v>39.0</v>
       </c>
       <c r="D48" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C49">
         <v>39.0</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C50">
         <v>39.0</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C51">
         <v>39.0</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C52">
         <v>39.0</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="C53">
         <v>39.0</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C54">
         <v>39.0</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C55">
         <v>39.0</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C56">
         <v>39.0</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>39.0</v>
+        <v>40.2</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>39.0</v>
+        <v>42.0</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>40.2</v>
+        <v>43.2</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>43.2</v>
+        <v>43.824</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>43.824</v>
+        <v>48.924</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>48.924</v>
+        <v>48.996</v>
       </c>
       <c r="D62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C63">
         <v>48.996</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C64">
         <v>48.996</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="C65">
         <v>48.996</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>48.996</v>
+        <v>49.02</v>
       </c>
       <c r="D66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>49.02</v>
+        <v>49.692</v>
       </c>
       <c r="D67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>49.692</v>
+        <v>50.28</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>49.932</v>
+        <v>51.42</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>50.28</v>
+        <v>56.064</v>
       </c>
       <c r="D70" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>51.42</v>
+        <v>56.376</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>56.064</v>
+        <v>57.948</v>
       </c>
       <c r="D72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>57.948</v>
+        <v>58.584</v>
       </c>
       <c r="D73" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>58.584</v>
+        <v>58.992</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>58.584</v>
+        <v>58.992</v>
       </c>
       <c r="D75" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="C76">
         <v>58.992</v>
       </c>
       <c r="D76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>58.992</v>
+        <v>60.0</v>
       </c>
       <c r="D77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>58.992</v>
+        <v>62.4</v>
       </c>
       <c r="D78" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>60.0</v>
+        <v>63.0</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>62.4</v>
+        <v>64.236</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
         <v>166</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>63.0</v>
+        <v>69.0</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
         <v>168</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>64.236</v>
+        <v>69.0</v>
       </c>
       <c r="D82" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="C83">
         <v>69.0</v>
       </c>
       <c r="D83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="C84">
         <v>69.0</v>
       </c>
       <c r="D84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="C85">
         <v>69.0</v>
       </c>
       <c r="D85" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="C86">
         <v>69.0</v>
       </c>
       <c r="D86" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
         <v>178</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>69.0</v>
+        <v>69.444</v>
       </c>
       <c r="D87" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
         <v>180</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>69.0</v>
+        <v>72.756</v>
       </c>
       <c r="D88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" t="s">
         <v>182</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>69.444</v>
+        <v>76.68</v>
       </c>
       <c r="D89" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" t="s">
         <v>184</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>72.756</v>
+        <v>77.448</v>
       </c>
       <c r="D90" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>185</v>
+      </c>
+      <c r="B91" t="s">
         <v>186</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>76.68</v>
+        <v>78.996</v>
       </c>
       <c r="D91" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>187</v>
+      </c>
+      <c r="B92" t="s">
         <v>188</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>77.448</v>
+        <v>78.996</v>
       </c>
       <c r="D92" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>189</v>
+      </c>
+      <c r="B93" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="C93">
         <v>78.996</v>
       </c>
       <c r="D93" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>191</v>
+      </c>
+      <c r="B94" t="s">
         <v>192</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>78.996</v>
+        <v>81.672</v>
       </c>
       <c r="D94" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>193</v>
+      </c>
+      <c r="B95" t="s">
         <v>194</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>78.996</v>
+        <v>84.996</v>
       </c>
       <c r="D95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>195</v>
+      </c>
+      <c r="B96" t="s">
         <v>196</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>81.672</v>
+        <v>85.86</v>
       </c>
       <c r="D96" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>197</v>
+      </c>
+      <c r="B97" t="s">
         <v>198</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>84.996</v>
+        <v>86.436</v>
       </c>
       <c r="D97" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>199</v>
+      </c>
+      <c r="B98" t="s">
         <v>200</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>85.86</v>
+        <v>88.32</v>
       </c>
       <c r="D98" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>201</v>
+      </c>
+      <c r="B99" t="s">
         <v>202</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>86.436</v>
+        <v>88.992</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>203</v>
+      </c>
+      <c r="B100" t="s">
         <v>204</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>88.32</v>
+        <v>88.992</v>
       </c>
       <c r="D100" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>205</v>
+      </c>
+      <c r="B101" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="C101">
         <v>88.992</v>
       </c>
       <c r="D101" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="B102" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="C102">
-        <v>6.432</v>
+        <v>18.996</v>
       </c>
       <c r="D102" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="B103" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="C103">
-        <v>9.0</v>
+        <v>18.996</v>
       </c>
       <c r="D103" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>13</v>
+        <v>207</v>
       </c>
       <c r="B104" t="s">
-        <v>14</v>
+        <v>208</v>
       </c>
       <c r="C104">
-        <v>9.432</v>
+        <v>99.0</v>
       </c>
       <c r="D104" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>16</v>
+        <v>209</v>
       </c>
       <c r="B105" t="s">
-        <v>17</v>
+        <v>210</v>
       </c>
       <c r="C105">
-        <v>11.184</v>
+        <v>148.992</v>
       </c>
       <c r="D105" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>23</v>
+        <v>211</v>
       </c>
       <c r="B106" t="s">
-        <v>24</v>
+        <v>212</v>
       </c>
       <c r="C106">
-        <v>15.0</v>
+        <v>159.0</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>25</v>
+        <v>213</v>
       </c>
       <c r="B107" t="s">
-        <v>26</v>
+        <v>214</v>
       </c>
       <c r="C107">
-        <v>15.0</v>
+        <v>159.0</v>
       </c>
       <c r="D107" t="s">
-        <v>15</v>
-[...2421 lines deleted...]
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D281"/>
+  <autoFilter ref="A1:D108"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>