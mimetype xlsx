--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,326 +7,314 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$108</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$154</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Delock Power USB Pin header female &gt; USB 2.0 type-A female 20 cm</t>
   </si>
   <si>
     <t>DELOCK-83291</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Delock Cable USB 2.0-A male to pin header</t>
   </si>
   <si>
     <t>DELOCK-83078</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Kolink USB Adapter USB 2.0 8-pin to USB 3.0 19-pin - 0.15m</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUS-173</t>
   </si>
   <si>
+    <t>Delock Extension cable SATA 6 Gb/s 22 pin plug &gt; SATA 22 pin receptacle (3.3 V + 5 V + 12 V) 20 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-84918</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Delock Slot bracket 2 x USB 2.0 type A female external</t>
   </si>
   <si>
     <t>DELOCK-71000</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...7 lines deleted...]
-  <si>
     <t>Noctua Extension cables NA-SEC1Noctua NA-SEC1, 3 x 30 cm, for 4-pin PWM fans</t>
   </si>
   <si>
     <t>NOCTUA-NA-SEC1</t>
   </si>
   <si>
     <t>COOLMOON Graphics Card GPU Brace Support</t>
   </si>
   <si>
     <t>COOLMOON-VT192-BL</t>
   </si>
   <si>
     <t>COOLMOON-VT192-GR</t>
   </si>
   <si>
     <t>Seasonic Cable 12VHPWR 600W 16-Pin to 2x8 Pin for Seasonic PSU Only</t>
   </si>
   <si>
     <t>SS-PS-CAB-12VHPWR</t>
   </si>
   <si>
     <t>Estillo Graphics Card GPU Brace Support - Black</t>
   </si>
   <si>
     <t>EST-GPU-STAND</t>
   </si>
   <si>
     <t>Estillo Graphics Card GPU Brace Support - White</t>
   </si>
   <si>
     <t>EST-GPU-STAND-WHT</t>
   </si>
   <si>
+    <t>RGB Strip Kolink Inspire L1 ARGB LED Strip (300mm)</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-MOLS-211</t>
+  </si>
+  <si>
     <t>Estillo Riser Card 6 Pin Converter, PCI-E x 1 to PCI-E x16, USB 3.0</t>
   </si>
   <si>
     <t>EST-PCIE-RISER-CARD</t>
   </si>
   <si>
-    <t>RGB Strip Kolink Inspire L1 ARGB LED Strip (300mm)</t>
-[...2 lines deleted...]
-    <t>KOLINK-AC-MOLS-211</t>
+    <t>Estillo Anti-Sag Bracket for Motherboard - White</t>
+  </si>
+  <si>
+    <t>EST-GPU-DA-GCB-WH</t>
+  </si>
+  <si>
+    <t>Estillo Anti-Sag Bracket for Motherboard - Black</t>
+  </si>
+  <si>
+    <t>EST-GPU-SG-GCB-BK</t>
+  </si>
+  <si>
+    <t>Lian Li GB-002 VGA Anti-Sag, Black</t>
+  </si>
+  <si>
+    <t>LL-AC-GELI-868</t>
+  </si>
+  <si>
+    <t>Security module ASRock TPM-SPI</t>
+  </si>
+  <si>
+    <t>ASR-TPM-SPI</t>
+  </si>
+  <si>
+    <t>Lian Li O11DEXL-1X Upright GPU Bracket - Black</t>
+  </si>
+  <si>
+    <t>LL-CASE-ACC-GELI-936</t>
+  </si>
+  <si>
+    <t>Jonsbo VC-20 Mini GPU bracket - black</t>
+  </si>
+  <si>
+    <t>JONSBO-GAZU-792</t>
   </si>
   <si>
     <t>Kolink - Core Aadept GPU Support Bracket</t>
   </si>
   <si>
     <t>KOLINK-GEKL-126</t>
   </si>
   <si>
-    <t>Estillo Anti-Sag Bracket for Motherboard - White</t>
-[...14 lines deleted...]
-    <t>LL-AC-GELI-868</t>
+    <t>Controller ESTILLO PCI 2S serial port + 1paralel</t>
+  </si>
+  <si>
+    <t>EST-PCI-SER-PAR</t>
+  </si>
+  <si>
+    <t>PW-U2HB USB Converter 1 USB to 3 USB</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUAD-1336</t>
   </si>
   <si>
     <t>Security module ASUS TPM-SPI</t>
   </si>
   <si>
     <t>ASUS-TPM-SPI</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
-    <t>Converter ESTILLO IDE - SATA</t>
-[...34 lines deleted...]
-  <si>
     <t>Delock USB 2.0 Hub 9 pin Pin Header female to 2 x 9 pin Pin Header male</t>
   </si>
   <si>
     <t>DELOCK-60045</t>
   </si>
   <si>
     <t>Delock PCI Express x1 to M.2 Key M Adapter</t>
   </si>
   <si>
     <t>DELOCK-64105</t>
   </si>
   <si>
     <t>Delock 3.5″ Front Panel &gt; 2 x USB 2.0 and fan control</t>
   </si>
   <si>
     <t>DELOCK-62714</t>
   </si>
   <si>
     <t>Lian Li UF-EX ARGB Cable Kit</t>
   </si>
   <si>
     <t>LL-AC-ZUAD-1173</t>
   </si>
   <si>
     <t>Lian Li LAN216-1X, I/O-Panel ARGB for LANCOOL 216, Black</t>
   </si>
   <si>
     <t>LL-AC-GELI-918</t>
   </si>
   <si>
     <t>Lian Li LAN216-1X, I/O-Panel ARGB for LANCOOL 216, White</t>
   </si>
   <si>
     <t>LL-AC-GELI-919</t>
   </si>
   <si>
+    <t>Converter ESTILLO caddy SATA към SATA HDD bay 12.5mm</t>
+  </si>
+  <si>
+    <t>EST-CONV-NOT</t>
+  </si>
+  <si>
+    <t>Converter ESTILLO caddy SATA към SATA HDD bay 9.5mm</t>
+  </si>
+  <si>
+    <t>EST-CONV-NOT1</t>
+  </si>
+  <si>
     <t>Adapter ESTILLO PCIex - 2 x USB 3.0</t>
   </si>
   <si>
     <t>EST-PCIex-USB3.0-1</t>
   </si>
   <si>
-    <t>Converter ESTILLO caddy SATA към SATA HDD bay 12.5mm</t>
-[...10 lines deleted...]
-  <si>
     <t>VC-1 GPU bracket - black</t>
   </si>
   <si>
     <t>JONSBO-GAZU-641</t>
   </si>
   <si>
     <t>Jonsbo VC-20 GPU bracket - black</t>
   </si>
   <si>
     <t>JONSBO-GAZU-791</t>
   </si>
   <si>
     <t>ARGB Strip Umbra Radiant Combo Kit (2x400mm)</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-236</t>
   </si>
   <si>
     <t>PowerColor Graphics Card Holder GCH-1000</t>
   </si>
   <si>
     <t>PC-GCH-1000</t>
   </si>
   <si>
     <t>Controller ESTILLO 1394AV 3+1 port 1394 FireWire PCI ex Host Adapter</t>
   </si>
   <si>
     <t>EST-PCI-ex-1394</t>
   </si>
   <si>
     <t>Контролер ESTILLO 1394AV 3+1 port 1394 FireWire PCI ex Host Adapter, Low profile</t>
   </si>
   <si>
     <t>EST-PCI-ex-1394-LP</t>
   </si>
   <si>
     <t>RGB Strip KontrolFreek Gaming Lights Kit, USB (2.74m)</t>
   </si>
   <si>
     <t>KF-LED-4211-LED6</t>
   </si>
   <si>
-    <t>Converter ESTILLO USB 2.0 to 2.5"/3.5" SATA / IDE</t>
-[...4 lines deleted...]
-  <si>
     <t>Security module Gigabyte GC-TPM2.0 SPI V2 1.0</t>
   </si>
   <si>
     <t>GA-GC-TPM2-0-SPI</t>
   </si>
   <si>
     <t>Delock Adapter M.2 Key B+M to SATA 7 pin - Form Factor 2260</t>
   </si>
   <si>
     <t>DELOCK-62517</t>
   </si>
   <si>
     <t>RGB Strip KontrolFreek Gaming Lights Kit - RGB лента USB (3.6m)</t>
   </si>
   <si>
     <t>KF-LED-4211-RTL</t>
   </si>
   <si>
     <t>ARGB Strip Kolink Umbra Radiant - 1m</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-237</t>
   </si>
   <si>
     <t>EZDIY-FAB 12VHPWR 600W GPU Power Adapter - STD 180° Black</t>
@@ -373,116 +361,104 @@
   <si>
     <t>EZDIY-FAB 12VHPWR 600W GPU Power Adapter - STD 90° White</t>
   </si>
   <si>
     <t>EZ-EZDPI189-35</t>
   </si>
   <si>
     <t>Controller Lian Li UNI FAN Wireless Controller V2 - White</t>
   </si>
   <si>
     <t>LL-FAN-LULI-122</t>
   </si>
   <si>
     <t>Controller Lian Li UNI FAN Wireless Controller V2 - Black</t>
   </si>
   <si>
     <t>LL-FAN-LULI-121</t>
   </si>
   <si>
     <t>Power supply cable NZXT 12VHPWR към 2x8Pin PCI-E</t>
   </si>
   <si>
     <t>NZXT-BB-CG1BB</t>
   </si>
   <si>
+    <t>Controller ESTILLO AXAGON PCES-SJ2, PCI-ex - 2 x SATA 6G port</t>
+  </si>
+  <si>
+    <t>EST-PCIEX-AXAGON-2Sata</t>
+  </si>
+  <si>
+    <t>Delock USB to SATA 6 Gb/s Converter with USB Type-C or USB Type-A connector</t>
+  </si>
+  <si>
+    <t>DELOCK-61042</t>
+  </si>
+  <si>
+    <t>Internal USB Hub NZXT AC-IUSBH-M3</t>
+  </si>
+  <si>
+    <t>NZXT-AC-IUSBH-M3</t>
+  </si>
+  <si>
+    <t>Seasonic Cable 90° 12VHPWR 600W 16-Pin to 2x8 Pin for Seasonic PSU Only</t>
+  </si>
+  <si>
+    <t>SS-PS-CAB-12VHPWR-90</t>
+  </si>
+  <si>
+    <t>GPU Holder EZDIY-FAB - White</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI341-3</t>
+  </si>
+  <si>
+    <t>GPU Holder EZDIY-FAB - Black</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI341-2</t>
+  </si>
+  <si>
+    <t>Delock USB Type-C Converter to 22 pin SATA 6 Gb/s</t>
+  </si>
+  <si>
+    <t>DELOCK-63803</t>
+  </si>
+  <si>
+    <t>Delock 2.5″ Converter SATA 22 pin &gt; M.2 with Enclosure</t>
+  </si>
+  <si>
+    <t>DELOCK-62688</t>
+  </si>
+  <si>
     <t>ACT M.2 NVMe/PCIe SSD docking station, USB-C 3.2 Gen2</t>
   </si>
   <si>
     <t>EWENT-ACT-AC1501</t>
   </si>
   <si>
-    <t>Controller ESTILLO AXAGON PCES-SJ2, PCI-ex - 2 x SATA 6G port</t>
-[...58 lines deleted...]
-  <si>
     <t>Delock Serial Switch RS-232 / RS-422 / RS-485 2-port manual</t>
   </si>
   <si>
     <t>DELOCK-87729</t>
   </si>
   <si>
     <t>Delock PCI Express x4 Card to 1 x M.2 Key B + 1 x NVMe M.2 Key M - Low Profile Form Factor</t>
   </si>
   <si>
     <t>DELOCK-89047</t>
   </si>
   <si>
     <t>Delock PCI Express Card to 4 x Serial RS-232</t>
   </si>
   <si>
     <t>DELOCK-90410</t>
   </si>
   <si>
     <t>Delock PCI Express x16 (x1 / x4 / x8) Card to 1 x NVMe M.2 Key M with LED illumination</t>
   </si>
   <si>
     <t>DELOCK-90566</t>
   </si>
   <si>
     <t>Delock Converter M.2 Key B+M male to 1 x USB 5 Gbps Pin Header</t>
@@ -511,92 +487,74 @@
   <si>
     <t>Delock PCI Express x4 Card to 1 x internal NVMe M.2 Key M with heat sink and RGB LED illumination - Low Profile Form Factor</t>
   </si>
   <si>
     <t>DELOCK-89013</t>
   </si>
   <si>
     <t>Adapter ESTILLO M2+ mSata + Sata to USB</t>
   </si>
   <si>
     <t>EST-CONV-M2-MSATA-USB</t>
   </si>
   <si>
     <t>Sleeved Cable Extension Kit EZDIY-FAB  - White</t>
   </si>
   <si>
     <t>EZ-EZDPI212-1</t>
   </si>
   <si>
     <t>Delock Converter SuperSpeed USB 5 Gbps (USB 3.2 Gen 1) to SATA 6 Gbps incl. power supply</t>
   </si>
   <si>
     <t>DELOCK-62486</t>
   </si>
   <si>
-    <t>Extension cable Lian Li Strimer Plus V2 16-Pin 12VHPWR for RTX 40-Series, 108 LED</t>
-[...10 lines deleted...]
-  <si>
     <t>RGB контролер за вентилатори NZXT AC-CRFR0-B1</t>
   </si>
   <si>
     <t>NZXT-AC-CRFR0-B1</t>
   </si>
   <si>
     <t>Lian Li UNI HUB SL-NF Controller, L-Connect 3 - Black</t>
   </si>
   <si>
     <t>LL-AC-LULI-083</t>
   </si>
   <si>
     <t>Lian Li UNI HUB SL-NF Controller, L-Connect 3 - White</t>
   </si>
   <si>
     <t>LL-AC-LULI-084</t>
   </si>
   <si>
     <t>Sleeved Cable Extension Kit EZDIY-FAB 12VHPWR - White</t>
   </si>
   <si>
     <t>EZ-EZDPI213-1</t>
   </si>
   <si>
-    <t>Controller ESTILLO PCI-Express to 4S Serial port</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock PCI Express x1 Card &gt; 2 x internal M.2 Key B 110 mm</t>
   </si>
   <si>
     <t>DELOCK-89473</t>
   </si>
   <si>
     <t>Sleeved Extension Cable Kit Kolink Core, Black/Grey</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUAD-1284</t>
   </si>
   <si>
     <t>Delock PCI Express x1 Card to 2 x internal USB 3.0 Pin Header</t>
   </si>
   <si>
     <t>DELOCK-90387</t>
   </si>
   <si>
     <t>Sleeved Extension Cable Kit Kolink Core, Black/Red</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUAD-1285</t>
   </si>
   <si>
     <t>Sleeved Extension Cable Kit Kolink Core, White</t>
@@ -637,72 +595,216 @@
   <si>
     <t>Delock Converter USB 5 Gbps to SATA 6 Gb/s / IDE 40 pin / IDE 44 pin with backup function</t>
   </si>
   <si>
     <t>DELOCK-61486</t>
   </si>
   <si>
     <t>EZDIY-FAB High Speed Riser Cable PCIe x16 4.0 Port GPU Extension Card-Straight Connector 200mm</t>
   </si>
   <si>
     <t>EZ-EZDPC172-2</t>
   </si>
   <si>
     <t>EZDIY-FAB High Speed Riser Cable PCIe x16 4.0 Port GPU Extension Card-Right Angle Connector 200mm</t>
   </si>
   <si>
     <t>EZ-EZDPC172</t>
   </si>
   <si>
     <t>ASRock 90° Cable 12V-2x6 600W ATX 3.1 and PCIe 5.1</t>
   </si>
   <si>
     <t>ASR-CB-12V2X6L600W</t>
   </si>
   <si>
+    <t>Delock M.2 Docking Station for M.2 NVMe / SATA SSD with USB 10 Gbps USB-C</t>
+  </si>
+  <si>
+    <t>DELOCK-64254</t>
+  </si>
+  <si>
+    <t>EZDIY-FAB High Speed Riser Cable PCIe x16 4.0 Port GPU Extension Card-Right Angle Connector 300mm</t>
+  </si>
+  <si>
+    <t>EZ-EZDPC172-1</t>
+  </si>
+  <si>
+    <t>EZDIY-FAB High Speed Riser Cable PCIe x16 4.0 Port GPU Extension Card-Straight Connector 300mm</t>
+  </si>
+  <si>
+    <t>EZ-EZDPC172-3</t>
+  </si>
+  <si>
+    <t>Sleeved Extension Cable Kit Kolink Core, Rainbow</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZUAD-1297</t>
+  </si>
+  <si>
+    <t>Delock Riser Card PCI Express x4 to x4 with flexible cable 30 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-85768</t>
+  </si>
+  <si>
+    <t>Delock PCI Express x1 Card to 7 x external USB 5 Gbps Type-A female</t>
+  </si>
+  <si>
+    <t>DELOCK-90104</t>
+  </si>
+  <si>
+    <t>Delock PCI Express x4 Card 2 x RJ45 Gigabit LAN i82576</t>
+  </si>
+  <si>
+    <t>DELOCK-89021</t>
+  </si>
+  <si>
     <t>Control Hub NZXT Digital RGB Lighting &amp; Fan Speed Controller</t>
   </si>
   <si>
     <t>NZXT-AC-CRFR1-B1</t>
   </si>
   <si>
+    <t>Delock Converter SATA 22 pin &gt; 1 x M.2 + 1 x mSATA</t>
+  </si>
+  <si>
+    <t>DELOCK-62670</t>
+  </si>
+  <si>
+    <t>ASUS ROG Herculx White Graphics Card Holder</t>
+  </si>
+  <si>
+    <t>ASUS-GPU-HERCULX-WT</t>
+  </si>
+  <si>
+    <t>EZDIY-FAB Vertical PCIe 4.0 GPU Mount Bracket Graphic Card Holder 90° Riser Cable</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI344</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI344-1</t>
+  </si>
+  <si>
+    <t>EZDIY-FAB Vertical PCIe 4.0 GPU Mount Bracket Graphic Card Holder</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI333</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI333-16</t>
+  </si>
+  <si>
+    <t>EZDIY-FAB RGB Vertical PCIe 4.0 GPU Mount Bracket Graphic Card Holder 90° Riser Cable</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI344-2</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI344-3</t>
+  </si>
+  <si>
+    <t>EZDIY-FAB Vertical PCIe 4.0 GPU Mount Bracket Graphic Card Holder 45° Riser Cable - Black</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI333-2</t>
+  </si>
+  <si>
+    <t>Kolink PCIe 5.0 Riser Cable, 90 degrees, x16 - black, 300mm</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZURC-036</t>
+  </si>
+  <si>
+    <t>EZDIY-FAB ARGB Vertical PCIe 4.0 GPU Mount Bracket Graphic Card Holder 90° Riser Cable</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI333-12</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI333-18</t>
+  </si>
+  <si>
+    <t>EZDIY-FAB Vertical PCIe 4.0 GPU Mount Bracket Graphic Card Holder 45° Riser Cable - White</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI333-17</t>
+  </si>
+  <si>
+    <t>Lian Li Strimer Wireless 24-Pin RGB Motherboard Cable + Controller</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUAD-1636</t>
+  </si>
+  <si>
+    <t>Delock Riser Card PCI Express x1 &gt; 4 x PCIe x16 with 60 cm USB cable</t>
+  </si>
+  <si>
+    <t>DELOCK-41427</t>
+  </si>
+  <si>
+    <t>EZDIY-FAB ARGB Vertical PCIe 4.0 GPU Mount Bracket Graphic Card Holder 45° Riser Cable - Black</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI333-14</t>
+  </si>
+  <si>
+    <t>EZDIY-FAB ARGB Vertical PCIe 4.0 GPU Mount Bracket Graphic Card Holder 45° Riser Cable - White</t>
+  </si>
+  <si>
+    <t>EZ-YIHPI333-19</t>
+  </si>
+  <si>
     <t>Lian Li PCI-e 5.0 x16 Riser Cable 200mm - Black</t>
   </si>
   <si>
     <t>LL-AC-PCI-520X</t>
   </si>
   <si>
+    <t>Dual SSD docking clone station, ACT M.2 NVMe/PCIe, USB-C 3.2 Gen2, 10 Gbps</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC1502</t>
+  </si>
+  <si>
     <t>Lian LI Vertical GPU Mounting Kit - 4 Slots Vertical GPU Kit v3 - White</t>
   </si>
   <si>
     <t>LL-AC-GPU-VG4V3</t>
   </si>
   <si>
     <t>Lian LI Vertical GPU Mounting Kit - 4 Slots Vertical GPU Kit v3 - Black</t>
   </si>
   <si>
     <t>LL-AC-GPU-VG4V3-BL</t>
+  </si>
+  <si>
+    <t>Lian Li PW-PCIV-4-90X PCIe 4.0 Riser Cable - 900mm, black</t>
+  </si>
+  <si>
+    <t>LL-AC-GELI-934</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1006,1564 +1108,2208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D108"/>
+  <dimension ref="A1:D154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="146.107" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>4.464</v>
+        <v>2.28</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>6.432</v>
+        <v>3.288</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>9.156</v>
+        <v>4.608</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>11.184</v>
+        <v>4.68</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>14.544</v>
+        <v>7.44</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>17.016</v>
+        <v>9.204</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>18.0</v>
+        <v>9.42</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>18.0</v>
+        <v>9.708</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>18.996</v>
+        <v>9.708</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>18.996</v>
+        <v>10.128</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>19.8</v>
+        <v>11.328</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>20.232</v>
+        <v>12.276</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>21.456</v>
+        <v>12.78</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>22.092</v>
+        <v>12.78</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>24.0</v>
+        <v>13.5</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>24.996</v>
+        <v>13.596</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24">
+        <v>13.92</v>
+      </c>
+      <c r="D24" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>26.604</v>
+        <v>14.088</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>27.552</v>
+        <v>14.496</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>27.804</v>
+        <v>14.808</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>28.968</v>
+        <v>14.82</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>28.992</v>
+        <v>14.82</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>28.992</v>
+        <v>14.82</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>28.992</v>
+        <v>15.948</v>
       </c>
       <c r="D31" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>30.648</v>
+        <v>15.948</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>31.2</v>
+        <v>16.932</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>31.2</v>
+        <v>17.892</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D37" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>34.992</v>
+        <v>18.408</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>36.0</v>
+        <v>18.936</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>36.78</v>
+        <v>19.656</v>
       </c>
       <c r="D42" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>36.96</v>
+        <v>19.944</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>38.46</v>
+        <v>19.944</v>
       </c>
       <c r="D44" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D46" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>39.0</v>
+        <v>20.556</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>39.0</v>
+        <v>22.092</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>40.2</v>
+        <v>25.008</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>42.0</v>
+        <v>25.056</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>43.2</v>
+        <v>25.056</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>43.824</v>
+        <v>25.056</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>48.924</v>
+        <v>25.056</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>48.996</v>
+        <v>25.068</v>
       </c>
       <c r="D62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>48.996</v>
+        <v>25.404</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>48.996</v>
+        <v>25.536</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>48.996</v>
+        <v>26.292</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>49.02</v>
+        <v>28.668</v>
       </c>
       <c r="D66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>49.692</v>
+        <v>28.908</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>50.28</v>
+        <v>29.628</v>
       </c>
       <c r="D68" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>51.42</v>
+        <v>29.952</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>56.064</v>
+        <v>30.168</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>56.376</v>
+        <v>30.168</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>57.948</v>
+        <v>30.168</v>
       </c>
       <c r="D72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>58.584</v>
+        <v>30.672</v>
       </c>
       <c r="D73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>58.992</v>
+        <v>31.908</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>58.992</v>
+        <v>32.208</v>
       </c>
       <c r="D75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>58.992</v>
+        <v>32.844</v>
       </c>
       <c r="D76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>60.0</v>
+        <v>35.28</v>
       </c>
       <c r="D77" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>62.4</v>
+        <v>35.28</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>63.0</v>
+        <v>35.28</v>
       </c>
       <c r="D79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>64.236</v>
+        <v>35.28</v>
       </c>
       <c r="D80" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>69.0</v>
+        <v>37.2</v>
       </c>
       <c r="D81" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>69.0</v>
+        <v>39.204</v>
       </c>
       <c r="D82" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
-        <v>69.0</v>
+        <v>39.6</v>
       </c>
       <c r="D83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
-        <v>69.0</v>
+        <v>40.392</v>
       </c>
       <c r="D84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
-        <v>69.0</v>
+        <v>40.392</v>
       </c>
       <c r="D85" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>69.0</v>
+        <v>40.392</v>
       </c>
       <c r="D86" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>69.444</v>
+        <v>41.76</v>
       </c>
       <c r="D87" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>72.756</v>
+        <v>43.452</v>
       </c>
       <c r="D88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
-        <v>76.68</v>
+        <v>43.896</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
-        <v>77.448</v>
+        <v>44.196</v>
       </c>
       <c r="D90" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
-        <v>78.996</v>
+        <v>45.156</v>
       </c>
       <c r="D91" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
-        <v>78.996</v>
+        <v>45.504</v>
       </c>
       <c r="D92" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
-        <v>78.996</v>
+        <v>45.504</v>
       </c>
       <c r="D93" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
-        <v>81.672</v>
+        <v>45.504</v>
       </c>
       <c r="D94" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
-        <v>84.996</v>
+        <v>47.652</v>
       </c>
       <c r="D95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
-        <v>85.86</v>
+        <v>48.564</v>
       </c>
       <c r="D96" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
-        <v>86.436</v>
+        <v>48.564</v>
       </c>
       <c r="D97" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
-        <v>88.32</v>
+        <v>48.924</v>
       </c>
       <c r="D98" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
-        <v>88.992</v>
+        <v>49.74</v>
       </c>
       <c r="D99" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
-        <v>88.992</v>
+        <v>50.064</v>
       </c>
       <c r="D100" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
-        <v>88.992</v>
+        <v>50.172</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B102" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="C102">
-        <v>18.996</v>
+        <v>7.668</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="B103" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="C103">
-        <v>18.996</v>
+        <v>7.668</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>207</v>
+        <v>32</v>
       </c>
       <c r="B104" t="s">
-        <v>208</v>
+        <v>33</v>
       </c>
       <c r="C104">
-        <v>99.0</v>
+        <v>9.708</v>
       </c>
       <c r="D104" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>209</v>
+        <v>34</v>
       </c>
       <c r="B105" t="s">
-        <v>210</v>
+        <v>35</v>
       </c>
       <c r="C105">
-        <v>148.992</v>
+        <v>9.708</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>211</v>
+        <v>40</v>
       </c>
       <c r="B106" t="s">
-        <v>212</v>
+        <v>41</v>
       </c>
       <c r="C106">
-        <v>159.0</v>
+        <v>12.276</v>
       </c>
       <c r="D106" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
+        <v>77</v>
+      </c>
+      <c r="B107" t="s">
+        <v>78</v>
+      </c>
+      <c r="C107">
+        <v>17.892</v>
+      </c>
+      <c r="D107" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4">
+      <c r="A108" t="s">
+        <v>87</v>
+      </c>
+      <c r="B108" t="s">
+        <v>88</v>
+      </c>
+      <c r="C108">
+        <v>19.656</v>
+      </c>
+      <c r="D108" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" t="s">
+        <v>93</v>
+      </c>
+      <c r="B109" t="s">
+        <v>94</v>
+      </c>
+      <c r="C109">
+        <v>19.944</v>
+      </c>
+      <c r="D109" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>95</v>
+      </c>
+      <c r="B110" t="s">
+        <v>96</v>
+      </c>
+      <c r="C110">
+        <v>19.944</v>
+      </c>
+      <c r="D110" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>97</v>
+      </c>
+      <c r="B111" t="s">
+        <v>98</v>
+      </c>
+      <c r="C111">
+        <v>19.944</v>
+      </c>
+      <c r="D111" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4">
+      <c r="A112" t="s">
+        <v>99</v>
+      </c>
+      <c r="B112" t="s">
+        <v>100</v>
+      </c>
+      <c r="C112">
+        <v>19.944</v>
+      </c>
+      <c r="D112" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
+      <c r="A113" t="s">
+        <v>101</v>
+      </c>
+      <c r="B113" t="s">
+        <v>102</v>
+      </c>
+      <c r="C113">
+        <v>19.944</v>
+      </c>
+      <c r="D113" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>103</v>
+      </c>
+      <c r="B114" t="s">
+        <v>104</v>
+      </c>
+      <c r="C114">
+        <v>19.944</v>
+      </c>
+      <c r="D114" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
+      <c r="A115" t="s">
+        <v>105</v>
+      </c>
+      <c r="B115" t="s">
+        <v>106</v>
+      </c>
+      <c r="C115">
+        <v>19.944</v>
+      </c>
+      <c r="D115" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" t="s">
+        <v>107</v>
+      </c>
+      <c r="B116" t="s">
+        <v>108</v>
+      </c>
+      <c r="C116">
+        <v>19.944</v>
+      </c>
+      <c r="D116" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>109</v>
+      </c>
+      <c r="B117" t="s">
+        <v>110</v>
+      </c>
+      <c r="C117">
+        <v>19.944</v>
+      </c>
+      <c r="D117" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
+      <c r="A118" t="s">
+        <v>111</v>
+      </c>
+      <c r="B118" t="s">
+        <v>112</v>
+      </c>
+      <c r="C118">
+        <v>19.944</v>
+      </c>
+      <c r="D118" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
+      <c r="A119" t="s">
+        <v>123</v>
+      </c>
+      <c r="B119" t="s">
+        <v>124</v>
+      </c>
+      <c r="C119">
+        <v>25.056</v>
+      </c>
+      <c r="D119" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>125</v>
+      </c>
+      <c r="B120" t="s">
+        <v>126</v>
+      </c>
+      <c r="C120">
+        <v>25.056</v>
+      </c>
+      <c r="D120" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>145</v>
+      </c>
+      <c r="B121" t="s">
+        <v>146</v>
+      </c>
+      <c r="C121">
+        <v>30.168</v>
+      </c>
+      <c r="D121" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>147</v>
+      </c>
+      <c r="B122" t="s">
+        <v>148</v>
+      </c>
+      <c r="C122">
+        <v>30.168</v>
+      </c>
+      <c r="D122" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>153</v>
+      </c>
+      <c r="B123" t="s">
+        <v>154</v>
+      </c>
+      <c r="C123">
+        <v>32.208</v>
+      </c>
+      <c r="D123" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>163</v>
+      </c>
+      <c r="B124" t="s">
+        <v>164</v>
+      </c>
+      <c r="C124">
+        <v>35.28</v>
+      </c>
+      <c r="D124" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>177</v>
+      </c>
+      <c r="B125" t="s">
+        <v>178</v>
+      </c>
+      <c r="C125">
+        <v>41.76</v>
+      </c>
+      <c r="D125" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
+        <v>187</v>
+      </c>
+      <c r="B126" t="s">
+        <v>188</v>
+      </c>
+      <c r="C126">
+        <v>45.504</v>
+      </c>
+      <c r="D126" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>189</v>
+      </c>
+      <c r="B127" t="s">
+        <v>190</v>
+      </c>
+      <c r="C127">
+        <v>45.504</v>
+      </c>
+      <c r="D127" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>191</v>
+      </c>
+      <c r="B128" t="s">
+        <v>192</v>
+      </c>
+      <c r="C128">
+        <v>45.504</v>
+      </c>
+      <c r="D128" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>195</v>
+      </c>
+      <c r="B129" t="s">
+        <v>196</v>
+      </c>
+      <c r="C129">
+        <v>48.564</v>
+      </c>
+      <c r="D129" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>197</v>
+      </c>
+      <c r="B130" t="s">
+        <v>198</v>
+      </c>
+      <c r="C130">
+        <v>48.564</v>
+      </c>
+      <c r="D130" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>207</v>
+      </c>
+      <c r="B131" t="s">
+        <v>208</v>
+      </c>
+      <c r="C131">
+        <v>50.616</v>
+      </c>
+      <c r="D131" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>209</v>
+      </c>
+      <c r="B132" t="s">
+        <v>210</v>
+      </c>
+      <c r="C132">
+        <v>53.244</v>
+      </c>
+      <c r="D132" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>211</v>
+      </c>
+      <c r="B133" t="s">
+        <v>212</v>
+      </c>
+      <c r="C133">
+        <v>54.0</v>
+      </c>
+      <c r="D133" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
         <v>213</v>
       </c>
-      <c r="B107" t="s">
+      <c r="B134" t="s">
         <v>214</v>
       </c>
-      <c r="C107">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="C134">
+        <v>60.84</v>
+      </c>
+      <c r="D134" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>213</v>
+      </c>
+      <c r="B135" t="s">
+        <v>215</v>
+      </c>
+      <c r="C135">
+        <v>60.84</v>
+      </c>
+      <c r="D135" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>216</v>
+      </c>
+      <c r="B136" t="s">
+        <v>217</v>
+      </c>
+      <c r="C136">
+        <v>65.952</v>
+      </c>
+      <c r="D136" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>216</v>
+      </c>
+      <c r="B137" t="s">
+        <v>218</v>
+      </c>
+      <c r="C137">
+        <v>65.952</v>
+      </c>
+      <c r="D137" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>219</v>
+      </c>
+      <c r="B138" t="s">
+        <v>220</v>
+      </c>
+      <c r="C138">
+        <v>65.952</v>
+      </c>
+      <c r="D138" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>219</v>
+      </c>
+      <c r="B139" t="s">
+        <v>221</v>
+      </c>
+      <c r="C139">
+        <v>65.952</v>
+      </c>
+      <c r="D139" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140" t="s">
+        <v>222</v>
+      </c>
+      <c r="B140" t="s">
+        <v>223</v>
+      </c>
+      <c r="C140">
+        <v>65.952</v>
+      </c>
+      <c r="D140" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141" t="s">
+        <v>224</v>
+      </c>
+      <c r="B141" t="s">
+        <v>225</v>
+      </c>
+      <c r="C141">
+        <v>66.06</v>
+      </c>
+      <c r="D141" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142" t="s">
+        <v>226</v>
+      </c>
+      <c r="B142" t="s">
+        <v>227</v>
+      </c>
+      <c r="C142">
+        <v>71.064</v>
+      </c>
+      <c r="D142" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>226</v>
+      </c>
+      <c r="B143" t="s">
+        <v>228</v>
+      </c>
+      <c r="C143">
+        <v>71.064</v>
+      </c>
+      <c r="D143" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>229</v>
+      </c>
+      <c r="B144" t="s">
+        <v>230</v>
+      </c>
+      <c r="C144">
+        <v>71.064</v>
+      </c>
+      <c r="D144" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>231</v>
+      </c>
+      <c r="B145" t="s">
+        <v>232</v>
+      </c>
+      <c r="C145">
+        <v>71.064</v>
+      </c>
+      <c r="D145" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>233</v>
+      </c>
+      <c r="B146" t="s">
+        <v>234</v>
+      </c>
+      <c r="C146">
+        <v>72.288</v>
+      </c>
+      <c r="D146" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4">
+      <c r="A147" t="s">
+        <v>235</v>
+      </c>
+      <c r="B147" t="s">
+        <v>236</v>
+      </c>
+      <c r="C147">
+        <v>74.136</v>
+      </c>
+      <c r="D147" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4">
+      <c r="A148" t="s">
+        <v>237</v>
+      </c>
+      <c r="B148" t="s">
+        <v>238</v>
+      </c>
+      <c r="C148">
+        <v>74.136</v>
+      </c>
+      <c r="D148" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4">
+      <c r="A149" t="s">
+        <v>239</v>
+      </c>
+      <c r="B149" t="s">
+        <v>240</v>
+      </c>
+      <c r="C149">
+        <v>76.176</v>
+      </c>
+      <c r="D149" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4">
+      <c r="A150" t="s">
+        <v>241</v>
+      </c>
+      <c r="B150" t="s">
+        <v>242</v>
+      </c>
+      <c r="C150">
+        <v>77.064</v>
+      </c>
+      <c r="D150" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4">
+      <c r="A151" t="s">
+        <v>243</v>
+      </c>
+      <c r="B151" t="s">
+        <v>244</v>
+      </c>
+      <c r="C151">
+        <v>81.3</v>
+      </c>
+      <c r="D151" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4">
+      <c r="A152" t="s">
+        <v>245</v>
+      </c>
+      <c r="B152" t="s">
+        <v>246</v>
+      </c>
+      <c r="C152">
+        <v>81.3</v>
+      </c>
+      <c r="D152" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153" t="s">
+        <v>247</v>
+      </c>
+      <c r="B153" t="s">
+        <v>248</v>
+      </c>
+      <c r="C153">
+        <v>120.804</v>
+      </c>
+      <c r="D153" t="s">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D108"/>
+  <autoFilter ref="A1:D154"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>