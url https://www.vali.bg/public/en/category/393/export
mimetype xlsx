--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,104 +7,104 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$154</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$111</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Delock Power USB Pin header female &gt; USB 2.0 type-A female 20 cm</t>
   </si>
   <si>
     <t>DELOCK-83291</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Delock Cable USB 2.0-A male to pin header</t>
   </si>
   <si>
     <t>DELOCK-83078</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Kolink USB Adapter USB 2.0 8-pin to USB 3.0 19-pin - 0.15m</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUS-173</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Delock Extension cable SATA 6 Gb/s 22 pin plug &gt; SATA 22 pin receptacle (3.3 V + 5 V + 12 V) 20 cm</t>
   </si>
   <si>
     <t>DELOCK-84918</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Delock Slot bracket 2 x USB 2.0 type A female external</t>
   </si>
   <si>
     <t>DELOCK-71000</t>
   </si>
   <si>
     <t>Noctua Extension cables NA-SEC1Noctua NA-SEC1, 3 x 30 cm, for 4-pin PWM fans</t>
   </si>
   <si>
     <t>NOCTUA-NA-SEC1</t>
   </si>
   <si>
     <t>COOLMOON Graphics Card GPU Brace Support</t>
   </si>
   <si>
     <t>COOLMOON-VT192-BL</t>
   </si>
   <si>
     <t>COOLMOON-VT192-GR</t>
   </si>
   <si>
     <t>Seasonic Cable 12VHPWR 600W 16-Pin to 2x8 Pin for Seasonic PSU Only</t>
   </si>
   <si>
     <t>SS-PS-CAB-12VHPWR</t>
@@ -160,89 +160,83 @@
   <si>
     <t>Lian Li O11DEXL-1X Upright GPU Bracket - Black</t>
   </si>
   <si>
     <t>LL-CASE-ACC-GELI-936</t>
   </si>
   <si>
     <t>Jonsbo VC-20 Mini GPU bracket - black</t>
   </si>
   <si>
     <t>JONSBO-GAZU-792</t>
   </si>
   <si>
     <t>Kolink - Core Aadept GPU Support Bracket</t>
   </si>
   <si>
     <t>KOLINK-GEKL-126</t>
   </si>
   <si>
     <t>Controller ESTILLO PCI 2S serial port + 1paralel</t>
   </si>
   <si>
     <t>EST-PCI-SER-PAR</t>
   </si>
   <si>
+    <t>Security module ASUS TPM-SPI</t>
+  </si>
+  <si>
+    <t>ASUS-TPM-SPI</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>Delock USB 2.0 Hub 9 pin Pin Header female to 2 x 9 pin Pin Header male</t>
+  </si>
+  <si>
+    <t>DELOCK-60045</t>
+  </si>
+  <si>
+    <t>Delock 3.5″ Front Panel &gt; 2 x USB 2.0 and fan control</t>
+  </si>
+  <si>
+    <t>DELOCK-62714</t>
+  </si>
+  <si>
+    <t>Delock PCI Express x1 to M.2 Key M Adapter</t>
+  </si>
+  <si>
+    <t>DELOCK-64105</t>
+  </si>
+  <si>
     <t>PW-U2HB USB Converter 1 USB to 3 USB</t>
   </si>
   <si>
     <t>LL-AC-ZUAD-1336</t>
   </si>
   <si>
-    <t>Security module ASUS TPM-SPI</t>
-[...31 lines deleted...]
-  <si>
     <t>Lian Li LAN216-1X, I/O-Panel ARGB for LANCOOL 216, Black</t>
   </si>
   <si>
     <t>LL-AC-GELI-918</t>
   </si>
   <si>
     <t>Lian Li LAN216-1X, I/O-Panel ARGB for LANCOOL 216, White</t>
   </si>
   <si>
     <t>LL-AC-GELI-919</t>
   </si>
   <si>
     <t>Converter ESTILLO caddy SATA към SATA HDD bay 12.5mm</t>
   </si>
   <si>
     <t>EST-CONV-NOT</t>
   </si>
   <si>
     <t>Converter ESTILLO caddy SATA към SATA HDD bay 9.5mm</t>
   </si>
   <si>
     <t>EST-CONV-NOT1</t>
   </si>
   <si>
     <t>Adapter ESTILLO PCIex - 2 x USB 3.0</t>
@@ -283,50 +277,62 @@
   <si>
     <t>Контролер ESTILLO 1394AV 3+1 port 1394 FireWire PCI ex Host Adapter, Low profile</t>
   </si>
   <si>
     <t>EST-PCI-ex-1394-LP</t>
   </si>
   <si>
     <t>RGB Strip KontrolFreek Gaming Lights Kit, USB (2.74m)</t>
   </si>
   <si>
     <t>KF-LED-4211-LED6</t>
   </si>
   <si>
     <t>Security module Gigabyte GC-TPM2.0 SPI V2 1.0</t>
   </si>
   <si>
     <t>GA-GC-TPM2-0-SPI</t>
   </si>
   <si>
     <t>Delock Adapter M.2 Key B+M to SATA 7 pin - Form Factor 2260</t>
   </si>
   <si>
     <t>DELOCK-62517</t>
   </si>
   <si>
+    <t>Controller Lian Li UNI FAN Wireless Controller V2 - White</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-122</t>
+  </si>
+  <si>
+    <t>Controller Lian Li UNI FAN Wireless Controller V2 - Black</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-121</t>
+  </si>
+  <si>
     <t>RGB Strip KontrolFreek Gaming Lights Kit - RGB лента USB (3.6m)</t>
   </si>
   <si>
     <t>KF-LED-4211-RTL</t>
   </si>
   <si>
     <t>ARGB Strip Kolink Umbra Radiant - 1m</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-237</t>
   </si>
   <si>
     <t>EZDIY-FAB 12VHPWR 600W GPU Power Adapter - STD 180° Black</t>
   </si>
   <si>
     <t>EZ-EZDPI189-28</t>
   </si>
   <si>
     <t>EZDIY-FAB 12VHPWR 600W GPU Power Adapter - RVS 180° Black</t>
   </si>
   <si>
     <t>EZ-EZDPI189-29</t>
   </si>
   <si>
     <t>EZDIY-FAB 12VHPWR 600W GPU Power Adapter - STD 180° White</t>
@@ -343,224 +349,203 @@
   <si>
     <t>EZDIY-FAB 12VHPWR 600W GPU Power Adapter - RVS 90° Black</t>
   </si>
   <si>
     <t>EZ-EZDPI189-30</t>
   </si>
   <si>
     <t>EZDIY-FAB 12VHPWR 600W GPU Power Adapter - RVS 90° White</t>
   </si>
   <si>
     <t>EZ-EZDPI189-34</t>
   </si>
   <si>
     <t>EZDIY-FAB 12VHPWR 600W GPU Power Adapter - STD 90° Black</t>
   </si>
   <si>
     <t>EZ-EZDPI189-31</t>
   </si>
   <si>
     <t>EZDIY-FAB 12VHPWR 600W GPU Power Adapter - STD 90° White</t>
   </si>
   <si>
     <t>EZ-EZDPI189-35</t>
   </si>
   <si>
-    <t>Controller Lian Li UNI FAN Wireless Controller V2 - White</t>
-[...10 lines deleted...]
-  <si>
     <t>Power supply cable NZXT 12VHPWR към 2x8Pin PCI-E</t>
   </si>
   <si>
     <t>NZXT-BB-CG1BB</t>
   </si>
   <si>
     <t>Controller ESTILLO AXAGON PCES-SJ2, PCI-ex - 2 x SATA 6G port</t>
   </si>
   <si>
     <t>EST-PCIEX-AXAGON-2Sata</t>
   </si>
   <si>
+    <t>ACT M.2 NVMe/PCIe SSD docking station, USB-C 3.2 Gen2</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC1501</t>
+  </si>
+  <si>
     <t>Delock USB to SATA 6 Gb/s Converter with USB Type-C or USB Type-A connector</t>
   </si>
   <si>
     <t>DELOCK-61042</t>
   </si>
   <si>
     <t>Internal USB Hub NZXT AC-IUSBH-M3</t>
   </si>
   <si>
     <t>NZXT-AC-IUSBH-M3</t>
   </si>
   <si>
     <t>Seasonic Cable 90° 12VHPWR 600W 16-Pin to 2x8 Pin for Seasonic PSU Only</t>
   </si>
   <si>
     <t>SS-PS-CAB-12VHPWR-90</t>
   </si>
   <si>
     <t>GPU Holder EZDIY-FAB - White</t>
   </si>
   <si>
     <t>EZ-YIHPI341-3</t>
   </si>
   <si>
     <t>GPU Holder EZDIY-FAB - Black</t>
   </si>
   <si>
     <t>EZ-YIHPI341-2</t>
   </si>
   <si>
     <t>Delock USB Type-C Converter to 22 pin SATA 6 Gb/s</t>
   </si>
   <si>
     <t>DELOCK-63803</t>
   </si>
   <si>
     <t>Delock 2.5″ Converter SATA 22 pin &gt; M.2 with Enclosure</t>
   </si>
   <si>
     <t>DELOCK-62688</t>
   </si>
   <si>
-    <t>ACT M.2 NVMe/PCIe SSD docking station, USB-C 3.2 Gen2</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock Serial Switch RS-232 / RS-422 / RS-485 2-port manual</t>
   </si>
   <si>
     <t>DELOCK-87729</t>
   </si>
   <si>
     <t>Delock PCI Express x4 Card to 1 x M.2 Key B + 1 x NVMe M.2 Key M - Low Profile Form Factor</t>
   </si>
   <si>
     <t>DELOCK-89047</t>
   </si>
   <si>
     <t>Delock PCI Express Card to 4 x Serial RS-232</t>
   </si>
   <si>
     <t>DELOCK-90410</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Delock PCI Express x16 (x1 / x4 / x8) Card to 1 x NVMe M.2 Key M with LED illumination</t>
   </si>
   <si>
     <t>DELOCK-90566</t>
   </si>
   <si>
     <t>Delock Converter M.2 Key B+M male to 1 x USB 5 Gbps Pin Header</t>
   </si>
   <si>
     <t>DELOCK-62842</t>
   </si>
   <si>
-    <t>Cooler Master ARGB GPU Support Bracket</t>
-[...4 lines deleted...]
-  <si>
     <t>GPU Holder EZDIY-FAB ARGB - Black</t>
   </si>
   <si>
     <t>EZ-YIHPI341</t>
   </si>
   <si>
     <t>GPU Holder EZDIY-FAB ARGB - White</t>
   </si>
   <si>
     <t>EZ-YIHPI341-1</t>
   </si>
   <si>
     <t>Delock PCI Express x4 Card to 1 x internal NVMe M.2 Key M with heat sink and RGB LED illumination - Low Profile Form Factor</t>
   </si>
   <si>
     <t>DELOCK-89013</t>
   </si>
   <si>
-    <t>Adapter ESTILLO M2+ mSata + Sata to USB</t>
-[...4 lines deleted...]
-  <si>
     <t>Sleeved Cable Extension Kit EZDIY-FAB  - White</t>
   </si>
   <si>
     <t>EZ-EZDPI212-1</t>
   </si>
   <si>
     <t>Delock Converter SuperSpeed USB 5 Gbps (USB 3.2 Gen 1) to SATA 6 Gbps incl. power supply</t>
   </si>
   <si>
     <t>DELOCK-62486</t>
   </si>
   <si>
     <t>RGB контролер за вентилатори NZXT AC-CRFR0-B1</t>
   </si>
   <si>
     <t>NZXT-AC-CRFR0-B1</t>
   </si>
   <si>
+    <t>Sleeved Cable Extension Kit EZDIY-FAB 12VHPWR - White</t>
+  </si>
+  <si>
+    <t>EZ-EZDPI213-1</t>
+  </si>
+  <si>
+    <t>Delock PCI Express x1 Card &gt; 2 x internal M.2 Key B 110 mm</t>
+  </si>
+  <si>
+    <t>DELOCK-89473</t>
+  </si>
+  <si>
     <t>Lian Li UNI HUB SL-NF Controller, L-Connect 3 - Black</t>
   </si>
   <si>
     <t>LL-AC-LULI-083</t>
   </si>
   <si>
     <t>Lian Li UNI HUB SL-NF Controller, L-Connect 3 - White</t>
   </si>
   <si>
     <t>LL-AC-LULI-084</t>
   </si>
   <si>
-    <t>Sleeved Cable Extension Kit EZDIY-FAB 12VHPWR - White</t>
-[...10 lines deleted...]
-  <si>
     <t>Sleeved Extension Cable Kit Kolink Core, Black/Grey</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUAD-1284</t>
   </si>
   <si>
     <t>Delock PCI Express x1 Card to 2 x internal USB 3.0 Pin Header</t>
   </si>
   <si>
     <t>DELOCK-90387</t>
   </si>
   <si>
     <t>Sleeved Extension Cable Kit Kolink Core, Black/Red</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUAD-1285</t>
   </si>
   <si>
     <t>Sleeved Extension Cable Kit Kolink Core, White</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUAD-1287</t>
   </si>
   <si>
     <t>Extender NZXT Riser Cable 220mm PCI-E x16 4.0</t>
@@ -619,192 +604,126 @@
   <si>
     <t>Delock M.2 Docking Station for M.2 NVMe / SATA SSD with USB 10 Gbps USB-C</t>
   </si>
   <si>
     <t>DELOCK-64254</t>
   </si>
   <si>
     <t>EZDIY-FAB High Speed Riser Cable PCIe x16 4.0 Port GPU Extension Card-Right Angle Connector 300mm</t>
   </si>
   <si>
     <t>EZ-EZDPC172-1</t>
   </si>
   <si>
     <t>EZDIY-FAB High Speed Riser Cable PCIe x16 4.0 Port GPU Extension Card-Straight Connector 300mm</t>
   </si>
   <si>
     <t>EZ-EZDPC172-3</t>
   </si>
   <si>
     <t>Sleeved Extension Cable Kit Kolink Core, Rainbow</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUAD-1297</t>
   </si>
   <si>
+    <t>Lian Li Strimer Wireless 12V-2x6 GPU Cable</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUAD-1639</t>
+  </si>
+  <si>
+    <t>CPU Cable Lian Li Strimer Wireless 2x 8-Pin</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUAD-1643</t>
+  </si>
+  <si>
     <t>Delock Riser Card PCI Express x4 to x4 with flexible cable 30 cm</t>
   </si>
   <si>
     <t>DELOCK-85768</t>
   </si>
   <si>
     <t>Delock PCI Express x1 Card to 7 x external USB 5 Gbps Type-A female</t>
   </si>
   <si>
     <t>DELOCK-90104</t>
   </si>
   <si>
     <t>Delock PCI Express x4 Card 2 x RJ45 Gigabit LAN i82576</t>
   </si>
   <si>
     <t>DELOCK-89021</t>
   </si>
   <si>
     <t>Control Hub NZXT Digital RGB Lighting &amp; Fan Speed Controller</t>
   </si>
   <si>
     <t>NZXT-AC-CRFR1-B1</t>
   </si>
   <si>
-    <t>Delock Converter SATA 22 pin &gt; 1 x M.2 + 1 x mSATA</t>
-[...86 lines deleted...]
-    <t>EZ-YIHPI333-19</t>
+    <t>Lian Li Strimer Wireless 12V-2x6 GPU Cable Wide</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUAD-1640</t>
+  </si>
+  <si>
+    <t>Ssupd Riser Flat Ribbon Cable - PCIe 4.0, 270mm - Black</t>
+  </si>
+  <si>
+    <t>SSUPD-ACC-ETSP-032</t>
   </si>
   <si>
     <t>Lian Li PCI-e 5.0 x16 Riser Cable 200mm - Black</t>
   </si>
   <si>
     <t>LL-AC-PCI-520X</t>
   </si>
   <si>
-    <t>Dual SSD docking clone station, ACT M.2 NVMe/PCIe, USB-C 3.2 Gen2, 10 Gbps</t>
-[...2 lines deleted...]
-    <t>EWENT-ACT-AC1502</t>
+    <t>Lian Li Vertical GPU Mounting Kit VG4-5-V4 with PCIe 5.0 Riser Cable - Black</t>
+  </si>
+  <si>
+    <t>LL-AC-GELI-990</t>
+  </si>
+  <si>
+    <t>Lian Li Vertical GPU Mounting Kit VG4-5-V4 with PCIe 5.0 Riser Cable - White</t>
+  </si>
+  <si>
+    <t>LL-AC-GELI-991</t>
   </si>
   <si>
     <t>Lian LI Vertical GPU Mounting Kit - 4 Slots Vertical GPU Kit v3 - White</t>
   </si>
   <si>
     <t>LL-AC-GPU-VG4V3</t>
   </si>
   <si>
     <t>Lian LI Vertical GPU Mounting Kit - 4 Slots Vertical GPU Kit v3 - Black</t>
   </si>
   <si>
     <t>LL-AC-GPU-VG4V3-BL</t>
-  </si>
-[...4 lines deleted...]
-    <t>LL-AC-GELI-934</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1108,244 +1027,244 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D154"/>
+  <dimension ref="A1:D111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="146.107" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>2.28</v>
+        <v>2.328</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>3.288</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>4.596</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
         <v>4.608</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>4.68</v>
+        <v>4.716</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>7.44</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>7.668</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>7.668</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>7.668</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>7.668</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>7.668</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>9.204</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>9.42</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>9.708</v>
@@ -1354,446 +1273,446 @@
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>9.708</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>10.128</v>
+        <v>9.9</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>11.328</v>
+        <v>11.604</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>12.276</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
         <v>12.78</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
         <v>12.78</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>13.5</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>13.596</v>
+        <v>13.92</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>13.92</v>
+        <v>14.088</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>14.088</v>
+        <v>14.808</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>14.496</v>
+        <v>14.844</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>14.808</v>
+        <v>15.0</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>14.82</v>
+        <v>15.0</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>14.82</v>
+        <v>15.0</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>14.82</v>
+        <v>15.948</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>15.948</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>15.948</v>
+        <v>16.932</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>16.932</v>
+        <v>17.892</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>17.892</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>17.892</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>17.892</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>17.892</v>
+        <v>18.408</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>18.408</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>18.408</v>
       </c>
       <c r="D39" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>18.408</v>
+        <v>19.032</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>18.936</v>
+        <v>19.656</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>19.656</v>
+        <v>19.8</v>
       </c>
       <c r="D42" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>19.944</v>
+        <v>19.8</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>19.944</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>19.944</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>19.944</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>19.944</v>
@@ -1861,93 +1780,93 @@
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>19.944</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>19.944</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>19.944</v>
+        <v>20.556</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>20.556</v>
+        <v>22.092</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>22.092</v>
+        <v>23.628</v>
       </c>
       <c r="D56" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>25.008</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>25.056</v>
@@ -2012,1304 +1931,702 @@
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>25.404</v>
       </c>
       <c r="D63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>25.536</v>
+        <v>26.292</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>26.292</v>
+        <v>28.668</v>
       </c>
       <c r="D65" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>28.668</v>
+        <v>29.232</v>
       </c>
       <c r="D66" t="s">
-        <v>9</v>
+        <v>137</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67">
-        <v>28.908</v>
+        <v>29.628</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C68">
-        <v>29.628</v>
+        <v>29.952</v>
       </c>
       <c r="D68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C69">
-        <v>29.952</v>
+        <v>30.168</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C70">
         <v>30.168</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C71">
-        <v>30.168</v>
+        <v>30.672</v>
       </c>
       <c r="D71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B72" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C72">
-        <v>30.168</v>
+        <v>32.208</v>
       </c>
       <c r="D72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C73">
-        <v>30.672</v>
+        <v>32.844</v>
       </c>
       <c r="D73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C74">
-        <v>31.908</v>
+        <v>35.28</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B75" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C75">
-        <v>32.208</v>
+        <v>35.28</v>
       </c>
       <c r="D75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B76" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C76">
-        <v>32.844</v>
+        <v>37.2</v>
       </c>
       <c r="D76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C77">
-        <v>35.28</v>
+        <v>39.0</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C78">
-        <v>35.28</v>
+        <v>39.0</v>
       </c>
       <c r="D78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B79" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C79">
-        <v>35.28</v>
+        <v>39.204</v>
       </c>
       <c r="D79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B80" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C80">
-        <v>35.28</v>
+        <v>39.6</v>
       </c>
       <c r="D80" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B81" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C81">
-        <v>37.2</v>
+        <v>40.392</v>
       </c>
       <c r="D81" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82">
-        <v>39.204</v>
+        <v>40.392</v>
       </c>
       <c r="D82" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B83" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C83">
-        <v>39.6</v>
+        <v>40.392</v>
       </c>
       <c r="D83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B84" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C84">
-        <v>40.392</v>
+        <v>41.76</v>
       </c>
       <c r="D84" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B85" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C85">
-        <v>40.392</v>
+        <v>43.452</v>
       </c>
       <c r="D85" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B86" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C86">
-        <v>40.392</v>
+        <v>43.896</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B87" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C87">
-        <v>41.76</v>
+        <v>44.196</v>
       </c>
       <c r="D87" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B88" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C88">
-        <v>43.452</v>
+        <v>45.156</v>
       </c>
       <c r="D88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B89" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C89">
-        <v>43.896</v>
+        <v>45.504</v>
       </c>
       <c r="D89" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B90" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C90">
-        <v>44.196</v>
+        <v>45.504</v>
       </c>
       <c r="D90" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B91" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C91">
-        <v>45.156</v>
+        <v>45.504</v>
       </c>
       <c r="D91" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B92" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C92">
-        <v>45.504</v>
+        <v>47.652</v>
       </c>
       <c r="D92" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B93" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C93">
-        <v>45.504</v>
+        <v>48.564</v>
       </c>
       <c r="D93" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B94" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C94">
-        <v>45.504</v>
+        <v>48.564</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B95" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C95">
-        <v>47.652</v>
+        <v>48.924</v>
       </c>
       <c r="D95" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B96" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C96">
-        <v>48.564</v>
+        <v>48.996</v>
       </c>
       <c r="D96" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B97" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C97">
-        <v>48.564</v>
+        <v>48.996</v>
       </c>
       <c r="D97" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B98" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C98">
-        <v>48.924</v>
+        <v>49.74</v>
       </c>
       <c r="D98" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B99" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C99">
-        <v>49.74</v>
+        <v>50.064</v>
       </c>
       <c r="D99" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B100" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C100">
-        <v>50.064</v>
+        <v>50.172</v>
       </c>
       <c r="D100" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B101" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C101">
-        <v>50.172</v>
+        <v>50.616</v>
       </c>
       <c r="D101" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>24</v>
+        <v>196</v>
       </c>
       <c r="B102" t="s">
-        <v>25</v>
+        <v>197</v>
       </c>
       <c r="C102">
-        <v>7.668</v>
+        <v>48.996</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>26</v>
+        <v>198</v>
       </c>
       <c r="B103" t="s">
-        <v>27</v>
+        <v>199</v>
       </c>
       <c r="C103">
-        <v>7.668</v>
+        <v>48.996</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>32</v>
+        <v>208</v>
       </c>
       <c r="B104" t="s">
-        <v>33</v>
+        <v>209</v>
       </c>
       <c r="C104">
-        <v>9.708</v>
+        <v>58.992</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>34</v>
+        <v>210</v>
       </c>
       <c r="B105" t="s">
-        <v>35</v>
+        <v>211</v>
       </c>
       <c r="C105">
-        <v>9.708</v>
+        <v>73.536</v>
       </c>
       <c r="D105" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>40</v>
+        <v>212</v>
       </c>
       <c r="B106" t="s">
-        <v>41</v>
+        <v>213</v>
       </c>
       <c r="C106">
-        <v>12.276</v>
+        <v>75.0</v>
       </c>
       <c r="D106" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>77</v>
+        <v>214</v>
       </c>
       <c r="B107" t="s">
-        <v>78</v>
+        <v>215</v>
       </c>
       <c r="C107">
-        <v>17.892</v>
+        <v>75.0</v>
       </c>
       <c r="D107" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>87</v>
+        <v>216</v>
       </c>
       <c r="B108" t="s">
-        <v>88</v>
+        <v>217</v>
       </c>
       <c r="C108">
-        <v>19.656</v>
+        <v>75.0</v>
       </c>
       <c r="D108" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>93</v>
+        <v>218</v>
       </c>
       <c r="B109" t="s">
-        <v>94</v>
+        <v>219</v>
       </c>
       <c r="C109">
-        <v>19.944</v>
+        <v>78.996</v>
       </c>
       <c r="D109" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>95</v>
+        <v>220</v>
       </c>
       <c r="B110" t="s">
-        <v>96</v>
+        <v>221</v>
       </c>
       <c r="C110">
-        <v>19.944</v>
+        <v>78.996</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
-[...600 lines deleted...]
-      <c r="D153" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D154"/>
+  <autoFilter ref="A1:D111"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>