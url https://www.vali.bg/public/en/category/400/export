--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,390 +7,396 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$62</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$63</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>USB Hub, 4 Ports, HAMA-200121</t>
   </si>
   <si>
     <t>HAMA-200121</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>USB hub, 4 ports, HAMA-200120</t>
   </si>
   <si>
     <t>HAMA-200120</t>
   </si>
   <si>
     <t>USB hub, 4 ports, HAMA-200119</t>
   </si>
   <si>
     <t>HAMA-200119</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>USB Hub, 4 Ports, HAMA-200118</t>
+  </si>
+  <si>
+    <t>HAMA-200118</t>
+  </si>
+  <si>
+    <t>A4tech USB Hub HUB-20, 4 Ports, USB 2.0</t>
+  </si>
+  <si>
+    <t>A4-HUB-20-USB2</t>
+  </si>
+  <si>
+    <t>A4tech USB Hub HUB-30C</t>
+  </si>
+  <si>
+    <t>A4-HUB-30C-USB3</t>
+  </si>
+  <si>
+    <t>USB Hub, 4 Ports, HAMA-200122</t>
+  </si>
+  <si>
+    <t>HAMA-200122</t>
+  </si>
+  <si>
+    <t>USB Hub, 4 Ports, HAMA-200116</t>
+  </si>
+  <si>
+    <t>HAMA-200116</t>
+  </si>
+  <si>
     <t>on route</t>
   </si>
   <si>
-    <t>USB Hub, 4 Ports, HAMA-200118</t>
-[...28 lines deleted...]
-  <si>
     <t>Delock 4 Port Slim USB Hub with USB-C or USB-A to 3 x USB-A 2.0 female + 1 x USB-A 5 Gbps female</t>
   </si>
   <si>
     <t>DELOCK-64214</t>
   </si>
   <si>
     <t>Hama 6in1 USB-Hub for Playstation 5, 6 Ports (1x USB-C, 5x USB-A), black</t>
   </si>
   <si>
     <t>HAMA-54406</t>
   </si>
   <si>
+    <t>USB-C Hub, 4 Ports, HAMA-200112</t>
+  </si>
+  <si>
+    <t>HAMA-200112</t>
+  </si>
+  <si>
+    <t>Hama USB Hub/Card Reader, 5 Ports, 200140</t>
+  </si>
+  <si>
+    <t>HAMA-200140</t>
+  </si>
+  <si>
     <t>USB-C, Hub, Multiport, 5 Ports,3х USB-A,1x USB-C, HDMI,4К</t>
   </si>
   <si>
     <t>HAMA-200117</t>
   </si>
   <si>
     <t>USB Hub, 7 Ports, Power Supply Unit, HAMA-200123</t>
   </si>
   <si>
     <t>HAMA-200123</t>
   </si>
   <si>
     <t>Lian Li USB 2.0 1-to-3 Hub Type-A Male Port - Black</t>
   </si>
   <si>
     <t>LL-AC-ZUUS-690</t>
   </si>
   <si>
     <t>Lian Li USB 2.0 1-to-3 Hub Type-A Male Port - White</t>
   </si>
   <si>
     <t>LL-AC-ZUUS-691</t>
   </si>
   <si>
     <t>Delock 4 Port Slim USB Type-C™ Hub with 1 x USB 10 Gbps Type-A + 2 x USB 2.0 Type-A + 1 x USB 2.0 USB Type-C™ and PD 95 W</t>
   </si>
   <si>
     <t>DELOCK-64298</t>
   </si>
   <si>
-    <t>not available</t>
-[...5 lines deleted...]
-    <t>HAMA-200140</t>
+    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>USB Hub, 4-Port, D-LINK-DUB-H4-E</t>
   </si>
   <si>
     <t>D-LINK-DUB-H4-E</t>
   </si>
   <si>
+    <t>USB Hub, 4 Ports, USB 3.2 Gen 1, 5 Gbit/s, HAMA-200138</t>
+  </si>
+  <si>
+    <t>HAMA-200138</t>
+  </si>
+  <si>
     <t>USB hub with power supply, HAMA-200115</t>
   </si>
   <si>
     <t>HAMA-200115</t>
   </si>
   <si>
     <t>J5create USB-C Multi-Adapter Gigabit Ethernet / USB 3.1 HUB</t>
   </si>
   <si>
     <t>J5-JCH471</t>
   </si>
   <si>
+    <t>USB-C Hub, Multiport, 5 Ports, 2 x USB-A, 1 x USB-C, 1 x HDMI, 1х LAN, grey</t>
+  </si>
+  <si>
+    <t>HAMA-200109</t>
+  </si>
+  <si>
     <t>USB Hub, 7-Port, D-LINK-DUB-H7-E</t>
   </si>
   <si>
     <t>D-LINK-DUB-H7-E</t>
   </si>
   <si>
+    <t>USB-C Hub, 4 Ports, HAMA-200108</t>
+  </si>
+  <si>
+    <t>HAMA-200108</t>
+  </si>
+  <si>
     <t>USB-C Hub, Multiport, 4 Ports, HAMA-200107</t>
   </si>
   <si>
     <t>HAMA-200107</t>
   </si>
   <si>
     <t>Delock External USB 5 Gbps 4 Port Hub 2 x USB Type-A and 2 x USB Type-C™ with Locking Screw</t>
   </si>
   <si>
     <t>DELOCK-64262</t>
   </si>
   <si>
+    <t>USB-C Hub, 6 Ports, 2 x USB-A, USB-C, HDMI, SD, microSD</t>
+  </si>
+  <si>
+    <t>HAMA-200110</t>
+  </si>
+  <si>
     <t>USB 3.0 4-port hub j5Create JUH340, 1:4, Black</t>
   </si>
   <si>
     <t>J5-JUH340</t>
   </si>
   <si>
-    <t>USB Hub, 4 Ports, USB 3.2 Gen 1, 5 Gbit/s, HAMA-200138</t>
-[...16 lines deleted...]
-  <si>
     <t>Hama USB-C Hub, Multiport, 6 Ports, 3 x USB-A, USB-C, HDMI, LAN/Ethernet</t>
   </si>
   <si>
     <t>HAMA-200144</t>
   </si>
   <si>
-    <t>USB-C Hub, 4 Ports, HAMA-200108</t>
-[...2 lines deleted...]
-    <t>HAMA-200108</t>
+    <t>USB Hub, 3 Port, DELOCK-63859</t>
+  </si>
+  <si>
+    <t>DELOCK-63859</t>
   </si>
   <si>
     <t>Delock External USB 5 Gbps 3 Port Hub 2 x USB Type-A, 1 x USB Type-C™ and 2 Slot Card Reader with Locking Screw</t>
   </si>
   <si>
     <t>DELOCK-64285</t>
   </si>
   <si>
-    <t>USB Hub, 3 Port, DELOCK-63859</t>
-[...2 lines deleted...]
-    <t>DELOCK-63859</t>
+    <t>USB-C Multiport Adapter, 4 port, RAPOO-11409</t>
+  </si>
+  <si>
+    <t>RAPOO-11409</t>
+  </si>
+  <si>
+    <t>j5create USB-C Multi-Port Hub with Power Delivery</t>
+  </si>
+  <si>
+    <t>J5-JCD373</t>
+  </si>
+  <si>
+    <t>HAMA USB Hub, 7 Ports, USB 3.2 Gen 1, 5 Gbit/s, incl. USB-C Adapter and PSU</t>
+  </si>
+  <si>
+    <t>HAMA-200137</t>
   </si>
   <si>
     <t>USB Hub, 4 Port, DELOCK-63828</t>
   </si>
   <si>
     <t>DELOCK-63828</t>
   </si>
   <si>
     <t>USB Hub, 4 port, DELOCK-63262</t>
   </si>
   <si>
     <t>DELOCK-63262</t>
   </si>
   <si>
-    <t>j5create USB-C Multi-Port Hub with Power Delivery</t>
-[...10 lines deleted...]
-  <si>
     <t>7-in-2 USB-C Multiport Adapter, RAPOO-11411</t>
   </si>
   <si>
     <t>RAPOO-11411</t>
   </si>
   <si>
     <t>USB Hub, 4 port, D-LINK-DUB-1340-E</t>
   </si>
   <si>
     <t>D-LINK-DUB-1340-E</t>
   </si>
   <si>
     <t>USB 3.0 7-port hub j5Create JCH377, 1:7, White</t>
   </si>
   <si>
     <t>J5-JCH377</t>
   </si>
   <si>
-    <t>USB-C Multiport Adapter, 4 port, RAPOO-11409</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Multiport Adapter USB-C j5create - HDMI/ Ethernet/ USB 3.0 HUB/PD 2.0m white </t>
   </si>
   <si>
     <t>J5-JCA374</t>
   </si>
   <si>
+    <t>HUB DECK 5 Streamplify, SPMC-TVSP-007</t>
+  </si>
+  <si>
+    <t>SPMC-TVSP-007</t>
+  </si>
+  <si>
+    <t>Delock USB 10 Gbps USB Type-C Hub - 2 x USB Type-A and 2 x USB Type-C</t>
+  </si>
+  <si>
+    <t>DELOCK-64230</t>
+  </si>
+  <si>
     <t>External USB Hub with 7 Ports, DELOCK-63669</t>
   </si>
   <si>
     <t>DELOCK-63669</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...13 lines deleted...]
-  <si>
     <t>USB Hub, 4 ports, DELOCK-62653</t>
   </si>
   <si>
     <t>DELOCK-62653</t>
   </si>
   <si>
     <t>Delock USB 10 Gbps USB Type-C Hub with 4 x USB Type-C female with 35 cm connection cable</t>
   </si>
   <si>
     <t>DELOCK-64231</t>
   </si>
   <si>
+    <t>j5create JUD380 USB™ 3.0 Mini Dock</t>
+  </si>
+  <si>
+    <t>J5-JUD380</t>
+  </si>
+  <si>
     <t>3 Port USB 3.2 Gen 1 Hub, DELOCK-64149</t>
   </si>
   <si>
     <t>DELOCK-64149</t>
   </si>
   <si>
     <t>Delock USB 10 Gbps Hub with 4 USB Type-C™ Ports thereof 3 x Data Port + 1 x Data and PD 20 Watt with power indicator</t>
   </si>
   <si>
     <t>DELOCK-64189</t>
   </si>
   <si>
-    <t>j5create JUD380 USB™ 3.0 Mini Dock</t>
-[...2 lines deleted...]
-    <t>J5-JUD380</t>
+    <t>USB-C Hub, "Connect2Mac", Apple MacBook Air &amp; Pro, 12 ports, 200133</t>
+  </si>
+  <si>
+    <t>HAMA-200133</t>
   </si>
   <si>
     <t>Delock 7 Port USB Hub with 4 Ports 10 Gbps and 4 Fast Charging Ports with Switch and Illumination</t>
   </si>
   <si>
     <t>DELOCK-64326</t>
   </si>
   <si>
     <t>USB hub, 7-port, DELOCK-63263</t>
   </si>
   <si>
     <t>DELOCK-63263</t>
   </si>
   <si>
+    <t>Streamplify HUB CTRL 7, 7x USB</t>
+  </si>
+  <si>
+    <t>SPMC-TVSP-005</t>
+  </si>
+  <si>
     <t>DELOCK-63410</t>
-  </si>
-[...10 lines deleted...]
-    <t>HAMA-200133</t>
   </si>
   <si>
     <t>USB Hub with 10 Ports, DELOCK-63670</t>
   </si>
   <si>
     <t>DELOCK-63670</t>
   </si>
   <si>
     <t>Delock USB 10 Gbps Hub with 7 USB Type-C™ Ports thereof 6 x Data Port + 1 x Data and PD 20 Watt with power indicator</t>
   </si>
   <si>
     <t>DELOCK-64288</t>
   </si>
   <si>
     <t>Delock External SuperSpeed USB Hub with 13 Ports, DELOCK-63738</t>
   </si>
   <si>
     <t>DELOCK-63738</t>
   </si>
   <si>
     <t>Delock Hub USB-C, 7 ports, 3x USB-A 5 Gbps,  3x USB-C, 1xUSB-C PD 85 W</t>
   </si>
   <si>
     <t>DELOCK-64279</t>
   </si>
@@ -742,920 +748,934 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D62"/>
+  <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>12.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>13.476</v>
+        <v>12.576</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>14.196</v>
+        <v>12.96</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>20.028</v>
+        <v>17.148</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>20.4</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>26.988</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>27.804</v>
+        <v>27.924</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>28.2</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>28.2</v>
+        <v>28.368</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>28.968</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>36.576</v>
+        <v>33.276</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>38.724</v>
+        <v>36.432</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>39.0</v>
+        <v>36.576</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>39.0</v>
+        <v>38.7</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>42.408</v>
+        <v>39.0</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>42.984</v>
+        <v>39.0</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>43.188</v>
+        <v>40.668</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>49.044</v>
+        <v>43.188</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>52.788</v>
+        <v>46.5</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>56.568</v>
+        <v>49.044</v>
       </c>
       <c r="D21" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>57.6</v>
+        <v>52.788</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>57.84</v>
+        <v>54.0</v>
       </c>
       <c r="D23" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>58.896</v>
+        <v>56.568</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>59.28</v>
+        <v>57.528</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>60.216</v>
+        <v>57.6</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>60.276</v>
+        <v>57.84</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>61.44</v>
+        <v>60.216</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>67.68</v>
+        <v>60.66</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>68.364</v>
+        <v>61.44</v>
       </c>
       <c r="D30" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>72.852</v>
+        <v>66.816</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>74.292</v>
+        <v>68.364</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>85.776</v>
+        <v>70.8</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>85.788</v>
+        <v>72.0</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>85.884</v>
+        <v>72.996</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>87.18</v>
+        <v>74.292</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>87.66</v>
+        <v>86.076</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>87.996</v>
+        <v>87.18</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>91.644</v>
+        <v>87.66</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>95.112</v>
+        <v>87.996</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>98.496</v>
+        <v>95.112</v>
       </c>
       <c r="D41" t="s">
-        <v>87</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
         <v>99.0</v>
       </c>
       <c r="D42" t="s">
-        <v>87</v>
+        <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
         <v>99.648</v>
       </c>
       <c r="D43" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>102.564</v>
+        <v>101.964</v>
       </c>
       <c r="D44" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
         <v>102.564</v>
       </c>
       <c r="D45" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>106.056</v>
+        <v>102.564</v>
       </c>
       <c r="D46" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>110.172</v>
+        <v>105.6</v>
       </c>
       <c r="D47" t="s">
-        <v>87</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>117.996</v>
+        <v>106.056</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>120.54</v>
+        <v>110.172</v>
       </c>
       <c r="D49" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>124.728</v>
+        <v>117.6</v>
       </c>
       <c r="D50" t="s">
-        <v>87</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>134.688</v>
+        <v>120.54</v>
       </c>
       <c r="D51" t="s">
-        <v>87</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>138.996</v>
+        <v>124.728</v>
       </c>
       <c r="D52" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>139.164</v>
+        <v>129.0</v>
       </c>
       <c r="D53" t="s">
-        <v>87</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>151.044</v>
+        <v>134.688</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>155.064</v>
+        <v>148.044</v>
       </c>
       <c r="D55" t="s">
-        <v>87</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>166.728</v>
+        <v>155.064</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>41</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>167.88</v>
+        <v>165.576</v>
       </c>
       <c r="D57" t="s">
-        <v>87</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>178.968</v>
+        <v>167.88</v>
       </c>
       <c r="D58" t="s">
-        <v>87</v>
+        <v>41</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>207.408</v>
+        <v>178.968</v>
       </c>
       <c r="D59" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>304.704</v>
+        <v>207.408</v>
       </c>
       <c r="D60" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
+        <v>304.704</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
+        <v>128</v>
+      </c>
+      <c r="C62">
         <v>498.48</v>
       </c>
-      <c r="D61" t="s">
-        <v>36</v>
+      <c r="D62" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D62"/>
+  <autoFilter ref="A1:D63"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>