--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -76,327 +76,327 @@
   <si>
     <t>USB Hub, 4 Ports, HAMA-200118</t>
   </si>
   <si>
     <t>HAMA-200118</t>
   </si>
   <si>
     <t>A4tech USB Hub HUB-20, 4 Ports, USB 2.0</t>
   </si>
   <si>
     <t>A4-HUB-20-USB2</t>
   </si>
   <si>
     <t>A4tech USB Hub HUB-30C</t>
   </si>
   <si>
     <t>A4-HUB-30C-USB3</t>
   </si>
   <si>
     <t>USB Hub, 4 Ports, HAMA-200122</t>
   </si>
   <si>
     <t>HAMA-200122</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>USB Hub, 4 Ports, HAMA-200116</t>
   </si>
   <si>
     <t>HAMA-200116</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>Delock 4 Port Slim USB Hub with USB-C or USB-A to 3 x USB-A 2.0 female + 1 x USB-A 5 Gbps female</t>
   </si>
   <si>
     <t>DELOCK-64214</t>
   </si>
   <si>
     <t>Hama 6in1 USB-Hub for Playstation 5, 6 Ports (1x USB-C, 5x USB-A), black</t>
   </si>
   <si>
     <t>HAMA-54406</t>
   </si>
   <si>
     <t>USB-C Hub, 4 Ports, HAMA-200112</t>
   </si>
   <si>
     <t>HAMA-200112</t>
   </si>
   <si>
     <t>Hama USB Hub/Card Reader, 5 Ports, 200140</t>
   </si>
   <si>
     <t>HAMA-200140</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>USB-C, Hub, Multiport, 5 Ports,3х USB-A,1x USB-C, HDMI,4К</t>
   </si>
   <si>
     <t>HAMA-200117</t>
   </si>
   <si>
     <t>USB Hub, 7 Ports, Power Supply Unit, HAMA-200123</t>
   </si>
   <si>
     <t>HAMA-200123</t>
   </si>
   <si>
     <t>Lian Li USB 2.0 1-to-3 Hub Type-A Male Port - Black</t>
   </si>
   <si>
     <t>LL-AC-ZUUS-690</t>
   </si>
   <si>
     <t>Lian Li USB 2.0 1-to-3 Hub Type-A Male Port - White</t>
   </si>
   <si>
     <t>LL-AC-ZUUS-691</t>
   </si>
   <si>
     <t>Delock 4 Port Slim USB Type-C™ Hub with 1 x USB 10 Gbps Type-A + 2 x USB 2.0 Type-A + 1 x USB 2.0 USB Type-C™ and PD 95 W</t>
   </si>
   <si>
     <t>DELOCK-64298</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>USB Hub, 4-Port, D-LINK-DUB-H4-E</t>
   </si>
   <si>
     <t>D-LINK-DUB-H4-E</t>
   </si>
   <si>
     <t>USB Hub, 4 Ports, USB 3.2 Gen 1, 5 Gbit/s, HAMA-200138</t>
   </si>
   <si>
     <t>HAMA-200138</t>
   </si>
   <si>
     <t>USB hub with power supply, HAMA-200115</t>
   </si>
   <si>
     <t>HAMA-200115</t>
   </si>
   <si>
     <t>J5create USB-C Multi-Adapter Gigabit Ethernet / USB 3.1 HUB</t>
   </si>
   <si>
     <t>J5-JCH471</t>
   </si>
   <si>
+    <t>USB-C Hub, 4 Ports, HAMA-200108</t>
+  </si>
+  <si>
+    <t>HAMA-200108</t>
+  </si>
+  <si>
+    <t>USB Hub, 7-Port, D-LINK-DUB-H7-E</t>
+  </si>
+  <si>
+    <t>D-LINK-DUB-H7-E</t>
+  </si>
+  <si>
+    <t>USB-C Hub, Multiport, 4 Ports, HAMA-200107</t>
+  </si>
+  <si>
+    <t>HAMA-200107</t>
+  </si>
+  <si>
+    <t>Delock External USB 5 Gbps 4 Port Hub 2 x USB Type-A and 2 x USB Type-C™ with Locking Screw</t>
+  </si>
+  <si>
+    <t>DELOCK-64262</t>
+  </si>
+  <si>
+    <t>USB-C Hub, 6 Ports, 2 x USB-A, USB-C, HDMI, SD, microSD</t>
+  </si>
+  <si>
+    <t>HAMA-200110</t>
+  </si>
+  <si>
     <t>USB-C Hub, Multiport, 5 Ports, 2 x USB-A, 1 x USB-C, 1 x HDMI, 1х LAN, grey</t>
   </si>
   <si>
     <t>HAMA-200109</t>
   </si>
   <si>
-    <t>USB Hub, 7-Port, D-LINK-DUB-H7-E</t>
-[...28 lines deleted...]
-  <si>
     <t>USB 3.0 4-port hub j5Create JUH340, 1:4, Black</t>
   </si>
   <si>
     <t>J5-JUH340</t>
   </si>
   <si>
     <t>Hama USB-C Hub, Multiport, 6 Ports, 3 x USB-A, USB-C, HDMI, LAN/Ethernet</t>
   </si>
   <si>
     <t>HAMA-200144</t>
   </si>
   <si>
     <t>USB Hub, 3 Port, DELOCK-63859</t>
   </si>
   <si>
     <t>DELOCK-63859</t>
   </si>
   <si>
     <t>Delock External USB 5 Gbps 3 Port Hub 2 x USB Type-A, 1 x USB Type-C™ and 2 Slot Card Reader with Locking Screw</t>
   </si>
   <si>
     <t>DELOCK-64285</t>
   </si>
   <si>
+    <t>USB Hub, 4 Port, DELOCK-63828</t>
+  </si>
+  <si>
+    <t>DELOCK-63828</t>
+  </si>
+  <si>
+    <t>7-in-2 USB-C Multiport Adapter, RAPOO-11411</t>
+  </si>
+  <si>
+    <t>RAPOO-11411</t>
+  </si>
+  <si>
+    <t>j5create USB-C Multi-Port Hub with Power Delivery</t>
+  </si>
+  <si>
+    <t>J5-JCD373</t>
+  </si>
+  <si>
+    <t>HAMA USB Hub, 7 Ports, USB 3.2 Gen 1, 5 Gbit/s, incl. USB-C Adapter and PSU</t>
+  </si>
+  <si>
+    <t>HAMA-200137</t>
+  </si>
+  <si>
+    <t>USB Hub, 4 port, DELOCK-63262</t>
+  </si>
+  <si>
+    <t>DELOCK-63262</t>
+  </si>
+  <si>
+    <t>USB Hub, 4 port, D-LINK-DUB-1340-E</t>
+  </si>
+  <si>
+    <t>D-LINK-DUB-1340-E</t>
+  </si>
+  <si>
+    <t>USB 3.0 7-port hub j5Create JCH377, 1:7, White</t>
+  </si>
+  <si>
+    <t>J5-JCH377</t>
+  </si>
+  <si>
     <t>USB-C Multiport Adapter, 4 port, RAPOO-11409</t>
   </si>
   <si>
     <t>RAPOO-11409</t>
   </si>
   <si>
-    <t>j5create USB-C Multi-Port Hub with Power Delivery</t>
-[...40 lines deleted...]
-  <si>
     <t xml:space="preserve">Multiport Adapter USB-C j5create - HDMI/ Ethernet/ USB 3.0 HUB/PD 2.0m white </t>
   </si>
   <si>
     <t>J5-JCA374</t>
   </si>
   <si>
+    <t>External USB Hub with 7 Ports, DELOCK-63669</t>
+  </si>
+  <si>
+    <t>DELOCK-63669</t>
+  </si>
+  <si>
+    <t>Delock USB 10 Gbps USB Type-C Hub - 2 x USB Type-A and 2 x USB Type-C</t>
+  </si>
+  <si>
+    <t>DELOCK-64230</t>
+  </si>
+  <si>
     <t>HUB DECK 5 Streamplify, SPMC-TVSP-007</t>
   </si>
   <si>
     <t>SPMC-TVSP-007</t>
   </si>
   <si>
-    <t>Delock USB 10 Gbps USB Type-C Hub - 2 x USB Type-A and 2 x USB Type-C</t>
-[...10 lines deleted...]
-  <si>
     <t>USB Hub, 4 ports, DELOCK-62653</t>
   </si>
   <si>
     <t>DELOCK-62653</t>
   </si>
   <si>
     <t>Delock USB 10 Gbps USB Type-C Hub with 4 x USB Type-C female with 35 cm connection cable</t>
   </si>
   <si>
     <t>DELOCK-64231</t>
   </si>
   <si>
+    <t>3 Port USB 3.2 Gen 1 Hub, DELOCK-64149</t>
+  </si>
+  <si>
+    <t>DELOCK-64149</t>
+  </si>
+  <si>
+    <t>Delock USB 10 Gbps Hub with 4 USB Type-C™ Ports thereof 3 x Data Port + 1 x Data and PD 20 Watt with power indicator</t>
+  </si>
+  <si>
+    <t>DELOCK-64189</t>
+  </si>
+  <si>
     <t>j5create JUD380 USB™ 3.0 Mini Dock</t>
   </si>
   <si>
     <t>J5-JUD380</t>
   </si>
   <si>
-    <t>3 Port USB 3.2 Gen 1 Hub, DELOCK-64149</t>
-[...8 lines deleted...]
-    <t>DELOCK-64189</t>
+    <t>Delock 7 Port USB Hub with 4 Ports 10 Gbps and 4 Fast Charging Ports with Switch and Illumination</t>
+  </si>
+  <si>
+    <t>DELOCK-64326</t>
+  </si>
+  <si>
+    <t>USB hub, 7-port, DELOCK-63263</t>
+  </si>
+  <si>
+    <t>DELOCK-63263</t>
+  </si>
+  <si>
+    <t>Streamplify HUB CTRL 7, 7x USB</t>
+  </si>
+  <si>
+    <t>SPMC-TVSP-005</t>
+  </si>
+  <si>
+    <t>DELOCK-63410</t>
   </si>
   <si>
     <t>USB-C Hub, "Connect2Mac", Apple MacBook Air &amp; Pro, 12 ports, 200133</t>
   </si>
   <si>
     <t>HAMA-200133</t>
-  </si>
-[...19 lines deleted...]
-    <t>DELOCK-63410</t>
   </si>
   <si>
     <t>USB Hub with 10 Ports, DELOCK-63670</t>
   </si>
   <si>
     <t>DELOCK-63670</t>
   </si>
   <si>
     <t>Delock USB 10 Gbps Hub with 7 USB Type-C™ Ports thereof 6 x Data Port + 1 x Data and PD 20 Watt with power indicator</t>
   </si>
   <si>
     <t>DELOCK-64288</t>
   </si>
   <si>
     <t>Delock External SuperSpeed USB Hub with 13 Ports, DELOCK-63738</t>
   </si>
   <si>
     <t>DELOCK-63738</t>
   </si>
   <si>
     <t>Delock Hub USB-C, 7 ports, 3x USB-A 5 Gbps,  3x USB-C, 1xUSB-C PD 85 W</t>
   </si>
   <si>
     <t>DELOCK-64279</t>
   </si>
@@ -784,891 +784,891 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>12.0</v>
+        <v>6.132</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>12.576</v>
+        <v>6.432</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>12.96</v>
+        <v>6.624</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>17.148</v>
+        <v>8.772</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>20.4</v>
+        <v>10.428</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>26.988</v>
+        <v>13.8</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>27.924</v>
+        <v>14.28</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>28.2</v>
+        <v>14.424</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>28.368</v>
+        <v>14.508</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>28.968</v>
+        <v>14.808</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>33.276</v>
+        <v>17.016</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>36.432</v>
+        <v>18.624</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>36.576</v>
+        <v>18.708</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>38.7</v>
+        <v>19.788</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>40.668</v>
+        <v>20.796</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>43.188</v>
+        <v>22.08</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>46.5</v>
+        <v>23.772</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>49.044</v>
+        <v>25.08</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>52.788</v>
+        <v>26.988</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>56.568</v>
+        <v>28.92</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>57.528</v>
+        <v>29.448</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>57.6</v>
+        <v>29.568</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>57.84</v>
+        <v>30.792</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>60.216</v>
+        <v>30.816</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>60.66</v>
+        <v>31.02</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>61.44</v>
+        <v>31.416</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>66.816</v>
+        <v>34.164</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>68.364</v>
+        <v>36.288</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>70.8</v>
+        <v>37.98</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>72.0</v>
+        <v>41.148</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>72.996</v>
+        <v>43.86</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>74.292</v>
+        <v>43.92</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>86.076</v>
+        <v>44.004</v>
       </c>
       <c r="D37" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>87.18</v>
+        <v>44.82</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>87.66</v>
+        <v>44.988</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>87.996</v>
+        <v>46.86</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>95.112</v>
+        <v>48.624</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>99.0</v>
+        <v>50.4</v>
       </c>
       <c r="D42" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>99.648</v>
+        <v>50.952</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>101.964</v>
+        <v>51.54</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>102.564</v>
+        <v>52.44</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>102.564</v>
+        <v>52.44</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>105.6</v>
+        <v>54.228</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>106.056</v>
+        <v>56.328</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>110.172</v>
+        <v>60.336</v>
       </c>
       <c r="D49" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>117.6</v>
+        <v>61.632</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>120.54</v>
+        <v>63.78</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>124.728</v>
+        <v>65.952</v>
       </c>
       <c r="D52" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>100</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>129.0</v>
+        <v>68.868</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>134.688</v>
+        <v>71.244</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>148.044</v>
+        <v>75.12</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>155.064</v>
+        <v>79.284</v>
       </c>
       <c r="D56" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>165.576</v>
+        <v>84.66</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>167.88</v>
+        <v>85.836</v>
       </c>
       <c r="D58" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>178.968</v>
+        <v>91.5</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>207.408</v>
+        <v>106.044</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>304.704</v>
+        <v>155.796</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>498.48</v>
+        <v>254.868</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D63"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>