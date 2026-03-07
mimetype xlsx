--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,333 +7,321 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$63</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$61</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>USB Hub, 4 Ports, HAMA-200121</t>
   </si>
   <si>
     <t>HAMA-200121</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>USB hub, 4 ports, HAMA-200119</t>
+  </si>
+  <si>
+    <t>HAMA-200119</t>
+  </si>
+  <si>
     <t>USB hub, 4 ports, HAMA-200120</t>
   </si>
   <si>
     <t>HAMA-200120</t>
   </si>
   <si>
-    <t>USB hub, 4 ports, HAMA-200119</t>
-[...2 lines deleted...]
-    <t>HAMA-200119</t>
+    <t>USB Hub, 4 Ports, HAMA-200118</t>
+  </si>
+  <si>
+    <t>HAMA-200118</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>A4tech USB Hub HUB-20, 4 Ports, USB 2.0</t>
+  </si>
+  <si>
+    <t>A4-HUB-20-USB2</t>
+  </si>
+  <si>
+    <t>A4tech USB Hub HUB-30C</t>
+  </si>
+  <si>
+    <t>A4-HUB-30C-USB3</t>
+  </si>
+  <si>
+    <t>USB Hub, 4 Ports, HAMA-200122</t>
+  </si>
+  <si>
+    <t>HAMA-200122</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Delock 4 Port Slim USB Hub with USB-C or USB-A to 3 x USB-A 2.0 female + 1 x USB-A 5 Gbps female</t>
+  </si>
+  <si>
+    <t>DELOCK-64214</t>
+  </si>
+  <si>
+    <t>USB Hub, 4 Ports, HAMA-200116</t>
+  </si>
+  <si>
+    <t>HAMA-200116</t>
+  </si>
+  <si>
+    <t>Hama 6in1 USB-Hub for Playstation 5, 6 Ports (1x USB-C, 5x USB-A), black</t>
+  </si>
+  <si>
+    <t>HAMA-54406</t>
+  </si>
+  <si>
+    <t>Lian Li USB 2.0 1-to-3 Hub Type-A Male Port - Black</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUUS-690</t>
+  </si>
+  <si>
+    <t>Lian Li USB 2.0 1-to-3 Hub Type-A Male Port - White</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUUS-691</t>
+  </si>
+  <si>
+    <t>Hama USB Hub/Card Reader, 5 Ports, 200140</t>
+  </si>
+  <si>
+    <t>HAMA-200140</t>
+  </si>
+  <si>
+    <t>USB-C, Hub, Multiport, 5 Ports,3х USB-A,1x USB-C, HDMI,4К</t>
+  </si>
+  <si>
+    <t>HAMA-200117</t>
+  </si>
+  <si>
+    <t>USB Hub, 7 Ports, Power Supply Unit, HAMA-200123</t>
+  </si>
+  <si>
+    <t>HAMA-200123</t>
+  </si>
+  <si>
+    <t>Delock 4 Port Slim USB Type-C™ Hub with 1 x USB 10 Gbps Type-A + 2 x USB 2.0 Type-A + 1 x USB 2.0 USB Type-C™ and PD 95 W</t>
+  </si>
+  <si>
+    <t>DELOCK-64298</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>USB Hub, 4 Ports, HAMA-200118</t>
-[...88 lines deleted...]
-  <si>
     <t>USB Hub, 4-Port, D-LINK-DUB-H4-E</t>
   </si>
   <si>
     <t>D-LINK-DUB-H4-E</t>
   </si>
   <si>
     <t>USB Hub, 4 Ports, USB 3.2 Gen 1, 5 Gbit/s, HAMA-200138</t>
   </si>
   <si>
     <t>HAMA-200138</t>
   </si>
   <si>
     <t>USB hub with power supply, HAMA-200115</t>
   </si>
   <si>
     <t>HAMA-200115</t>
   </si>
   <si>
     <t>J5create USB-C Multi-Adapter Gigabit Ethernet / USB 3.1 HUB</t>
   </si>
   <si>
     <t>J5-JCH471</t>
   </si>
   <si>
-    <t>USB-C Hub, 4 Ports, HAMA-200108</t>
-[...4 lines deleted...]
-  <si>
     <t>USB Hub, 7-Port, D-LINK-DUB-H7-E</t>
   </si>
   <si>
     <t>D-LINK-DUB-H7-E</t>
   </si>
   <si>
     <t>USB-C Hub, Multiport, 4 Ports, HAMA-200107</t>
   </si>
   <si>
     <t>HAMA-200107</t>
   </si>
   <si>
+    <t>USB-C Hub, 6 Ports, 2 x USB-A, USB-C, HDMI, SD, microSD</t>
+  </si>
+  <si>
+    <t>HAMA-200110</t>
+  </si>
+  <si>
+    <t>USB-C Hub, Multiport, 5 Ports, 2 x USB-A, 1 x USB-C, 1 x HDMI, 1х LAN, grey</t>
+  </si>
+  <si>
+    <t>HAMA-200109</t>
+  </si>
+  <si>
+    <t>USB 3.0 4-port hub j5Create JUH340, 1:4, Black</t>
+  </si>
+  <si>
+    <t>J5-JUH340</t>
+  </si>
+  <si>
+    <t>Hama USB-C Hub, Multiport, 6 Ports, 3 x USB-A, USB-C, HDMI, LAN/Ethernet</t>
+  </si>
+  <si>
+    <t>HAMA-200144</t>
+  </si>
+  <si>
     <t>Delock External USB 5 Gbps 4 Port Hub 2 x USB Type-A and 2 x USB Type-C™ with Locking Screw</t>
   </si>
   <si>
     <t>DELOCK-64262</t>
   </si>
   <si>
-    <t>USB-C Hub, 6 Ports, 2 x USB-A, USB-C, HDMI, SD, microSD</t>
-[...22 lines deleted...]
-  <si>
     <t>USB Hub, 3 Port, DELOCK-63859</t>
   </si>
   <si>
     <t>DELOCK-63859</t>
   </si>
   <si>
     <t>Delock External USB 5 Gbps 3 Port Hub 2 x USB Type-A, 1 x USB Type-C™ and 2 Slot Card Reader with Locking Screw</t>
   </si>
   <si>
     <t>DELOCK-64285</t>
   </si>
   <si>
     <t>USB Hub, 4 Port, DELOCK-63828</t>
   </si>
   <si>
     <t>DELOCK-63828</t>
   </si>
   <si>
     <t>7-in-2 USB-C Multiport Adapter, RAPOO-11411</t>
   </si>
   <si>
     <t>RAPOO-11411</t>
   </si>
   <si>
+    <t>USB 3.0 7-port hub j5Create JCH377, 1:7, White</t>
+  </si>
+  <si>
+    <t>J5-JCH377</t>
+  </si>
+  <si>
     <t>j5create USB-C Multi-Port Hub with Power Delivery</t>
   </si>
   <si>
     <t>J5-JCD373</t>
   </si>
   <si>
     <t>HAMA USB Hub, 7 Ports, USB 3.2 Gen 1, 5 Gbit/s, incl. USB-C Adapter and PSU</t>
   </si>
   <si>
     <t>HAMA-200137</t>
   </si>
   <si>
     <t>USB Hub, 4 port, DELOCK-63262</t>
   </si>
   <si>
     <t>DELOCK-63262</t>
   </si>
   <si>
     <t>USB Hub, 4 port, D-LINK-DUB-1340-E</t>
   </si>
   <si>
     <t>D-LINK-DUB-1340-E</t>
   </si>
   <si>
-    <t>USB 3.0 7-port hub j5Create JCH377, 1:7, White</t>
-[...2 lines deleted...]
-    <t>J5-JCH377</t>
+    <t xml:space="preserve">Multiport Adapter USB-C j5create - HDMI/ Ethernet/ USB 3.0 HUB/PD 2.0m white </t>
+  </si>
+  <si>
+    <t>J5-JCA374</t>
   </si>
   <si>
     <t>USB-C Multiport Adapter, 4 port, RAPOO-11409</t>
   </si>
   <si>
     <t>RAPOO-11409</t>
   </si>
   <si>
-    <t xml:space="preserve">Multiport Adapter USB-C j5create - HDMI/ Ethernet/ USB 3.0 HUB/PD 2.0m white </t>
-[...2 lines deleted...]
-    <t>J5-JCA374</t>
+    <t>Delock USB 10 Gbps USB Type-C Hub - 2 x USB Type-A and 2 x USB Type-C</t>
+  </si>
+  <si>
+    <t>DELOCK-64230</t>
   </si>
   <si>
     <t>External USB Hub with 7 Ports, DELOCK-63669</t>
   </si>
   <si>
     <t>DELOCK-63669</t>
-  </si>
-[...4 lines deleted...]
-    <t>DELOCK-64230</t>
   </si>
   <si>
     <t>HUB DECK 5 Streamplify, SPMC-TVSP-007</t>
   </si>
   <si>
     <t>SPMC-TVSP-007</t>
   </si>
   <si>
     <t>USB Hub, 4 ports, DELOCK-62653</t>
   </si>
   <si>
     <t>DELOCK-62653</t>
   </si>
   <si>
     <t>Delock USB 10 Gbps USB Type-C Hub with 4 x USB Type-C female with 35 cm connection cable</t>
   </si>
   <si>
     <t>DELOCK-64231</t>
   </si>
   <si>
     <t>3 Port USB 3.2 Gen 1 Hub, DELOCK-64149</t>
   </si>
   <si>
     <t>DELOCK-64149</t>
   </si>
@@ -748,934 +736,906 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D63"/>
+  <dimension ref="A1:D61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>6.132</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>6.432</v>
+        <v>6.612</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>6.624</v>
+        <v>6.612</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>8.772</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>10.428</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>13.8</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>14.28</v>
+        <v>14.1</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>14.424</v>
+        <v>14.412</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>14.508</v>
+        <v>14.424</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>14.808</v>
+        <v>14.796</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>17.016</v>
+        <v>18.0</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>18.624</v>
+        <v>18.0</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>18.708</v>
+        <v>18.432</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>19.788</v>
+        <v>18.48</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>19.944</v>
+        <v>19.8</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17">
+        <v>20.796</v>
+      </c>
+      <c r="D17" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>20.796</v>
+        <v>22.08</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>22.08</v>
+        <v>23.856</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>23.772</v>
+        <v>25.08</v>
       </c>
       <c r="D20" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>25.08</v>
+        <v>26.988</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>26.988</v>
+        <v>28.92</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>27.612</v>
+        <v>29.448</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>28.92</v>
+        <v>30.792</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>29.448</v>
+        <v>30.816</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>29.568</v>
+        <v>31.02</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>30.792</v>
+        <v>31.416</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>30.816</v>
+        <v>32.148</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>31.02</v>
+        <v>34.164</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>31.416</v>
+        <v>36.036</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>34.164</v>
+        <v>37.98</v>
       </c>
       <c r="D31" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>36.288</v>
+        <v>41.148</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>37.98</v>
+        <v>41.772</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>41.148</v>
+        <v>43.86</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>43.86</v>
+        <v>43.92</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>43.92</v>
+        <v>44.004</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>44.004</v>
+        <v>44.82</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>44.82</v>
+        <v>45.156</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>44.988</v>
+        <v>46.86</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>46.86</v>
+        <v>50.952</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>48.624</v>
+        <v>51.156</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>50.4</v>
+        <v>51.54</v>
       </c>
       <c r="D42" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>50.952</v>
+        <v>52.44</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>51.54</v>
+        <v>52.44</v>
       </c>
       <c r="D44" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>52.44</v>
+        <v>54.228</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>52.44</v>
+        <v>56.328</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>54.228</v>
+        <v>60.336</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>56.328</v>
+        <v>61.632</v>
       </c>
       <c r="D48" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>60.336</v>
+        <v>63.78</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>61.632</v>
+        <v>65.952</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>96</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>63.78</v>
+        <v>68.868</v>
       </c>
       <c r="D51" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>65.952</v>
+        <v>71.244</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>68.868</v>
+        <v>75.12</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>71.244</v>
+        <v>79.284</v>
       </c>
       <c r="D54" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>75.12</v>
+        <v>84.144</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>79.284</v>
+        <v>85.836</v>
       </c>
       <c r="D56" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>84.66</v>
+        <v>91.5</v>
       </c>
       <c r="D57" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>85.836</v>
+        <v>106.044</v>
       </c>
       <c r="D58" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>91.5</v>
+        <v>155.796</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>106.044</v>
+        <v>254.868</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
-[...27 lines deleted...]
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D63"/>
+  <autoFilter ref="A1:D61"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>