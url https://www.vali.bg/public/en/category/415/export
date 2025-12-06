--- v0 (2025-10-18)
+++ v1 (2025-12-06)
@@ -7,266 +7,278 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$61</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$64</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Wireless Access Point EDIMAX EW-7438RPN Mini Wi-Fi Extender/Access Point/Wi-Fi Bridge, 802.11 b/g/n</t>
   </si>
   <si>
     <t>EDIM-EW-7438RPN-MINI</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender D-Link DAP-1325/E, N 300</t>
+  </si>
+  <si>
+    <t>D-LINK-DAP-1325-E</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik hAP lite RB951G-2HnD, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, Classic</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB941-2nD</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender  D-Link DAP-1610/E Wireless AC1200 Dual Band</t>
+  </si>
+  <si>
+    <t>D-LINK-DAP-1610-E</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>Wireless Range Extender D-Link DAP-1325/E, N 300</t>
-[...19 lines deleted...]
-  <si>
     <t>Wireless Range Extender Cudy RE1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100</t>
   </si>
   <si>
     <t>CUDY-AP-RE1200</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Wireless Access Point MikroTik hAP lite RB941-2nD-TC, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, tower case</t>
   </si>
   <si>
     <t>MIKROTIK-RB941-2nD-TC</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik cAP lite RBcAPL-2nD, ceiling, 64MB RAM, 1xLAN 10/100, 802.3af/at, RouterOS</t>
   </si>
   <si>
     <t>MIKROTIK-RBcAPL-2ND</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik mAP Lite RBmAPL-2nD, 64MB RAM, 1xLAN 10/100, 802.3af/at</t>
   </si>
   <si>
     <t>MIKROTIK-RBmAPL-2ND</t>
   </si>
   <si>
+    <t>Wireless Range Extender / AP Cudy RE1500 WiFI5, AC1200, 1x10/100 Gigabit Ethernet Port</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE1500</t>
+  </si>
+  <si>
     <t>Wireless Access Point Cudy AP1300D Wi-Fi Gigabit AC1200</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP1300D</t>
   </si>
   <si>
+    <t>Access Point Cudy AP1200-Outdoor, AC1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100, PoE</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP1200-OUT</t>
+  </si>
+  <si>
     <t>Wireless Range Extender  D-Link DAP-1620/E Wireless AC1200 Dual Band</t>
   </si>
   <si>
     <t>D-LINK-DAP-1620-E</t>
   </si>
   <si>
-    <t>Access Point Cudy AP1200-Outdoor, AC1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100, PoE</t>
-[...2 lines deleted...]
-    <t>CUDY-ROUT-AP1200-OUT</t>
+    <t>Wireless Access Point Cudy AP1300, 1× Gigabit Ethernet PoE, DC adapter</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP1300</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik SXTsq Lite2, outdoor, 64MB RAM, 1xLAN 10/100/, 2.4Ghz</t>
   </si>
   <si>
     <t>MIKROTIK-RBSXTsq2nD</t>
   </si>
   <si>
-    <t>Wireless Access Point Cudy AP1300, 1× Gigabit Ethernet PoE, DC adapter</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Access Point Cudy AP1300-P, 1× Gigabit Ethernet PoE, PoE adapter</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP1300-P</t>
   </si>
   <si>
+    <t>Wireless Access Point Cudy AP3000D,WiFi 6,AX3000 Dual Band Ceiling Mount, 1xRJ45,.12V DC,4x5Dbi antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP3000D</t>
+  </si>
+  <si>
     <t>Wireless Access Point MikroTik RBmAP2nD, Dual-Chain 2.4GHz micro AP, 650MHz CPU, 64MB RAM, 2xEthernet, PoE out</t>
   </si>
   <si>
     <t>MIKROTIK-RBmAP2nD</t>
   </si>
   <si>
     <t xml:space="preserve">Wireless Access point MiKrotik HAP RB951UI-2ND 5 x 10/100 Mbps, PoE, White </t>
   </si>
   <si>
     <t>MIKROTIK-RB951Ui-2ND-HAP</t>
   </si>
   <si>
     <t xml:space="preserve">Wireless Range Extender TP-LINK RE500X, 2.4 / 5 GHz, 1000 Mbps </t>
   </si>
   <si>
     <t>TP-TL-RE500X</t>
   </si>
   <si>
     <t>Wireless Amplifier Range Extender / AP Cudy RE1200 Outdoor WiFI5, AC1200, 1x 10/100/1000, outdoor use</t>
   </si>
   <si>
     <t>CUDY-AP-RE1200-OUT</t>
   </si>
   <si>
+    <t>Wireless Range Extender /AP Cudy RE3600 WiFI7, 1x Gigabit Ethernet Port</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE3600</t>
+  </si>
+  <si>
     <t>Wireless Access Point MikroTik RBcAP2nD, ceiling, 64MB RAM, 1xLAN 10/100, 2.4Ghz 802.11b/g/n, 2x int.antenna 2Dbi, RouterOS</t>
   </si>
   <si>
     <t>MIKROTIK-RBcAP2ND</t>
   </si>
   <si>
     <t>Range Extender Cudy RE3000, AX3000 Dual Band, 2.4/5 GHz, 574 - 2402 Mbps, Gigabit</t>
   </si>
   <si>
     <t>CUDY-AP-RE3000</t>
   </si>
   <si>
+    <t>Wireless Access Point MikroTik RB951Ui-2HnD, 2.4Ghz AP, 5x10/100 Ethernet, USB, 600MHz CPU, 128MB RAM</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB951Ui-2HnD</t>
+  </si>
+  <si>
     <t>Access Point Cudy AP1300-Outdoor, AC1200, 2.4/5 GHz, 300 - 867 Mbps, 1×Gigabit WAN/LAN, PoE</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP1300-OUT</t>
   </si>
   <si>
-    <t>Wireless Access Point MikroTik RB951Ui-2HnD, 2.4Ghz AP, 5x10/100 Ethernet, USB, 600MHz CPU, 128MB RAM</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Access point MiKrotik HAP RB951UI-2ND 5 x 10/100 Mbps, USB-A, PoE, White</t>
   </si>
   <si>
     <t>MIKROTIK-RB952Ui-5AC2ND</t>
   </si>
   <si>
+    <t>Access Point Cudy AP3000, AX3000, 2.4/5 GHz, 571 - 2402 Mbps, 1× 2.5 Gbps, DC Adapter</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP3000</t>
+  </si>
+  <si>
     <t>Wireless Access Point MikroTik RBSXTsqG-5acD, outdoor, 256MB RAM, 1xLAN 10/100/100, 5Ghz</t>
   </si>
   <si>
     <t>MIKROTIK-RBSXTsqG-5acD</t>
   </si>
   <si>
-    <t>Access Point Cudy AP3000, AX3000, 2.4/5 GHz, 571 - 2402 Mbps, 1× 2.5 Gbps, DC Adapter</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Range Extender TP-LINK RE605X AX1800 - WiFi 6</t>
   </si>
   <si>
     <t>TP-TL-RE605X</t>
   </si>
   <si>
+    <t>Access Point Cudy AP3000, AX3000, 2.4/5 GHz, 571 - 2402 Mbps, 1× 2.5 Gbps, PoE Adapter</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP3000-P</t>
+  </si>
+  <si>
     <t>Wireless Access Point ZYXEL NWA50AX, WiFi6, AX1800, PoE</t>
   </si>
   <si>
     <t>ZYXEL-NWA50AX</t>
   </si>
   <si>
-    <t>Access Point Cudy AP3000, AX3000, 2.4/5 GHz, 571 - 2402 Mbps, 1× 2.5 Gbps, PoE Adapter</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Access Point MikroTik hAP ac² RBD52G-5HacD2HnD, 128MB RAM, 5 x Gbit LAN, 2.4Ghz 802.11b/g/n, 5GHz 802.11an/ac</t>
   </si>
   <si>
     <t>MIKROTIK-RBD52G5HacD2-TC</t>
   </si>
   <si>
     <t>Access Point Cudy AP3000, AX3000 Dual Band Ceiling Mount OutDoor</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP3000-OUT</t>
   </si>
   <si>
-    <t>Wireless Access Point MikroTik wAP ac RBwAPG-5HacD2HnD, 2 x 10/100/1000, 2.4 GHz (300Mpbs)/5GHz (867Mbps)</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Access Point MikroTik wAP ax - wAPG-5HaxD2HaxD, Външен, 2.4 GHz (574Mpbs)/5GHz (2400Mbps)</t>
   </si>
   <si>
     <t>MIKROTIK-wAPG-5HaxD2HaxD</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik RbcAPGi-5acD2nD, for ceiling, 128MB RAM, 2 x Gbit LAN, 2.4Ghz 802.11b / g / n, 5GHz 802.11an / ac, RouterOS</t>
   </si>
   <si>
     <t>MIKROTIK-RBcAPGi-5acD2nD</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik RBcAP2nD, ceiling, 128MB RAM, 2xLAN 10/100/100, 2.4/5Ghz, RouterOS</t>
   </si>
   <si>
     <t>MIKROT-RBcAPGi-5acD2nD-XL</t>
   </si>
   <si>
     <t>Dual-Radio Access Point ZYXEL WAX300H, 2.4/5GHz, 575/2400Mbps</t>
   </si>
   <si>
     <t>ZYXEL-WAX300H</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL NWA90AX PRO, WiFi6, AX3000, PoE</t>
@@ -289,138 +301,144 @@
   <si>
     <t>MIKROTIK LHG XL HP5 - RBLHG-5HPnD-XL Antenna, 27 dBi, 5 GHz, PtP</t>
   </si>
   <si>
     <t>MIKROTIK-RBLHG-5HPnD-XL</t>
   </si>
   <si>
     <t>Antenna MIKROTIK TIK-RBSXTG-5HPacD-SA, SXT SA5 ac, 13dBi 2x2, Dual-polarized</t>
   </si>
   <si>
     <t>MIKROTIK-RBSXTG-5HPacD-SA</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL NWA50AX PRO, WiFi6, AX3000, PoE</t>
   </si>
   <si>
     <t>ZYXEL-NWA50AXPRO</t>
   </si>
   <si>
     <t>dual-chain outdoor device MikroTik NetBox 5 ax, 10/100/1000, 5GHz</t>
   </si>
   <si>
     <t>MIKROTIK-L11UG-5HaxD-NB</t>
   </si>
   <si>
+    <t>Wireless Access Point ZYXEL NWA55AX, WiFi6, AX1800, PoE, outdoor</t>
+  </si>
+  <si>
+    <t>ZYXEL-NWA55AX</t>
+  </si>
+  <si>
     <t>Access Point Ubiqiti AC Mesh, 2.4/5 GHz, 300 - 867Mbps</t>
   </si>
   <si>
     <t>UB-UAP-AC-M</t>
   </si>
   <si>
-    <t>Wireless Access Point ZYXEL NWA55AX, WiFi6, AX1800, PoE, outdoor</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Access Point MikroTik hAP AC RB962UiGS-5HacT2HnT, 5x 10/100/1000, USB 2.0</t>
   </si>
   <si>
     <t>MIKROT-RB962UiGS-5HacT2Hn</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik cAP AX cAPGi-5HaxD2HaxD, 2.4/5 GHz, PoE in, PoE оut</t>
   </si>
   <si>
     <t>MIKROT-cAPGi-5HaxD2HaxD</t>
   </si>
   <si>
     <t>TP-Link Deco M5, AC1300 Whole Home Mesh Wi-Fi System(2-pack)</t>
   </si>
   <si>
     <t>TP-TL-DECO-M5-2PACK</t>
   </si>
   <si>
+    <t>Wireless Access Point ZYXEL  WAC5302D-Sv2, AC1200, 3xGbE LAN/WAN</t>
+  </si>
+  <si>
+    <t>ZYXEL-WAC5302D-SV2</t>
+  </si>
+  <si>
     <t>Wireless Access Point ZYXEL WAC500, AC1200, GbE LAN/WAN</t>
   </si>
   <si>
     <t>ZYXEL-WAC500</t>
   </si>
   <si>
-    <t>Wireless Access Point ZYXEL  WAC5302D-Sv2, AC1200, 3xGbE LAN/WAN</t>
-[...2 lines deleted...]
-    <t>ZYXEL-WAC5302D-SV2</t>
+    <t>TP-Link Deco X50, 2 pack, 3x LAN/WAN, 2.4/5 GHz, 574 -  2402 Mbps, Gigabit</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-X50-OUTD-2PACK</t>
   </si>
   <si>
     <t>MikroTik, Tri-band (one 2.4 GHz &amp; two 5 GHz) home access point with meshing technology</t>
   </si>
   <si>
     <t>MIKRO-RBD25G-5HPacQD2HPND</t>
   </si>
   <si>
+    <t>Access Point MikroTik RBwAPGR-5HacD2HnD&amp;R11e, 128MB RAM, 2.4 - 5 GHz, 300 - 867 Mbps, RouterOS</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBwAPGR-5HacD2Hn</t>
+  </si>
+  <si>
     <t>Access Point Ubiqiti U6-PRO, 2.4/5 GHz, 573.5 - 4800Mbps, 4x4MIMO, no PoE, White</t>
   </si>
   <si>
     <t>UBIQUITI-U6-PRO</t>
   </si>
   <si>
-    <t>Access Point MikroTik RBwAPGR-5HacD2HnD&amp;R11e, 128MB RAM, 2.4 - 5 GHz, 300 - 867 Mbps, RouterOS</t>
-[...4 lines deleted...]
-  <si>
     <t>Mikrotik mANTBox ax 15s, L22UGS-5HaxD2HaxD-15S, 2.4/5GHz</t>
   </si>
   <si>
     <t>MIKROT-L22UGS-5HaxD2HaxD</t>
   </si>
   <si>
     <t>MIKROTIK RBLHGR&amp;R11e-LTE6 Antenna, LHG 2G/3G/LTE6, 17 dBi</t>
   </si>
   <si>
     <t>MIKROTIK-RBLHGR-R11e-LTE6</t>
   </si>
   <si>
     <t>TP-Link Deco X50, 3 pack, 3x LAN/WAN, 2.4/5 GHz, 574 - 2402 Mbps, Gigabit</t>
   </si>
   <si>
     <t>TP-TL-DECO-X50-OUTD-3PACK</t>
   </si>
   <si>
+    <t>Wireless access point ZYXEL NWA220AX, AXE5400 WiFi 6E 2.4/5/6GHz</t>
+  </si>
+  <si>
+    <t>ZYXEL-NWA220AX-6E</t>
+  </si>
+  <si>
     <t>TP-Link Deco M5, AC1200 Whole Home Mesh Wi-Fi System(3-pack)</t>
   </si>
   <si>
     <t>TP-TL-DECO-M5-3PACK</t>
-  </si>
-[...4 lines deleted...]
-    <t>ZYXEL-NWA220AX-6E</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL WAX510D, 802.11ax 2x2 Dual Optimized Antenna, Unified AP,  1 year NCC Pro Pack license</t>
   </si>
   <si>
     <t>ZYXEL-WAX510D</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL WAX650S, 802.11ax 4x4 Smart Antenna, Unified AP, 1 year NCC Pro pack license</t>
   </si>
   <si>
     <t>ZYXEL-WAX650S</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -736,51 +754,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D61"/>
+  <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="163.817" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -789,853 +807,895 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>47.64</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>48.528</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>49.92</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>54.6</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>54.984</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>55.2</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>62.4</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>68.64</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>74.988</v>
+        <v>69.0</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>78.0</v>
+        <v>74.988</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>79.356</v>
+        <v>76.104</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>82.8</v>
+        <v>78.0</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>83.724</v>
+        <v>80.292</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>92.016</v>
+        <v>82.8</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>92.4</v>
+        <v>88.248</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>96.48</v>
+        <v>88.992</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>99.0</v>
+        <v>92.4</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>99.0</v>
+        <v>96.48</v>
       </c>
       <c r="D19" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>107.04</v>
+        <v>99.0</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>108.996</v>
+        <v>99.0</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>114.936</v>
+        <v>99.984</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>122.4</v>
+        <v>107.04</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>123.204</v>
+        <v>108.996</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>129.264</v>
+        <v>112.5</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>130.212</v>
+        <v>114.936</v>
       </c>
       <c r="D26" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>135.072</v>
+        <v>121.764</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>144.0</v>
+        <v>124.884</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>145.488</v>
+        <v>129.264</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>153.384</v>
+        <v>135.0</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>160.764</v>
+        <v>139.524</v>
       </c>
       <c r="D31" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>181.536</v>
+        <v>144.0</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>189.228</v>
+        <v>153.384</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>190.8</v>
+        <v>154.176</v>
       </c>
       <c r="D34" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>202.8</v>
+        <v>189.228</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>205.2</v>
+        <v>190.8</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>207.6</v>
+        <v>202.8</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>209.232</v>
+        <v>205.2</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>221.424</v>
+        <v>207.6</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>225.6</v>
+        <v>209.232</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>225.72</v>
+        <v>221.424</v>
       </c>
       <c r="D41" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>230.58</v>
+        <v>225.6</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>236.616</v>
+        <v>225.72</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>238.8</v>
+        <v>230.58</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>246.0</v>
+        <v>236.616</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>248.28</v>
+        <v>238.656</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>252.648</v>
+        <v>238.8</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>289.836</v>
+        <v>243.72</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>306.552</v>
+        <v>252.648</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>334.8</v>
+        <v>289.836</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>348.0</v>
+        <v>300.0</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>357.984</v>
+        <v>306.552</v>
       </c>
       <c r="D52" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>358.8</v>
+        <v>309.0</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>370.764</v>
+        <v>348.0</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>370.8</v>
+        <v>358.8</v>
       </c>
       <c r="D55" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>388.728</v>
+        <v>364.188</v>
       </c>
       <c r="D56" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>444.444</v>
+        <v>370.764</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>466.8</v>
+        <v>370.8</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>598.164</v>
+        <v>388.728</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
+        <v>444.0</v>
+      </c>
+      <c r="D60" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
+        <v>126</v>
+      </c>
+      <c r="C61">
+        <v>444.444</v>
+      </c>
+      <c r="D61" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
+        <v>128</v>
+      </c>
+      <c r="C62">
+        <v>516.0</v>
+      </c>
+      <c r="D62" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
+        <v>130</v>
+      </c>
+      <c r="C63">
         <v>1142.136</v>
       </c>
-      <c r="D60" t="s">
-        <v>11</v>
+      <c r="D63" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D61"/>
+  <autoFilter ref="A1:D64"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>