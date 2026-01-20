--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -28,417 +28,417 @@
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$64</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Wireless Range Extender D-Link DAP-1325/E, N 300</t>
+  </si>
+  <si>
+    <t>D-LINK-DAP-1325-E</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik hAP lite RB941-2nD-TC, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, tower case</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB941-2nD-TC</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik hAP lite RB951G-2HnD, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, Classic</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB941-2nD</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender  D-Link DAP-1610/E Wireless AC1200 Dual Band</t>
+  </si>
+  <si>
+    <t>D-LINK-DAP-1610-E</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender Cudy RE1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE1200</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik cAP lite RBcAPL-2nD, ceiling, 64MB RAM, 1xLAN 10/100, 802.3af/at, RouterOS</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBcAPL-2ND</t>
+  </si>
+  <si>
     <t>Wireless Access Point EDIMAX EW-7438RPN Mini Wi-Fi Extender/Access Point/Wi-Fi Bridge, 802.11 b/g/n</t>
   </si>
   <si>
     <t>EDIM-EW-7438RPN-MINI</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...41 lines deleted...]
-    <t>MIKROTIK-RBcAPL-2ND</t>
+    <t>Wireless Access Point Cudy AP1300D Wi-Fi Gigabit AC1200</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP1300D</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik mAP Lite RBmAPL-2nD, 64MB RAM, 1xLAN 10/100, 802.3af/at</t>
   </si>
   <si>
     <t>MIKROTIK-RBmAPL-2ND</t>
   </si>
   <si>
     <t>Wireless Range Extender / AP Cudy RE1500 WiFI5, AC1200, 1x10/100 Gigabit Ethernet Port</t>
   </si>
   <si>
     <t>CUDY-AP-RE1500</t>
   </si>
   <si>
-    <t>Wireless Access Point Cudy AP1300D Wi-Fi Gigabit AC1200</t>
-[...2 lines deleted...]
-    <t>CUDY-ROUT-AP1300D</t>
+    <t>Wireless Access Point MikroTik SXTsq Lite2, outdoor, 64MB RAM, 1xLAN 10/100/, 2.4Ghz</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBSXTsq2nD</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik RBmAP2nD, Dual-Chain 2.4GHz micro AP, 650MHz CPU, 64MB RAM, 2xEthernet, PoE out</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBmAP2nD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wireless Access point MiKrotik HAP RB951UI-2ND 5 x 10/100 Mbps, PoE, White </t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB951Ui-2ND-HAP</t>
   </si>
   <si>
     <t>Access Point Cudy AP1200-Outdoor, AC1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100, PoE</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP1200-OUT</t>
   </si>
   <si>
+    <t>Wireless Access Point Cudy AP3000D,WiFi 6,AX3000 Dual Band Ceiling Mount, 1xRJ45,.12V DC,4x5Dbi antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP3000D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wireless Range Extender TP-LINK RE500X, 2.4 / 5 GHz, 1000 Mbps </t>
+  </si>
+  <si>
+    <t>TP-TL-RE500X</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik RBcAP2nD, ceiling, 64MB RAM, 1xLAN 10/100, 2.4Ghz 802.11b/g/n, 2x int.antenna 2Dbi, RouterOS</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBcAP2ND</t>
+  </si>
+  <si>
+    <t>Range Extender Cudy RE3000, AX3000 Dual Band, 2.4/5 GHz, 574 - 2402 Mbps, Gigabit</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE3000</t>
+  </si>
+  <si>
+    <t>Wireless Access Point Cudy AP1300, 1× Gigabit Ethernet PoE, DC adapter</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP1300</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik RB951Ui-2HnD, 2.4Ghz AP, 5x10/100 Ethernet, USB, 600MHz CPU, 128MB RAM</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB951Ui-2HnD</t>
+  </si>
+  <si>
+    <t>Wireless Amplifier Range Extender / AP Cudy RE1200 Outdoor WiFI5, AC1200, 1x 10/100, outdoor use</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE1200-OUT</t>
+  </si>
+  <si>
+    <t>Wireless Access Point Cudy AP1300-P, 1× Gigabit Ethernet PoE, PoE adapter</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP1300-P</t>
+  </si>
+  <si>
+    <t>Wireless Access point MiKrotik HAP RB951UI-2ND 5 x 10/100 Mbps, USB-A, PoE, White</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB952Ui-5AC2ND</t>
+  </si>
+  <si>
     <t>Wireless Range Extender  D-Link DAP-1620/E Wireless AC1200 Dual Band</t>
   </si>
   <si>
     <t>D-LINK-DAP-1620-E</t>
   </si>
   <si>
-    <t>Wireless Access Point Cudy AP1300, 1× Gigabit Ethernet PoE, DC adapter</t>
-[...44 lines deleted...]
-    <t>CUDY-AP-RE1200-OUT</t>
+    <t>Wireless Access Point MikroTik RBSXTsqG-5acD, outdoor, 256MB RAM, 1xLAN 10/100/100, 5Ghz</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBSXTsqG-5acD</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender TP-LINK RE605X AX1800 - WiFi 6</t>
+  </si>
+  <si>
+    <t>TP-TL-RE605X</t>
   </si>
   <si>
     <t>Wireless Range Extender /AP Cudy RE3600 WiFI7, 1x Gigabit Ethernet Port</t>
   </si>
   <si>
     <t>CUDY-AP-RE3600</t>
   </si>
   <si>
-    <t>Wireless Access Point MikroTik RBcAP2nD, ceiling, 64MB RAM, 1xLAN 10/100, 2.4Ghz 802.11b/g/n, 2x int.antenna 2Dbi, RouterOS</t>
-[...26 lines deleted...]
-    <t>MIKROTIK-RB952Ui-5AC2ND</t>
+    <t>Wireless Access Point MikroTik hAP ac² RBD52G-5HacD2HnD, 128MB RAM, 5 x Gbit LAN, 2.4Ghz 802.11b/g/n, 5GHz 802.11an/ac</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBD52G5HacD2-TC</t>
   </si>
   <si>
     <t>Access Point Cudy AP3000, AX3000, 2.4/5 GHz, 571 - 2402 Mbps, 1× 2.5 Gbps, DC Adapter</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP3000</t>
   </si>
   <si>
-    <t>Wireless Access Point MikroTik RBSXTsqG-5acD, outdoor, 256MB RAM, 1xLAN 10/100/100, 5Ghz</t>
-[...8 lines deleted...]
-    <t>TP-TL-RE605X</t>
+    <t>Wireless Access Point MikroTik wAP ax - wAPG-5HaxD2HaxD, Външен, 2.4 GHz (574Mpbs)/5GHz (2400Mbps)</t>
+  </si>
+  <si>
+    <t>MIKROTIK-wAPG-5HaxD2HaxD</t>
+  </si>
+  <si>
+    <t>Wireless Access Point ZYXEL NWA50AX PRO, WiFi6, AX3000, PoE</t>
+  </si>
+  <si>
+    <t>ZYXEL-NWA50AXPRO</t>
+  </si>
+  <si>
+    <t>Wireless Access Point ZYXEL NWA50AX, WiFi6, AX1800, PoE</t>
+  </si>
+  <si>
+    <t>ZYXEL-NWA50AX</t>
+  </si>
+  <si>
+    <t>Access Point Cudy AP3000, AX3000 Dual Band Ceiling Mount OutDoor</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP3000-OUT</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik wAP ac RBwAPG-5HacD2HnD, 2 x 10/100/1000, 2.4 GHz (300Mpbs)/5GHz (867Mbps)</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBwAPG-5HacD2HnD</t>
   </si>
   <si>
     <t>Access Point Cudy AP3000, AX3000, 2.4/5 GHz, 571 - 2402 Mbps, 1× 2.5 Gbps, PoE Adapter</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP3000-P</t>
   </si>
   <si>
-    <t>Wireless Access Point ZYXEL NWA50AX, WiFi6, AX1800, PoE</t>
-[...22 lines deleted...]
-  <si>
     <t>Wireless Access Point MikroTik RbcAPGi-5acD2nD, for ceiling, 128MB RAM, 2 x Gbit LAN, 2.4Ghz 802.11b / g / n, 5GHz 802.11an / ac, RouterOS</t>
   </si>
   <si>
     <t>MIKROTIK-RBcAPGi-5acD2nD</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik RBcAP2nD, ceiling, 128MB RAM, 2xLAN 10/100/100, 2.4/5Ghz, RouterOS</t>
   </si>
   <si>
     <t>MIKROT-RBcAPGi-5acD2nD-XL</t>
   </si>
   <si>
+    <t>Antenna MIKROTIK - RB911G-2HPnD-12S, 120 dBi, 2.4 GHz,  600 MHz,Dual polarization</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB911G-2HPnD-12S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wireless Access Point MikroTik Metal 52 ac RBMetalG-52SHPacn, 64MB RAM, 2.4/5GHz </t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBMET-52SHPACN</t>
+  </si>
+  <si>
+    <t>MIKROTIK LHG XL HP5 - RBLHG-5HPnD-XL Antenna, 27 dBi, 5 GHz, PtP</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBLHG-5HPnD-XL</t>
+  </si>
+  <si>
+    <t>Antenna MIKROTIK TIK-RBSXTG-5HPacD-SA, SXT SA5 ac, 13dBi 2x2, Dual-polarized</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBSXTG-5HPacD-SA</t>
+  </si>
+  <si>
+    <t>dual-chain outdoor device MikroTik NetBox 5 ax, 10/100/1000, 5GHz</t>
+  </si>
+  <si>
+    <t>MIKROTIK-L11UG-5HaxD-NB</t>
+  </si>
+  <si>
+    <t>Wireless Access Point ZYXEL NWA55AX, WiFi6, AX1800, PoE, outdoor</t>
+  </si>
+  <si>
+    <t>ZYXEL-NWA55AX</t>
+  </si>
+  <si>
+    <t>Access Point Ubiqiti AC Mesh, 2.4/5 GHz, 300 - 867Mbps</t>
+  </si>
+  <si>
+    <t>UB-UAP-AC-M</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik hAP AC RB962UiGS-5HacT2HnT, 5x 10/100/1000, USB 2.0</t>
+  </si>
+  <si>
+    <t>MIKROT-RB962UiGS-5HacT2Hn</t>
+  </si>
+  <si>
+    <t>Wireless Access Point ZYXEL NWA90AX PRO, WiFi6, AX3000, PoE</t>
+  </si>
+  <si>
+    <t>ZYXEL-NWA90AX-PRO</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik cAP AX cAPGi-5HaxD2HaxD, 2.4/5 GHz, PoE in, PoE оut</t>
+  </si>
+  <si>
+    <t>MIKROT-cAPGi-5HaxD2HaxD</t>
+  </si>
+  <si>
     <t>Dual-Radio Access Point ZYXEL WAX300H, 2.4/5GHz, 575/2400Mbps</t>
   </si>
   <si>
     <t>ZYXEL-WAX300H</t>
   </si>
   <si>
-    <t>Wireless Access Point ZYXEL NWA90AX PRO, WiFi6, AX3000, PoE</t>
-[...64 lines deleted...]
-  <si>
     <t>TP-Link Deco M5, AC1300 Whole Home Mesh Wi-Fi System(2-pack)</t>
   </si>
   <si>
     <t>TP-TL-DECO-M5-2PACK</t>
   </si>
   <si>
+    <t>Wireless Access Point ZYXEL WAC500, AC1200, GbE LAN/WAN</t>
+  </si>
+  <si>
+    <t>ZYXEL-WAC500</t>
+  </si>
+  <si>
+    <t>TP-Link Deco X50, 2 pack, 3x LAN/WAN, 2.4/5 GHz, 574 -  2402 Mbps, Gigabit</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-X50-OUTD-2PACK</t>
+  </si>
+  <si>
     <t>Wireless Access Point ZYXEL  WAC5302D-Sv2, AC1200, 3xGbE LAN/WAN</t>
   </si>
   <si>
     <t>ZYXEL-WAC5302D-SV2</t>
   </si>
   <si>
-    <t>Wireless Access Point ZYXEL WAC500, AC1200, GbE LAN/WAN</t>
-[...10 lines deleted...]
-  <si>
     <t>MikroTik, Tri-band (one 2.4 GHz &amp; two 5 GHz) home access point with meshing technology</t>
   </si>
   <si>
     <t>MIKRO-RBD25G-5HPacQD2HPND</t>
   </si>
   <si>
     <t>Access Point MikroTik RBwAPGR-5HacD2HnD&amp;R11e, 128MB RAM, 2.4 - 5 GHz, 300 - 867 Mbps, RouterOS</t>
   </si>
   <si>
     <t>MIKROTIK-RBwAPGR-5HacD2Hn</t>
   </si>
   <si>
     <t>Access Point Ubiqiti U6-PRO, 2.4/5 GHz, 573.5 - 4800Mbps, 4x4MIMO, no PoE, White</t>
   </si>
   <si>
     <t>UBIQUITI-U6-PRO</t>
   </si>
   <si>
     <t>Mikrotik mANTBox ax 15s, L22UGS-5HaxD2HaxD-15S, 2.4/5GHz</t>
   </si>
   <si>
     <t>MIKROT-L22UGS-5HaxD2HaxD</t>
   </si>
   <si>
     <t>MIKROTIK RBLHGR&amp;R11e-LTE6 Antenna, LHG 2G/3G/LTE6, 17 dBi</t>
   </si>
   <si>
     <t>MIKROTIK-RBLHGR-R11e-LTE6</t>
   </si>
   <si>
     <t>TP-Link Deco X50, 3 pack, 3x LAN/WAN, 2.4/5 GHz, 574 - 2402 Mbps, Gigabit</t>
   </si>
   <si>
     <t>TP-TL-DECO-X50-OUTD-3PACK</t>
   </si>
   <si>
+    <t>TP-Link Deco M5, AC1200 Whole Home Mesh Wi-Fi System(3-pack)</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-M5-3PACK</t>
+  </si>
+  <si>
     <t>Wireless access point ZYXEL NWA220AX, AXE5400 WiFi 6E 2.4/5/6GHz</t>
   </si>
   <si>
     <t>ZYXEL-NWA220AX-6E</t>
-  </si>
-[...4 lines deleted...]
-    <t>TP-TL-DECO-M5-3PACK</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL WAX510D, 802.11ax 2x2 Dual Optimized Antenna, Unified AP,  1 year NCC Pro Pack license</t>
   </si>
   <si>
     <t>ZYXEL-WAX510D</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL WAX650S, 802.11ax 4x4 Smart Antenna, Unified AP, 1 year NCC Pro pack license</t>
   </si>
   <si>
     <t>ZYXEL-WAX650S</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -764,934 +764,934 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="163.817" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>47.64</v>
+        <v>24.816</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>48.528</v>
+        <v>25.284</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>49.92</v>
+        <v>25.608</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>54.6</v>
+        <v>27.912</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>54.984</v>
+        <v>28.116</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>55.2</v>
+        <v>31.908</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>62.4</v>
+        <v>33.492</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>68.64</v>
+        <v>34.5</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>69.0</v>
+        <v>35.088</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>74.988</v>
+        <v>35.28</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>76.104</v>
+        <v>42.336</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>78.0</v>
+        <v>47.244</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>80.292</v>
+        <v>49.332</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>82.8</v>
+        <v>49.896</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>88.248</v>
+        <v>49.896</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>88.992</v>
+        <v>50.616</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>92.4</v>
+        <v>51.216</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>96.48</v>
+        <v>55.728</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>99.0</v>
+        <v>56.052</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>99.0</v>
+        <v>57.516</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>99.984</v>
+        <v>59.88</v>
       </c>
       <c r="D22" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>107.04</v>
+        <v>61.608</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>108.996</v>
+        <v>62.256</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>112.5</v>
+        <v>62.388</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>114.936</v>
+        <v>66.096</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>121.764</v>
+        <v>69.024</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>124.884</v>
+        <v>69.9</v>
       </c>
       <c r="D28" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>129.264</v>
+        <v>78.42</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>135.0</v>
+        <v>87.18</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>139.524</v>
+        <v>87.384</v>
       </c>
       <c r="D31" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>144.0</v>
+        <v>87.648</v>
       </c>
       <c r="D32" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>153.384</v>
+        <v>88.8</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>154.176</v>
+        <v>90.0</v>
       </c>
       <c r="D34" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>189.228</v>
+        <v>92.82</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>190.8</v>
+        <v>97.404</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>202.8</v>
+        <v>97.56</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>205.2</v>
+        <v>103.692</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>207.6</v>
+        <v>106.98</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>209.232</v>
+        <v>113.22</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>221.424</v>
+        <v>115.344</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>225.6</v>
+        <v>115.416</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>225.72</v>
+        <v>120.984</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>230.58</v>
+        <v>122.028</v>
       </c>
       <c r="D44" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>236.616</v>
+        <v>122.1</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>238.656</v>
+        <v>124.608</v>
       </c>
       <c r="D46" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>238.8</v>
+        <v>126.708</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>243.72</v>
+        <v>129.18</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>252.648</v>
+        <v>134.364</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>289.836</v>
+        <v>148.188</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>300.0</v>
+        <v>156.732</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>306.552</v>
+        <v>157.992</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>309.0</v>
+        <v>171.18</v>
       </c>
       <c r="D53" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>348.0</v>
+        <v>177.924</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>358.8</v>
+        <v>183.456</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>364.188</v>
+        <v>186.204</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>370.764</v>
+        <v>189.576</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>370.8</v>
+        <v>189.588</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>388.728</v>
+        <v>198.756</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>444.0</v>
+        <v>227.244</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>444.444</v>
+        <v>238.668</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>516.0</v>
+        <v>305.844</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>1142.136</v>
+        <v>583.968</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D64"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>