--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,296 +7,302 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$64</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$65</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Wireless Range Extender D-Link DAP-1325/E, N 300</t>
   </si>
   <si>
     <t>D-LINK-DAP-1325-E</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik hAP lite RB941-2nD-TC, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, tower case</t>
   </si>
   <si>
     <t>MIKROTIK-RB941-2nD-TC</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik hAP lite RB951G-2HnD, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, Classic</t>
   </si>
   <si>
     <t>MIKROTIK-RB941-2nD</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
+    <t>Wireless Access Point EDIMAX EW-7438RPN Mini Wi-Fi Extender/Access Point/Wi-Fi Bridge, 802.11 b/g/n</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7438RPN-MINI</t>
+  </si>
+  <si>
     <t>Wireless Range Extender  D-Link DAP-1610/E Wireless AC1200 Dual Band</t>
   </si>
   <si>
     <t>D-LINK-DAP-1610-E</t>
   </si>
   <si>
     <t>Wireless Range Extender Cudy RE1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100</t>
   </si>
   <si>
     <t>CUDY-AP-RE1200</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik cAP lite RBcAPL-2nD, ceiling, 64MB RAM, 1xLAN 10/100, 802.3af/at, RouterOS</t>
   </si>
   <si>
     <t>MIKROTIK-RBcAPL-2ND</t>
   </si>
   <si>
-    <t>Wireless Access Point EDIMAX EW-7438RPN Mini Wi-Fi Extender/Access Point/Wi-Fi Bridge, 802.11 b/g/n</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Access Point Cudy AP1300D Wi-Fi Gigabit AC1200</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP1300D</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik mAP Lite RBmAPL-2nD, 64MB RAM, 1xLAN 10/100, 802.3af/at</t>
   </si>
   <si>
     <t>MIKROTIK-RBmAPL-2ND</t>
   </si>
   <si>
     <t>Wireless Range Extender / AP Cudy RE1500 WiFI5, AC1200, 1x10/100 Gigabit Ethernet Port</t>
   </si>
   <si>
     <t>CUDY-AP-RE1500</t>
   </si>
   <si>
+    <t>Access Point Cudy AP1200-Outdoor, AC1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100, PoE</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP1200-OUT</t>
+  </si>
+  <si>
     <t>Wireless Access Point MikroTik SXTsq Lite2, outdoor, 64MB RAM, 1xLAN 10/100/, 2.4Ghz</t>
   </si>
   <si>
     <t>MIKROTIK-RBSXTsq2nD</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik RBmAP2nD, Dual-Chain 2.4GHz micro AP, 650MHz CPU, 64MB RAM, 2xEthernet, PoE out</t>
   </si>
   <si>
     <t>MIKROTIK-RBmAP2nD</t>
   </si>
   <si>
     <t xml:space="preserve">Wireless Access point MiKrotik HAP RB951UI-2ND 5 x 10/100 Mbps, PoE, White </t>
   </si>
   <si>
     <t>MIKROTIK-RB951Ui-2ND-HAP</t>
   </si>
   <si>
-    <t>Access Point Cudy AP1200-Outdoor, AC1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100, PoE</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Access Point Cudy AP3000D,WiFi 6,AX3000 Dual Band Ceiling Mount, 1xRJ45,.12V DC,4x5Dbi antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP3000D</t>
   </si>
   <si>
     <t xml:space="preserve">Wireless Range Extender TP-LINK RE500X, 2.4 / 5 GHz, 1000 Mbps </t>
   </si>
   <si>
     <t>TP-TL-RE500X</t>
   </si>
   <si>
+    <t>Wireless Access Point Cudy AP1300, 1× Gigabit Ethernet PoE, DC adapter</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP1300</t>
+  </si>
+  <si>
     <t>Wireless Access Point MikroTik RBcAP2nD, ceiling, 64MB RAM, 1xLAN 10/100, 2.4Ghz 802.11b/g/n, 2x int.antenna 2Dbi, RouterOS</t>
   </si>
   <si>
     <t>MIKROTIK-RBcAP2ND</t>
   </si>
   <si>
     <t>Range Extender Cudy RE3000, AX3000 Dual Band, 2.4/5 GHz, 574 - 2402 Mbps, Gigabit</t>
   </si>
   <si>
     <t>CUDY-AP-RE3000</t>
   </si>
   <si>
-    <t>Wireless Access Point Cudy AP1300, 1× Gigabit Ethernet PoE, DC adapter</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Access Point MikroTik RB951Ui-2HnD, 2.4Ghz AP, 5x10/100 Ethernet, USB, 600MHz CPU, 128MB RAM</t>
   </si>
   <si>
     <t>MIKROTIK-RB951Ui-2HnD</t>
   </si>
   <si>
+    <t>Wireless Access point MiKrotik HAP RB951UI-2ND 5 x 10/100 Mbps, USB-A, PoE, White</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB952Ui-5AC2ND</t>
+  </si>
+  <si>
     <t>Wireless Amplifier Range Extender / AP Cudy RE1200 Outdoor WiFI5, AC1200, 1x 10/100, outdoor use</t>
   </si>
   <si>
     <t>CUDY-AP-RE1200-OUT</t>
   </si>
   <si>
     <t>Wireless Access Point Cudy AP1300-P, 1× Gigabit Ethernet PoE, PoE adapter</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP1300-P</t>
   </si>
   <si>
-    <t>Wireless Access point MiKrotik HAP RB951UI-2ND 5 x 10/100 Mbps, USB-A, PoE, White</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Range Extender  D-Link DAP-1620/E Wireless AC1200 Dual Band</t>
   </si>
   <si>
     <t>D-LINK-DAP-1620-E</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik RBSXTsqG-5acD, outdoor, 256MB RAM, 1xLAN 10/100/100, 5Ghz</t>
   </si>
   <si>
     <t>MIKROTIK-RBSXTsqG-5acD</t>
   </si>
   <si>
     <t>Wireless Range Extender TP-LINK RE605X AX1800 - WiFi 6</t>
   </si>
   <si>
     <t>TP-TL-RE605X</t>
   </si>
   <si>
     <t>Wireless Range Extender /AP Cudy RE3600 WiFI7, 1x Gigabit Ethernet Port</t>
   </si>
   <si>
     <t>CUDY-AP-RE3600</t>
   </si>
   <si>
+    <t>Wireless Access Point MikroTik hAP ax S - E62iUGS-2axD5axT</t>
+  </si>
+  <si>
+    <t>MIKROTIK-E62iUGS-2axD5axT</t>
+  </si>
+  <si>
     <t>Wireless Access Point MikroTik hAP ac² RBD52G-5HacD2HnD, 128MB RAM, 5 x Gbit LAN, 2.4Ghz 802.11b/g/n, 5GHz 802.11an/ac</t>
   </si>
   <si>
     <t>MIKROTIK-RBD52G5HacD2-TC</t>
   </si>
   <si>
+    <t>Wireless Access Point MikroTik RbcAPGi-5acD2nD, for ceiling, 128MB RAM, 2 x Gbit LAN, 2.4Ghz 802.11b / g / n, 5GHz 802.11an / ac, RouterOS</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBcAPGi-5acD2nD</t>
+  </si>
+  <si>
     <t>Access Point Cudy AP3000, AX3000, 2.4/5 GHz, 571 - 2402 Mbps, 1× 2.5 Gbps, DC Adapter</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP3000</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik wAP ax - wAPG-5HaxD2HaxD, Външен, 2.4 GHz (574Mpbs)/5GHz (2400Mbps)</t>
   </si>
   <si>
     <t>MIKROTIK-wAPG-5HaxD2HaxD</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL NWA50AX PRO, WiFi6, AX3000, PoE</t>
   </si>
   <si>
     <t>ZYXEL-NWA50AXPRO</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL NWA50AX, WiFi6, AX1800, PoE</t>
   </si>
   <si>
     <t>ZYXEL-NWA50AX</t>
   </si>
   <si>
     <t>Access Point Cudy AP3000, AX3000 Dual Band Ceiling Mount OutDoor</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP3000-OUT</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik wAP ac RBwAPG-5HacD2HnD, 2 x 10/100/1000, 2.4 GHz (300Mpbs)/5GHz (867Mbps)</t>
   </si>
   <si>
     <t>MIKROTIK-RBwAPG-5HacD2HnD</t>
   </si>
   <si>
     <t>Access Point Cudy AP3000, AX3000, 2.4/5 GHz, 571 - 2402 Mbps, 1× 2.5 Gbps, PoE Adapter</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP3000-P</t>
   </si>
   <si>
-    <t>Wireless Access Point MikroTik RbcAPGi-5acD2nD, for ceiling, 128MB RAM, 2 x Gbit LAN, 2.4Ghz 802.11b / g / n, 5GHz 802.11an / ac, RouterOS</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Access Point MikroTik RBcAP2nD, ceiling, 128MB RAM, 2xLAN 10/100/100, 2.4/5Ghz, RouterOS</t>
   </si>
   <si>
     <t>MIKROT-RBcAPGi-5acD2nD-XL</t>
   </si>
   <si>
     <t>Antenna MIKROTIK - RB911G-2HPnD-12S, 120 dBi, 2.4 GHz,  600 MHz,Dual polarization</t>
   </si>
   <si>
     <t>MIKROTIK-RB911G-2HPnD-12S</t>
   </si>
   <si>
     <t xml:space="preserve">Wireless Access Point MikroTik Metal 52 ac RBMetalG-52SHPacn, 64MB RAM, 2.4/5GHz </t>
   </si>
   <si>
     <t>MIKROTIK-RBMET-52SHPACN</t>
   </si>
   <si>
     <t>MIKROTIK LHG XL HP5 - RBLHG-5HPnD-XL Antenna, 27 dBi, 5 GHz, PtP</t>
   </si>
   <si>
     <t>MIKROTIK-RBLHG-5HPnD-XL</t>
   </si>
   <si>
     <t>Antenna MIKROTIK TIK-RBSXTG-5HPacD-SA, SXT SA5 ac, 13dBi 2x2, Dual-polarized</t>
@@ -325,102 +331,102 @@
   <si>
     <t>Wireless Access Point MikroTik hAP AC RB962UiGS-5HacT2HnT, 5x 10/100/1000, USB 2.0</t>
   </si>
   <si>
     <t>MIKROT-RB962UiGS-5HacT2Hn</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL NWA90AX PRO, WiFi6, AX3000, PoE</t>
   </si>
   <si>
     <t>ZYXEL-NWA90AX-PRO</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik cAP AX cAPGi-5HaxD2HaxD, 2.4/5 GHz, PoE in, PoE оut</t>
   </si>
   <si>
     <t>MIKROT-cAPGi-5HaxD2HaxD</t>
   </si>
   <si>
     <t>Dual-Radio Access Point ZYXEL WAX300H, 2.4/5GHz, 575/2400Mbps</t>
   </si>
   <si>
     <t>ZYXEL-WAX300H</t>
   </si>
   <si>
+    <t>Wireless Access Point MikroTik OmniTik PoE ac, outdoor, 5 × 10/100/1000 Mbps</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBOmniTikPG-5Hac</t>
+  </si>
+  <si>
     <t>TP-Link Deco M5, AC1300 Whole Home Mesh Wi-Fi System(2-pack)</t>
   </si>
   <si>
     <t>TP-TL-DECO-M5-2PACK</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL WAC500, AC1200, GbE LAN/WAN</t>
   </si>
   <si>
     <t>ZYXEL-WAC500</t>
   </si>
   <si>
-    <t>TP-Link Deco X50, 2 pack, 3x LAN/WAN, 2.4/5 GHz, 574 -  2402 Mbps, Gigabit</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Access Point ZYXEL  WAC5302D-Sv2, AC1200, 3xGbE LAN/WAN</t>
   </si>
   <si>
     <t>ZYXEL-WAC5302D-SV2</t>
   </si>
   <si>
+    <t>Mikrotik mANTBox ax 15s, L22UGS-5HaxD2HaxD-15S, 2.4/5GHz</t>
+  </si>
+  <si>
+    <t>MIKROT-L22UGS-5HaxD2HaxD</t>
+  </si>
+  <si>
     <t>MikroTik, Tri-band (one 2.4 GHz &amp; two 5 GHz) home access point with meshing technology</t>
   </si>
   <si>
     <t>MIKRO-RBD25G-5HPacQD2HPND</t>
   </si>
   <si>
+    <t>Access Point Ubiqiti U6-PRO, 2.4/5 GHz, 573.5 - 4800Mbps, 4x4MIMO, no PoE, White</t>
+  </si>
+  <si>
+    <t>UBIQUITI-U6-PRO</t>
+  </si>
+  <si>
+    <t>MIKROTIK RBLHGR&amp;R11e-LTE6 Antenna, LHG 2G/3G/LTE6, 17 dBi</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBLHGR-R11e-LTE6</t>
+  </si>
+  <si>
     <t>Access Point MikroTik RBwAPGR-5HacD2HnD&amp;R11e, 128MB RAM, 2.4 - 5 GHz, 300 - 867 Mbps, RouterOS</t>
   </si>
   <si>
     <t>MIKROTIK-RBwAPGR-5HacD2Hn</t>
-  </si>
-[...16 lines deleted...]
-    <t>MIKROTIK-RBLHGR-R11e-LTE6</t>
   </si>
   <si>
     <t>TP-Link Deco X50, 3 pack, 3x LAN/WAN, 2.4/5 GHz, 574 - 2402 Mbps, Gigabit</t>
   </si>
   <si>
     <t>TP-TL-DECO-X50-OUTD-3PACK</t>
   </si>
   <si>
     <t>TP-Link Deco M5, AC1200 Whole Home Mesh Wi-Fi System(3-pack)</t>
   </si>
   <si>
     <t>TP-TL-DECO-M5-3PACK</t>
   </si>
   <si>
     <t>Wireless access point ZYXEL NWA220AX, AXE5400 WiFi 6E 2.4/5/6GHz</t>
   </si>
   <si>
     <t>ZYXEL-NWA220AX-6E</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL WAX510D, 802.11ax 2x2 Dual Optimized Antenna, Unified AP,  1 year NCC Pro Pack license</t>
   </si>
   <si>
     <t>ZYXEL-WAX510D</t>
   </si>
@@ -754,51 +760,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D64"/>
+  <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="163.817" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -818,107 +824,107 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>25.284</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>25.608</v>
+        <v>25.596</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5">
-        <v>27.912</v>
+        <v>27.0</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>28.116</v>
+        <v>27.912</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>31.908</v>
+        <v>28.116</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>33.492</v>
+        <v>32.004</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>34.5</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
@@ -930,772 +936,786 @@
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>35.28</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>42.336</v>
+        <v>42.0</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>47.244</v>
+        <v>42.336</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>49.332</v>
+        <v>47.244</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>49.896</v>
+        <v>49.332</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>49.896</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>50.616</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>51.216</v>
+        <v>50.832</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>55.728</v>
+        <v>51.216</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>56.052</v>
+        <v>55.728</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>57.516</v>
+        <v>57.528</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>59.88</v>
+        <v>57.6</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>61.608</v>
+        <v>59.88</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>62.256</v>
+        <v>61.608</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>62.388</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>66.096</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>69.024</v>
+        <v>69.0</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>69.9</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>78.42</v>
+        <v>71.172</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>87.18</v>
+        <v>78.456</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>87.384</v>
+        <v>82.824</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>87.648</v>
+        <v>87.18</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>88.8</v>
+        <v>87.384</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>90.0</v>
+        <v>87.648</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>92.82</v>
+        <v>88.8</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>97.404</v>
+        <v>90.0</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>97.56</v>
+        <v>92.82</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>103.692</v>
+        <v>97.404</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>106.98</v>
+        <v>103.692</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>113.22</v>
+        <v>106.98</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>115.344</v>
+        <v>113.28</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>115.416</v>
+        <v>115.344</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>120.984</v>
+        <v>115.44</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>122.028</v>
+        <v>120.984</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>122.1</v>
+        <v>122.028</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>124.608</v>
+        <v>122.1</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>126.708</v>
+        <v>124.716</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>129.18</v>
+        <v>126.708</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>134.364</v>
+        <v>129.18</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>148.188</v>
+        <v>134.364</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>156.732</v>
+        <v>136.8</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>157.992</v>
+        <v>148.188</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>171.18</v>
+        <v>156.732</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>177.924</v>
+        <v>171.18</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>183.456</v>
+        <v>176.928</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>186.204</v>
+        <v>177.924</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>189.576</v>
+        <v>186.204</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>189.588</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>198.756</v>
+        <v>190.8</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>227.244</v>
+        <v>198.756</v>
       </c>
       <c r="D60" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>238.668</v>
+        <v>227.244</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>305.844</v>
+        <v>238.668</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
+        <v>305.844</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
+        <v>132</v>
+      </c>
+      <c r="C64">
         <v>583.968</v>
       </c>
-      <c r="D63" t="s">
+      <c r="D64" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D64"/>
+  <autoFilter ref="A1:D65"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>