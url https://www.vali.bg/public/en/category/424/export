--- v0 (2025-10-19)
+++ v1 (2026-01-20)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$89</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$88</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Electric projection screens CELEXON Electric Economy 180 x 180 cm 1:1, Matte white</t>
   </si>
   <si>
     <t>CELEXON-1090065</t>
   </si>
   <si>
     <t>ask for price</t>
   </si>
   <si>
     <t>Electric projection screens CELEXON Electric Economy 200 x 200 cm 1:1, Matte white</t>
   </si>
   <si>
@@ -112,203 +112,212 @@
   <si>
     <t>CELEXON-1090218</t>
   </si>
   <si>
     <t>Electric projection screens CELEXON  Electric Expert XL 450 x 340 cm 4:3, matt white PVC</t>
   </si>
   <si>
     <t>CELEXON-1090219</t>
   </si>
   <si>
     <t>Electric projection screens CELEXON  Electric Expert XL 400 x 250 cm 16:10, matt white PVC</t>
   </si>
   <si>
     <t>CELEXON-1000000299</t>
   </si>
   <si>
     <t>Laser Pointer, Hama "LP-1R", red, 03500</t>
   </si>
   <si>
     <t>HAMA-03500</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>A4tech LP15 2.4G Wireless Laser Pen</t>
+  </si>
+  <si>
+    <t>A4-PEN-LP15</t>
+  </si>
+  <si>
     <t>Hama Projector Mount, Swivel, for Ceiling, up to 13.5 kg, 220879</t>
   </si>
   <si>
     <t>HAMA-220879</t>
   </si>
   <si>
     <t>Hama Wireless laser presenter “X-Pointer”</t>
   </si>
   <si>
     <t>HAMA-139915</t>
   </si>
   <si>
     <t>Wireless Laser Presenter HAMA "X-Pointer 6 in 1", Black</t>
   </si>
   <si>
     <t>HAMA-139916</t>
   </si>
   <si>
     <t>Wireless Presenter Logitech R400, Black</t>
   </si>
   <si>
     <t>LOGITECH-R400</t>
   </si>
   <si>
     <t>Projector Bag BenQ BGQM01, Black</t>
   </si>
   <si>
     <t>BENQ-CB-BGQM01</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>R500s LASER PRESENTATION REMOTE</t>
   </si>
   <si>
     <t>LOGITECH-R500s</t>
   </si>
   <si>
     <t>Greenlight Pointer, Wireless Laser Presenter, 4in1, 139918</t>
   </si>
   <si>
     <t>HAMA-139918</t>
   </si>
   <si>
+    <t>Projector Ceiling Mount HAMA 108784, 8 kg, Silver</t>
+  </si>
+  <si>
+    <t>HAMA-108784</t>
+  </si>
+  <si>
     <t>LOGITECH-R500S-BK</t>
   </si>
   <si>
-    <t>Projector Ceiling Mount HAMA 108784, 8 kg, Silver</t>
-[...2 lines deleted...]
-    <t>HAMA-108784</t>
+    <t>not available</t>
   </si>
   <si>
     <t>Projector Bag HAMA "Sportsline", L, Black</t>
   </si>
   <si>
     <t>HAMA-101066</t>
   </si>
   <si>
     <t>Hama Projector Mount, Ceiling and Wall, up to 15 kg, 220880</t>
   </si>
   <si>
     <t>HAMA-220880</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>ESTILLO Projector Mount for Ceiling Mounting</t>
   </si>
   <si>
     <t>EST-PROJECTOR-108786</t>
   </si>
   <si>
     <t>Projector Wall mount celexon MultiCel 4070W</t>
   </si>
   <si>
     <t>CELEXON-1090154</t>
   </si>
   <si>
     <t>Universal Ceiling Mount BenQ CM00G3</t>
   </si>
   <si>
     <t>BENQ-MOUNT-CM00G3</t>
   </si>
   <si>
     <t>Hama Screen with tripod, 125 x 125 cm, 2-in-1, mobile set, 21575</t>
   </si>
   <si>
     <t>HAMA-21575</t>
   </si>
   <si>
     <t>Projector Wall mount celexon MultiCel 63100S</t>
   </si>
   <si>
     <t>CELEXON-1090299</t>
   </si>
   <si>
     <t>Hama Projector Table with 2 Levels, HAMA-77510</t>
   </si>
   <si>
     <t>HAMA-77510</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Hama Screen with tripod, 155 x 155 cm, 2-in-1, 21574</t>
   </si>
   <si>
     <t>HAMA-21574</t>
   </si>
   <si>
     <t>Tripod Projection Screen ESTILLO, 180 x 180, 1:1, White</t>
   </si>
   <si>
     <t>EST-SCREEN-TRIPOD-180</t>
   </si>
   <si>
     <t>Roller Projection Screen ESTILLO Roller Projector, 180 x 180, 1:1</t>
   </si>
   <si>
     <t>EST-SCREEN-ROLLER</t>
   </si>
   <si>
     <t>Hama Screen with tripod, 180 x 180 cm, 2-in-1, mobile set, 21573</t>
   </si>
   <si>
     <t>HAMA-21573</t>
   </si>
   <si>
     <t>Projector Wall mount celexon Multicel WM800</t>
   </si>
   <si>
     <t>CELEXON-1090381</t>
   </si>
   <si>
     <t>Hama Roll-up screen, 175 x 175 cm, mobile, 21576</t>
   </si>
   <si>
     <t>HAMA-21576</t>
   </si>
   <si>
+    <t>Wireless Presenter Logitech Spotlight Plus, Bluetooth, 2.4 GHz</t>
+  </si>
+  <si>
+    <t>LOGITECH-910-005166</t>
+  </si>
+  <si>
     <t>Projector Wall mount celexon Multicel WM1000</t>
   </si>
   <si>
     <t>CELEXON-1090382</t>
   </si>
   <si>
-    <t>Wireless Presenter Logitech Spotlight Plus, Bluetooth, 2.4 GHz</t>
-[...4 lines deleted...]
-  <si>
     <t>Projector Avtek WallMount Next 1200</t>
   </si>
   <si>
     <t>AVTEK-1MVWM11</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>BenQ WM04G3 project mount Wall Metallic</t>
   </si>
   <si>
     <t>BENQ-MOUNT-WM04G3</t>
   </si>
   <si>
     <t>BenQ WM06G3 project mount Wall Metallic</t>
   </si>
   <si>
     <t>BENQ-MOUNT-WM06G3</t>
   </si>
   <si>
     <t>Projector Wall mount celexon Multicel WM1200</t>
   </si>
   <si>
     <t>CELEXON-1090383</t>
@@ -316,291 +325,279 @@
   <si>
     <t>Screen on stand ESTILLO 244 x 183 cm, 120", white, with black frame, 4:3, 11 kg</t>
   </si>
   <si>
     <t>EST-SCREEN-TRIPOD-240</t>
   </si>
   <si>
     <t>Estillo Wall screen 240x240 cm, white, black frame, 11kg</t>
   </si>
   <si>
     <t>EST-SCREEN-ROLLER-240</t>
   </si>
   <si>
     <t>Certified Android TV Dongle</t>
   </si>
   <si>
     <t>BENQ-QS02</t>
   </si>
   <si>
     <t>Replacement Lamp for BenQ MH560</t>
   </si>
   <si>
     <t>BENQ-LM-MH560</t>
   </si>
   <si>
-    <t>Interactive module BenQ PointWrite Kit PW21U</t>
-[...4 lines deleted...]
-  <si>
     <t>Estillo Electric wall screen 200cm x 200cm, white, black frame, remote control, 11kg</t>
   </si>
   <si>
     <t>EST-SCREEN-ELECTRIC-200</t>
   </si>
   <si>
     <t>Estillo Electric wall screen 240cm x 240cm, white, black frame, remote control, 12kg</t>
   </si>
   <si>
     <t>EST-SCREEN-ELECTRIC-240</t>
   </si>
   <si>
     <t>BenQ PointWrite PW30U Touch Module</t>
   </si>
   <si>
     <t>BENQ-PW30U</t>
   </si>
   <si>
     <t>BenQ PointWrite PW40U Touch Module</t>
   </si>
   <si>
     <t>BENQ-PW40U</t>
   </si>
   <si>
-    <t>Projector BenQ MS560</t>
-[...4 lines deleted...]
-  <si>
     <t>Projector BenQ MW560</t>
   </si>
   <si>
     <t>BENQ-PROJ-MW560</t>
   </si>
   <si>
     <t>Estillo Electric wall screen 300 cm x 225 cm, white, black frame, remote control, 14kg</t>
   </si>
   <si>
     <t>EST-SCREEN-ELECTRIC-300</t>
   </si>
   <si>
     <t>Projector BenQ MX560</t>
   </si>
   <si>
     <t>BENQ-PROJ-MX560</t>
   </si>
   <si>
     <t>Projection screens CELEXON  Manual Economy,300 x 225 cm, 4:3, matt white, PVC</t>
   </si>
   <si>
     <t>CELEXON-1090038</t>
   </si>
   <si>
-    <t>Projector NEC NEC ME383W, 1280 x 800 (WXGA) , 3800 ANSI, LCD, 16000:1</t>
-[...4 lines deleted...]
-  <si>
     <t>Projector BenQ MX808STH</t>
   </si>
   <si>
     <t>BENQ-PROJ-MX808STH</t>
   </si>
   <si>
     <t>Projector BenQ MW809STH</t>
   </si>
   <si>
     <t>BENQ-PROJ-MW809STH</t>
   </si>
   <si>
     <t>BenQ MX825STH Short Throw Golf Simulator Projector with Easy Setup</t>
   </si>
   <si>
     <t>BENQ-PROJ-MX825STH</t>
   </si>
   <si>
     <t>Projector BenQ TH585P DLP</t>
   </si>
   <si>
     <t>BENQ-PROJ-TH585P</t>
   </si>
   <si>
     <t>BenQ Portable Projectors BenQ GV50</t>
   </si>
   <si>
     <t>BENQ-PROJ-GV50</t>
   </si>
   <si>
+    <t>Portable projector BenQ GV50P BLACK, 550 lm, 1080p, Laser, REC 709, TR1.2, HDMI2.0, USB-C (USB DP/PD), Google TV, 16W (2.1CH) treVolo BT Spk, battery</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-GV50P-BL</t>
+  </si>
+  <si>
     <t>Projector BenQ MH560</t>
   </si>
   <si>
     <t>BENQ-PROJ-MH560</t>
   </si>
   <si>
     <t>BenQ LW500ST Laser Projector with 2000 Lumens &amp; Short Throw Lens</t>
   </si>
   <si>
     <t>BENQ-PROJ-LW500ST</t>
   </si>
   <si>
     <t>Projector BenQ EW600</t>
   </si>
   <si>
     <t>BENQ-PROJ-EW600</t>
   </si>
   <si>
     <t>BenQ Home Cinema Projector TH685P, 1080p HDR, 3500lm</t>
   </si>
   <si>
     <t>BENQ-PROJ-TH685P</t>
   </si>
   <si>
     <t>BenQ Portable Projectors GP100 DLP</t>
   </si>
   <si>
     <t>BENQ-PROJ-GP100</t>
   </si>
   <si>
     <t>Projector BenQ MH733, DLP, 1080p, 4000 ANSI, 16 000:1</t>
   </si>
   <si>
     <t>BENQ-PROJ-MH733</t>
   </si>
   <si>
+    <t>Projector short focus BenQ TH671ST</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-TH671ST</t>
+  </si>
+  <si>
     <t>BenQ Wireless Presentation Device, InstaShow WDC10</t>
   </si>
   <si>
     <t>BENQ-INSTASHOW-WDC10C</t>
   </si>
   <si>
-    <t>Projector BenQ EW800ST, DLP, WXGA, 3600 ANSI, 20000:1, Short Throw, White</t>
-[...4 lines deleted...]
-  <si>
     <t>Projector BenQ LH650, LASER, DLP, FHD, 4000 ANSI, White</t>
   </si>
   <si>
     <t>BENQ-PROJ-LH650</t>
   </si>
   <si>
     <t>Projector BenQ BenQ SH753P, DLP, Full HD, 5000lm, 13 000:1, HDMI, LAN, VGA</t>
   </si>
   <si>
     <t>BENQ-PROJ-SH753P</t>
   </si>
   <si>
     <t>BenQ LW600ST 2800lms WXGA LED Simulation Projector</t>
   </si>
   <si>
     <t>BENQ-PROJ-LW600ST</t>
   </si>
   <si>
     <t>Home Cinema BenQ GP520 - 4K UHD(3840x2160) 2600 ANSI Lumens</t>
   </si>
   <si>
     <t>BENQ-PROJ-GP520</t>
   </si>
   <si>
+    <t>Projector BenQ MH856UST</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MH856USTP</t>
+  </si>
+  <si>
+    <t>Projector BenQ X500i, 2200lm, 4K, Android 11, AirPlay, Google Cast</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-X500i</t>
+  </si>
+  <si>
     <t>Ricoh PJ WXL5860 data projector 4700 ANSI lumens</t>
   </si>
   <si>
     <t>RICOH-PROJ-WXL5860</t>
   </si>
   <si>
+    <t>Professional LCD Laser Projector NEC PE506UL, 1920 x 1200 (WUXGA) , 5200 ANSI</t>
+  </si>
+  <si>
+    <t>NEC-PROJ-PE506UL</t>
+  </si>
+  <si>
     <t>Ricoh PJ WUL5860 data projector 4000 ANSI lumens</t>
   </si>
   <si>
     <t>RICOH-PROJ-WUL5860</t>
   </si>
   <si>
-    <t>Projector BenQ MH856UST</t>
-[...16 lines deleted...]
-  <si>
     <t>4LED RGB laser smart projector BenQ v5010i, 2500lm, 4K, HDR10+, 2500000:1, 98% DCI-P3, 100% Rec. 709, WiFi, Bluetooth, AirPlay, Google Cast, Netflix</t>
   </si>
   <si>
     <t>BENQ-PROJ-V5010i</t>
   </si>
   <si>
     <t>RICOH WUL5A50 3LCD Laser Projector, 30-300" WUXGA 1920x1200, 5200 Lumens</t>
   </si>
   <si>
     <t>RICOH-PROJ-WUL5A50</t>
   </si>
   <si>
     <t>BenQ LU935 6000lms WUXGA Conference Room Projector</t>
   </si>
   <si>
     <t>BENQ-PROJ-LU935</t>
   </si>
   <si>
     <t>Short-focus laser 3CLD projector RICOH WUL5A40ST, 55-150" WXGA 1920x1200, 4500 Lumens, from 51 cm</t>
   </si>
   <si>
     <t>RICOH-PROJ-WUL5A40ST</t>
   </si>
   <si>
     <t>BenQ LU935ST Laser Projector with 5500 Lumens &amp; Short Throw Lens</t>
   </si>
   <si>
     <t>BENQ-PROJ-LU935ST</t>
   </si>
   <si>
     <t>BenQ LU960UST DLP, Ultra Short Throw, WUXGA UHD, 5200Lm, HDMI 2.0</t>
   </si>
   <si>
     <t>BENQ-PROJ-LU960UST</t>
   </si>
   <si>
     <t>BenQ LK954ST 5100lms 4K Short-Throw Installation Projector</t>
   </si>
   <si>
     <t>BENQ-PROJ-LK954ST</t>
   </si>
   <si>
-    <t>Interactive floor onEvo with 96 games and 4 quizzes</t>
+    <t>Interactive floor Funtronic with 96 games and 4 quizzes</t>
   </si>
   <si>
     <t>FUNTRONIC-FLOOR-onEVO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -907,59 +904,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D89"/>
+  <dimension ref="A1:D88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="176.814" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -1111,1094 +1108,1080 @@
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13">
         <v>0.0</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14">
-        <v>18.792</v>
+        <v>9.612</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>37.188</v>
+        <v>12.732</v>
       </c>
       <c r="D15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>40.572</v>
+        <v>19.008</v>
       </c>
       <c r="D16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>48.12</v>
+        <v>20.736</v>
       </c>
       <c r="D17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>48.408</v>
+        <v>25.872</v>
       </c>
       <c r="D18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>66.0</v>
+        <v>29.088</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20">
+        <v>33.744</v>
+      </c>
+      <c r="D20" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>70.308</v>
+        <v>35.616</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>72.072</v>
+        <v>35.94</v>
       </c>
       <c r="D22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>73.2</v>
+        <v>37.428</v>
       </c>
       <c r="D23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>80.34</v>
+        <v>37.788</v>
       </c>
       <c r="D24" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
-        <v>88.176</v>
+        <v>41.184</v>
       </c>
       <c r="D25" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>90.0</v>
+        <v>45.132</v>
       </c>
       <c r="D26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>0.0</v>
+        <v>46.02</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>120.288</v>
+        <v>0.0</v>
       </c>
       <c r="D28" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>141.324</v>
+        <v>60.0</v>
       </c>
       <c r="D29" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>0.0</v>
+        <v>72.288</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>151.248</v>
+        <v>0.0</v>
       </c>
       <c r="D31" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>155.64</v>
+        <v>77.328</v>
       </c>
       <c r="D32" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>174.0</v>
+        <v>79.644</v>
       </c>
       <c r="D33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>180.0</v>
+        <v>88.968</v>
       </c>
       <c r="D34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>183.804</v>
+        <v>92.028</v>
       </c>
       <c r="D35" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>186.0</v>
+        <v>94.044</v>
       </c>
       <c r="D36" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>198.12</v>
+        <v>95.1</v>
       </c>
       <c r="D37" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>222.0</v>
+        <v>101.364</v>
       </c>
       <c r="D38" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>242.808</v>
+        <v>110.352</v>
       </c>
       <c r="D39" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>249.0</v>
+        <v>113.508</v>
       </c>
       <c r="D40" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>270.0</v>
+        <v>127.308</v>
       </c>
       <c r="D41" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C42">
-        <v>270.0</v>
+        <v>138.048</v>
       </c>
       <c r="D42" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B43" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C43">
-        <v>295.5</v>
+        <v>138.048</v>
       </c>
       <c r="D43" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B44" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C44">
-        <v>300.0</v>
+        <v>151.092</v>
       </c>
       <c r="D44" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B45" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C45">
-        <v>300.0</v>
+        <v>153.384</v>
       </c>
       <c r="D45" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B46" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C46">
-        <v>328.584</v>
+        <v>153.384</v>
       </c>
       <c r="D46" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B47" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C47">
-        <v>358.8</v>
+        <v>168.0</v>
       </c>
       <c r="D47" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B48" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C48">
-        <v>492.0</v>
+        <v>183.456</v>
       </c>
       <c r="D48" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B49" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C49">
-        <v>498.996</v>
+        <v>255.132</v>
       </c>
       <c r="D49" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B50" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C50">
-        <v>549.0</v>
+        <v>280.704</v>
       </c>
       <c r="D50" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B51" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C51">
-        <v>678.0</v>
+        <v>346.656</v>
       </c>
       <c r="D51" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B52" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C52">
-        <v>678.0</v>
+        <v>346.656</v>
       </c>
       <c r="D52" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B53" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C53">
-        <v>748.992</v>
+        <v>398.292</v>
       </c>
       <c r="D53" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B54" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C54">
-        <v>778.992</v>
+        <v>408.516</v>
       </c>
       <c r="D54" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B55" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C55">
-        <v>798.996</v>
+        <v>423.072</v>
       </c>
       <c r="D55" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B56" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C56">
-        <v>827.472</v>
+        <v>0.0</v>
       </c>
       <c r="D56" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B57" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C57">
-        <v>0.0</v>
+        <v>600.66</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B58" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C58">
-        <v>1018.332</v>
+        <v>635.028</v>
       </c>
       <c r="D58" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B59" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C59">
-        <v>1174.8</v>
+        <v>637.476</v>
       </c>
       <c r="D59" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B60" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C60">
-        <v>1242.0</v>
+        <v>689.736</v>
       </c>
       <c r="D60" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B61" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C61">
-        <v>1246.8</v>
+        <v>690.0</v>
       </c>
       <c r="D61" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B62" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C62">
-        <v>1349.004</v>
+        <v>690.0</v>
       </c>
       <c r="D62" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B63" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C63">
-        <v>1349.532</v>
+        <v>705.588</v>
       </c>
       <c r="D63" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B64" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C64">
-        <v>1380.0</v>
+        <v>705.588</v>
       </c>
       <c r="D64" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B65" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C65">
-        <v>1380.0</v>
+        <v>733.188</v>
       </c>
       <c r="D65" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B66" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C66">
-        <v>1434.0</v>
+        <v>828.288</v>
       </c>
       <c r="D66" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B67" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C67">
-        <v>1620.0</v>
+        <v>849.768</v>
       </c>
       <c r="D67" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B68" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C68">
-        <v>1662.0</v>
+        <v>852.84</v>
       </c>
       <c r="D68" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B69" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C69">
-        <v>1668.0</v>
+        <v>914.184</v>
       </c>
       <c r="D69" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B70" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C70">
         <v>0.0</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B71" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C71">
-        <v>1914.0</v>
+        <v>1022.076</v>
       </c>
       <c r="D71" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B72" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C72">
-        <v>1998.996</v>
+        <v>1073.196</v>
       </c>
       <c r="D72" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B73" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C73">
-        <v>2098.992</v>
+        <v>1098.768</v>
       </c>
       <c r="D73" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B74" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C74">
-        <v>2148.996</v>
+        <v>1175.46</v>
       </c>
       <c r="D74" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B75" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C75">
-        <v>2298.996</v>
+        <v>1472.52</v>
       </c>
       <c r="D75" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B76" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C76">
-        <v>2499.0</v>
+        <v>1584.492</v>
       </c>
       <c r="D76" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B77" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C77">
-        <v>2698.992</v>
+        <v>1620.0</v>
       </c>
       <c r="D77" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B78" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C78">
-        <v>2880.0</v>
+        <v>1817.64</v>
       </c>
       <c r="D78" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B79" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C79">
-        <v>3099.0</v>
+        <v>1920.0</v>
       </c>
       <c r="D79" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B80" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C80">
-        <v>3554.988</v>
+        <v>2632.644</v>
       </c>
       <c r="D80" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B81" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C81">
-        <v>5148.996</v>
+        <v>2994.0</v>
       </c>
       <c r="D81" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B82" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C82">
-        <v>5859.0</v>
+        <v>3067.752</v>
       </c>
       <c r="D82" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B83" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C83">
-        <v>6000.0</v>
+        <v>3120.0</v>
       </c>
       <c r="D83" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B84" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C84">
-        <v>6198.996</v>
+        <v>4405.296</v>
       </c>
       <c r="D84" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B85" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C85">
-        <v>8616.0</v>
+        <v>5132.352</v>
       </c>
       <c r="D85" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B86" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C86">
-        <v>10038.0</v>
+        <v>5374.092</v>
       </c>
       <c r="D86" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B87" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C87">
-        <v>10510.8</v>
+        <v>0.0</v>
       </c>
       <c r="D87" t="s">
-        <v>42</v>
-[...12 lines deleted...]
-      <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D89"/>
+  <autoFilter ref="A1:D88"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>