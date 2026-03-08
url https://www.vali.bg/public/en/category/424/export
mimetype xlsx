--- v1 (2026-01-20)
+++ v2 (2026-03-08)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$88</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$87</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Electric projection screens CELEXON Electric Economy 180 x 180 cm 1:1, Matte white</t>
   </si>
   <si>
     <t>CELEXON-1090065</t>
   </si>
   <si>
     <t>ask for price</t>
   </si>
   <si>
     <t>Electric projection screens CELEXON Electric Economy 200 x 200 cm 1:1, Matte white</t>
   </si>
   <si>
@@ -112,164 +112,155 @@
   <si>
     <t>CELEXON-1090218</t>
   </si>
   <si>
     <t>Electric projection screens CELEXON  Electric Expert XL 450 x 340 cm 4:3, matt white PVC</t>
   </si>
   <si>
     <t>CELEXON-1090219</t>
   </si>
   <si>
     <t>Electric projection screens CELEXON  Electric Expert XL 400 x 250 cm 16:10, matt white PVC</t>
   </si>
   <si>
     <t>CELEXON-1000000299</t>
   </si>
   <si>
     <t>Laser Pointer, Hama "LP-1R", red, 03500</t>
   </si>
   <si>
     <t>HAMA-03500</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
-    <t>A4tech LP15 2.4G Wireless Laser Pen</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Projector Mount, Swivel, for Ceiling, up to 13.5 kg, 220879</t>
   </si>
   <si>
     <t>HAMA-220879</t>
   </si>
   <si>
     <t>Hama Wireless laser presenter “X-Pointer”</t>
   </si>
   <si>
     <t>HAMA-139915</t>
   </si>
   <si>
     <t>Wireless Laser Presenter HAMA "X-Pointer 6 in 1", Black</t>
   </si>
   <si>
     <t>HAMA-139916</t>
   </si>
   <si>
     <t>Wireless Presenter Logitech R400, Black</t>
   </si>
   <si>
     <t>LOGITECH-R400</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Projector Bag BenQ BGQM01, Black</t>
   </si>
   <si>
     <t>BENQ-CB-BGQM01</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>R500s LASER PRESENTATION REMOTE</t>
   </si>
   <si>
     <t>LOGITECH-R500s</t>
   </si>
   <si>
     <t>Greenlight Pointer, Wireless Laser Presenter, 4in1, 139918</t>
   </si>
   <si>
     <t>HAMA-139918</t>
   </si>
   <si>
     <t>Projector Ceiling Mount HAMA 108784, 8 kg, Silver</t>
   </si>
   <si>
     <t>HAMA-108784</t>
   </si>
   <si>
     <t>LOGITECH-R500S-BK</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Projector Bag HAMA "Sportsline", L, Black</t>
   </si>
   <si>
     <t>HAMA-101066</t>
   </si>
   <si>
     <t>Hama Projector Mount, Ceiling and Wall, up to 15 kg, 220880</t>
   </si>
   <si>
     <t>HAMA-220880</t>
   </si>
   <si>
     <t>ESTILLO Projector Mount for Ceiling Mounting</t>
   </si>
   <si>
     <t>EST-PROJECTOR-108786</t>
   </si>
   <si>
     <t>Projector Wall mount celexon MultiCel 4070W</t>
   </si>
   <si>
     <t>CELEXON-1090154</t>
   </si>
   <si>
     <t>Universal Ceiling Mount BenQ CM00G3</t>
   </si>
   <si>
     <t>BENQ-MOUNT-CM00G3</t>
   </si>
   <si>
     <t>Hama Screen with tripod, 125 x 125 cm, 2-in-1, mobile set, 21575</t>
   </si>
   <si>
     <t>HAMA-21575</t>
   </si>
   <si>
     <t>Projector Wall mount celexon MultiCel 63100S</t>
   </si>
   <si>
     <t>CELEXON-1090299</t>
   </si>
   <si>
     <t>Hama Projector Table with 2 Levels, HAMA-77510</t>
   </si>
   <si>
     <t>HAMA-77510</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>Hama Screen with tripod, 155 x 155 cm, 2-in-1, 21574</t>
   </si>
   <si>
     <t>HAMA-21574</t>
   </si>
   <si>
     <t>Tripod Projection Screen ESTILLO, 180 x 180, 1:1, White</t>
   </si>
   <si>
     <t>EST-SCREEN-TRIPOD-180</t>
   </si>
   <si>
     <t>Roller Projection Screen ESTILLO Roller Projector, 180 x 180, 1:1</t>
   </si>
   <si>
     <t>EST-SCREEN-ROLLER</t>
   </si>
   <si>
     <t>Hama Screen with tripod, 180 x 180 cm, 2-in-1, mobile set, 21573</t>
   </si>
   <si>
     <t>HAMA-21573</t>
   </si>
   <si>
     <t>Projector Wall mount celexon Multicel WM800</t>
@@ -295,74 +286,74 @@
   <si>
     <t>CELEXON-1090382</t>
   </si>
   <si>
     <t>Projector Avtek WallMount Next 1200</t>
   </si>
   <si>
     <t>AVTEK-1MVWM11</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>BenQ WM04G3 project mount Wall Metallic</t>
   </si>
   <si>
     <t>BENQ-MOUNT-WM04G3</t>
   </si>
   <si>
     <t>BenQ WM06G3 project mount Wall Metallic</t>
   </si>
   <si>
     <t>BENQ-MOUNT-WM06G3</t>
   </si>
   <si>
+    <t>Certified Android TV Dongle</t>
+  </si>
+  <si>
+    <t>BENQ-QS02</t>
+  </si>
+  <si>
     <t>Projector Wall mount celexon Multicel WM1200</t>
   </si>
   <si>
     <t>CELEXON-1090383</t>
   </si>
   <si>
     <t>Screen on stand ESTILLO 244 x 183 cm, 120", white, with black frame, 4:3, 11 kg</t>
   </si>
   <si>
     <t>EST-SCREEN-TRIPOD-240</t>
   </si>
   <si>
     <t>Estillo Wall screen 240x240 cm, white, black frame, 11kg</t>
   </si>
   <si>
     <t>EST-SCREEN-ROLLER-240</t>
   </si>
   <si>
-    <t>Certified Android TV Dongle</t>
-[...4 lines deleted...]
-  <si>
     <t>Replacement Lamp for BenQ MH560</t>
   </si>
   <si>
     <t>BENQ-LM-MH560</t>
   </si>
   <si>
     <t>Estillo Electric wall screen 200cm x 200cm, white, black frame, remote control, 11kg</t>
   </si>
   <si>
     <t>EST-SCREEN-ELECTRIC-200</t>
   </si>
   <si>
     <t>Estillo Electric wall screen 240cm x 240cm, white, black frame, remote control, 12kg</t>
   </si>
   <si>
     <t>EST-SCREEN-ELECTRIC-240</t>
   </si>
   <si>
     <t>BenQ PointWrite PW30U Touch Module</t>
   </si>
   <si>
     <t>BENQ-PW30U</t>
   </si>
   <si>
     <t>BenQ PointWrite PW40U Touch Module</t>
@@ -439,144 +430,144 @@
   <si>
     <t>BenQ LW500ST Laser Projector with 2000 Lumens &amp; Short Throw Lens</t>
   </si>
   <si>
     <t>BENQ-PROJ-LW500ST</t>
   </si>
   <si>
     <t>Projector BenQ EW600</t>
   </si>
   <si>
     <t>BENQ-PROJ-EW600</t>
   </si>
   <si>
     <t>BenQ Home Cinema Projector TH685P, 1080p HDR, 3500lm</t>
   </si>
   <si>
     <t>BENQ-PROJ-TH685P</t>
   </si>
   <si>
     <t>BenQ Portable Projectors GP100 DLP</t>
   </si>
   <si>
     <t>BENQ-PROJ-GP100</t>
   </si>
   <si>
-    <t>Projector BenQ MH733, DLP, 1080p, 4000 ANSI, 16 000:1</t>
-[...4 lines deleted...]
-  <si>
     <t>Projector short focus BenQ TH671ST</t>
   </si>
   <si>
     <t>BENQ-PROJ-TH671ST</t>
   </si>
   <si>
     <t>BenQ Wireless Presentation Device, InstaShow WDC10</t>
   </si>
   <si>
     <t>BENQ-INSTASHOW-WDC10C</t>
   </si>
   <si>
+    <t>Ricoh PJ WXL5860 data projector 4700 ANSI lumens</t>
+  </si>
+  <si>
+    <t>RICOH-PROJ-WXL5860</t>
+  </si>
+  <si>
+    <t>BenQ LW600ST 2800lms WXGA LED Simulation Projector</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-LW600ST</t>
+  </si>
+  <si>
+    <t>Projector BenQ BenQ SH753P, DLP, Full HD, 5000lm, 13 000:1, HDMI, LAN, VGA</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-SH753P</t>
+  </si>
+  <si>
+    <t>Home Cinema BenQ GP520 - 4K UHD(3840x2160) 2600 ANSI Lumens</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-GP520</t>
+  </si>
+  <si>
     <t>Projector BenQ LH650, LASER, DLP, FHD, 4000 ANSI, White</t>
   </si>
   <si>
     <t>BENQ-PROJ-LH650</t>
   </si>
   <si>
-    <t>Projector BenQ BenQ SH753P, DLP, Full HD, 5000lm, 13 000:1, HDMI, LAN, VGA</t>
-[...14 lines deleted...]
-    <t>BENQ-PROJ-GP520</t>
+    <t>Ricoh PJ WUL5860 data projector 4000 ANSI lumens</t>
+  </si>
+  <si>
+    <t>RICOH-PROJ-WUL5860</t>
   </si>
   <si>
     <t>Projector BenQ MH856UST</t>
   </si>
   <si>
     <t>BENQ-PROJ-MH856USTP</t>
   </si>
   <si>
+    <t>RICOH WUL5A50 3LCD Laser Projector, 30-300" WUXGA 1920x1200, 5200 Lumens</t>
+  </si>
+  <si>
+    <t>RICOH-PROJ-WUL5A50</t>
+  </si>
+  <si>
+    <t>Short-focus laser 3CLD projector RICOH WUL5A40ST, 55-150" WXGA 1920x1200, 4500 Lumens, from 51 cm</t>
+  </si>
+  <si>
+    <t>RICOH-PROJ-WUL5A40ST</t>
+  </si>
+  <si>
     <t>Projector BenQ X500i, 2200lm, 4K, Android 11, AirPlay, Google Cast</t>
   </si>
   <si>
     <t>BENQ-PROJ-X500i</t>
   </si>
   <si>
-    <t>Ricoh PJ WXL5860 data projector 4700 ANSI lumens</t>
-[...2 lines deleted...]
-    <t>RICOH-PROJ-WXL5860</t>
+    <t>BenQ LK830ST projector</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-LK830ST</t>
+  </si>
+  <si>
+    <t>4LED RGB laser smart projector BenQ v5010i, 2500lm, 4K, HDR10+, 2500000:1, 98% DCI-P3, 100% Rec. 709, WiFi, Bluetooth, AirPlay, Google Cast, Netflix</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-V5010i</t>
+  </si>
+  <si>
+    <t>BenQ LU935 6000lms WUXGA Conference Room Projector</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-LU935</t>
   </si>
   <si>
     <t>Professional LCD Laser Projector NEC PE506UL, 1920 x 1200 (WUXGA) , 5200 ANSI</t>
   </si>
   <si>
     <t>NEC-PROJ-PE506UL</t>
-  </si>
-[...28 lines deleted...]
-    <t>RICOH-PROJ-WUL5A40ST</t>
   </si>
   <si>
     <t>BenQ LU935ST Laser Projector with 5500 Lumens &amp; Short Throw Lens</t>
   </si>
   <si>
     <t>BENQ-PROJ-LU935ST</t>
   </si>
   <si>
     <t>BenQ LU960UST DLP, Ultra Short Throw, WUXGA UHD, 5200Lm, HDMI 2.0</t>
   </si>
   <si>
     <t>BENQ-PROJ-LU960UST</t>
   </si>
   <si>
     <t>BenQ LK954ST 5100lms 4K Short-Throw Installation Projector</t>
   </si>
   <si>
     <t>BENQ-PROJ-LK954ST</t>
   </si>
   <si>
     <t>Interactive floor Funtronic with 96 games and 4 quizzes</t>
   </si>
   <si>
     <t>FUNTRONIC-FLOOR-onEVO</t>
   </si>
@@ -904,51 +895,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D88"/>
+  <dimension ref="A1:D87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="176.814" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1122,1066 +1113,1052 @@
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14">
         <v>9.612</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>12.732</v>
+        <v>19.008</v>
       </c>
       <c r="D15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>19.008</v>
+        <v>20.688</v>
       </c>
       <c r="D16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>20.736</v>
+        <v>25.872</v>
       </c>
       <c r="D17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>25.872</v>
+        <v>29.088</v>
       </c>
       <c r="D18" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>29.088</v>
+        <v>33.744</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>33.744</v>
+        <v>35.616</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>35.616</v>
+        <v>35.94</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>35.94</v>
+        <v>37.428</v>
       </c>
       <c r="D22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>37.428</v>
+        <v>39.3</v>
       </c>
       <c r="D23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>37.788</v>
+        <v>41.184</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>41.184</v>
+        <v>45.132</v>
       </c>
       <c r="D25" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>45.132</v>
+        <v>46.02</v>
       </c>
       <c r="D26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>46.02</v>
+        <v>0.0</v>
       </c>
       <c r="D27" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>0.0</v>
+        <v>60.0</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>60.0</v>
+        <v>72.288</v>
       </c>
       <c r="D29" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>72.288</v>
+        <v>0.0</v>
       </c>
       <c r="D30" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>0.0</v>
+        <v>77.196</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>77.328</v>
+        <v>79.644</v>
       </c>
       <c r="D32" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>79.644</v>
+        <v>88.968</v>
       </c>
       <c r="D33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>88.968</v>
+        <v>92.028</v>
       </c>
       <c r="D34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>92.028</v>
+        <v>94.044</v>
       </c>
       <c r="D35" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>94.044</v>
+        <v>95.1</v>
       </c>
       <c r="D36" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>95.1</v>
+        <v>101.364</v>
       </c>
       <c r="D37" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>101.364</v>
+        <v>110.352</v>
       </c>
       <c r="D38" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>110.352</v>
+        <v>113.508</v>
       </c>
       <c r="D39" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40">
+        <v>127.308</v>
+      </c>
+      <c r="D40" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>127.308</v>
+        <v>138.048</v>
       </c>
       <c r="D41" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C42">
         <v>138.048</v>
       </c>
       <c r="D42" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" t="s">
         <v>91</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>138.048</v>
+        <v>147.0</v>
       </c>
       <c r="D43" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C44">
         <v>151.092</v>
       </c>
       <c r="D44" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C45">
         <v>153.384</v>
       </c>
       <c r="D45" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C46">
         <v>153.384</v>
       </c>
       <c r="D46" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" t="s">
         <v>99</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>168.0</v>
+        <v>183.456</v>
       </c>
       <c r="D47" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" t="s">
         <v>101</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>183.456</v>
+        <v>255.132</v>
       </c>
       <c r="D48" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" t="s">
         <v>103</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>255.132</v>
+        <v>280.704</v>
       </c>
       <c r="D49" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" t="s">
         <v>105</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>280.704</v>
+        <v>346.656</v>
       </c>
       <c r="D50" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C51">
         <v>346.656</v>
       </c>
       <c r="D51" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" t="s">
         <v>109</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>346.656</v>
+        <v>398.292</v>
       </c>
       <c r="D52" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" t="s">
         <v>111</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>398.292</v>
+        <v>408.516</v>
       </c>
       <c r="D53" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>112</v>
+      </c>
+      <c r="B54" t="s">
         <v>113</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>408.516</v>
+        <v>423.072</v>
       </c>
       <c r="D54" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>114</v>
+      </c>
+      <c r="B55" t="s">
         <v>115</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>423.072</v>
+        <v>0.0</v>
       </c>
       <c r="D55" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>116</v>
+      </c>
+      <c r="B56" t="s">
         <v>117</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>0.0</v>
+        <v>600.66</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>118</v>
+      </c>
+      <c r="B57" t="s">
         <v>119</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>600.66</v>
+        <v>635.028</v>
       </c>
       <c r="D57" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>120</v>
+      </c>
+      <c r="B58" t="s">
         <v>121</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>635.028</v>
+        <v>637.476</v>
       </c>
       <c r="D58" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>122</v>
+      </c>
+      <c r="B59" t="s">
         <v>123</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>637.476</v>
+        <v>689.736</v>
       </c>
       <c r="D59" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>124</v>
+      </c>
+      <c r="B60" t="s">
         <v>125</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>689.736</v>
+        <v>690.0</v>
       </c>
       <c r="D60" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>126</v>
+      </c>
+      <c r="B61" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C61">
         <v>690.0</v>
       </c>
       <c r="D61" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>128</v>
+      </c>
+      <c r="B62" t="s">
         <v>129</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>690.0</v>
+        <v>705.588</v>
       </c>
       <c r="D62" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>130</v>
+      </c>
+      <c r="B63" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C63">
         <v>705.588</v>
       </c>
       <c r="D63" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>132</v>
+      </c>
+      <c r="B64" t="s">
         <v>133</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>705.588</v>
+        <v>733.188</v>
       </c>
       <c r="D64" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>134</v>
+      </c>
+      <c r="B65" t="s">
         <v>135</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>733.188</v>
+        <v>828.288</v>
       </c>
       <c r="D65" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>136</v>
+      </c>
+      <c r="B66" t="s">
         <v>137</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>828.288</v>
+        <v>849.768</v>
       </c>
       <c r="D66" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>138</v>
+      </c>
+      <c r="B67" t="s">
         <v>139</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>849.768</v>
+        <v>914.184</v>
       </c>
       <c r="D67" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>140</v>
+      </c>
+      <c r="B68" t="s">
         <v>141</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>852.84</v>
+        <v>0.0</v>
       </c>
       <c r="D68" t="s">
-        <v>52</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>142</v>
+      </c>
+      <c r="B69" t="s">
         <v>143</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>914.184</v>
+        <v>958.992</v>
       </c>
       <c r="D69" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>144</v>
+      </c>
+      <c r="B70" t="s">
         <v>145</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>0.0</v>
+        <v>990.0</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>146</v>
+      </c>
+      <c r="B71" t="s">
         <v>147</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>1022.076</v>
+        <v>1073.196</v>
       </c>
       <c r="D71" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>148</v>
+      </c>
+      <c r="B72" t="s">
         <v>149</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>1073.196</v>
+        <v>1175.46</v>
       </c>
       <c r="D72" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>150</v>
+      </c>
+      <c r="B73" t="s">
         <v>151</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>1098.768</v>
+        <v>1183.5</v>
       </c>
       <c r="D73" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>152</v>
+      </c>
+      <c r="B74" t="s">
         <v>153</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>1175.46</v>
+        <v>1198.992</v>
       </c>
       <c r="D74" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>154</v>
+      </c>
+      <c r="B75" t="s">
         <v>155</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>1472.52</v>
+        <v>1374.0</v>
       </c>
       <c r="D75" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>156</v>
+      </c>
+      <c r="B76" t="s">
         <v>157</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>1584.492</v>
+        <v>1458.996</v>
       </c>
       <c r="D76" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>158</v>
+      </c>
+      <c r="B77" t="s">
         <v>159</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>1620.0</v>
+        <v>1578.996</v>
       </c>
       <c r="D77" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>160</v>
+      </c>
+      <c r="B78" t="s">
         <v>161</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>1817.64</v>
+        <v>1584.492</v>
       </c>
       <c r="D78" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>162</v>
+      </c>
+      <c r="B79" t="s">
         <v>163</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>1920.0</v>
+        <v>2023.5</v>
       </c>
       <c r="D79" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>164</v>
+      </c>
+      <c r="B80" t="s">
         <v>165</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>2632.644</v>
+        <v>2394.0</v>
       </c>
       <c r="D80" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>166</v>
+      </c>
+      <c r="B81" t="s">
         <v>167</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>2994.0</v>
+        <v>3067.752</v>
       </c>
       <c r="D81" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>168</v>
+      </c>
+      <c r="B82" t="s">
         <v>169</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>3067.752</v>
+        <v>3499.2</v>
       </c>
       <c r="D82" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>170</v>
+      </c>
+      <c r="B83" t="s">
         <v>171</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>3120.0</v>
+        <v>4405.296</v>
       </c>
       <c r="D83" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>172</v>
+      </c>
+      <c r="B84" t="s">
         <v>173</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>4405.296</v>
+        <v>5132.352</v>
       </c>
       <c r="D84" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>174</v>
+      </c>
+      <c r="B85" t="s">
         <v>175</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>5132.352</v>
+        <v>5374.092</v>
       </c>
       <c r="D85" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>176</v>
+      </c>
+      <c r="B86" t="s">
         <v>177</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>5374.092</v>
+        <v>0.0</v>
       </c>
       <c r="D86" t="s">
-        <v>52</v>
-[...12 lines deleted...]
-      <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D88"/>
+  <autoFilter ref="A1:D87"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>