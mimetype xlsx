--- v0 (2025-10-19)
+++ v1 (2026-01-20)
@@ -49,123 +49,123 @@
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Multipurpose printer/scanner/copier RICOH M320SE USB,LAN,ADF,A4, 32 pages</t>
   </si>
   <si>
     <t>RICOH-MFC-M320SE</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Multipurpose printer/scanner/copier RICOH M 320FSE, A4, 32 pages/min, LAN, USB, 7000 pages, ARDF</t>
   </si>
   <si>
     <t>RICOH-MFC-M320FSE</t>
   </si>
   <si>
     <t>Multifunctional Device DEVELOP by Konica Minolta ineo 4020i, FAX, A4</t>
   </si>
   <si>
     <t>DEV-INEO-4020i</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Multifunctional Device DEVELOP ineo 5020i, FAX, A4</t>
   </si>
   <si>
     <t>DEV-INEO-5020i</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>Multifunctional Device RICOH M2701, ARDF</t>
   </si>
   <si>
     <t>RICOH-MFC-M2701</t>
   </si>
   <si>
     <t>MFP color printer/scanner/copier RICOH M C320FSE, 32 ppm, SPDF/50 pages/, LAN, Bluetooth, 4.3" touch display</t>
   </si>
   <si>
     <t>RICOH-MFC-MC320FSE</t>
   </si>
   <si>
+    <t>Multifunctional Device 3 in 1 RICOH IM 370, 37ppm, A4</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IM-370</t>
+  </si>
+  <si>
+    <t>Multifunctional Device DEVELOP Ineo +3321i, A4, 33 ppm, 1200 dpi, Duplex, Dualscan ADF, USB, LAN</t>
+  </si>
+  <si>
+    <t>DEV-INEO-PLUS-3321i</t>
+  </si>
+  <si>
+    <t>Multifunctional Device 4 in 1 RICOH  IM 2702</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IM-2702-BW</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Multifunctional Device 3 in 1 RICOH IM 370, 37ppm, A4</t>
-[...16 lines deleted...]
-  <si>
     <t>Multifunctional Device 3 in 1 Ricoh IMC320F, A4, 32ppm, 1200dpi</t>
   </si>
   <si>
     <t>RICOH-MFC-IMC320F</t>
   </si>
   <si>
+    <t>MFP copier, printer, scanner Ricoh IM 550F</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IM-550F</t>
+  </si>
+  <si>
     <t>Ricoh M C2000 Color Laser Multifunction Printer, A3, ARDF, 20ppm</t>
   </si>
   <si>
     <t>RICOH-MFC-MC2000</t>
   </si>
   <si>
-    <t>MFP copier, printer, scanner Ricoh IM 550F</t>
-[...4 lines deleted...]
-  <si>
     <t>Multifunctional Device 4 in 1 Ricoh IM C2010, A3, 20ppm</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-C2010</t>
   </si>
   <si>
     <t>Ricoh IM 2500 Laser Multifunction Printer, A3,ARDF, 25ppm</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-2500</t>
-  </si>
-[...1 lines deleted...]
-    <t>on route</t>
   </si>
   <si>
     <t>Multifunctional Device 4 in 1 Ricoh IM C2510, A3, 20ppm</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-C2510</t>
   </si>
   <si>
     <t>Multifunctional Device 4 in 1 Ricoh IM C3010, A3, 30ppm</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-C3010</t>
   </si>
   <si>
     <t>Multifunctional Device 4 in 1 Ricoh IM C3510, A3, 35ppm</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-C3510</t>
   </si>
   <si>
     <t>Multifunctional Device 4 in 1 Ricoh IM C4510, A3, 40ppm</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-C4510</t>
   </si>
@@ -529,292 +529,292 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>538.992</v>
+        <v>276.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>898.992</v>
+        <v>456.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>1060.836</v>
+        <v>542.4</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>1706.256</v>
+        <v>872.4</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>1800.0</v>
+        <v>912.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>1824.0</v>
+        <v>924.0</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>1998.996</v>
+        <v>1020.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>2418.996</v>
+        <v>1236.816</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>2499.0</v>
+        <v>1277.724</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>2700.0</v>
+        <v>1380.492</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>2838.996</v>
+        <v>1632.0</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>3198.996</v>
+        <v>1707.204</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>4998.996</v>
+        <v>2554.992</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>5100.0</v>
+        <v>2607.588</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
-        <v>5698.992</v>
+        <v>2904.0</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>6598.992</v>
+        <v>3374.016</v>
       </c>
       <c r="D17" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>8760.0</v>
+        <v>4478.916</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>9600.0</v>
+        <v>4908.408</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>