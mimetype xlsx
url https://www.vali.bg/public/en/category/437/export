--- v1 (2026-01-20)
+++ v2 (2026-01-20)
@@ -658,51 +658,51 @@
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>1277.724</v>
       </c>
       <c r="D10" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
         <v>1380.492</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
         <v>1632.0</v>
       </c>
       <c r="D12" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
         <v>1707.204</v>