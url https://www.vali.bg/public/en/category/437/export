--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -43,129 +43,129 @@
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Multipurpose printer/scanner/copier RICOH M320SE USB,LAN,ADF,A4, 32 pages</t>
   </si>
   <si>
     <t>RICOH-MFC-M320SE</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Multipurpose printer/scanner/copier RICOH M 320FSE, A4, 32 pages/min, LAN, USB, 7000 pages, ARDF</t>
   </si>
   <si>
     <t>RICOH-MFC-M320FSE</t>
   </si>
   <si>
-    <t>Multifunctional Device DEVELOP by Konica Minolta ineo 4020i, FAX, A4</t>
-[...2 lines deleted...]
-    <t>DEV-INEO-4020i</t>
+    <t>Multifunctional Device DEVELOP ineo 4121i, 42 ppm., A4</t>
+  </si>
+  <si>
+    <t>DEV-INEO-4221i</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>MFU - copier, scanner, printer RICOH M2310N B/W, A3,23ppm</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-M2310N</t>
+  </si>
+  <si>
+    <t>Multi-function copier, scanner, printer RICOH M2810N B/W, A3, 28ppm, 6000 pages, starter toner</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-M2810N</t>
+  </si>
+  <si>
+    <t>Multifunctional Device RICOH M2701, ARDF</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-M2701</t>
+  </si>
+  <si>
+    <t>MFP color printer/scanner/copier RICOH M C320FSE, 32 ppm, SPDF/50 pages/, LAN, Bluetooth, 4.3" touch display</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-MC320FSE</t>
+  </si>
+  <si>
+    <t>Multifunctional Device 3 in 1 RICOH IM 370, 37ppm, A4</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IM-370</t>
+  </si>
+  <si>
+    <t>Multifunctional Device 3 in 1 Ricoh IMC320F, A4, 32ppm, 1200dpi</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IMC320F</t>
+  </si>
+  <si>
+    <t>Multifunctional Device DEVELOP Ineo +3321i, A4, 33 ppm, 1200 dpi, Duplex, Dualscan ADF, USB, LAN</t>
+  </si>
+  <si>
+    <t>DEV-INEO-PLUS-3321i</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>Ricoh M C2000 Color Laser Multifunction Printer, A3, ARDF, 20ppm</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-MC2000</t>
+  </si>
+  <si>
+    <t>MFP copier, printer, scanner Ricoh IM 550F</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IM-550F</t>
+  </si>
+  <si>
+    <t>Multifunctional Device 4 in 1 Ricoh IM C2010, A3, 20ppm</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IM-C2010</t>
+  </si>
+  <si>
+    <t>Ricoh IM 2500 Laser Multifunction Printer, A3,ARDF, 25ppm</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IM-2500</t>
   </si>
   <si>
     <t>not available</t>
-  </si>
-[...70 lines deleted...]
-    <t>RICOH-MFC-IM-2500</t>
   </si>
   <si>
     <t>Multifunctional Device 4 in 1 Ricoh IM C2510, A3, 20ppm</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-C2510</t>
   </si>
   <si>
     <t>Multifunctional Device 4 in 1 Ricoh IM C3010, A3, 30ppm</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-C3010</t>
   </si>
   <si>
     <t>Multifunctional Device 4 in 1 Ricoh IM C3510, A3, 35ppm</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-C3510</t>
   </si>
   <si>
     <t>Multifunctional Device 4 in 1 Ricoh IM C4510, A3, 40ppm</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-C4510</t>
   </si>
@@ -502,319 +502,319 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>276.0</v>
+        <v>249.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>456.0</v>
+        <v>429.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>542.4</v>
+        <v>559.2</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>872.4</v>
+        <v>564.0</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>912.0</v>
+        <v>696.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>924.0</v>
+        <v>729.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>1020.0</v>
+        <v>876.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>1236.816</v>
+        <v>924.0</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>1277.724</v>
+        <v>1218.996</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11">
+        <v>1236.816</v>
+      </c>
+      <c r="D11" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>1632.0</v>
+        <v>1528.992</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>1707.204</v>
+        <v>1528.992</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>2554.992</v>
+        <v>2298.996</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15">
+        <v>2338.992</v>
+      </c>
+      <c r="D15" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
         <v>2904.0</v>
       </c>
       <c r="D16" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>3374.016</v>
+        <v>2998.992</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>4478.916</v>
+        <v>4258.992</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>4908.408</v>
+        <v>4659.0</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>