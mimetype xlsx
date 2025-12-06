--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -817,60 +817,60 @@
   <si>
     <t>Ink cartridge CANON PG-545XL Black, Canon IP2850/ MG2450/MG2550/TS335x, 450k, 18ml, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-545XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CL-41 CANON, Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-41-UP</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK CB540A / EP716, HP Color LaserJet  CP1215/1312/1515/Canon LBP5050, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CB540A-G</t>
   </si>
   <si>
     <t>Ink cartridge Uprint  PG-540XL CANON, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-540XL-UP</t>
   </si>
   <si>
+    <t>Ink cartridge UPRINT, CANON PG-575XL, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-575XL-BK</t>
+  </si>
+  <si>
     <t>Ink cartridge CANON CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, 360k, 15ml, C/M/Y</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-546XL-UP</t>
-  </si>
-[...4 lines deleted...]
-    <t>LF-INK-CAN-PG-575XL-BK</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, CANON PG-560XL, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-560XL-BK</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CL-541XL CANON, Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-541XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, COLOR CANON CL-576XL</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-576XL-C</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, CANON C-561XL, Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-561XL-CL</t>
   </si>
@@ -1535,79 +1535,79 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>6.6</v>
       </c>
       <c r="D21" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>6.6</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>6.6</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>6.6</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>7.2</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>7.2</v>
@@ -1829,65 +1829,65 @@
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>7.2</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>7.2</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>7.2</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>7.2</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>7.2</v>
@@ -2025,51 +2025,51 @@
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>9.6</v>
       </c>
       <c r="D56" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>10.2</v>
       </c>
       <c r="D57" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>12.0</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>12.0</v>
@@ -2193,51 +2193,51 @@
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
         <v>18.0</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
         <v>18.0</v>
       </c>
       <c r="D69" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
         <v>18.0</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
         <v>18.0</v>
@@ -2249,121 +2249,121 @@
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
         <v>18.0</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
         <v>18.0</v>
       </c>
       <c r="D73" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
         <v>18.0</v>
       </c>
       <c r="D74" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>18.0</v>
       </c>
       <c r="D75" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>18.0</v>
       </c>
       <c r="D76" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
         <v>18.0</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
         <v>18.0</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
         <v>20.4</v>
       </c>
       <c r="D79" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
         <v>20.4</v>
@@ -2375,51 +2375,51 @@
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
         <v>21.6</v>
       </c>
       <c r="D81" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
         <v>21.6</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
         <v>21.6</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
         <v>21.6</v>
@@ -2473,51 +2473,51 @@
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
         <v>22.8</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
         <v>24.0</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
         <v>24.0</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
         <v>24.0</v>
@@ -2585,51 +2585,51 @@
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
         <v>26.4</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
         <v>27.6</v>
       </c>
       <c r="D97" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
         <v>27.6</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
         <v>27.6</v>
@@ -2641,107 +2641,107 @@
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
         <v>27.6</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
         <v>28.8</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>41</v>
       </c>
       <c r="B102" t="s">
         <v>42</v>
       </c>
       <c r="C102">
         <v>6.0</v>
       </c>
       <c r="D102" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>47</v>
       </c>
       <c r="B103" t="s">
         <v>48</v>
       </c>
       <c r="C103">
         <v>6.6</v>
       </c>
       <c r="D103" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>49</v>
       </c>
       <c r="B104" t="s">
         <v>50</v>
       </c>
       <c r="C104">
         <v>6.6</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>51</v>
       </c>
       <c r="B105" t="s">
         <v>52</v>
       </c>
       <c r="C105">
         <v>6.6</v>
       </c>
       <c r="D105" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>69</v>
       </c>
       <c r="B106" t="s">
         <v>70</v>
       </c>
       <c r="C106">
         <v>7.2</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>71</v>
       </c>
       <c r="B107" t="s">
         <v>72</v>
       </c>
       <c r="C107">
         <v>7.2</v>
@@ -2851,65 +2851,65 @@
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>87</v>
       </c>
       <c r="B115" t="s">
         <v>88</v>
       </c>
       <c r="C115">
         <v>7.2</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>89</v>
       </c>
       <c r="B116" t="s">
         <v>90</v>
       </c>
       <c r="C116">
         <v>7.2</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>91</v>
       </c>
       <c r="B117" t="s">
         <v>92</v>
       </c>
       <c r="C117">
         <v>7.2</v>
       </c>
       <c r="D117" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>93</v>
       </c>
       <c r="B118" t="s">
         <v>94</v>
       </c>
       <c r="C118">
         <v>7.2</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>95</v>
       </c>
       <c r="B119" t="s">
         <v>96</v>
       </c>
       <c r="C119">
         <v>7.2</v>
@@ -2991,51 +2991,51 @@
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>107</v>
       </c>
       <c r="B125" t="s">
         <v>108</v>
       </c>
       <c r="C125">
         <v>8.4</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>117</v>
       </c>
       <c r="B126" t="s">
         <v>118</v>
       </c>
       <c r="C126">
         <v>10.2</v>
       </c>
       <c r="D126" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>123</v>
       </c>
       <c r="B127" t="s">
         <v>124</v>
       </c>
       <c r="C127">
         <v>12.0</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>125</v>
       </c>
       <c r="B128" t="s">
         <v>126</v>
       </c>
       <c r="C128">
         <v>12.288</v>
@@ -3075,51 +3075,51 @@
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>131</v>
       </c>
       <c r="B131" t="s">
         <v>132</v>
       </c>
       <c r="C131">
         <v>14.4</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>141</v>
       </c>
       <c r="B132" t="s">
         <v>142</v>
       </c>
       <c r="C132">
         <v>18.0</v>
       </c>
       <c r="D132" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>143</v>
       </c>
       <c r="B133" t="s">
         <v>144</v>
       </c>
       <c r="C133">
         <v>18.0</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>145</v>
       </c>
       <c r="B134" t="s">
         <v>146</v>
       </c>
       <c r="C134">
         <v>18.0</v>
@@ -3131,163 +3131,163 @@
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>147</v>
       </c>
       <c r="B135" t="s">
         <v>148</v>
       </c>
       <c r="C135">
         <v>18.0</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>149</v>
       </c>
       <c r="B136" t="s">
         <v>150</v>
       </c>
       <c r="C136">
         <v>18.0</v>
       </c>
       <c r="D136" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>151</v>
       </c>
       <c r="B137" t="s">
         <v>152</v>
       </c>
       <c r="C137">
         <v>18.0</v>
       </c>
       <c r="D137" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>153</v>
       </c>
       <c r="B138" t="s">
         <v>154</v>
       </c>
       <c r="C138">
         <v>18.0</v>
       </c>
       <c r="D138" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>155</v>
       </c>
       <c r="B139" t="s">
         <v>156</v>
       </c>
       <c r="C139">
         <v>18.0</v>
       </c>
       <c r="D139" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>157</v>
       </c>
       <c r="B140" t="s">
         <v>158</v>
       </c>
       <c r="C140">
         <v>18.0</v>
       </c>
       <c r="D140" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>159</v>
       </c>
       <c r="B141" t="s">
         <v>160</v>
       </c>
       <c r="C141">
         <v>18.0</v>
       </c>
       <c r="D141" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>161</v>
       </c>
       <c r="B142" t="s">
         <v>162</v>
       </c>
       <c r="C142">
         <v>20.4</v>
       </c>
       <c r="D142" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>163</v>
       </c>
       <c r="B143" t="s">
         <v>164</v>
       </c>
       <c r="C143">
         <v>20.4</v>
       </c>
       <c r="D143" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>167</v>
       </c>
       <c r="B144" t="s">
         <v>168</v>
       </c>
       <c r="C144">
         <v>21.6</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>169</v>
       </c>
       <c r="B145" t="s">
         <v>170</v>
       </c>
       <c r="C145">
         <v>21.6</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>171</v>
       </c>
       <c r="B146" t="s">
         <v>172</v>
       </c>
       <c r="C146">
         <v>21.6</v>
@@ -3341,51 +3341,51 @@
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>179</v>
       </c>
       <c r="B150" t="s">
         <v>180</v>
       </c>
       <c r="C150">
         <v>22.8</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>181</v>
       </c>
       <c r="B151" t="s">
         <v>182</v>
       </c>
       <c r="C151">
         <v>24.0</v>
       </c>
       <c r="D151" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>183</v>
       </c>
       <c r="B152" t="s">
         <v>184</v>
       </c>
       <c r="C152">
         <v>24.0</v>
       </c>
       <c r="D152" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>185</v>
       </c>
       <c r="B153" t="s">
         <v>186</v>
       </c>
       <c r="C153">
         <v>24.0</v>
@@ -3453,51 +3453,51 @@
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>195</v>
       </c>
       <c r="B158" t="s">
         <v>196</v>
       </c>
       <c r="C158">
         <v>26.4</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>197</v>
       </c>
       <c r="B159" t="s">
         <v>198</v>
       </c>
       <c r="C159">
         <v>27.6</v>
       </c>
       <c r="D159" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>199</v>
       </c>
       <c r="B160" t="s">
         <v>200</v>
       </c>
       <c r="C160">
         <v>27.6</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>201</v>
       </c>
       <c r="B161" t="s">
         <v>202</v>
       </c>
       <c r="C161">
         <v>27.6</v>
@@ -3537,205 +3537,205 @@
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>209</v>
       </c>
       <c r="B164" t="s">
         <v>210</v>
       </c>
       <c r="C164">
         <v>28.8</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>211</v>
       </c>
       <c r="B165" t="s">
         <v>212</v>
       </c>
       <c r="C165">
         <v>28.8</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
         <v>213</v>
       </c>
       <c r="B166" t="s">
         <v>214</v>
       </c>
       <c r="C166">
         <v>28.8</v>
       </c>
       <c r="D166" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>215</v>
       </c>
       <c r="B167" t="s">
         <v>216</v>
       </c>
       <c r="C167">
         <v>30.0</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
         <v>217</v>
       </c>
       <c r="B168" t="s">
         <v>218</v>
       </c>
       <c r="C168">
         <v>30.0</v>
       </c>
       <c r="D168" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
         <v>219</v>
       </c>
       <c r="B169" t="s">
         <v>220</v>
       </c>
       <c r="C169">
         <v>30.0</v>
       </c>
       <c r="D169" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
         <v>221</v>
       </c>
       <c r="B170" t="s">
         <v>222</v>
       </c>
       <c r="C170">
         <v>30.0</v>
       </c>
       <c r="D170" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>223</v>
       </c>
       <c r="B171" t="s">
         <v>224</v>
       </c>
       <c r="C171">
         <v>30.0</v>
       </c>
       <c r="D171" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
         <v>225</v>
       </c>
       <c r="B172" t="s">
         <v>226</v>
       </c>
       <c r="C172">
         <v>30.0</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
         <v>227</v>
       </c>
       <c r="B173" t="s">
         <v>228</v>
       </c>
       <c r="C173">
         <v>31.2</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
         <v>229</v>
       </c>
       <c r="B174" t="s">
         <v>230</v>
       </c>
       <c r="C174">
         <v>32.4</v>
       </c>
       <c r="D174" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
         <v>231</v>
       </c>
       <c r="B175" t="s">
         <v>232</v>
       </c>
       <c r="C175">
         <v>32.4</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
         <v>233</v>
       </c>
       <c r="B176" t="s">
         <v>234</v>
       </c>
       <c r="C176">
         <v>32.4</v>
       </c>
       <c r="D176" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
         <v>235</v>
       </c>
       <c r="B177" t="s">
         <v>236</v>
       </c>
       <c r="C177">
         <v>32.4</v>
       </c>
       <c r="D177" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
         <v>237</v>
       </c>
       <c r="B178" t="s">
         <v>238</v>
       </c>
       <c r="C178">
         <v>33.6</v>
@@ -3775,93 +3775,93 @@
     <row r="181" spans="1:4">
       <c r="A181" t="s">
         <v>243</v>
       </c>
       <c r="B181" t="s">
         <v>244</v>
       </c>
       <c r="C181">
         <v>33.6</v>
       </c>
       <c r="D181" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
         <v>245</v>
       </c>
       <c r="B182" t="s">
         <v>246</v>
       </c>
       <c r="C182">
         <v>34.8</v>
       </c>
       <c r="D182" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
         <v>247</v>
       </c>
       <c r="B183" t="s">
         <v>248</v>
       </c>
       <c r="C183">
         <v>34.8</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
         <v>249</v>
       </c>
       <c r="B184" t="s">
         <v>250</v>
       </c>
       <c r="C184">
         <v>34.8</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
         <v>251</v>
       </c>
       <c r="B185" t="s">
         <v>252</v>
       </c>
       <c r="C185">
         <v>34.8</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
         <v>253</v>
       </c>
       <c r="B186" t="s">
         <v>254</v>
       </c>
       <c r="C186">
         <v>35.4</v>
       </c>
       <c r="D186" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
         <v>255</v>
       </c>
       <c r="B187" t="s">
         <v>256</v>
       </c>
       <c r="C187">
         <v>36.0</v>
@@ -3915,345 +3915,345 @@
     <row r="191" spans="1:4">
       <c r="A191" t="s">
         <v>263</v>
       </c>
       <c r="B191" t="s">
         <v>264</v>
       </c>
       <c r="C191">
         <v>38.4</v>
       </c>
       <c r="D191" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
         <v>265</v>
       </c>
       <c r="B192" t="s">
         <v>266</v>
       </c>
       <c r="C192">
         <v>39.6</v>
       </c>
       <c r="D192" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>267</v>
       </c>
       <c r="B193" t="s">
         <v>268</v>
       </c>
       <c r="C193">
-        <v>39.6</v>
+        <v>40.2</v>
       </c>
       <c r="D193" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>269</v>
       </c>
       <c r="B194" t="s">
         <v>270</v>
       </c>
       <c r="C194">
-        <v>40.2</v>
+        <v>40.8</v>
       </c>
       <c r="D194" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
         <v>271</v>
       </c>
       <c r="B195" t="s">
         <v>272</v>
       </c>
       <c r="C195">
         <v>41.424</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>273</v>
       </c>
       <c r="B196" t="s">
         <v>274</v>
       </c>
       <c r="C196">
         <v>44.4</v>
       </c>
       <c r="D196" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>275</v>
       </c>
       <c r="B197" t="s">
         <v>276</v>
       </c>
       <c r="C197">
         <v>44.7</v>
       </c>
       <c r="D197" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>277</v>
       </c>
       <c r="B198" t="s">
         <v>278</v>
       </c>
       <c r="C198">
         <v>47.004</v>
       </c>
       <c r="D198" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>279</v>
       </c>
       <c r="B199" t="s">
         <v>280</v>
       </c>
       <c r="C199">
         <v>54.0</v>
       </c>
       <c r="D199" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>281</v>
       </c>
       <c r="B200" t="s">
         <v>282</v>
       </c>
       <c r="C200">
         <v>60.0</v>
       </c>
       <c r="D200" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
         <v>283</v>
       </c>
       <c r="B201" t="s">
         <v>284</v>
       </c>
       <c r="C201">
         <v>69.6</v>
       </c>
       <c r="D201" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>149</v>
       </c>
       <c r="B202" t="s">
         <v>150</v>
       </c>
       <c r="C202">
         <v>18.0</v>
       </c>
       <c r="D202" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>151</v>
       </c>
       <c r="B203" t="s">
         <v>152</v>
       </c>
       <c r="C203">
         <v>18.0</v>
       </c>
       <c r="D203" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
         <v>153</v>
       </c>
       <c r="B204" t="s">
         <v>154</v>
       </c>
       <c r="C204">
         <v>18.0</v>
       </c>
       <c r="D204" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
         <v>155</v>
       </c>
       <c r="B205" t="s">
         <v>156</v>
       </c>
       <c r="C205">
         <v>18.0</v>
       </c>
       <c r="D205" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>157</v>
       </c>
       <c r="B206" t="s">
         <v>158</v>
       </c>
       <c r="C206">
         <v>18.0</v>
       </c>
       <c r="D206" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
         <v>159</v>
       </c>
       <c r="B207" t="s">
         <v>160</v>
       </c>
       <c r="C207">
         <v>18.0</v>
       </c>
       <c r="D207" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
         <v>249</v>
       </c>
       <c r="B208" t="s">
         <v>250</v>
       </c>
       <c r="C208">
         <v>34.8</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
         <v>251</v>
       </c>
       <c r="B209" t="s">
         <v>252</v>
       </c>
       <c r="C209">
         <v>34.8</v>
       </c>
       <c r="D209" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B210" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C210">
         <v>40.2</v>
       </c>
       <c r="D210" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
         <v>271</v>
       </c>
       <c r="B211" t="s">
         <v>272</v>
       </c>
       <c r="C211">
         <v>41.424</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
         <v>275</v>
       </c>
       <c r="B212" t="s">
         <v>276</v>
       </c>
       <c r="C212">
         <v>44.7</v>
       </c>
       <c r="D212" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
         <v>277</v>
       </c>
       <c r="B213" t="s">
         <v>278</v>
       </c>
       <c r="C213">
         <v>47.004</v>
       </c>
       <c r="D213" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
         <v>279</v>
       </c>
       <c r="B214" t="s">
         <v>280</v>
       </c>
       <c r="C214">
         <v>54.0</v>
       </c>
       <c r="D214" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D215"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>