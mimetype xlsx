--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$215</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$149</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970 BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1000CY-UP</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970 BROTHER, Magenta</t>
   </si>
   <si>
@@ -157,68 +157,56 @@
   <si>
     <t>Ink cartridge UPRINT CLI526  CANON, WITH CHIP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI526Y-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC900, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC900B-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1000BL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI-5 CANON, WITH CHIP, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI5BK-UP</t>
   </si>
   <si>
-    <t>Ink cartridge INKTEC, Brother LC1100C/980C/67C/65C/61C/38C, Blue</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge INKTEC, Brother LC1100M/980M/67M/65M/61M/38M, Magenta</t>
   </si>
   <si>
     <t>INKTEC-BR-1100HM</t>
   </si>
   <si>
-    <t>Ink cartridge INKTEC, Brother LC1100Y/980Y/67Y/65Y/61Y/38Y, Yellow</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985B-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985C-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Magenta</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985M-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Yellow</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985Y-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC1280XL/1240/1220, BROTHER, Black</t>
@@ -277,56 +265,50 @@
   <si>
     <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Black</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC123-121B-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC123-121C-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Magenta</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC123-121M-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Yellow</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC123-121Y-UP</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT CLI-551XL CANON, Grey</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT CLI521  CANON, WITH CHIP, Cyan</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI521C-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI521 CANON, WITH CHIP, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI521M-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI521 CANON, WITH CHIP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI521Y-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI550BK XL CANON, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI550BK-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-551XL CANON, Black</t>
@@ -343,80 +325,68 @@
   <si>
     <t>Ink cartridge UPRINT CLI 571XL-BK CANON, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI571BK-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI 571XL-C CANON, Cyan</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI571C-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI 571XL-M CANON, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI571M-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI 571XL-Y CANON, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI571Y-XL-UP</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT CN684 HP, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT CN685 HP, Cyan</t>
   </si>
   <si>
     <t>LF-INK-HP-CN685-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CN686 HP, Magenta</t>
   </si>
   <si>
     <t>LF-INK-HP-CN686-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CN687 HP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-HP-CN687-UP</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT 14N1095, LEXMARK 100XL/Lex S305/S405/S505/S605/Pro705/Pro805, Yellow</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT CD973 HP, Magenta</t>
   </si>
   <si>
     <t>LF-INK-HP-CD973A-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CD974 HP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-HP-CD974A-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CD975 HP, Black</t>
   </si>
   <si>
     <t>LF-INK-HP-CD975A-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI1500 CANON, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI1500M-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI1500 CANON, Black</t>
@@ -487,56 +457,50 @@
   <si>
     <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI581BK-XXL-U</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Cyan</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI581C-XXL-U</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI581M-XXL-U</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI581Y-XXL-U</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT CLI-581 XXL Photo Blue, CANON PIXMA TS9150/TS6151/TS8152/TS6150</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT PGI-580 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI580BK-XXL-U</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC225XL BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC225XLC-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC225XL BROTHER, Magenta</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC225XLM-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT C8767 HP, Black</t>
   </si>
   <si>
     <t>LF-INK-HP-C8767AE-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CB338EE HP, Cyan/Magenta/Yellow N 351 XL</t>
@@ -697,222 +661,204 @@
   <si>
     <t>Gel ink ORINK GC41K, RICOH, 32 ml, 2500 pages, Black</t>
   </si>
   <si>
     <t>ORINK-INK-RICOH-GC41K</t>
   </si>
   <si>
     <t>Gel ink ORINK GC41M, RICOH, 32 ml, 2500 pages, Magenta</t>
   </si>
   <si>
     <t>ORINK-INK-RICOH-GC41M</t>
   </si>
   <si>
     <t>Gel ink ORINK GC41C, RICOH, 32 ml, 2500 pages, Cyan</t>
   </si>
   <si>
     <t>ORINK-INK-RICOH-GC41C</t>
   </si>
   <si>
     <t>Gel ink ORINK GC41Y, RICOH, 32 ml, 2500 pages, Yellow</t>
   </si>
   <si>
     <t>ORINK-INK-RICOH-GC41Y</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT CC656A HP, Cyan/Magenta/Yellow</t>
-[...22 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT C8728, HP C8728AE, N28, Color</t>
   </si>
   <si>
     <t>LF-INK-HP-C8728AE-UP</t>
   </si>
   <si>
     <t>Ink cartridge HP 652 Tri-colour Ink Cartridge</t>
   </si>
   <si>
     <t>HP-INK-F6V24AE</t>
   </si>
   <si>
     <t>Ink cartridge Brother  Black, LC123BK, MFC-J4510DW</t>
   </si>
   <si>
     <t>BR-INK-LC123BK</t>
   </si>
   <si>
     <t>Ink cartridge HP 650 Tri-colour Ink Cartridge</t>
   </si>
   <si>
     <t>HP-INK-CZ102AE</t>
   </si>
   <si>
     <t>Ink cartridge HP 650, CZ101AE Black,  360 k.</t>
   </si>
   <si>
     <t>HP-INK-CZ101AE</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT F6U67AE-N°302XL HP, Colors</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT HP 304XL, HP DJ 2620/2630/ 750/ 3760/ 3762, Black</t>
   </si>
   <si>
     <t>LF-INK-HP-N9K08AE-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, HP 305XL, 3YM62AE, Black</t>
   </si>
   <si>
     <t>LF-INK-HP-3YM62AE</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, HP 305XL, 3YM63AE, Color</t>
   </si>
   <si>
     <t>LF-INK-HP-3YM63AE</t>
   </si>
   <si>
     <t>Ink cartridge HP 652 Black, F6V25AE</t>
   </si>
   <si>
     <t>HP-INK-F6V25AE</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT C6578AE HP, Cyan/Magenta/Yellow</t>
-[...4 lines deleted...]
-  <si>
     <t>UPRINT ink cartridge HP 304XL color, HP DJ 2620/2630/ 3750/ 3760/ 3762</t>
   </si>
   <si>
     <t>LF-INK-HP-N9K07AE-UP</t>
   </si>
   <si>
     <t>Ink cartridge CANON PG-545XL Black, Canon IP2850/ MG2450/MG2550/TS335x, 450k, 18ml, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-545XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CL-41 CANON, Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-41-UP</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK CB540A / EP716, HP Color LaserJet  CP1215/1312/1515/Canon LBP5050, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CB540A-G</t>
   </si>
   <si>
     <t>Ink cartridge Uprint  PG-540XL CANON, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-540XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, CANON PG-575XL, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-575XL-BK</t>
   </si>
   <si>
     <t>Ink cartridge CANON CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, 360k, 15ml, C/M/Y</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-546XL-UP</t>
   </si>
   <si>
+    <t>Ink cartridge UPRINT, COLOR CANON CL-576XL</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CL-576XL-C</t>
+  </si>
+  <si>
     <t>Ink cartridge UPRINT, CANON PG-560XL, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-560XL-BK</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT CL-541XL CANON, Color</t>
-[...10 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT, CANON C-561XL, Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-561XL-CL</t>
   </si>
   <si>
     <t>Ink cartridge CANON PG40 XL+ CL41XL Black/Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG40-CL41XL-UP</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT HP 302XL BK+CL,F6U68AE+F6U67AE, DJ 1110 AiO/2130 AiO/3630 AiO/4650 AiO</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge CANON PG-545XL/CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, BK/C/M/Y</t>
   </si>
   <si>
     <t>LF-INK-CAN-545-546-Pack</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT HP 953XL (Bk+C+Y+M) OfficeJet Pro 8210/8710/7720</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-953XL-Pack-UP</t>
+  </si>
+  <si>
+    <t>RICOH Black IJM C180F, 1600 copies, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-INK-C180F-CYAN</t>
+  </si>
+  <si>
+    <t>RICOH Black IJM C180F, 1600 copies, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-INK-C180F-MAG</t>
+  </si>
+  <si>
+    <t>RICOH Black IJM C180F, 1600 copies, Yellow</t>
+  </si>
+  <si>
+    <t>RICOH-INK-C180F-YEL</t>
+  </si>
+  <si>
+    <t>RICOH Black IJM C180F, 2000 copies, Black</t>
+  </si>
+  <si>
+    <t>RICOH-INK-C180F-BL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1216,3062 +1162,2138 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D215"/>
+  <dimension ref="A1:D149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D19" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>6.6</v>
+        <v>3.372</v>
       </c>
       <c r="D20" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>6.6</v>
+        <v>3.372</v>
       </c>
       <c r="D21" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>6.6</v>
+        <v>3.372</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>6.6</v>
+        <v>3.684</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>6.6</v>
+        <v>3.684</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D36" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D37" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D43" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D44" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>7.2</v>
+        <v>4.296</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>7.2</v>
+        <v>4.296</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>7.2</v>
+        <v>4.296</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>8.4</v>
+        <v>4.908</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>8.4</v>
+        <v>4.908</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>8.4</v>
+        <v>4.908</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>9.6</v>
+        <v>6.132</v>
       </c>
       <c r="D53" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>9.6</v>
+        <v>6.132</v>
       </c>
       <c r="D54" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>9.6</v>
+        <v>6.132</v>
       </c>
       <c r="D55" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>9.6</v>
+        <v>6.288</v>
       </c>
       <c r="D56" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>10.2</v>
+        <v>7.368</v>
       </c>
       <c r="D57" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>12.0</v>
+        <v>7.368</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>12.0</v>
+        <v>7.368</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>12.0</v>
+        <v>9.204</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>12.288</v>
+        <v>9.204</v>
       </c>
       <c r="D61" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>14.4</v>
+        <v>9.204</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>14.4</v>
+        <v>9.204</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>14.4</v>
+        <v>9.204</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D67" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D69" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>18.0</v>
+        <v>10.428</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>18.0</v>
+        <v>10.428</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>18.0</v>
+        <v>11.04</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>18.0</v>
+        <v>11.04</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>18.0</v>
+        <v>11.04</v>
       </c>
       <c r="D77" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>18.0</v>
+        <v>11.04</v>
       </c>
       <c r="D78" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>20.4</v>
+        <v>11.652</v>
       </c>
       <c r="D79" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>20.4</v>
+        <v>11.652</v>
       </c>
       <c r="D80" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>21.6</v>
+        <v>11.652</v>
       </c>
       <c r="D81" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>21.6</v>
+        <v>11.652</v>
       </c>
       <c r="D82" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
-        <v>21.6</v>
+        <v>12.276</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
-        <v>21.6</v>
+        <v>12.276</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
-        <v>22.8</v>
+        <v>12.276</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>22.8</v>
+        <v>12.888</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>22.8</v>
+        <v>13.5</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>22.8</v>
+        <v>13.5</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
-        <v>24.0</v>
+        <v>13.5</v>
       </c>
       <c r="D89" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
-        <v>24.0</v>
+        <v>13.5</v>
       </c>
       <c r="D90" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
-        <v>24.0</v>
+        <v>14.112</v>
       </c>
       <c r="D91" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
-        <v>25.2</v>
+        <v>14.112</v>
       </c>
       <c r="D92" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
-        <v>26.4</v>
+        <v>14.112</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
-        <v>26.4</v>
+        <v>14.112</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
-        <v>26.4</v>
+        <v>14.724</v>
       </c>
       <c r="D95" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
-        <v>26.4</v>
+        <v>14.724</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
-        <v>27.6</v>
+        <v>14.724</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
-        <v>27.6</v>
+        <v>14.724</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
-        <v>27.6</v>
+        <v>14.724</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
-        <v>27.6</v>
+        <v>15.336</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
-        <v>28.8</v>
+        <v>15.336</v>
       </c>
       <c r="D101" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B102" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C102">
-        <v>6.0</v>
+        <v>3.372</v>
       </c>
       <c r="D102" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>47</v>
+        <v>137</v>
       </c>
       <c r="B103" t="s">
-        <v>48</v>
+        <v>138</v>
       </c>
       <c r="C103">
-        <v>6.6</v>
+        <v>9.204</v>
       </c>
       <c r="D103" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>49</v>
+        <v>139</v>
       </c>
       <c r="B104" t="s">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="C104">
-        <v>6.6</v>
+        <v>9.204</v>
       </c>
       <c r="D104" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="B105" t="s">
-        <v>52</v>
+        <v>142</v>
       </c>
       <c r="C105">
-        <v>6.6</v>
+        <v>9.204</v>
       </c>
       <c r="D105" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>69</v>
+        <v>143</v>
       </c>
       <c r="B106" t="s">
-        <v>70</v>
+        <v>144</v>
       </c>
       <c r="C106">
-        <v>7.2</v>
+        <v>9.204</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>71</v>
+        <v>145</v>
       </c>
       <c r="B107" t="s">
-        <v>72</v>
+        <v>146</v>
       </c>
       <c r="C107">
-        <v>7.2</v>
+        <v>9.204</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>73</v>
+        <v>147</v>
       </c>
       <c r="B108" t="s">
-        <v>74</v>
+        <v>148</v>
       </c>
       <c r="C108">
-        <v>7.2</v>
+        <v>9.204</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>75</v>
+        <v>159</v>
       </c>
       <c r="B109" t="s">
-        <v>76</v>
+        <v>160</v>
       </c>
       <c r="C109">
-        <v>7.2</v>
+        <v>11.04</v>
       </c>
       <c r="D109" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>77</v>
+        <v>177</v>
       </c>
       <c r="B110" t="s">
-        <v>78</v>
+        <v>178</v>
       </c>
       <c r="C110">
-        <v>7.2</v>
+        <v>13.5</v>
       </c>
       <c r="D110" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>79</v>
+        <v>179</v>
       </c>
       <c r="B111" t="s">
-        <v>80</v>
+        <v>180</v>
       </c>
       <c r="C111">
-        <v>7.2</v>
+        <v>13.5</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>81</v>
+        <v>181</v>
       </c>
       <c r="B112" t="s">
-        <v>82</v>
+        <v>182</v>
       </c>
       <c r="C112">
-        <v>7.2</v>
+        <v>13.5</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>83</v>
+        <v>183</v>
       </c>
       <c r="B113" t="s">
-        <v>84</v>
+        <v>184</v>
       </c>
       <c r="C113">
-        <v>7.2</v>
+        <v>13.5</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>85</v>
+        <v>185</v>
       </c>
       <c r="B114" t="s">
-        <v>86</v>
+        <v>186</v>
       </c>
       <c r="C114">
-        <v>7.2</v>
+        <v>14.112</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>87</v>
+        <v>187</v>
       </c>
       <c r="B115" t="s">
-        <v>88</v>
+        <v>188</v>
       </c>
       <c r="C115">
-        <v>7.2</v>
+        <v>14.112</v>
       </c>
       <c r="D115" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>89</v>
+        <v>189</v>
       </c>
       <c r="B116" t="s">
-        <v>90</v>
+        <v>190</v>
       </c>
       <c r="C116">
-        <v>7.2</v>
+        <v>14.112</v>
       </c>
       <c r="D116" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>91</v>
+        <v>191</v>
       </c>
       <c r="B117" t="s">
-        <v>92</v>
+        <v>192</v>
       </c>
       <c r="C117">
-        <v>7.2</v>
+        <v>14.112</v>
       </c>
       <c r="D117" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>93</v>
+        <v>201</v>
       </c>
       <c r="B118" t="s">
-        <v>94</v>
+        <v>202</v>
       </c>
       <c r="C118">
-        <v>7.2</v>
+        <v>14.724</v>
       </c>
       <c r="D118" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>95</v>
+        <v>207</v>
       </c>
       <c r="B119" t="s">
-        <v>96</v>
+        <v>208</v>
       </c>
       <c r="C119">
-        <v>7.2</v>
+        <v>15.336</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>97</v>
+        <v>209</v>
       </c>
       <c r="B120" t="s">
-        <v>98</v>
+        <v>210</v>
       </c>
       <c r="C120">
-        <v>7.2</v>
+        <v>15.336</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>99</v>
+        <v>211</v>
       </c>
       <c r="B121" t="s">
-        <v>100</v>
+        <v>212</v>
       </c>
       <c r="C121">
-        <v>8.4</v>
+        <v>15.336</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>101</v>
+        <v>213</v>
       </c>
       <c r="B122" t="s">
-        <v>102</v>
+        <v>214</v>
       </c>
       <c r="C122">
-        <v>8.4</v>
+        <v>15.336</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>103</v>
+        <v>215</v>
       </c>
       <c r="B123" t="s">
-        <v>104</v>
+        <v>216</v>
       </c>
       <c r="C123">
-        <v>8.4</v>
+        <v>16.56</v>
       </c>
       <c r="D123" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>105</v>
+        <v>217</v>
       </c>
       <c r="B124" t="s">
-        <v>106</v>
+        <v>218</v>
       </c>
       <c r="C124">
-        <v>8.4</v>
+        <v>17.184</v>
       </c>
       <c r="D124" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>107</v>
+        <v>219</v>
       </c>
       <c r="B125" t="s">
-        <v>108</v>
+        <v>220</v>
       </c>
       <c r="C125">
-        <v>8.4</v>
+        <v>17.184</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>117</v>
+        <v>221</v>
       </c>
       <c r="B126" t="s">
-        <v>118</v>
+        <v>222</v>
       </c>
       <c r="C126">
-        <v>10.2</v>
+        <v>17.184</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>123</v>
+        <v>223</v>
       </c>
       <c r="B127" t="s">
-        <v>124</v>
+        <v>224</v>
       </c>
       <c r="C127">
-        <v>12.0</v>
+        <v>17.184</v>
       </c>
       <c r="D127" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>125</v>
+        <v>225</v>
       </c>
       <c r="B128" t="s">
-        <v>126</v>
+        <v>226</v>
       </c>
       <c r="C128">
-        <v>12.288</v>
+        <v>17.796</v>
       </c>
       <c r="D128" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>127</v>
+        <v>227</v>
       </c>
       <c r="B129" t="s">
-        <v>128</v>
+        <v>228</v>
       </c>
       <c r="C129">
-        <v>14.4</v>
+        <v>17.796</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>129</v>
+        <v>229</v>
       </c>
       <c r="B130" t="s">
-        <v>130</v>
+        <v>230</v>
       </c>
       <c r="C130">
-        <v>14.4</v>
+        <v>17.796</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>131</v>
+        <v>231</v>
       </c>
       <c r="B131" t="s">
-        <v>132</v>
+        <v>232</v>
       </c>
       <c r="C131">
-        <v>14.4</v>
+        <v>18.096</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>141</v>
+        <v>233</v>
       </c>
       <c r="B132" t="s">
-        <v>142</v>
+        <v>234</v>
       </c>
       <c r="C132">
-        <v>18.0</v>
+        <v>18.408</v>
       </c>
       <c r="D132" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>143</v>
+        <v>235</v>
       </c>
       <c r="B133" t="s">
-        <v>144</v>
+        <v>236</v>
       </c>
       <c r="C133">
-        <v>18.0</v>
+        <v>18.408</v>
       </c>
       <c r="D133" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>145</v>
+        <v>237</v>
       </c>
       <c r="B134" t="s">
-        <v>146</v>
+        <v>238</v>
       </c>
       <c r="C134">
-        <v>18.0</v>
+        <v>19.02</v>
       </c>
       <c r="D134" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>147</v>
+        <v>239</v>
       </c>
       <c r="B135" t="s">
-        <v>148</v>
+        <v>240</v>
       </c>
       <c r="C135">
-        <v>18.0</v>
+        <v>19.632</v>
       </c>
       <c r="D135" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>149</v>
+        <v>241</v>
       </c>
       <c r="B136" t="s">
-        <v>150</v>
+        <v>242</v>
       </c>
       <c r="C136">
-        <v>18.0</v>
+        <v>20.244</v>
       </c>
       <c r="D136" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>151</v>
+        <v>243</v>
       </c>
       <c r="B137" t="s">
-        <v>152</v>
+        <v>244</v>
       </c>
       <c r="C137">
-        <v>18.0</v>
+        <v>20.556</v>
       </c>
       <c r="D137" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>153</v>
+        <v>245</v>
       </c>
       <c r="B138" t="s">
-        <v>154</v>
+        <v>246</v>
       </c>
       <c r="C138">
-        <v>18.0</v>
+        <v>20.856</v>
       </c>
       <c r="D138" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>155</v>
+        <v>247</v>
       </c>
       <c r="B139" t="s">
-        <v>156</v>
+        <v>248</v>
       </c>
       <c r="C139">
-        <v>18.0</v>
+        <v>22.86</v>
       </c>
       <c r="D139" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>157</v>
+        <v>249</v>
       </c>
       <c r="B140" t="s">
-        <v>158</v>
+        <v>250</v>
       </c>
       <c r="C140">
-        <v>18.0</v>
+        <v>22.98</v>
       </c>
       <c r="D140" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>159</v>
+        <v>251</v>
       </c>
       <c r="B141" t="s">
-        <v>160</v>
+        <v>252</v>
       </c>
       <c r="C141">
-        <v>18.0</v>
+        <v>24.768</v>
       </c>
       <c r="D141" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>161</v>
+        <v>253</v>
       </c>
       <c r="B142" t="s">
-        <v>162</v>
+        <v>254</v>
       </c>
       <c r="C142">
-        <v>20.4</v>
+        <v>27.612</v>
       </c>
       <c r="D142" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>163</v>
+        <v>255</v>
       </c>
       <c r="B143" t="s">
-        <v>164</v>
+        <v>256</v>
       </c>
       <c r="C143">
-        <v>20.4</v>
+        <v>35.58</v>
       </c>
       <c r="D143" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>167</v>
+        <v>257</v>
       </c>
       <c r="B144" t="s">
-        <v>168</v>
+        <v>258</v>
       </c>
       <c r="C144">
-        <v>21.6</v>
+        <v>38.988</v>
       </c>
       <c r="D144" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>169</v>
+        <v>259</v>
       </c>
       <c r="B145" t="s">
-        <v>170</v>
+        <v>260</v>
       </c>
       <c r="C145">
-        <v>21.6</v>
+        <v>46.296</v>
       </c>
       <c r="D145" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>171</v>
+        <v>261</v>
       </c>
       <c r="B146" t="s">
-        <v>172</v>
+        <v>262</v>
       </c>
       <c r="C146">
-        <v>21.6</v>
+        <v>46.296</v>
       </c>
       <c r="D146" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>173</v>
+        <v>263</v>
       </c>
       <c r="B147" t="s">
-        <v>174</v>
+        <v>264</v>
       </c>
       <c r="C147">
-        <v>22.8</v>
+        <v>46.296</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>175</v>
+        <v>265</v>
       </c>
       <c r="B148" t="s">
-        <v>176</v>
+        <v>266</v>
       </c>
       <c r="C148">
-        <v>22.8</v>
+        <v>61.404</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
-[...923 lines deleted...]
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D215"/>
+  <autoFilter ref="A1:D149"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>