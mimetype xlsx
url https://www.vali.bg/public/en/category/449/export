--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -193,182 +193,182 @@
   <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985C-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Magenta</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985M-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Yellow</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985Y-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC1280XL/1240/1220, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1240B-UP</t>
   </si>
   <si>
+    <t>Ink cartridge UPRINT LC1280XL/1240, BROTHER, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC1240C-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC1280XL/1240, BROTHER, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC1240M-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC1280XL/1240 BROTHER, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC1240Y-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC223 BROTHER, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC223C-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC223 BROTHER, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC223Y-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC123-121B-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC123-121C-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC123-121M-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC123-121Y-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI521  CANON, WITH CHIP, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI521C-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI521 CANON, WITH CHIP, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI521M-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI521 CANON, WITH CHIP, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI521Y-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT PGI 570XL CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PGI570BK-XL-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI 571XL-BK CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI571BK-XL-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI 571XL-C CANON, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI571C-XL-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI 571XL-M CANON, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI571M-XL-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI 571XL-Y CANON, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI571Y-XL-UP</t>
+  </si>
+  <si>
     <t>Ink cartridge UPRINT CLI-551XL CANON, WITH CHIP, Cyan</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI551C-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-551XL CANON, WITH CHIP, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI551M-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-551XL CANON, WITH CHIP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI551Y-XL-UP</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT LC1280XL/1240, BROTHER, Cyan</t>
-[...70 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT PGI550BK XL CANON, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI550BK-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-551XL CANON, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI551BK-XL-UP</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT PGI 570XL CANON, Black</t>
-[...28 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT CN685 HP, Cyan</t>
   </si>
   <si>
     <t>LF-INK-HP-CN685-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CN686 HP, Magenta</t>
   </si>
   <si>
     <t>LF-INK-HP-CN686-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CN687 HP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-HP-CN687-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CD973 HP, Magenta</t>
   </si>
   <si>
     <t>LF-INK-HP-CD973A-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CD974 HP, Yellow</t>
@@ -739,66 +739,66 @@
   <si>
     <t>UPRINT ink cartridge HP 304XL color, HP DJ 2620/2630/ 3750/ 3760/ 3762</t>
   </si>
   <si>
     <t>LF-INK-HP-N9K07AE-UP</t>
   </si>
   <si>
     <t>Ink cartridge CANON PG-545XL Black, Canon IP2850/ MG2450/MG2550/TS335x, 450k, 18ml, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-545XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CL-41 CANON, Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-41-UP</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK CB540A / EP716, HP Color LaserJet  CP1215/1312/1515/Canon LBP5050, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CB540A-G</t>
   </si>
   <si>
+    <t>Ink cartridge UPRINT, CANON PG-575XL, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-575XL-BK</t>
+  </si>
+  <si>
+    <t>Ink cartridge CANON CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, 360k, 15ml, C/M/Y</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CL-546XL-UP</t>
+  </si>
+  <si>
     <t>Ink cartridge Uprint  PG-540XL CANON, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-540XL-UP</t>
-  </si>
-[...10 lines deleted...]
-    <t>LF-INK-CAN-CL-546XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, COLOR CANON CL-576XL</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-576XL-C</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, CANON PG-560XL, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-560XL-BK</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, CANON C-561XL, Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-561XL-CL</t>
   </si>
   <si>
     <t>Ink cartridge CANON PG40 XL+ CL41XL Black/Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG40-CL41XL-UP</t>
   </si>
@@ -1285,93 +1285,93 @@
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>3.072</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>3.072</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>3.072</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>3.072</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>3.072</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>3.072</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>3.072</v>
@@ -1509,51 +1509,51 @@
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>3.684</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>3.684</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>3.684</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>3.684</v>
@@ -1565,149 +1565,149 @@
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>3.684</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>3.684</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>3.684</v>
       </c>
       <c r="D29" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>3.684</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>3.684</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>3.684</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>3.684</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>3.684</v>
       </c>
       <c r="D34" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>3.684</v>
       </c>
       <c r="D35" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>3.684</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>3.684</v>
@@ -1730,177 +1730,177 @@
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>3.684</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D40" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D41" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>4.296</v>
+        <v>4.68</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>4.296</v>
+        <v>4.68</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>4.296</v>
+        <v>4.68</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>4.296</v>
+        <v>4.68</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>4.296</v>
+        <v>4.68</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
         <v>4.908</v>
       </c>
       <c r="D50" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
@@ -2237,79 +2237,79 @@
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>11.04</v>
       </c>
       <c r="D75" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>11.04</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
         <v>11.04</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
         <v>11.04</v>
       </c>
       <c r="D78" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
         <v>11.652</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
         <v>11.652</v>
@@ -2363,121 +2363,121 @@
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
         <v>12.276</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
         <v>12.276</v>
       </c>
       <c r="D85" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
         <v>12.888</v>
       </c>
       <c r="D86" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
         <v>13.5</v>
       </c>
       <c r="D87" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
         <v>13.5</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
         <v>13.5</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
         <v>13.5</v>
       </c>
       <c r="D90" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
         <v>14.112</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
         <v>14.112</v>
@@ -2517,121 +2517,121 @@
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
         <v>14.724</v>
       </c>
       <c r="D95" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
         <v>14.724</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
         <v>14.724</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
         <v>14.724</v>
       </c>
       <c r="D98" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
         <v>14.724</v>
       </c>
       <c r="D99" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
         <v>15.336</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
         <v>15.336</v>
       </c>
       <c r="D101" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>47</v>
       </c>
       <c r="B102" t="s">
         <v>48</v>
       </c>
       <c r="C102">
         <v>3.372</v>
       </c>
       <c r="D102" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>137</v>
       </c>
       <c r="B103" t="s">
         <v>138</v>
       </c>
       <c r="C103">
         <v>9.204</v>
@@ -2699,107 +2699,107 @@
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>147</v>
       </c>
       <c r="B108" t="s">
         <v>148</v>
       </c>
       <c r="C108">
         <v>9.204</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>159</v>
       </c>
       <c r="B109" t="s">
         <v>160</v>
       </c>
       <c r="C109">
         <v>11.04</v>
       </c>
       <c r="D109" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>177</v>
       </c>
       <c r="B110" t="s">
         <v>178</v>
       </c>
       <c r="C110">
         <v>13.5</v>
       </c>
       <c r="D110" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>179</v>
       </c>
       <c r="B111" t="s">
         <v>180</v>
       </c>
       <c r="C111">
         <v>13.5</v>
       </c>
       <c r="D111" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>181</v>
       </c>
       <c r="B112" t="s">
         <v>182</v>
       </c>
       <c r="C112">
         <v>13.5</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>183</v>
       </c>
       <c r="B113" t="s">
         <v>184</v>
       </c>
       <c r="C113">
         <v>13.5</v>
       </c>
       <c r="D113" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>185</v>
       </c>
       <c r="B114" t="s">
         <v>186</v>
       </c>
       <c r="C114">
         <v>14.112</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>187</v>
       </c>
       <c r="B115" t="s">
         <v>188</v>
       </c>
       <c r="C115">
         <v>14.112</v>
@@ -2839,65 +2839,65 @@
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>201</v>
       </c>
       <c r="B118" t="s">
         <v>202</v>
       </c>
       <c r="C118">
         <v>14.724</v>
       </c>
       <c r="D118" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>207</v>
       </c>
       <c r="B119" t="s">
         <v>208</v>
       </c>
       <c r="C119">
         <v>15.336</v>
       </c>
       <c r="D119" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>209</v>
       </c>
       <c r="B120" t="s">
         <v>210</v>
       </c>
       <c r="C120">
         <v>15.336</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>211</v>
       </c>
       <c r="B121" t="s">
         <v>212</v>
       </c>
       <c r="C121">
         <v>15.336</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>213</v>
       </c>
       <c r="B122" t="s">
         <v>214</v>
       </c>
       <c r="C122">
         <v>15.336</v>
@@ -2965,328 +2965,328 @@
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>223</v>
       </c>
       <c r="B127" t="s">
         <v>224</v>
       </c>
       <c r="C127">
         <v>17.184</v>
       </c>
       <c r="D127" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>225</v>
       </c>
       <c r="B128" t="s">
         <v>226</v>
       </c>
       <c r="C128">
         <v>17.796</v>
       </c>
       <c r="D128" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>227</v>
       </c>
       <c r="B129" t="s">
         <v>228</v>
       </c>
       <c r="C129">
         <v>17.796</v>
       </c>
       <c r="D129" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>229</v>
       </c>
       <c r="B130" t="s">
         <v>230</v>
       </c>
       <c r="C130">
         <v>17.796</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>231</v>
       </c>
       <c r="B131" t="s">
         <v>232</v>
       </c>
       <c r="C131">
         <v>18.096</v>
       </c>
       <c r="D131" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>233</v>
       </c>
       <c r="B132" t="s">
         <v>234</v>
       </c>
       <c r="C132">
         <v>18.408</v>
       </c>
       <c r="D132" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>235</v>
       </c>
       <c r="B133" t="s">
         <v>236</v>
       </c>
       <c r="C133">
         <v>18.408</v>
       </c>
       <c r="D133" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>237</v>
       </c>
       <c r="B134" t="s">
         <v>238</v>
       </c>
       <c r="C134">
         <v>19.02</v>
       </c>
       <c r="D134" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>239</v>
       </c>
       <c r="B135" t="s">
         <v>240</v>
       </c>
       <c r="C135">
         <v>19.632</v>
       </c>
       <c r="D135" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>241</v>
       </c>
       <c r="B136" t="s">
         <v>242</v>
       </c>
       <c r="C136">
-        <v>20.244</v>
+        <v>20.556</v>
       </c>
       <c r="D136" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>243</v>
       </c>
       <c r="B137" t="s">
         <v>244</v>
       </c>
       <c r="C137">
-        <v>20.556</v>
+        <v>20.856</v>
       </c>
       <c r="D137" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>245</v>
       </c>
       <c r="B138" t="s">
         <v>246</v>
       </c>
       <c r="C138">
-        <v>20.856</v>
+        <v>22.8</v>
       </c>
       <c r="D138" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>247</v>
       </c>
       <c r="B139" t="s">
         <v>248</v>
       </c>
       <c r="C139">
         <v>22.86</v>
       </c>
       <c r="D139" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>249</v>
       </c>
       <c r="B140" t="s">
         <v>250</v>
       </c>
       <c r="C140">
         <v>22.98</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>251</v>
       </c>
       <c r="B141" t="s">
         <v>252</v>
       </c>
       <c r="C141">
         <v>24.768</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>253</v>
       </c>
       <c r="B142" t="s">
         <v>254</v>
       </c>
       <c r="C142">
-        <v>27.612</v>
+        <v>28.8</v>
       </c>
       <c r="D142" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>255</v>
       </c>
       <c r="B143" t="s">
         <v>256</v>
       </c>
       <c r="C143">
         <v>35.58</v>
       </c>
       <c r="D143" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>257</v>
       </c>
       <c r="B144" t="s">
         <v>258</v>
       </c>
       <c r="C144">
         <v>38.988</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>259</v>
       </c>
       <c r="B145" t="s">
         <v>260</v>
       </c>
       <c r="C145">
-        <v>46.296</v>
+        <v>50.124</v>
       </c>
       <c r="D145" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>261</v>
       </c>
       <c r="B146" t="s">
         <v>262</v>
       </c>
       <c r="C146">
-        <v>46.296</v>
+        <v>50.124</v>
       </c>
       <c r="D146" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>263</v>
       </c>
       <c r="B147" t="s">
         <v>264</v>
       </c>
       <c r="C147">
-        <v>46.296</v>
+        <v>50.124</v>
       </c>
       <c r="D147" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>265</v>
       </c>
       <c r="B148" t="s">
         <v>266</v>
       </c>
       <c r="C148">
-        <v>61.404</v>
+        <v>62.1</v>
       </c>
       <c r="D148" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D149"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>