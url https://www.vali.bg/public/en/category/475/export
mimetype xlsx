--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -37,126 +37,126 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HAMA 2-Way Distributor for Cigarette Lighter Socket, 180 °, 12 V, 223403</t>
   </si>
   <si>
     <t>HAMA-223403</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
+    <t>Automotive Organiser  HAMA 83962, small,  Black</t>
+  </si>
+  <si>
+    <t>HAMA-83962</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>HAMA Short Rod Antenna, universal</t>
   </si>
   <si>
     <t>HAMA-45600</t>
   </si>
   <si>
-    <t>available</t>
+    <t>Automotive Organiser with Isotherm Compartment, HAMA 83961, Black</t>
+  </si>
+  <si>
+    <t>HAMA-83961</t>
   </si>
   <si>
     <t>Hama FM Transmitter with AUX-IN + USB-IN</t>
   </si>
   <si>
     <t>HAMA-14163</t>
   </si>
   <si>
-    <t>Automotive Organiser  HAMA 83962, small,  Black</t>
-[...8 lines deleted...]
-    <t>HAMA-83961</t>
+    <t>Automotive Organiser HAMA 83963, Big, Black</t>
+  </si>
+  <si>
+    <t>HAMA-83963</t>
   </si>
   <si>
     <t>Hama Bluetooth Hands-Free Device for Cars with AUX-In</t>
   </si>
   <si>
     <t>HAMA-14167</t>
   </si>
   <si>
-    <t>on route</t>
-[...7 lines deleted...]
-  <si>
     <t>Hama FM Transmitter with Bluetooth® Function, 14170</t>
   </si>
   <si>
     <t>HAMA-14170</t>
   </si>
   <si>
+    <t>Hama "Link.it solo" Bluetooth® Adapter, Receiver, Retrofit Bluetooth to the HiFi</t>
+  </si>
+  <si>
+    <t>HAMA-205321</t>
+  </si>
+  <si>
     <t>Hama Bluetooth® FM Transmitter for Car Radio, Hands-Free Device, 2 x USB Port</t>
   </si>
   <si>
     <t>HAMA-201631</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Hama Bluetooth Receiver for Cars, with 3.5 mm Plug and USB Charger</t>
   </si>
   <si>
     <t>HAMA-14159</t>
   </si>
   <si>
     <t>Hama FM Transmitter with Bluetooth, 1xUSB-C,1xUSB-A, 14169</t>
   </si>
   <si>
     <t>HAMA-14169</t>
   </si>
   <si>
     <t>Hama Bluetooth® Receiver for Cars, 3.5 mm Plug, Voice Control, Hands-Free</t>
   </si>
   <si>
     <t>HAMA-14173</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-205321</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -471,244 +471,244 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>18.216</v>
+        <v>17.712</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>23.472</v>
+        <v>21.252</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>23.808</v>
+        <v>23.472</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>24.996</v>
+        <v>23.808</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>28.008</v>
+        <v>23.808</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>28.992</v>
+        <v>25.5</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>30.0</v>
+        <v>28.992</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>32.004</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>35.4</v>
+        <v>34.944</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11">
+        <v>35.4</v>
+      </c>
+      <c r="D11" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>39.0</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>39.0</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>39.636</v>
+        <v>39.0</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D15"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>