--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -34,111 +34,111 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>HAMA 2-Way Distributor for Cigarette Lighter Socket, 180 °, 12 V, 223403</t>
   </si>
   <si>
     <t>HAMA-223403</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>HAMA Short Rod Antenna, universal</t>
+  </si>
+  <si>
+    <t>HAMA-45600</t>
+  </si>
+  <si>
+    <t>Hama FM Transmitter with AUX-IN + USB-IN</t>
+  </si>
+  <si>
+    <t>HAMA-14163</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
     <t>Automotive Organiser  HAMA 83962, small,  Black</t>
   </si>
   <si>
     <t>HAMA-83962</t>
   </si>
   <si>
-    <t>available</t>
-[...7 lines deleted...]
-  <si>
     <t>Automotive Organiser with Isotherm Compartment, HAMA 83961, Black</t>
   </si>
   <si>
     <t>HAMA-83961</t>
   </si>
   <si>
-    <t>Hama FM Transmitter with AUX-IN + USB-IN</t>
-[...2 lines deleted...]
-    <t>HAMA-14163</t>
+    <t>Hama Bluetooth Hands-Free Device for Cars with AUX-In</t>
+  </si>
+  <si>
+    <t>HAMA-14167</t>
   </si>
   <si>
     <t>Automotive Organiser HAMA 83963, Big, Black</t>
   </si>
   <si>
     <t>HAMA-83963</t>
   </si>
   <si>
-    <t>Hama Bluetooth Hands-Free Device for Cars with AUX-In</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama FM Transmitter with Bluetooth® Function, 14170</t>
   </si>
   <si>
     <t>HAMA-14170</t>
   </si>
   <si>
     <t>Hama "Link.it solo" Bluetooth® Adapter, Receiver, Retrofit Bluetooth to the HiFi</t>
   </si>
   <si>
     <t>HAMA-205321</t>
   </si>
   <si>
     <t>Hama Bluetooth® FM Transmitter for Car Radio, Hands-Free Device, 2 x USB Port</t>
   </si>
   <si>
     <t>HAMA-201631</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
+    <t>on route</t>
   </si>
   <si>
     <t>Hama Bluetooth Receiver for Cars, with 3.5 mm Plug and USB Charger</t>
   </si>
   <si>
     <t>HAMA-14159</t>
   </si>
   <si>
     <t>Hama FM Transmitter with Bluetooth, 1xUSB-C,1xUSB-A, 14169</t>
   </si>
   <si>
     <t>HAMA-14169</t>
   </si>
   <si>
     <t>Hama Bluetooth® Receiver for Cars, 3.5 mm Plug, Voice Control, Hands-Free</t>
   </si>
   <si>
     <t>HAMA-14173</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -471,247 +471,247 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>17.712</v>
+        <v>9.42</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>21.252</v>
+        <v>12.0</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>12.168</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>23.808</v>
+        <v>12.78</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>23.808</v>
+        <v>14.316</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>25.5</v>
+        <v>14.82</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>28.992</v>
+        <v>15.336</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>32.004</v>
+        <v>16.368</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>34.944</v>
+        <v>17.868</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>35.4</v>
+        <v>18.096</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D15"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>