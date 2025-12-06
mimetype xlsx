--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,1122 +7,1125 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$269</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$282</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="357">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="358">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Xavax "S-Capo" Microwave Cover</t>
   </si>
   <si>
     <t>HAMA-111534</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Xavax Oven Bulb, 25 W, Heat-resistant to 300°, E14, 111443</t>
+  </si>
+  <si>
+    <t>HAMA-111443</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>Xavax Oven Bulb, 25 W, Heat-resistant to 300°, E14, 111443</t>
-[...4 lines deleted...]
-  <si>
     <t>Xavax "Basic" Microwave Cover, 110216</t>
   </si>
   <si>
     <t>HAMA-110216</t>
   </si>
   <si>
     <t>Hama Indoor/outdoor thermometer, tree structure, 16 cm, analogue</t>
   </si>
   <si>
     <t>HAMA-186404</t>
   </si>
   <si>
+    <t>Spulan Salt, Xavax 110764</t>
+  </si>
+  <si>
+    <t>HAMA-110764</t>
+  </si>
+  <si>
+    <t>3-Way Socket Adapter, with switch, 108846</t>
+  </si>
+  <si>
+    <t>HAMA-108846</t>
+  </si>
+  <si>
     <t>Xavax Coffee Measuring Spoon, 6 g/15 ml, 111267</t>
   </si>
   <si>
     <t>HAMA-111267</t>
   </si>
   <si>
-    <t>3-Way Socket Adapter, with switch, 108846</t>
-[...13 lines deleted...]
-  <si>
     <t>Xavax "M-Capo" Microwave Cover, 111542</t>
   </si>
   <si>
     <t>HAMA-111542</t>
   </si>
   <si>
     <t>Xavax LED Bulb, E27, 806 lm Replaces 60W, 2 Pcs, 112929</t>
   </si>
   <si>
     <t>HAMA-112929</t>
   </si>
   <si>
     <t>Replacement Blades for Glass Ceramic Hobs, Xavax-110726</t>
   </si>
   <si>
     <t>HAMA-110726</t>
   </si>
   <si>
     <t>Reusable Baking Foil, Can Be Trimmed to Size, 111495</t>
   </si>
   <si>
     <t>HAMA-111495</t>
   </si>
   <si>
     <t>Xavax Reusable Pads, Set of 2 for Senseo and Similar Models, 111261</t>
   </si>
   <si>
     <t>HAMA-111261</t>
   </si>
   <si>
+    <t>Safety Covers for Sockets with Earth Contact, 5 pieces</t>
+  </si>
+  <si>
+    <t>HAMA-137210</t>
+  </si>
+  <si>
     <t>LED bulb, E14, 250 lm, Xavax-111449</t>
   </si>
   <si>
     <t>HAMA-111449</t>
   </si>
   <si>
     <t>LED Refrigerators/Extractor Hoods Bulb, E14, HAMA-112827</t>
   </si>
   <si>
     <t>HAMA-112827</t>
   </si>
   <si>
     <t>Xavax Electric Milk Frother, 111258</t>
   </si>
   <si>
     <t>HAMA-111258</t>
   </si>
   <si>
     <t>Washing Machine Care Cleaner, Xavax 111723</t>
   </si>
   <si>
     <t>HAMA-111723-BG</t>
   </si>
   <si>
     <t xml:space="preserve">LED Refrigerator Bulb, E14, HAMA-112895 </t>
   </si>
   <si>
     <t>HAMA-112895</t>
   </si>
   <si>
+    <t>Torch  GP BATTERIES  C105B LED 50 lumens 1*AA battery</t>
+  </si>
+  <si>
+    <t>GP-F-C105B</t>
+  </si>
+  <si>
     <t>Hama Thermometer, for interior, wood, 20 cm, 186401</t>
   </si>
   <si>
     <t>HAMA-186401</t>
   </si>
   <si>
     <t>Xavax Microfibre Cloths, 4 pcs, 111391</t>
   </si>
   <si>
     <t>HAMA-111391</t>
   </si>
   <si>
+    <t>Xavax Cleaning Tablets for Bottles, 111757</t>
+  </si>
+  <si>
+    <t>HAMA-111757</t>
+  </si>
+  <si>
     <t>Distribution Panel HAMA, 3-Way, 30391</t>
   </si>
   <si>
     <t>HAMA-30391</t>
   </si>
   <si>
-    <t>Distribution Panel HAMA 3-Way, 30381</t>
-[...8 lines deleted...]
-    <t>HAMA-137210</t>
+    <t>Hama 3-Way Power Strip, with Incr. Touch Protect., 1.4 m, black</t>
+  </si>
+  <si>
+    <t>HAMA-223012</t>
+  </si>
+  <si>
+    <t>Hama 3-Way Multiple Socket Outlet, with Shutter - Incr. Touch Protect., 1.4 m, white</t>
+  </si>
+  <si>
+    <t>HAMA-30528</t>
   </si>
   <si>
     <t>Special Glass Scraper for glass ceramic cooker surfaces, 110753</t>
   </si>
   <si>
     <t>HAMA-110753</t>
   </si>
   <si>
     <t>Xavax Quick Bio Descaler, 250 ml</t>
   </si>
   <si>
     <t>HAMA-111734</t>
   </si>
   <si>
     <t>Cleaner for Dishwashers, Xavax 111725</t>
   </si>
   <si>
     <t>HAMA-111725</t>
   </si>
   <si>
     <t>Mechanical Daily Timer HAMA Mini 121950, White</t>
   </si>
   <si>
     <t>HAMA-121950</t>
   </si>
   <si>
     <t>Xavax Descaler for Steam Irons, 250 ml, 111727</t>
   </si>
   <si>
     <t>HAMA-111727</t>
   </si>
   <si>
+    <t>Torch  GP BATTERIES  C107B LED 70 lumens 2*AA battery</t>
+  </si>
+  <si>
+    <t>GP-F-C107B</t>
+  </si>
+  <si>
+    <t>Xavax Oven and Grill Cleaner, 111758</t>
+  </si>
+  <si>
+    <t>HAMA-111758</t>
+  </si>
+  <si>
+    <t>Luggage Padlock, set of 2 HAMA 105313, black</t>
+  </si>
+  <si>
+    <t>HAMA-105313</t>
+  </si>
+  <si>
+    <t>Xavax LED Bulb, E27, 1521 lm Replaces 100W, Incand. Bulb, 2 Pcs, 112900</t>
+  </si>
+  <si>
+    <t>HAMA-112900</t>
+  </si>
+  <si>
+    <t>Xavax Flat Filter for Cooker Hoods, 110830</t>
+  </si>
+  <si>
+    <t>HAMA-110830</t>
+  </si>
+  <si>
+    <t>Oven Protector Foil Xavax, Reusable, Teflon, 111480</t>
+  </si>
+  <si>
+    <t>HAMA-111480</t>
+  </si>
+  <si>
+    <t>Xavax Cleaning Tablets f. Coffee Machine, Grease Remover, 111281</t>
+  </si>
+  <si>
+    <t>HAMA-111281</t>
+  </si>
+  <si>
+    <t>Travel Adapter SKROSS home USB power hub with a socket extender</t>
+  </si>
+  <si>
+    <t>SKROSS-1500282</t>
+  </si>
+  <si>
     <t>Xavax Coffee Pad Tin for Storing 20, 111264</t>
   </si>
   <si>
     <t>HAMA-111264</t>
   </si>
   <si>
+    <t>Anti-Slip Pads with Vibration Protection Xavax 110215</t>
+  </si>
+  <si>
+    <t>HAMA-110215</t>
+  </si>
+  <si>
+    <t>Xavax Fleece Filter for Cooker Hoods, 2 pcs, 110831</t>
+  </si>
+  <si>
+    <t>HAMA-110831</t>
+  </si>
+  <si>
+    <t>Hama Travel Adapter Type E and F, 3-Pin, Universal, 223456</t>
+  </si>
+  <si>
+    <t>HAMA-223456</t>
+  </si>
+  <si>
+    <t>Xavax Cutlery Set, Knife, Fork, Spoon, Stainless Steel, To-Go, 181599</t>
+  </si>
+  <si>
+    <t>HAMA-181599</t>
+  </si>
+  <si>
+    <t>Glass Ceramic Cleaner, Xavax 111726</t>
+  </si>
+  <si>
+    <t>HAMA-111726</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Torch  GP BATTERIES  C105B LED 50 lumens 1*AA battery</t>
-[...74 lines deleted...]
-    <t>HAMA-111726</t>
+    <t>Xavax Permanent Filter for Coffee Makers, Coffee Filter Replacement for Size 4, 111263</t>
+  </si>
+  <si>
+    <t>HAMA-111263</t>
+  </si>
+  <si>
+    <t>Xavax Universal Comb Filter for Fryers, 110872</t>
+  </si>
+  <si>
+    <t>HAMA-110872</t>
+  </si>
+  <si>
+    <t>Travel Adapter Type A and Type B, 3-Pin, for Devices from America and Canada, 223458</t>
+  </si>
+  <si>
+    <t>HAMA-223458</t>
+  </si>
+  <si>
+    <t>Travel Adapter Type G, 3-Pin, for Devices from the UK, 223459</t>
+  </si>
+  <si>
+    <t>HAMA-223459</t>
   </si>
   <si>
     <t>Torch as pen GP BATTERIES  Discovery  LED CP21  20 lumens</t>
   </si>
   <si>
     <t>GP-F-CP21</t>
   </si>
   <si>
-    <t>Travel Adapter Type G, 3-Pin, for Devices from the UK, 223459</t>
-[...8 lines deleted...]
-    <t>HAMA-223458</t>
+    <t>Xavax Coffee Pad Tin for Storing 20 Senseo Pads, 111272</t>
+  </si>
+  <si>
+    <t>HAMA-111272</t>
   </si>
   <si>
     <t>Hama Travel Adapter Type B, 3-Pin,EU-USA  223438</t>
   </si>
   <si>
     <t>HAMA-223438</t>
   </si>
   <si>
-    <t>Hama Travel Adapter Type E and F, 3-Pin, Universal, 223456</t>
-[...4 lines deleted...]
-  <si>
     <t>DELTACO SMART HOME LED light, E27, WiFI 2.4GHz, 9W, 810lm, dimmable, 2700K-6500K, 220-240V, white</t>
   </si>
   <si>
     <t>DELT-SH-LE27W</t>
   </si>
   <si>
-    <t>Xavax Coffee Pad Tin for Storing 20 Senseo Pads, 111272</t>
-[...8 lines deleted...]
-    <t>HAMA-110215</t>
+    <t>Travel Adapter SKROSS 1500230, Single Adapter UK</t>
+  </si>
+  <si>
+    <t>SKROSS-1500230E</t>
+  </si>
+  <si>
+    <t>Travel Adapter SKROSS 1500203, Single USA</t>
+  </si>
+  <si>
+    <t>SKROSS-1500203E</t>
   </si>
   <si>
     <t>Distribution Panel HAMA, 3-Way, 30392</t>
   </si>
   <si>
     <t>HAMA-30392</t>
   </si>
   <si>
+    <t>Hama Power Strip, 3-Way, with Switch, 1.4 m, black</t>
+  </si>
+  <si>
+    <t>HAMA-223013</t>
+  </si>
+  <si>
     <t>4-Way Power Strip HAMA 121921</t>
   </si>
   <si>
     <t>HAMA-121921</t>
   </si>
   <si>
     <t>Distribution Panel HAMA, 3-Way, 30382</t>
   </si>
   <si>
     <t>HAMA-30382</t>
   </si>
   <si>
     <t>Hama Power Strip, 3-Way, with Switch, 1.4 m, white</t>
   </si>
   <si>
     <t>HAMA-137322</t>
   </si>
   <si>
+    <t>Xavax Grinder Cleaner for Automatic Coffee Makers &amp; Coffee Grinders, 111759</t>
+  </si>
+  <si>
+    <t>HAMA-111759</t>
+  </si>
+  <si>
     <t>Xavax Premium Descaler for Automatic Coffee Makers, 111283</t>
   </si>
   <si>
     <t>HAMA-111283</t>
   </si>
   <si>
+    <t>Dryer Balls, 2 pieces, 111013</t>
+  </si>
+  <si>
+    <t>HAMA-111013</t>
+  </si>
+  <si>
+    <t>Xavax Cleaning Spray for Refrigerators, 111721</t>
+  </si>
+  <si>
+    <t>HAMA-111721</t>
+  </si>
+  <si>
+    <t>Closure Clips Set with Handy Storage Box Xavax 111469</t>
+  </si>
+  <si>
+    <t>HAMA-111469</t>
+  </si>
+  <si>
+    <t>Xavax "Rotation" Timer, Digital, 185858</t>
+  </si>
+  <si>
+    <t>HAMA-185858</t>
+  </si>
+  <si>
+    <t>Hama "Mini" Mechanical Timer for Outdoors, 30 Minutes, IP44, 223304</t>
+  </si>
+  <si>
+    <t>HAMA-223304</t>
+  </si>
+  <si>
+    <t>Hama Socket Adapter, Earthed Contact, Overvoltage, 223322</t>
+  </si>
+  <si>
+    <t>HAMA-223322</t>
+  </si>
+  <si>
+    <t>Distribution Panel  HAMA, 6-Way, 30393</t>
+  </si>
+  <si>
+    <t>HAMA-30393</t>
+  </si>
+  <si>
+    <t>Distribution Panel HAMA, 6-Way, 30383</t>
+  </si>
+  <si>
+    <t>HAMA-30383</t>
+  </si>
+  <si>
+    <t>Xavax Drinking Bottle, 900ml, Leak-proof, Handle, Screw Cap, transparent</t>
+  </si>
+  <si>
+    <t>HAMA-181592</t>
+  </si>
+  <si>
+    <t>Hama Socket Adapter, Earthed Contact, Overvoltage Protection, Mains Voltage, white</t>
+  </si>
+  <si>
+    <t>HAMA-223324</t>
+  </si>
+  <si>
+    <t>Hama "Magical Unicorn" Children's Alarm Clock, 186430</t>
+  </si>
+  <si>
+    <t>HAMA-186430</t>
+  </si>
+  <si>
+    <t>Hama Socket Adapter, Earthed Contact, HAMA-223321</t>
+  </si>
+  <si>
+    <t>HAMA-223321</t>
+  </si>
+  <si>
+    <t>Xavax "Countdown" Kitchen Timer, digital, 111319</t>
+  </si>
+  <si>
+    <t>HAMA-111319</t>
+  </si>
+  <si>
+    <t>Torch  GP BATTERIES  Discovery  LED C33  150 lumens</t>
+  </si>
+  <si>
+    <t>GP-F-C33</t>
+  </si>
+  <si>
+    <t>Skross adapter 220V UK/US/World to EU</t>
+  </si>
+  <si>
+    <t>SKROSS-1500211CE</t>
+  </si>
+  <si>
+    <t>Xavax Extractor Flat/Activated Charcoal Filter, Set of 2</t>
+  </si>
+  <si>
+    <t>HAMA-110871</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 5-Way, 1.4 m, 137267</t>
+  </si>
+  <si>
+    <t>HAMA-137267</t>
+  </si>
+  <si>
+    <t>Xavax "Coffee Clean" Cleaner for Automatic Coffee Makers, 250 ml, 111284</t>
+  </si>
+  <si>
+    <t>HAMA-111284</t>
+  </si>
+  <si>
+    <t>TPE Vibration Damper Xavax</t>
+  </si>
+  <si>
+    <t>HAMA-220752</t>
+  </si>
+  <si>
+    <t>iFixit Opener Toolkit х5</t>
+  </si>
+  <si>
+    <t>IF145-335-1</t>
+  </si>
+  <si>
+    <t>iFixit Opening Picks (6-Pack)</t>
+  </si>
+  <si>
+    <t>IF145-123-2</t>
+  </si>
+  <si>
+    <t>Hama "Borneo" Thermometer and Hygrometer, Digital, For Indoors, black</t>
+  </si>
+  <si>
+    <t>HAMA-185890</t>
+  </si>
+  <si>
+    <t>Distribution Panel HAMA, 6-Way, 30384</t>
+  </si>
+  <si>
+    <t>HAMA-30384</t>
+  </si>
+  <si>
+    <t>Skross Euro USB Charger 1.302421, 2 x USB-A, 2.4A</t>
+  </si>
+  <si>
+    <t>SKROSS-1302421</t>
+  </si>
+  <si>
+    <t>Hama "Ebro" Thermometer and Hygrometer, Digital, For Indoors or Outdoors, white</t>
+  </si>
+  <si>
+    <t>HAMA-222222</t>
+  </si>
+  <si>
+    <t>Xavax Cereal Mug To Go, with Topper, 2 Compartments, 500 + 200 ml, pastel blue/grey</t>
+  </si>
+  <si>
+    <t>HAMA-181582</t>
+  </si>
+  <si>
+    <t>Xavax Iron Cleaning Spray, 50 ml</t>
+  </si>
+  <si>
+    <t>HAMA-111762</t>
+  </si>
+  <si>
+    <t>XAVAX Power Clean Special cleaner, 111755</t>
+  </si>
+  <si>
+    <t>HAMA-111755</t>
+  </si>
+  <si>
+    <t>Headlamp / Lantern with light GP BATTERIES CH42 Entry level with 3 batteries AAA 110 lm</t>
+  </si>
+  <si>
+    <t>GP-F-CH42</t>
+  </si>
+  <si>
+    <t>Hama Smart WLAN LED Lamp, E27, Matter, 9W, RGBW, 176640</t>
+  </si>
+  <si>
+    <t>HAMA-176640</t>
+  </si>
+  <si>
+    <t>Travel Adapter SKROSS 1500272, Single Siss+Italy+Brazil</t>
+  </si>
+  <si>
+    <t>SKROSS-1500272E</t>
+  </si>
+  <si>
+    <t>Travel Adapter SKROSS 500272, Single Siss+Italy+Brazil</t>
+  </si>
+  <si>
+    <t>SKROSS-500272</t>
+  </si>
+  <si>
+    <t>Distribution Panel, HAMA, 3 sockets, 30569</t>
+  </si>
+  <si>
+    <t>HAMA-30569</t>
+  </si>
+  <si>
+    <t>Xavax Milk System Cleaner, Liquid Milk Cleaner, 111282</t>
+  </si>
+  <si>
+    <t>HAMA-111282</t>
+  </si>
+  <si>
+    <t>Distribution Panel HAMA, 6-Way, 30394</t>
+  </si>
+  <si>
+    <t>HAMA-30394</t>
+  </si>
+  <si>
+    <t>Distribution Panel, HAMA, 5 sockets, 1.4 m, 47842</t>
+  </si>
+  <si>
+    <t>HAMA-47842</t>
+  </si>
+  <si>
+    <t>Torch  GP BATTERIES  Discovery  LED C31  85 lumens</t>
+  </si>
+  <si>
+    <t>GP-F-C31</t>
+  </si>
+  <si>
+    <t>Hama "Lefkada" Thermometer and Hygrometer, 222231</t>
+  </si>
+  <si>
+    <t>HAMA-222231</t>
+  </si>
+  <si>
+    <t>Xavax Universal Lid with Steam Vent, 111544</t>
+  </si>
+  <si>
+    <t>HAMA-111544</t>
+  </si>
+  <si>
+    <t>Distribution Panel, HAMA, 3 sockets, 108841</t>
+  </si>
+  <si>
+    <t>HAMA-108841</t>
+  </si>
+  <si>
+    <t>Xavax Activated Carbon Filter for Cooker Hoods, set of 2, 110832</t>
+  </si>
+  <si>
+    <t>HAMA-110832</t>
+  </si>
+  <si>
     <t>on route</t>
   </si>
   <si>
-    <t>Xavax Cutlery Set, Knife, Fork, Spoon, Stainless Steel, To-Go, 181599</t>
-[...250 lines deleted...]
-  <si>
     <t>LCD Thermometer/Hygrometer  HAMA TH-100, 186358</t>
   </si>
   <si>
     <t>HAMA-186358</t>
   </si>
   <si>
     <t>"Power Pearls" Wash Ball Xavax, 110226</t>
   </si>
   <si>
     <t>HAMA-110226</t>
   </si>
   <si>
     <t>Distribution Panel, HAMA 30535,3 sockets, with switch, child-proof, 3 m, white</t>
   </si>
   <si>
     <t>HAMA-30535</t>
   </si>
   <si>
     <t>"Nostalgia" Alarm Clock, HAMA-186394</t>
   </si>
   <si>
     <t>HAMA-186394</t>
   </si>
   <si>
     <t>Hama "Borneo" Thermometer and Hygrometer, Digital, For Indoors, white</t>
   </si>
   <si>
     <t>HAMA-185891</t>
   </si>
   <si>
+    <t>Washing Machine Care Set, descaler + cleaner, 110797</t>
+  </si>
+  <si>
+    <t>HAMA-110797</t>
+  </si>
+  <si>
     <t>Alphacool Silicon Bending Insert 30cm for ID 1/2 / 13mm HardTubes - Blue</t>
   </si>
   <si>
     <t>AC-1013191</t>
   </si>
   <si>
     <t>Xavax Multi-silicone Grease Food-safe, f. Fully Automatic Coffee Makers, 111177</t>
   </si>
   <si>
     <t>HAMA-111177</t>
   </si>
   <si>
-    <t>Hama Power Strip, 4-Way, Switch, 223053</t>
-[...8 lines deleted...]
-    <t>HAMA-223304</t>
+    <t>Single travel adapter Australia &amp; Europe AU/Protective Contact/FR / PL / BE / CZ / SK, SKross</t>
+  </si>
+  <si>
+    <t>SKROSS-1500210</t>
+  </si>
+  <si>
+    <t>Drainer Rack with Bottle Holder for up to 6 Bottles, HAMA-111459</t>
+  </si>
+  <si>
+    <t>HAMA-111459</t>
+  </si>
+  <si>
+    <t>Anti Static pad for electrical components iFixit</t>
+  </si>
+  <si>
+    <t>IF145-EU145257-1</t>
+  </si>
+  <si>
+    <t>LCD Thermometer/Hygrometer HAMA TH-200, 186379</t>
+  </si>
+  <si>
+    <t>HAMA-186379</t>
   </si>
   <si>
     <t>Hama "Curved" Mechanical Timer for Indoors, 223302</t>
   </si>
   <si>
     <t>HAMA-223302</t>
   </si>
   <si>
-    <t>Hama "Lefkada" Thermometer and Hygrometer, 222231</t>
-[...2 lines deleted...]
-    <t>HAMA-222231</t>
+    <t>Xavax Drinking Bottle, 1250ml, Leak-proof, Handle, Screw Cap, transparent</t>
+  </si>
+  <si>
+    <t>HAMA-181593</t>
   </si>
   <si>
     <t>Xavax Lint Shaver, 95331</t>
   </si>
   <si>
     <t>HAMA-95331</t>
   </si>
   <si>
+    <t>Milk Jug, stainless steel, 111166</t>
+  </si>
+  <si>
+    <t>HAMA-111166</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Children's wall clock Hama "Happy Dino" HAMA-186427 </t>
+  </si>
+  <si>
+    <t>HAMA-186427</t>
+  </si>
+  <si>
+    <t>Skross 1500267 Travel adapter W to UK</t>
+  </si>
+  <si>
+    <t>SKROSS-1500267</t>
+  </si>
+  <si>
+    <t>TP LINK TAPO P100 Smart Socket 10A, 2300W, 2.4Ghz, Schedule Setting, Timer</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-P100-1PK</t>
+  </si>
+  <si>
     <t>Xavax Protective Inlay for Air Fryers, Non-Slip Mats, 111419</t>
   </si>
   <si>
     <t>HAMA-111419</t>
   </si>
   <si>
+    <t>Hama Power Strip, 6-Way, 90° Rotated, Switch, Wall Mounting, 2 m, white</t>
+  </si>
+  <si>
+    <t>HAMA-223131</t>
+  </si>
+  <si>
     <t>Hama "Salina" Wall Clock, Ø 22 cm, No Ticking, white</t>
   </si>
   <si>
     <t>HAMA-185867</t>
   </si>
   <si>
     <t>Hama "Salina" Wall Clock, Ø 22 cm, No Ticking, black</t>
   </si>
   <si>
     <t>HAMA-185866</t>
   </si>
   <si>
-    <t>Xavax Coffee Capsule Stand for Tassimo, Holder for 26 Capsules, 111269</t>
-[...10 lines deleted...]
-  <si>
     <t>Hama "Malta" Wall Clock, Ø 25 cm, w. Thermometer / Hygrometer, No Ticking, black</t>
   </si>
   <si>
     <t>HAMA-185868</t>
   </si>
   <si>
     <t>Hama "Cebu" Children's Wall Clock, No Ticking, for Children's Rooms, Analogue, Ø</t>
   </si>
   <si>
     <t>HAMA-185897</t>
   </si>
   <si>
+    <t>Hama Smart WLAN Socket, Matter, Voice and App-Controlled, Retrofittable, 3680 W</t>
+  </si>
+  <si>
+    <t>HAMA-176638</t>
+  </si>
+  <si>
+    <t>TP LINK TAPO L530E Smart bulb RGB 8.7W 806LM</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-L530E</t>
+  </si>
+  <si>
+    <t>Xavax Coffee Tin for 500 g of Beans or 700 g of Powder, 111275</t>
+  </si>
+  <si>
+    <t>HAMA-111275</t>
+  </si>
+  <si>
     <t>Hama "Corfu" Wall Clock, Ø 30 cm, Quartz Clock, Analogue, 3D Numerals, beige</t>
   </si>
   <si>
     <t>HAMA-185880</t>
   </si>
   <si>
-    <t>Hama Power Strip, 6-Way, 90° Rotated, Switch, Wall Mounting, 2 m, white</t>
-[...14 lines deleted...]
-    <t>HAMA-111275</t>
+    <t>Hama Smart WLAN LED Lamp, E14, Matter, 4.9W, RGBW, 176641</t>
+  </si>
+  <si>
+    <t>HAMA-176641</t>
   </si>
   <si>
     <t>Hama "Mauritius" Bathroom Clock, Wall Clock with Thermometer, No Ticking, Ø 17 cm,</t>
   </si>
   <si>
     <t>HAMA-185889</t>
   </si>
   <si>
     <t>Xavax Stainless Steel Barista Milk Jug, Milk Froth Jug, 350ml, 111260</t>
   </si>
   <si>
     <t>HAMA-111260</t>
   </si>
   <si>
     <t>Hama Suitcase Scale, Up to Max. 50 kg/110 lb, Digital</t>
   </si>
   <si>
     <t>HAMA-178134</t>
   </si>
   <si>
+    <t>Hama Power Strip, 6-Way, 90° Rotated, Switch, Wall Mounting, 2 m, black</t>
+  </si>
+  <si>
+    <t>HAMA-223132</t>
+  </si>
+  <si>
+    <t>Hama "Samos" Digital Alarm Clock, LCD, black</t>
+  </si>
+  <si>
+    <t>HAMA-222204</t>
+  </si>
+  <si>
     <t>Hama Power Strip, 3-Way, Switch, Wall Mounting, 1.5 m, alu</t>
   </si>
   <si>
     <t>HAMA-223101</t>
   </si>
   <si>
     <t>Deltaco Smart RGB wake-up light, USB-C</t>
   </si>
   <si>
     <t>DELT-SH-LA01</t>
   </si>
   <si>
-    <t>Hama "Samos" Digital Alarm Clock, LCD, black</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Power Strip, 6-Way, Overvoltage Protection, Switch, 1.4 m, white, 223152</t>
   </si>
   <si>
     <t>HAMA-223152</t>
   </si>
   <si>
+    <t>TP LINK TAPO P110 Smart socket 3680 W, 2.4Ghz, timer</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-P110-1PK</t>
+  </si>
+  <si>
     <t>Hama Power Strip, 6-Way, Overvoltage Protection, Switch, 1.4 m, black, 223153</t>
   </si>
   <si>
     <t>HAMA-223153</t>
   </si>
   <si>
-    <t>World Adapter SKROSS Micro muv 1.102500, World</t>
-[...14 lines deleted...]
-    <t>SKROSS-1500267</t>
+    <t>Hama "Elegance" Wall Clock, Diameter 30 cm</t>
+  </si>
+  <si>
+    <t>HAMA-185874</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 4-Way, 90°, Individually Switchable, Wall Mounting, 1.4 m, blk.</t>
+  </si>
+  <si>
+    <t>HAMA-223122</t>
+  </si>
+  <si>
+    <t>Hama "Tenerife" DCF Radio Wall Clock, Ø 30 cm, silver</t>
+  </si>
+  <si>
+    <t>HAMA-185872</t>
   </si>
   <si>
     <t>Hama Power Strip, 6-Way, Switch, Wall Mounting, 3 m, black</t>
   </si>
   <si>
     <t>HAMA-223038</t>
   </si>
   <si>
+    <t>Hama Smart WLAN LED Lamp, GU10, Matter, 4.9W, RGBW, for Voice / App Control</t>
+  </si>
+  <si>
+    <t>HAMA-176642</t>
+  </si>
+  <si>
     <t>Hama “Santorini” Wall Clock, No Ticking, w. Thermo/Hygrometer, Ø 30cm, blk</t>
   </si>
   <si>
     <t>HAMA-185885</t>
   </si>
   <si>
-    <t>Hama "Elegance" Wall Clock, Diameter 30 cm</t>
-[...22 lines deleted...]
-  <si>
     <t>Hama "Corsica" Wall Clock, Ø 30 cm, No Ticking, black/white</t>
   </si>
   <si>
     <t>HAMA-185873</t>
   </si>
   <si>
-    <t>Hama "Pro-S 30S" Power Strip, 3-Way, 133803</t>
-[...37 lines deleted...]
-  <si>
     <t>Hama Power Strip, 6-Way, Switch, Wall Mounting, 3m, alu</t>
   </si>
   <si>
     <t>HAMA-223104</t>
   </si>
   <si>
-    <t>Xavax Coffee Capsule Stand for Nespresso, Holder for 40 Capsules, 111265</t>
-[...14 lines deleted...]
-    <t>IF145474-1</t>
+    <t>Hama “FL350-C” LED Torch, Rechargeable, Aluminium, 4 Modes + SOS</t>
+  </si>
+  <si>
+    <t>HAMA-228603</t>
   </si>
   <si>
     <t>Xavax Stainless Steel Espresso Maker for 4 Cups, 111274</t>
   </si>
   <si>
     <t>HAMA-111274</t>
   </si>
   <si>
-    <t>Hama Socket Cube, 3-Way, 2х USB-C/A, 223195</t>
-[...2 lines deleted...]
-    <t>HAMA-223195</t>
+    <t>ARCTIC Ratchet Screwdriver Toolkit</t>
+  </si>
+  <si>
+    <t>ARCTIC-TOOL-AETLS00002A</t>
   </si>
   <si>
     <t>Hama Power Strip, 6-Way, Overvoltage Protection, Individually Switchable, 1.4 m, 223158</t>
   </si>
   <si>
     <t>HAMA-223158</t>
   </si>
   <si>
     <t>Hama "Formentera" Wall Clock, Ø 35 cm, No Ticking, black/white</t>
   </si>
   <si>
     <t>HAMA-185875</t>
   </si>
   <si>
-    <t>Hama Power Strip, 5-Way, USB-A 17 W, Switch, 223183</t>
-[...10 lines deleted...]
-  <si>
     <t>Alphacool Acrylic Tube Double Bending Tool</t>
   </si>
   <si>
     <t>AC-1012739</t>
   </si>
   <si>
-    <t>Hama Digital Multimeter, CAT III, 300 V, 223565</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Power Strip, 6-Way, 90°, Indiv. Switchable, 1.4 m, 223160</t>
   </si>
   <si>
     <t>HAMA-223160</t>
   </si>
   <si>
     <t>Xavax Coffee Tin for 1.3 kg Beans or 1.5 kg Powder, Airtight, 111262</t>
   </si>
   <si>
     <t>HAMA-111262</t>
   </si>
   <si>
     <t>ARCTIC Precision Screwdriver Toolkit</t>
   </si>
   <si>
     <t>ARCTIC-TOOL-AETLS00001A</t>
   </si>
   <si>
     <t>Hama Smart Home Window Contact, for Doors, Windows, Garages, Zigbee, Magnetic</t>
   </si>
   <si>
     <t>HAMA-176663</t>
   </si>
   <si>
+    <t>Hama WLAN LED Lamp, E27, 8,5W, RGBW, 3 Pcs, 176635</t>
+  </si>
+  <si>
+    <t>HAMA-176635</t>
+  </si>
+  <si>
     <t>Head Torch, with Rechargeable Battery, Head Torch for Jogging, Working, 4 Modes</t>
   </si>
   <si>
     <t>HAMA-228609</t>
   </si>
   <si>
-    <t>Hama “FL350-C” LED Torch, Rechargeable, Aluminium, 4 Modes + SOS</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Hvar" Projector Alarm Clock, Digital Radio-Controlled Alarm Clock, Wall or Ceiling Projection, white</t>
   </si>
   <si>
     <t>HAMA-222206</t>
   </si>
   <si>
-    <t>ARCTIC Ratchet Screwdriver Toolkit</t>
-[...4 lines deleted...]
-  <si>
     <t>Skross universal adapter 220V, 30W, white</t>
   </si>
   <si>
     <t>SKROSS-1302974</t>
   </si>
   <si>
     <t>Hama “Bahamas “ Weather Station, w. Outd. Sensor, Radio, Alarm, Room Clim., 222228</t>
   </si>
   <si>
     <t>HAMA-222228</t>
   </si>
   <si>
     <t>Hama “FLX1200-C” LED Torch, Rechargeable, Shockproof, Alu, 4 Modes + SOS, Zoom</t>
   </si>
   <si>
     <t>HAMA-228607</t>
   </si>
   <si>
     <t>Hama “Mykonos” Weather Station with Pluviometer / Outdoor Sensor, Radio, Alarm C</t>
   </si>
   <si>
     <t>HAMA-222220</t>
   </si>
   <si>
+    <t>Smart WiFi Outdoor/ Indoor Plug Edimax SP-1122WTO 2 EU type AC Outlet</t>
+  </si>
+  <si>
+    <t>EDIM-SP-1122WTO</t>
+  </si>
+  <si>
+    <t>Smart WiFi Indoor Power Strip Edimax SP-1123WT 3 EU type AC Outlet + 4 USB Outputs</t>
+  </si>
+  <si>
+    <t>EDIM-SP-1123WT</t>
+  </si>
+  <si>
     <t>Hama "Premium" Weather Station with LED Colour Display and USB Charging Function</t>
   </si>
   <si>
     <t>HAMA-186380</t>
   </si>
   <si>
     <t>Hama Smart radiator thermostat for Hama WLAN, 176661</t>
   </si>
   <si>
     <t>HAMA-176661</t>
   </si>
   <si>
     <t>Delock Power Supply Tester III</t>
   </si>
   <si>
     <t>DELOCK-18159</t>
   </si>
   <si>
-    <t>Smart WiFi Outdoor/ Indoor Plug Edimax SP-1122WTO 2 EU type AC Outlet</t>
-[...10 lines deleted...]
-  <si>
     <t>Mini ARCTIC Fridge (EU) 4L</t>
   </si>
   <si>
     <t>ARCTIC-AC-ACOTH00009A</t>
+  </si>
+  <si>
+    <t>Stacking Kit for Washing Machine/Dryer Xavax, 110225</t>
+  </si>
+  <si>
+    <t>HAMA-110225</t>
   </si>
   <si>
     <t>Hama WLAN Heating Control, 2 x Smart Radiator Thermostats, 176662</t>
   </si>
   <si>
     <t>HAMA-176662</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1432,51 +1435,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D269"/>
+  <dimension ref="A1:D282"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1485,3765 +1488,3947 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>4.8</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>5.292</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>5.82</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>5.964</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>6.6</v>
+        <v>6.0</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>6.732</v>
+        <v>6.54</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>6.792</v>
+        <v>6.6</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>6.792</v>
+        <v>6.756</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>6.96</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>6.996</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>6.996</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>6.996</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>7.2</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>7.308</v>
+        <v>7.296</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>7.56</v>
+        <v>7.308</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>7.596</v>
+        <v>7.56</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>7.656</v>
+        <v>7.596</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>8.004</v>
+        <v>7.656</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>8.064</v>
+        <v>7.8</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>8.4</v>
+        <v>8.004</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>8.4</v>
+        <v>8.064</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>8.748</v>
+        <v>8.112</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>8.904</v>
+        <v>8.4</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
-        <v>8.952</v>
+        <v>8.4</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
-        <v>9.0</v>
+        <v>8.4</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>9.0</v>
+        <v>8.784</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
-        <v>9.0</v>
+        <v>8.952</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
         <v>9.0</v>
       </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C30">
         <v>9.0</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" t="s">
         <v>65</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>9.12</v>
+        <v>9.0</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
         <v>67</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>9.54</v>
+        <v>9.0</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
         <v>69</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>9.84</v>
+        <v>9.816</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
         <v>71</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>9.852</v>
+        <v>9.84</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
         <v>73</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>9.96</v>
+        <v>9.852</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>9.996</v>
+        <v>9.96</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C37">
         <v>9.996</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
         <v>79</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>10.032</v>
+        <v>9.996</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
         <v>81</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>10.68</v>
+        <v>10.032</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
         <v>83</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>10.8</v>
+        <v>10.692</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C41">
         <v>10.8</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" t="s">
         <v>87</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>10.992</v>
+        <v>10.8</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" t="s">
         <v>89</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>11.4</v>
+        <v>10.884</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" t="s">
         <v>91</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>11.52</v>
+        <v>10.908</v>
       </c>
       <c r="D44" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
         <v>93</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45">
+        <v>10.992</v>
+      </c>
+      <c r="D45" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>11.676</v>
+        <v>11.052</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>11.748</v>
+        <v>11.052</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>11.94</v>
+        <v>11.304</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>12.24</v>
+        <v>11.304</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>12.264</v>
+        <v>11.4</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>12.48</v>
+        <v>11.496</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>12.588</v>
+        <v>11.676</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>12.6</v>
+        <v>11.94</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>12.6</v>
+        <v>12.0</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>12.768</v>
+        <v>12.0</v>
       </c>
       <c r="D55" t="s">
-        <v>115</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>12.828</v>
+        <v>12.48</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>12.96</v>
+        <v>12.48</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>12.996</v>
+        <v>12.54</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>12.996</v>
+        <v>12.6</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>12.996</v>
+        <v>12.6</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>12.996</v>
+        <v>12.744</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>13.524</v>
+        <v>12.96</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>13.644</v>
+        <v>12.996</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>13.908</v>
+        <v>12.996</v>
       </c>
       <c r="D64" t="s">
-        <v>115</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>13.908</v>
+        <v>13.2</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>14.004</v>
+        <v>13.2</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>14.004</v>
+        <v>13.2</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>14.076</v>
+        <v>13.224</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>14.4</v>
+        <v>13.296</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>14.4</v>
+        <v>13.524</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>14.4</v>
+        <v>13.704</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>14.676</v>
+        <v>13.8</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>14.964</v>
+        <v>14.004</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>14.988</v>
+        <v>14.028</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>94</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>14.988</v>
+        <v>14.4</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>14.988</v>
+        <v>14.4</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>94</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>15.0</v>
+        <v>14.4</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>15.0</v>
+        <v>14.448</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>15.0</v>
+        <v>14.964</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>15.096</v>
+        <v>14.988</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
         <v>166</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>15.12</v>
+        <v>14.988</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
         <v>168</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>15.168</v>
+        <v>15.0</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
         <v>170</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>15.18</v>
+        <v>15.0</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>15.24</v>
+        <v>15.168</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" t="s">
         <v>174</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>15.528</v>
+        <v>15.18</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
         <v>176</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>15.6</v>
+        <v>15.24</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
         <v>178</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>15.84</v>
+        <v>15.264</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
         <v>180</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>15.84</v>
+        <v>15.288</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" t="s">
         <v>182</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>15.996</v>
+        <v>15.312</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" t="s">
         <v>184</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>16.128</v>
+        <v>15.528</v>
       </c>
       <c r="D90" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>185</v>
+      </c>
+      <c r="B91" t="s">
         <v>186</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>16.248</v>
+        <v>15.6</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>187</v>
+      </c>
+      <c r="B92" t="s">
         <v>188</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>16.296</v>
+        <v>15.6</v>
       </c>
       <c r="D92" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>189</v>
+      </c>
+      <c r="B93" t="s">
         <v>190</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>16.668</v>
+        <v>15.84</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>191</v>
+      </c>
+      <c r="B94" t="s">
         <v>192</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>16.8</v>
+        <v>15.84</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>193</v>
+      </c>
+      <c r="B95" t="s">
         <v>194</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>16.968</v>
+        <v>15.996</v>
       </c>
       <c r="D95" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>195</v>
+      </c>
+      <c r="B96" t="s">
         <v>196</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>17.064</v>
+        <v>15.996</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>197</v>
+      </c>
+      <c r="B97" t="s">
         <v>198</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>17.376</v>
+        <v>16.248</v>
       </c>
       <c r="D97" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>199</v>
+      </c>
+      <c r="B98" t="s">
         <v>200</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>17.4</v>
+        <v>16.668</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>201</v>
+      </c>
+      <c r="B99" t="s">
         <v>202</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>17.472</v>
+        <v>16.8</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>203</v>
+      </c>
+      <c r="B100" t="s">
         <v>204</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>17.52</v>
+        <v>16.8</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>205</v>
+      </c>
+      <c r="B101" t="s">
         <v>206</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>17.82</v>
+        <v>17.064</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B102" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C102">
-        <v>5.292</v>
+        <v>4.8</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B103" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C103">
-        <v>5.82</v>
+        <v>5.292</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
+        <v>10</v>
+      </c>
+      <c r="B104" t="s">
         <v>11</v>
       </c>
-      <c r="B104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104">
-        <v>5.964</v>
+        <v>5.82</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
+        <v>12</v>
+      </c>
+      <c r="B105" t="s">
         <v>13</v>
       </c>
-      <c r="B105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105">
-        <v>6.6</v>
+        <v>5.964</v>
       </c>
       <c r="D105" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B106" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C106">
-        <v>6.96</v>
+        <v>6.6</v>
       </c>
       <c r="D106" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="B107" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C107">
-        <v>6.996</v>
+        <v>6.756</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="B108" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="C108">
-        <v>7.56</v>
+        <v>6.96</v>
       </c>
       <c r="D108" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="B109" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="C109">
-        <v>9.0</v>
+        <v>6.996</v>
       </c>
       <c r="D109" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="B110" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="C110">
-        <v>9.0</v>
+        <v>6.996</v>
       </c>
       <c r="D110" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>63</v>
+        <v>30</v>
       </c>
       <c r="B111" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="C111">
-        <v>9.0</v>
+        <v>7.2</v>
       </c>
       <c r="D111" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="B112" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="C112">
-        <v>9.852</v>
+        <v>7.296</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="B113" t="s">
-        <v>78</v>
+        <v>35</v>
       </c>
       <c r="C113">
-        <v>9.996</v>
+        <v>7.308</v>
       </c>
       <c r="D113" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="B114" t="s">
-        <v>84</v>
+        <v>37</v>
       </c>
       <c r="C114">
-        <v>10.8</v>
+        <v>7.56</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>85</v>
+        <v>38</v>
       </c>
       <c r="B115" t="s">
-        <v>86</v>
+        <v>39</v>
       </c>
       <c r="C115">
-        <v>10.8</v>
+        <v>7.596</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="B116" t="s">
-        <v>92</v>
+        <v>41</v>
       </c>
       <c r="C116">
-        <v>11.52</v>
+        <v>7.656</v>
       </c>
       <c r="D116" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>93</v>
+        <v>42</v>
       </c>
       <c r="B117" t="s">
-        <v>94</v>
+        <v>43</v>
       </c>
       <c r="C117">
-        <v>11.64</v>
+        <v>7.8</v>
       </c>
       <c r="D117" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
       <c r="B118" t="s">
-        <v>96</v>
+        <v>45</v>
       </c>
       <c r="C118">
-        <v>11.676</v>
+        <v>8.004</v>
       </c>
       <c r="D118" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="B119" t="s">
-        <v>98</v>
+        <v>49</v>
       </c>
       <c r="C119">
-        <v>11.748</v>
+        <v>8.112</v>
       </c>
       <c r="D119" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>101</v>
+        <v>52</v>
       </c>
       <c r="B120" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
       <c r="C120">
-        <v>12.24</v>
+        <v>8.4</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>111</v>
+        <v>54</v>
       </c>
       <c r="B121" t="s">
-        <v>112</v>
+        <v>55</v>
       </c>
       <c r="C121">
-        <v>12.6</v>
+        <v>8.4</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>113</v>
+        <v>58</v>
       </c>
       <c r="B122" t="s">
-        <v>114</v>
+        <v>59</v>
       </c>
       <c r="C122">
-        <v>12.768</v>
+        <v>8.952</v>
       </c>
       <c r="D122" t="s">
-        <v>115</v>
+        <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>124</v>
+        <v>64</v>
       </c>
       <c r="B123" t="s">
-        <v>125</v>
+        <v>65</v>
       </c>
       <c r="C123">
-        <v>12.996</v>
+        <v>9.0</v>
       </c>
       <c r="D123" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>126</v>
+        <v>66</v>
       </c>
       <c r="B124" t="s">
-        <v>127</v>
+        <v>67</v>
       </c>
       <c r="C124">
-        <v>12.996</v>
+        <v>9.0</v>
       </c>
       <c r="D124" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>132</v>
+        <v>68</v>
       </c>
       <c r="B125" t="s">
-        <v>133</v>
+        <v>69</v>
       </c>
       <c r="C125">
-        <v>13.908</v>
+        <v>9.816</v>
       </c>
       <c r="D125" t="s">
-        <v>115</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>134</v>
+        <v>72</v>
       </c>
       <c r="B126" t="s">
-        <v>135</v>
+        <v>73</v>
       </c>
       <c r="C126">
-        <v>13.908</v>
+        <v>9.852</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>136</v>
+        <v>74</v>
       </c>
       <c r="B127" t="s">
-        <v>137</v>
+        <v>75</v>
       </c>
       <c r="C127">
-        <v>14.004</v>
+        <v>9.96</v>
       </c>
       <c r="D127" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>138</v>
+        <v>76</v>
       </c>
       <c r="B128" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="C128">
-        <v>14.004</v>
+        <v>9.996</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>144</v>
+        <v>78</v>
       </c>
       <c r="B129" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="C129">
-        <v>14.4</v>
+        <v>9.996</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>146</v>
+        <v>80</v>
       </c>
       <c r="B130" t="s">
-        <v>147</v>
+        <v>81</v>
       </c>
       <c r="C130">
-        <v>14.4</v>
+        <v>10.032</v>
       </c>
       <c r="D130" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>148</v>
+        <v>82</v>
       </c>
       <c r="B131" t="s">
-        <v>149</v>
+        <v>83</v>
       </c>
       <c r="C131">
-        <v>14.676</v>
+        <v>10.692</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>152</v>
+        <v>84</v>
       </c>
       <c r="B132" t="s">
-        <v>153</v>
+        <v>85</v>
       </c>
       <c r="C132">
-        <v>14.988</v>
+        <v>10.8</v>
       </c>
       <c r="D132" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>154</v>
+        <v>86</v>
       </c>
       <c r="B133" t="s">
-        <v>155</v>
+        <v>87</v>
       </c>
       <c r="C133">
-        <v>14.988</v>
+        <v>10.8</v>
       </c>
       <c r="D133" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>156</v>
+        <v>88</v>
       </c>
       <c r="B134" t="s">
-        <v>157</v>
+        <v>89</v>
       </c>
       <c r="C134">
-        <v>14.988</v>
+        <v>10.884</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>164</v>
+        <v>90</v>
       </c>
       <c r="B135" t="s">
-        <v>165</v>
+        <v>91</v>
       </c>
       <c r="C135">
-        <v>15.096</v>
+        <v>10.908</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>166</v>
+        <v>95</v>
       </c>
       <c r="B136" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="C136">
-        <v>15.12</v>
+        <v>11.052</v>
       </c>
       <c r="D136" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>168</v>
+        <v>97</v>
       </c>
       <c r="B137" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
       <c r="C137">
-        <v>15.168</v>
+        <v>11.052</v>
       </c>
       <c r="D137" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>172</v>
+        <v>99</v>
       </c>
       <c r="B138" t="s">
-        <v>173</v>
+        <v>100</v>
       </c>
       <c r="C138">
-        <v>15.24</v>
+        <v>11.304</v>
       </c>
       <c r="D138" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>176</v>
+        <v>101</v>
       </c>
       <c r="B139" t="s">
-        <v>177</v>
+        <v>102</v>
       </c>
       <c r="C139">
-        <v>15.6</v>
+        <v>11.304</v>
       </c>
       <c r="D139" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>178</v>
+        <v>103</v>
       </c>
       <c r="B140" t="s">
-        <v>179</v>
+        <v>104</v>
       </c>
       <c r="C140">
-        <v>15.84</v>
+        <v>11.4</v>
       </c>
       <c r="D140" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>180</v>
+        <v>105</v>
       </c>
       <c r="B141" t="s">
-        <v>181</v>
+        <v>106</v>
       </c>
       <c r="C141">
-        <v>15.84</v>
+        <v>11.496</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>182</v>
+        <v>107</v>
       </c>
       <c r="B142" t="s">
-        <v>183</v>
+        <v>108</v>
       </c>
       <c r="C142">
-        <v>15.996</v>
+        <v>11.676</v>
       </c>
       <c r="D142" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>198</v>
+        <v>109</v>
       </c>
       <c r="B143" t="s">
-        <v>199</v>
+        <v>110</v>
       </c>
       <c r="C143">
-        <v>17.376</v>
+        <v>11.94</v>
       </c>
       <c r="D143" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>208</v>
+        <v>117</v>
       </c>
       <c r="B144" t="s">
-        <v>209</v>
+        <v>118</v>
       </c>
       <c r="C144">
-        <v>17.868</v>
+        <v>12.48</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>210</v>
+        <v>123</v>
       </c>
       <c r="B145" t="s">
-        <v>211</v>
+        <v>124</v>
       </c>
       <c r="C145">
-        <v>17.94</v>
+        <v>12.6</v>
       </c>
       <c r="D145" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>212</v>
+        <v>125</v>
       </c>
       <c r="B146" t="s">
-        <v>213</v>
+        <v>126</v>
       </c>
       <c r="C146">
-        <v>17.988</v>
+        <v>12.744</v>
       </c>
       <c r="D146" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>214</v>
+        <v>127</v>
       </c>
       <c r="B147" t="s">
-        <v>215</v>
+        <v>128</v>
       </c>
       <c r="C147">
-        <v>18.324</v>
+        <v>12.96</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>216</v>
+        <v>131</v>
       </c>
       <c r="B148" t="s">
-        <v>217</v>
+        <v>132</v>
       </c>
       <c r="C148">
-        <v>18.612</v>
+        <v>12.996</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>218</v>
+        <v>133</v>
       </c>
       <c r="B149" t="s">
-        <v>219</v>
+        <v>134</v>
       </c>
       <c r="C149">
-        <v>18.684</v>
+        <v>13.2</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>220</v>
+        <v>135</v>
       </c>
       <c r="B150" t="s">
-        <v>221</v>
+        <v>136</v>
       </c>
       <c r="C150">
-        <v>18.864</v>
+        <v>13.2</v>
       </c>
       <c r="D150" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>222</v>
+        <v>137</v>
       </c>
       <c r="B151" t="s">
-        <v>223</v>
+        <v>138</v>
       </c>
       <c r="C151">
-        <v>18.984</v>
+        <v>13.2</v>
       </c>
       <c r="D151" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>224</v>
+        <v>139</v>
       </c>
       <c r="B152" t="s">
-        <v>225</v>
+        <v>140</v>
       </c>
       <c r="C152">
-        <v>20.004</v>
+        <v>13.224</v>
       </c>
       <c r="D152" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>226</v>
+        <v>145</v>
       </c>
       <c r="B153" t="s">
-        <v>227</v>
+        <v>146</v>
       </c>
       <c r="C153">
-        <v>21.204</v>
+        <v>13.704</v>
       </c>
       <c r="D153" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>228</v>
+        <v>147</v>
       </c>
       <c r="B154" t="s">
-        <v>229</v>
+        <v>148</v>
       </c>
       <c r="C154">
-        <v>21.36</v>
+        <v>13.8</v>
       </c>
       <c r="D154" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>230</v>
+        <v>149</v>
       </c>
       <c r="B155" t="s">
-        <v>231</v>
+        <v>150</v>
       </c>
       <c r="C155">
-        <v>21.996</v>
+        <v>14.004</v>
       </c>
       <c r="D155" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>232</v>
+        <v>151</v>
       </c>
       <c r="B156" t="s">
-        <v>233</v>
+        <v>152</v>
       </c>
       <c r="C156">
-        <v>22.8</v>
+        <v>14.028</v>
       </c>
       <c r="D156" t="s">
-        <v>6</v>
+        <v>94</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>234</v>
+        <v>153</v>
       </c>
       <c r="B157" t="s">
-        <v>235</v>
+        <v>154</v>
       </c>
       <c r="C157">
-        <v>22.932</v>
+        <v>14.4</v>
       </c>
       <c r="D157" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>236</v>
+        <v>155</v>
       </c>
       <c r="B158" t="s">
-        <v>237</v>
+        <v>156</v>
       </c>
       <c r="C158">
-        <v>22.968</v>
+        <v>14.4</v>
       </c>
       <c r="D158" t="s">
-        <v>6</v>
+        <v>94</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>238</v>
+        <v>157</v>
       </c>
       <c r="B159" t="s">
-        <v>239</v>
+        <v>158</v>
       </c>
       <c r="C159">
-        <v>23.904</v>
+        <v>14.4</v>
       </c>
       <c r="D159" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>240</v>
+        <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>241</v>
+        <v>160</v>
       </c>
       <c r="C160">
-        <v>24.048</v>
+        <v>14.448</v>
       </c>
       <c r="D160" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>242</v>
+        <v>161</v>
       </c>
       <c r="B161" t="s">
-        <v>243</v>
+        <v>162</v>
       </c>
       <c r="C161">
-        <v>24.072</v>
+        <v>14.964</v>
       </c>
       <c r="D161" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>244</v>
+        <v>163</v>
       </c>
       <c r="B162" t="s">
-        <v>245</v>
+        <v>164</v>
       </c>
       <c r="C162">
-        <v>24.588</v>
+        <v>14.988</v>
       </c>
       <c r="D162" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>246</v>
+        <v>165</v>
       </c>
       <c r="B163" t="s">
-        <v>247</v>
+        <v>166</v>
       </c>
       <c r="C163">
-        <v>24.828</v>
+        <v>14.988</v>
       </c>
       <c r="D163" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>248</v>
+        <v>167</v>
       </c>
       <c r="B164" t="s">
-        <v>249</v>
+        <v>168</v>
       </c>
       <c r="C164">
-        <v>24.864</v>
+        <v>15.0</v>
       </c>
       <c r="D164" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>250</v>
+        <v>169</v>
       </c>
       <c r="B165" t="s">
-        <v>251</v>
+        <v>170</v>
       </c>
       <c r="C165">
-        <v>24.996</v>
+        <v>15.0</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>252</v>
+        <v>171</v>
       </c>
       <c r="B166" t="s">
-        <v>253</v>
+        <v>172</v>
       </c>
       <c r="C166">
-        <v>26.148</v>
+        <v>15.168</v>
       </c>
       <c r="D166" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>254</v>
+        <v>175</v>
       </c>
       <c r="B167" t="s">
-        <v>255</v>
+        <v>176</v>
       </c>
       <c r="C167">
-        <v>26.4</v>
+        <v>15.24</v>
       </c>
       <c r="D167" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>256</v>
+        <v>177</v>
       </c>
       <c r="B168" t="s">
-        <v>257</v>
+        <v>178</v>
       </c>
       <c r="C168">
-        <v>26.784</v>
+        <v>15.264</v>
       </c>
       <c r="D168" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>258</v>
+        <v>179</v>
       </c>
       <c r="B169" t="s">
-        <v>259</v>
+        <v>180</v>
       </c>
       <c r="C169">
-        <v>27.0</v>
+        <v>15.288</v>
       </c>
       <c r="D169" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>260</v>
+        <v>181</v>
       </c>
       <c r="B170" t="s">
-        <v>261</v>
+        <v>182</v>
       </c>
       <c r="C170">
-        <v>27.132</v>
+        <v>15.312</v>
       </c>
       <c r="D170" t="s">
-        <v>115</v>
+        <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>262</v>
+        <v>183</v>
       </c>
       <c r="B171" t="s">
-        <v>263</v>
+        <v>184</v>
       </c>
       <c r="C171">
-        <v>27.612</v>
+        <v>15.528</v>
       </c>
       <c r="D171" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>264</v>
+        <v>185</v>
       </c>
       <c r="B172" t="s">
-        <v>265</v>
+        <v>186</v>
       </c>
       <c r="C172">
-        <v>28.128</v>
+        <v>15.6</v>
       </c>
       <c r="D172" t="s">
-        <v>115</v>
+        <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>266</v>
+        <v>187</v>
       </c>
       <c r="B173" t="s">
-        <v>267</v>
+        <v>188</v>
       </c>
       <c r="C173">
-        <v>28.164</v>
+        <v>15.6</v>
       </c>
       <c r="D173" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>268</v>
+        <v>189</v>
       </c>
       <c r="B174" t="s">
-        <v>269</v>
+        <v>190</v>
       </c>
       <c r="C174">
-        <v>28.608</v>
+        <v>15.84</v>
       </c>
       <c r="D174" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>270</v>
+        <v>191</v>
       </c>
       <c r="B175" t="s">
-        <v>271</v>
+        <v>192</v>
       </c>
       <c r="C175">
-        <v>28.836</v>
+        <v>15.84</v>
       </c>
       <c r="D175" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>272</v>
+        <v>195</v>
       </c>
       <c r="B176" t="s">
-        <v>273</v>
+        <v>196</v>
       </c>
       <c r="C176">
-        <v>28.908</v>
+        <v>15.996</v>
       </c>
       <c r="D176" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>274</v>
+        <v>199</v>
       </c>
       <c r="B177" t="s">
-        <v>275</v>
+        <v>200</v>
       </c>
       <c r="C177">
-        <v>28.932</v>
+        <v>16.668</v>
       </c>
       <c r="D177" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>276</v>
+        <v>201</v>
       </c>
       <c r="B178" t="s">
-        <v>277</v>
+        <v>202</v>
       </c>
       <c r="C178">
-        <v>28.992</v>
+        <v>16.8</v>
       </c>
       <c r="D178" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>278</v>
+        <v>203</v>
       </c>
       <c r="B179" t="s">
-        <v>279</v>
+        <v>204</v>
       </c>
       <c r="C179">
-        <v>28.992</v>
+        <v>16.8</v>
       </c>
       <c r="D179" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>280</v>
+        <v>207</v>
       </c>
       <c r="B180" t="s">
-        <v>281</v>
+        <v>208</v>
       </c>
       <c r="C180">
-        <v>29.04</v>
+        <v>17.184</v>
       </c>
       <c r="D180" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>282</v>
+        <v>209</v>
       </c>
       <c r="B181" t="s">
-        <v>283</v>
+        <v>210</v>
       </c>
       <c r="C181">
-        <v>29.136</v>
+        <v>17.376</v>
       </c>
       <c r="D181" t="s">
-        <v>6</v>
+        <v>211</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>284</v>
+        <v>212</v>
       </c>
       <c r="B182" t="s">
-        <v>285</v>
+        <v>213</v>
       </c>
       <c r="C182">
-        <v>29.592</v>
+        <v>17.4</v>
       </c>
       <c r="D182" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>286</v>
+        <v>214</v>
       </c>
       <c r="B183" t="s">
-        <v>287</v>
+        <v>215</v>
       </c>
       <c r="C183">
-        <v>29.748</v>
+        <v>17.472</v>
       </c>
       <c r="D183" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>288</v>
+        <v>216</v>
       </c>
       <c r="B184" t="s">
-        <v>289</v>
+        <v>217</v>
       </c>
       <c r="C184">
-        <v>30.0</v>
+        <v>17.52</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>290</v>
+        <v>218</v>
       </c>
       <c r="B185" t="s">
-        <v>291</v>
+        <v>219</v>
       </c>
       <c r="C185">
-        <v>30.024</v>
+        <v>17.82</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>292</v>
+        <v>220</v>
       </c>
       <c r="B186" t="s">
-        <v>293</v>
+        <v>221</v>
       </c>
       <c r="C186">
-        <v>30.672</v>
+        <v>17.868</v>
       </c>
       <c r="D186" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>162</v>
+        <v>222</v>
       </c>
       <c r="B187" t="s">
-        <v>294</v>
+        <v>223</v>
       </c>
       <c r="C187">
-        <v>31.908</v>
+        <v>17.928</v>
       </c>
       <c r="D187" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>295</v>
+        <v>224</v>
       </c>
       <c r="B188" t="s">
-        <v>296</v>
+        <v>225</v>
       </c>
       <c r="C188">
-        <v>32.712</v>
+        <v>17.94</v>
       </c>
       <c r="D188" t="s">
-        <v>6</v>
+        <v>94</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>297</v>
+        <v>226</v>
       </c>
       <c r="B189" t="s">
-        <v>298</v>
+        <v>227</v>
       </c>
       <c r="C189">
-        <v>33.036</v>
+        <v>17.988</v>
       </c>
       <c r="D189" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>299</v>
+        <v>228</v>
       </c>
       <c r="B190" t="s">
-        <v>300</v>
+        <v>229</v>
       </c>
       <c r="C190">
-        <v>33.108</v>
+        <v>18.0</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>301</v>
+        <v>230</v>
       </c>
       <c r="B191" t="s">
-        <v>302</v>
+        <v>231</v>
       </c>
       <c r="C191">
-        <v>34.992</v>
+        <v>18.0</v>
       </c>
       <c r="D191" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>303</v>
+        <v>232</v>
       </c>
       <c r="B192" t="s">
-        <v>304</v>
+        <v>233</v>
       </c>
       <c r="C192">
-        <v>34.992</v>
+        <v>18.0</v>
       </c>
       <c r="D192" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>305</v>
+        <v>234</v>
       </c>
       <c r="B193" t="s">
-        <v>306</v>
+        <v>235</v>
       </c>
       <c r="C193">
-        <v>35.004</v>
+        <v>18.132</v>
       </c>
       <c r="D193" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>307</v>
+        <v>236</v>
       </c>
       <c r="B194" t="s">
-        <v>308</v>
+        <v>237</v>
       </c>
       <c r="C194">
-        <v>36.072</v>
+        <v>18.684</v>
       </c>
       <c r="D194" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>309</v>
+        <v>238</v>
       </c>
       <c r="B195" t="s">
-        <v>310</v>
+        <v>239</v>
       </c>
       <c r="C195">
-        <v>36.348</v>
+        <v>18.888</v>
       </c>
       <c r="D195" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>311</v>
+        <v>240</v>
       </c>
       <c r="B196" t="s">
-        <v>312</v>
+        <v>241</v>
       </c>
       <c r="C196">
-        <v>36.432</v>
+        <v>18.984</v>
       </c>
       <c r="D196" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>313</v>
+        <v>242</v>
       </c>
       <c r="B197" t="s">
-        <v>314</v>
+        <v>243</v>
       </c>
       <c r="C197">
-        <v>37.104</v>
+        <v>19.2</v>
       </c>
       <c r="D197" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>315</v>
+        <v>244</v>
       </c>
       <c r="B198" t="s">
-        <v>316</v>
+        <v>245</v>
       </c>
       <c r="C198">
-        <v>37.824</v>
+        <v>19.2</v>
       </c>
       <c r="D198" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>317</v>
+        <v>246</v>
       </c>
       <c r="B199" t="s">
-        <v>318</v>
+        <v>247</v>
       </c>
       <c r="C199">
-        <v>38.556</v>
+        <v>19.2</v>
       </c>
       <c r="D199" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>319</v>
+        <v>248</v>
       </c>
       <c r="B200" t="s">
-        <v>320</v>
+        <v>249</v>
       </c>
       <c r="C200">
-        <v>38.64</v>
+        <v>19.8</v>
       </c>
       <c r="D200" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>321</v>
+        <v>250</v>
       </c>
       <c r="B201" t="s">
-        <v>322</v>
+        <v>251</v>
       </c>
       <c r="C201">
-        <v>38.7</v>
+        <v>20.004</v>
       </c>
       <c r="D201" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B202" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C202">
         <v>5.82</v>
       </c>
       <c r="D202" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B203" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C203">
         <v>5.964</v>
       </c>
       <c r="D203" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
         <v>22</v>
       </c>
       <c r="B204" t="s">
         <v>23</v>
       </c>
       <c r="C204">
         <v>6.96</v>
       </c>
       <c r="D204" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="B205" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="C205">
-        <v>9.0</v>
+        <v>7.8</v>
       </c>
       <c r="D205" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="B206" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="C206">
-        <v>9.0</v>
+        <v>8.4</v>
       </c>
       <c r="D206" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>85</v>
+        <v>54</v>
       </c>
       <c r="B207" t="s">
-        <v>86</v>
+        <v>55</v>
       </c>
       <c r="C207">
-        <v>10.8</v>
+        <v>8.4</v>
       </c>
       <c r="D207" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>101</v>
+        <v>64</v>
       </c>
       <c r="B208" t="s">
-        <v>102</v>
+        <v>65</v>
       </c>
       <c r="C208">
-        <v>12.24</v>
+        <v>9.0</v>
       </c>
       <c r="D208" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>111</v>
+        <v>66</v>
       </c>
       <c r="B209" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="C209">
-        <v>12.6</v>
+        <v>9.0</v>
       </c>
       <c r="D209" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>138</v>
+        <v>82</v>
       </c>
       <c r="B210" t="s">
-        <v>139</v>
+        <v>83</v>
       </c>
       <c r="C210">
-        <v>14.004</v>
+        <v>10.692</v>
       </c>
       <c r="D210" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>146</v>
+        <v>105</v>
       </c>
       <c r="B211" t="s">
-        <v>147</v>
+        <v>106</v>
       </c>
       <c r="C211">
-        <v>14.4</v>
+        <v>11.496</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>156</v>
+        <v>117</v>
       </c>
       <c r="B212" t="s">
-        <v>157</v>
+        <v>118</v>
       </c>
       <c r="C212">
-        <v>14.988</v>
+        <v>12.48</v>
       </c>
       <c r="D212" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>164</v>
+        <v>123</v>
       </c>
       <c r="B213" t="s">
-        <v>165</v>
+        <v>124</v>
       </c>
       <c r="C213">
-        <v>15.096</v>
+        <v>12.6</v>
       </c>
       <c r="D213" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>166</v>
+        <v>135</v>
       </c>
       <c r="B214" t="s">
-        <v>167</v>
+        <v>136</v>
       </c>
       <c r="C214">
-        <v>15.12</v>
+        <v>13.2</v>
       </c>
       <c r="D214" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>168</v>
+        <v>137</v>
       </c>
       <c r="B215" t="s">
-        <v>169</v>
+        <v>138</v>
       </c>
       <c r="C215">
-        <v>15.168</v>
+        <v>13.2</v>
       </c>
       <c r="D215" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>180</v>
+        <v>147</v>
       </c>
       <c r="B216" t="s">
-        <v>181</v>
+        <v>148</v>
       </c>
       <c r="C216">
-        <v>15.84</v>
+        <v>13.8</v>
       </c>
       <c r="D216" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>208</v>
+        <v>149</v>
       </c>
       <c r="B217" t="s">
-        <v>209</v>
+        <v>150</v>
       </c>
       <c r="C217">
-        <v>17.868</v>
+        <v>14.004</v>
       </c>
       <c r="D217" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>210</v>
+        <v>157</v>
       </c>
       <c r="B218" t="s">
-        <v>211</v>
+        <v>158</v>
       </c>
       <c r="C218">
-        <v>17.94</v>
+        <v>14.4</v>
       </c>
       <c r="D218" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>216</v>
+        <v>165</v>
       </c>
       <c r="B219" t="s">
-        <v>217</v>
+        <v>166</v>
       </c>
       <c r="C219">
-        <v>18.612</v>
+        <v>14.988</v>
       </c>
       <c r="D219" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>220</v>
+        <v>171</v>
       </c>
       <c r="B220" t="s">
-        <v>221</v>
+        <v>172</v>
       </c>
       <c r="C220">
-        <v>18.864</v>
+        <v>15.168</v>
       </c>
       <c r="D220" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>226</v>
+        <v>177</v>
       </c>
       <c r="B221" t="s">
-        <v>227</v>
+        <v>178</v>
       </c>
       <c r="C221">
-        <v>21.204</v>
+        <v>15.264</v>
       </c>
       <c r="D221" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>228</v>
+        <v>181</v>
       </c>
       <c r="B222" t="s">
-        <v>229</v>
+        <v>182</v>
       </c>
       <c r="C222">
-        <v>21.36</v>
+        <v>15.312</v>
       </c>
       <c r="D222" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>234</v>
+        <v>187</v>
       </c>
       <c r="B223" t="s">
-        <v>235</v>
+        <v>188</v>
       </c>
       <c r="C223">
-        <v>22.932</v>
+        <v>15.6</v>
       </c>
       <c r="D223" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>236</v>
+        <v>191</v>
       </c>
       <c r="B224" t="s">
-        <v>237</v>
+        <v>192</v>
       </c>
       <c r="C224">
-        <v>22.968</v>
+        <v>15.84</v>
       </c>
       <c r="D224" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>238</v>
+        <v>203</v>
       </c>
       <c r="B225" t="s">
-        <v>239</v>
+        <v>204</v>
       </c>
       <c r="C225">
-        <v>23.904</v>
+        <v>16.8</v>
       </c>
       <c r="D225" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>240</v>
+        <v>220</v>
       </c>
       <c r="B226" t="s">
-        <v>241</v>
+        <v>221</v>
       </c>
       <c r="C226">
-        <v>24.048</v>
+        <v>17.868</v>
       </c>
       <c r="D226" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>244</v>
+        <v>224</v>
       </c>
       <c r="B227" t="s">
-        <v>245</v>
+        <v>225</v>
       </c>
       <c r="C227">
-        <v>24.588</v>
+        <v>17.94</v>
       </c>
       <c r="D227" t="s">
-        <v>6</v>
+        <v>94</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B228" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C228">
-        <v>24.828</v>
+        <v>19.8</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B229" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C229">
-        <v>24.864</v>
+        <v>20.436</v>
       </c>
       <c r="D229" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="B230" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="C230">
-        <v>24.996</v>
+        <v>21.204</v>
       </c>
       <c r="D230" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B231" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C231">
-        <v>26.148</v>
+        <v>21.72</v>
       </c>
       <c r="D231" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B232" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C232">
-        <v>26.4</v>
+        <v>22.932</v>
       </c>
       <c r="D232" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B233" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C233">
-        <v>26.784</v>
+        <v>22.968</v>
       </c>
       <c r="D233" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="B234" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C234">
-        <v>27.0</v>
+        <v>23.388</v>
       </c>
       <c r="D234" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B235" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C235">
-        <v>27.132</v>
+        <v>24.0</v>
       </c>
       <c r="D235" t="s">
-        <v>115</v>
+        <v>9</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B236" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C236">
-        <v>28.608</v>
+        <v>24.012</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B237" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C237">
-        <v>28.836</v>
+        <v>24.3</v>
       </c>
       <c r="D237" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B238" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C238">
-        <v>28.908</v>
+        <v>24.648</v>
       </c>
       <c r="D238" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="B239" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C239">
-        <v>28.932</v>
+        <v>24.828</v>
       </c>
       <c r="D239" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B240" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C240">
-        <v>28.992</v>
+        <v>24.864</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
+        <v>94</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="B241" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C241">
-        <v>28.992</v>
+        <v>24.996</v>
       </c>
       <c r="D241" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B242" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C242">
-        <v>29.04</v>
+        <v>25.524</v>
       </c>
       <c r="D242" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="B243" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C243">
-        <v>30.024</v>
+        <v>26.076</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="B244" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C244">
-        <v>30.672</v>
+        <v>26.364</v>
       </c>
       <c r="D244" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="B245" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="C245">
-        <v>32.712</v>
+        <v>26.4</v>
       </c>
       <c r="D245" t="s">
-        <v>6</v>
+        <v>94</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="B246" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="C246">
-        <v>33.108</v>
+        <v>27.0</v>
       </c>
       <c r="D246" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>303</v>
+        <v>288</v>
       </c>
       <c r="B247" t="s">
-        <v>304</v>
+        <v>289</v>
       </c>
       <c r="C247">
-        <v>34.992</v>
+        <v>27.0</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>307</v>
+        <v>290</v>
       </c>
       <c r="B248" t="s">
-        <v>308</v>
+        <v>291</v>
       </c>
       <c r="C248">
-        <v>36.072</v>
+        <v>27.252</v>
       </c>
       <c r="D248" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>309</v>
+        <v>292</v>
       </c>
       <c r="B249" t="s">
-        <v>310</v>
+        <v>293</v>
       </c>
       <c r="C249">
-        <v>36.348</v>
+        <v>28.164</v>
       </c>
       <c r="D249" t="s">
-        <v>115</v>
+        <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>315</v>
+        <v>294</v>
       </c>
       <c r="B250" t="s">
-        <v>316</v>
+        <v>295</v>
       </c>
       <c r="C250">
-        <v>37.824</v>
+        <v>28.38</v>
       </c>
       <c r="D250" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>319</v>
+        <v>296</v>
       </c>
       <c r="B251" t="s">
-        <v>320</v>
+        <v>297</v>
       </c>
       <c r="C251">
-        <v>38.64</v>
+        <v>28.8</v>
       </c>
       <c r="D251" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>323</v>
+        <v>298</v>
       </c>
       <c r="B252" t="s">
-        <v>324</v>
+        <v>299</v>
       </c>
       <c r="C252">
-        <v>39.0</v>
+        <v>28.92</v>
       </c>
       <c r="D252" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>325</v>
+        <v>300</v>
       </c>
       <c r="B253" t="s">
-        <v>326</v>
+        <v>301</v>
       </c>
       <c r="C253">
-        <v>39.0</v>
+        <v>28.932</v>
       </c>
       <c r="D253" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>327</v>
+        <v>302</v>
       </c>
       <c r="B254" t="s">
-        <v>328</v>
+        <v>303</v>
       </c>
       <c r="C254">
-        <v>40.356</v>
+        <v>29.004</v>
       </c>
       <c r="D254" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>329</v>
+        <v>304</v>
       </c>
       <c r="B255" t="s">
-        <v>330</v>
+        <v>305</v>
       </c>
       <c r="C255">
-        <v>40.512</v>
+        <v>29.232</v>
       </c>
       <c r="D255" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>331</v>
+        <v>306</v>
       </c>
       <c r="B256" t="s">
-        <v>332</v>
+        <v>307</v>
       </c>
       <c r="C256">
-        <v>44.304</v>
+        <v>32.712</v>
       </c>
       <c r="D256" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>333</v>
+        <v>308</v>
       </c>
       <c r="B257" t="s">
-        <v>334</v>
+        <v>309</v>
       </c>
       <c r="C257">
-        <v>45.0</v>
+        <v>33.6</v>
       </c>
       <c r="D257" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>335</v>
+        <v>310</v>
       </c>
       <c r="B258" t="s">
-        <v>336</v>
+        <v>311</v>
       </c>
       <c r="C258">
-        <v>50.16</v>
+        <v>34.992</v>
       </c>
       <c r="D258" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>337</v>
+        <v>312</v>
       </c>
       <c r="B259" t="s">
-        <v>338</v>
+        <v>313</v>
       </c>
       <c r="C259">
-        <v>55.152</v>
+        <v>35.004</v>
       </c>
       <c r="D259" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>339</v>
+        <v>314</v>
       </c>
       <c r="B260" t="s">
-        <v>340</v>
+        <v>315</v>
       </c>
       <c r="C260">
-        <v>59.088</v>
+        <v>36.072</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>341</v>
+        <v>316</v>
       </c>
       <c r="B261" t="s">
-        <v>342</v>
+        <v>317</v>
       </c>
       <c r="C261">
-        <v>63.0</v>
+        <v>36.552</v>
       </c>
       <c r="D261" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>343</v>
+        <v>318</v>
       </c>
       <c r="B262" t="s">
-        <v>344</v>
+        <v>319</v>
       </c>
       <c r="C262">
-        <v>76.44</v>
+        <v>37.824</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>345</v>
+        <v>320</v>
       </c>
       <c r="B263" t="s">
-        <v>346</v>
+        <v>321</v>
       </c>
       <c r="C263">
-        <v>78.996</v>
+        <v>37.98</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>347</v>
+        <v>322</v>
       </c>
       <c r="B264" t="s">
-        <v>348</v>
+        <v>323</v>
       </c>
       <c r="C264">
-        <v>84.66</v>
+        <v>38.7</v>
       </c>
       <c r="D264" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>349</v>
+        <v>324</v>
       </c>
       <c r="B265" t="s">
-        <v>350</v>
+        <v>325</v>
       </c>
       <c r="C265">
-        <v>90.0</v>
+        <v>39.0</v>
       </c>
       <c r="D265" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>351</v>
+        <v>326</v>
       </c>
       <c r="B266" t="s">
-        <v>352</v>
+        <v>327</v>
       </c>
       <c r="C266">
-        <v>90.0</v>
+        <v>39.0</v>
       </c>
       <c r="D266" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>353</v>
+        <v>328</v>
       </c>
       <c r="B267" t="s">
-        <v>354</v>
+        <v>329</v>
       </c>
       <c r="C267">
-        <v>99.0</v>
+        <v>39.6</v>
       </c>
       <c r="D267" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
+        <v>330</v>
+      </c>
+      <c r="B268" t="s">
+        <v>331</v>
+      </c>
+      <c r="C268">
+        <v>40.356</v>
+      </c>
+      <c r="D268" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>332</v>
+      </c>
+      <c r="B269" t="s">
+        <v>333</v>
+      </c>
+      <c r="C269">
+        <v>44.304</v>
+      </c>
+      <c r="D269" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" t="s">
+        <v>334</v>
+      </c>
+      <c r="B270" t="s">
+        <v>335</v>
+      </c>
+      <c r="C270">
+        <v>44.4</v>
+      </c>
+      <c r="D270" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>336</v>
+      </c>
+      <c r="B271" t="s">
+        <v>337</v>
+      </c>
+      <c r="C271">
+        <v>46.8</v>
+      </c>
+      <c r="D271" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>338</v>
+      </c>
+      <c r="B272" t="s">
+        <v>339</v>
+      </c>
+      <c r="C272">
+        <v>53.46</v>
+      </c>
+      <c r="D272" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>340</v>
+      </c>
+      <c r="B273" t="s">
+        <v>341</v>
+      </c>
+      <c r="C273">
+        <v>56.4</v>
+      </c>
+      <c r="D273" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>342</v>
+      </c>
+      <c r="B274" t="s">
+        <v>343</v>
+      </c>
+      <c r="C274">
+        <v>66.0</v>
+      </c>
+      <c r="D274" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>344</v>
+      </c>
+      <c r="B275" t="s">
+        <v>345</v>
+      </c>
+      <c r="C275">
+        <v>66.0</v>
+      </c>
+      <c r="D275" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>346</v>
+      </c>
+      <c r="B276" t="s">
+        <v>347</v>
+      </c>
+      <c r="C276">
+        <v>76.44</v>
+      </c>
+      <c r="D276" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>348</v>
+      </c>
+      <c r="B277" t="s">
+        <v>349</v>
+      </c>
+      <c r="C277">
+        <v>78.996</v>
+      </c>
+      <c r="D277" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>350</v>
+      </c>
+      <c r="B278" t="s">
+        <v>351</v>
+      </c>
+      <c r="C278">
+        <v>84.66</v>
+      </c>
+      <c r="D278" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>352</v>
+      </c>
+      <c r="B279" t="s">
+        <v>353</v>
+      </c>
+      <c r="C279">
+        <v>99.0</v>
+      </c>
+      <c r="D279" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>354</v>
+      </c>
+      <c r="B280" t="s">
         <v>355</v>
       </c>
-      <c r="B268" t="s">
+      <c r="C280">
+        <v>123.444</v>
+      </c>
+      <c r="D280" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
         <v>356</v>
       </c>
-      <c r="C268">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="B281" t="s">
+        <v>357</v>
+      </c>
+      <c r="C281">
+        <v>180.0</v>
+      </c>
+      <c r="D281" t="s">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D269"/>
+  <autoFilter ref="A1:D282"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>