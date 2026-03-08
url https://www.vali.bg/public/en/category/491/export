--- v1 (2025-12-06)
+++ v2 (2026-03-08)
@@ -7,1131 +7,894 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$282</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$153</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="358">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Safety Covers for Sockets with Earth Contact, 5 pieces</t>
+  </si>
+  <si>
+    <t>HAMA-137210</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>Xavax "S-Capo" Microwave Cover</t>
   </si>
   <si>
     <t>HAMA-111534</t>
   </si>
   <si>
+    <t>Xavax Oven Bulb, 25 W, Heat-resistant to 300°, E14, 111443</t>
+  </si>
+  <si>
+    <t>HAMA-111443</t>
+  </si>
+  <si>
+    <t>Xavax "Basic" Microwave Cover, 110216</t>
+  </si>
+  <si>
+    <t>HAMA-110216</t>
+  </si>
+  <si>
+    <t>Hama Indoor/outdoor thermometer, tree structure, 16 cm, analogue</t>
+  </si>
+  <si>
+    <t>HAMA-186404</t>
+  </si>
+  <si>
+    <t>Xavax "M-Capo" Microwave Cover, 111542</t>
+  </si>
+  <si>
+    <t>HAMA-111542</t>
+  </si>
+  <si>
+    <t>3-Way Socket Adapter, with switch, 108846</t>
+  </si>
+  <si>
+    <t>HAMA-108846</t>
+  </si>
+  <si>
+    <t>Replacement Blades for Glass Ceramic Hobs, Xavax-110726</t>
+  </si>
+  <si>
+    <t>HAMA-110726</t>
+  </si>
+  <si>
+    <t>Reusable Baking Foil, Can Be Trimmed to Size, 111495</t>
+  </si>
+  <si>
+    <t>HAMA-111495</t>
+  </si>
+  <si>
+    <t>Xavax Reusable Pads, Set of 2 for Senseo and Similar Models, 111261</t>
+  </si>
+  <si>
+    <t>HAMA-111261</t>
+  </si>
+  <si>
+    <t>LED Refrigerators/Extractor Hoods Bulb, E14, HAMA-112827</t>
+  </si>
+  <si>
+    <t>HAMA-112827</t>
+  </si>
+  <si>
+    <t>Xavax Washing Maschine Discaler, 250 ml</t>
+  </si>
+  <si>
+    <t>HAMA-111724</t>
+  </si>
+  <si>
+    <t>Xavax Electric Milk Frother, 111258</t>
+  </si>
+  <si>
+    <t>HAMA-111258</t>
+  </si>
+  <si>
+    <t>Washing Machine Care Cleaner, Xavax 111723</t>
+  </si>
+  <si>
+    <t>HAMA-111723-BG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED Refrigerator Bulb, E14, HAMA-112895 </t>
+  </si>
+  <si>
+    <t>HAMA-112895</t>
+  </si>
+  <si>
+    <t>Hama Thermometer, for interior, wood, 20 cm, 186401</t>
+  </si>
+  <si>
+    <t>HAMA-186401</t>
+  </si>
+  <si>
+    <t>Xavax Coffee Measuring Spoon, 6 g/15 ml, 111267</t>
+  </si>
+  <si>
+    <t>HAMA-111267</t>
+  </si>
+  <si>
+    <t>Xavax Microfibre Cloths, 4 pcs, 111391</t>
+  </si>
+  <si>
+    <t>HAMA-111391</t>
+  </si>
+  <si>
+    <t>Xavax LED Bulb, E27, 806 lm Replaces 60W, 2 Pcs, 112929</t>
+  </si>
+  <si>
+    <t>HAMA-112929</t>
+  </si>
+  <si>
+    <t>Hama 3-Way Power Strip, with Incr. Touch Protect., 1.4 m, black</t>
+  </si>
+  <si>
+    <t>HAMA-223012</t>
+  </si>
+  <si>
+    <t>Hama 3-Way Multiple Socket Outlet, with Shutter - Incr. Touch Protect., 1.4 m, white</t>
+  </si>
+  <si>
+    <t>HAMA-30528</t>
+  </si>
+  <si>
+    <t>LED bulb, E14, 250 lm, Xavax-111449</t>
+  </si>
+  <si>
+    <t>HAMA-111449</t>
+  </si>
+  <si>
+    <t>Cleaner for Dishwashers, Xavax 111725</t>
+  </si>
+  <si>
+    <t>HAMA-111725</t>
+  </si>
+  <si>
+    <t>Mechanical Daily Timer HAMA Mini 121950, White</t>
+  </si>
+  <si>
+    <t>HAMA-121950</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Xavax Oven Bulb, 25 W, Heat-resistant to 300°, E14, 111443</t>
-[...101 lines deleted...]
-    <t>HAMA-112895</t>
+    <t>Xavax Descaler for Steam Irons, 250 ml, 111727</t>
+  </si>
+  <si>
+    <t>HAMA-111727</t>
   </si>
   <si>
     <t>Torch  GP BATTERIES  C105B LED 50 lumens 1*AA battery</t>
   </si>
   <si>
     <t>GP-F-C105B</t>
   </si>
   <si>
-    <t>Hama Thermometer, for interior, wood, 20 cm, 186401</t>
-[...8 lines deleted...]
-    <t>HAMA-111391</t>
+    <t>Special Glass Scraper for glass ceramic cooker surfaces, 110753</t>
+  </si>
+  <si>
+    <t>HAMA-110753</t>
+  </si>
+  <si>
+    <t>Xavax Quick Bio Descaler, 250 ml</t>
+  </si>
+  <si>
+    <t>HAMA-111734</t>
   </si>
   <si>
     <t>Xavax Cleaning Tablets for Bottles, 111757</t>
   </si>
   <si>
     <t>HAMA-111757</t>
   </si>
   <si>
-    <t>Distribution Panel HAMA, 3-Way, 30391</t>
-[...44 lines deleted...]
-    <t>HAMA-111727</t>
+    <t>Electric Stove Supply Cable, 1.5 m, white, 1 piece/poly bag</t>
+  </si>
+  <si>
+    <t>HAMA-110970</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Travel Adapter SKROSS home USB power hub with a socket extender</t>
+  </si>
+  <si>
+    <t>SKROSS-1500282</t>
+  </si>
+  <si>
+    <t>Luggage Padlock, set of 2 HAMA 105313, black</t>
+  </si>
+  <si>
+    <t>HAMA-105313</t>
+  </si>
+  <si>
+    <t>Xavax LED Bulb, E27, 1521 lm Replaces 100W, Incand. Bulb, 2 Pcs, 112900</t>
+  </si>
+  <si>
+    <t>HAMA-112900</t>
+  </si>
+  <si>
+    <t>Xavax Flat Filter for Cooker Hoods, 110830</t>
+  </si>
+  <si>
+    <t>HAMA-110830</t>
+  </si>
+  <si>
+    <t>Oven Protector Foil Xavax, Reusable, Teflon, 111480</t>
+  </si>
+  <si>
+    <t>HAMA-111480</t>
+  </si>
+  <si>
+    <t>Xavax Cleaning Tablets f. Coffee Machine, Grease Remover, 111281</t>
+  </si>
+  <si>
+    <t>HAMA-111281</t>
+  </si>
+  <si>
+    <t>Xavax Oven and Grill Cleaner, 111758</t>
+  </si>
+  <si>
+    <t>HAMA-111758</t>
+  </si>
+  <si>
+    <t>Xavax Coffee Pad Tin for Storing 20, 111264</t>
+  </si>
+  <si>
+    <t>HAMA-111264</t>
+  </si>
+  <si>
+    <t>Xavax Fleece Filter for Cooker Hoods, 2 pcs, 110831</t>
+  </si>
+  <si>
+    <t>HAMA-110831</t>
   </si>
   <si>
     <t>Torch  GP BATTERIES  C107B LED 70 lumens 2*AA battery</t>
   </si>
   <si>
     <t>GP-F-C107B</t>
   </si>
   <si>
-    <t>Xavax Oven and Grill Cleaner, 111758</t>
-[...44 lines deleted...]
-    <t>HAMA-111264</t>
+    <t>Glass Ceramic Cleaner, Xavax 111726</t>
+  </si>
+  <si>
+    <t>HAMA-111726</t>
+  </si>
+  <si>
+    <t>Travel Adapter Type A and Type B, 3-Pin, for Devices from America and Canada, 223458</t>
+  </si>
+  <si>
+    <t>HAMA-223458</t>
+  </si>
+  <si>
+    <t>Travel Adapter Type G, 3-Pin, for Devices from the UK, 223459</t>
+  </si>
+  <si>
+    <t>HAMA-223459</t>
+  </si>
+  <si>
+    <t>Torch as pen GP BATTERIES  Discovery  LED CP21  20 lumens</t>
+  </si>
+  <si>
+    <t>GP-F-CP21</t>
+  </si>
+  <si>
+    <t>DELTACO SMART HOME LED light, E27, WiFI 2.4GHz, 9W, 810lm, dimmable, 2700K-6500K, 220-240V, white</t>
+  </si>
+  <si>
+    <t>DELT-SH-LE27W</t>
+  </si>
+  <si>
+    <t>Hama Travel Adapter Type E and F, 3-Pin, Universal, 223456</t>
+  </si>
+  <si>
+    <t>HAMA-223456</t>
+  </si>
+  <si>
+    <t>Hama Travel Adapter Type B, 3-Pin,EU-USA  223438</t>
+  </si>
+  <si>
+    <t>HAMA-223438</t>
   </si>
   <si>
     <t>Anti-Slip Pads with Vibration Protection Xavax 110215</t>
   </si>
   <si>
     <t>HAMA-110215</t>
   </si>
   <si>
-    <t>Xavax Fleece Filter for Cooker Hoods, 2 pcs, 110831</t>
-[...8 lines deleted...]
-    <t>HAMA-223456</t>
+    <t>Xavax Coffee Pad Tin for Storing 20 Senseo Pads, 111272</t>
+  </si>
+  <si>
+    <t>HAMA-111272</t>
+  </si>
+  <si>
+    <t>4-Way Power Strip HAMA 121921</t>
+  </si>
+  <si>
+    <t>HAMA-121921</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 3-Way, with Switch, 1.4 m, black</t>
+  </si>
+  <si>
+    <t>HAMA-223013</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 3-Way, with Switch, 1.4 m, white</t>
+  </si>
+  <si>
+    <t>HAMA-137322</t>
   </si>
   <si>
     <t>Xavax Cutlery Set, Knife, Fork, Spoon, Stainless Steel, To-Go, 181599</t>
   </si>
   <si>
     <t>HAMA-181599</t>
   </si>
   <si>
-    <t>Glass Ceramic Cleaner, Xavax 111726</t>
-[...5 lines deleted...]
-    <t>limited availability (up to 3)</t>
+    <t>Xavax Premium Descaler for Automatic Coffee Makers, 111283</t>
+  </si>
+  <si>
+    <t>HAMA-111283</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Dryer Balls, 2 pieces, 111013</t>
+  </si>
+  <si>
+    <t>HAMA-111013</t>
+  </si>
+  <si>
+    <t>Xavax Cleaning Spray for Refrigerators, 111721</t>
+  </si>
+  <si>
+    <t>HAMA-111721</t>
   </si>
   <si>
     <t>Xavax Permanent Filter for Coffee Makers, Coffee Filter Replacement for Size 4, 111263</t>
   </si>
   <si>
     <t>HAMA-111263</t>
   </si>
   <si>
     <t>Xavax Universal Comb Filter for Fryers, 110872</t>
   </si>
   <si>
     <t>HAMA-110872</t>
   </si>
   <si>
-    <t>Travel Adapter Type A and Type B, 3-Pin, for Devices from America and Canada, 223458</t>
-[...32 lines deleted...]
-    <t>DELT-SH-LE27W</t>
+    <t>Distribution Panel  HAMA, 6-Way, 30393</t>
+  </si>
+  <si>
+    <t>HAMA-30393</t>
+  </si>
+  <si>
+    <t>Distribution Panel HAMA, 6-Way, 30383</t>
+  </si>
+  <si>
+    <t>HAMA-30383</t>
+  </si>
+  <si>
+    <t>Hama Socket Adapter, Earthed Contact, Overvoltage Protection, Mains Voltage, white</t>
+  </si>
+  <si>
+    <t>HAMA-223324</t>
+  </si>
+  <si>
+    <t>Hama Crimping pliers for network cables</t>
+  </si>
+  <si>
+    <t>HAMA-200794</t>
+  </si>
+  <si>
+    <t>Hama Socket Adapter, Earthed Contact, Overvoltage, 223322</t>
+  </si>
+  <si>
+    <t>HAMA-223322</t>
+  </si>
+  <si>
+    <t>Hama "Magical Unicorn" Children's Alarm Clock, 186430</t>
+  </si>
+  <si>
+    <t>HAMA-186430</t>
   </si>
   <si>
     <t>Travel Adapter SKROSS 1500230, Single Adapter UK</t>
   </si>
   <si>
     <t>SKROSS-1500230E</t>
   </si>
   <si>
     <t>Travel Adapter SKROSS 1500203, Single USA</t>
   </si>
   <si>
     <t>SKROSS-1500203E</t>
   </si>
   <si>
-    <t>Distribution Panel HAMA, 3-Way, 30392</t>
-[...26 lines deleted...]
-    <t>HAMA-137322</t>
+    <t>Skross adapter 220V UK/US/World to EU</t>
+  </si>
+  <si>
+    <t>SKROSS-1500211CE</t>
+  </si>
+  <si>
+    <t>Xavax "Rotation" Timer, Digital, 185858</t>
+  </si>
+  <si>
+    <t>HAMA-185858</t>
+  </si>
+  <si>
+    <t>iFixit Opener Toolkit х5</t>
+  </si>
+  <si>
+    <t>IF145-335-1</t>
+  </si>
+  <si>
+    <t>iFixit Opening Picks (6-Pack)</t>
+  </si>
+  <si>
+    <t>IF145-123-2</t>
+  </si>
+  <si>
+    <t>Xavax "Coffee Clean" Cleaner for Automatic Coffee Makers, 250 ml, 111284</t>
+  </si>
+  <si>
+    <t>HAMA-111284</t>
   </si>
   <si>
     <t>Xavax Grinder Cleaner for Automatic Coffee Makers &amp; Coffee Grinders, 111759</t>
   </si>
   <si>
     <t>HAMA-111759</t>
   </si>
   <si>
-    <t>Xavax Premium Descaler for Automatic Coffee Makers, 111283</t>
-[...50 lines deleted...]
-    <t>HAMA-30383</t>
+    <t>TPE Vibration Damper Xavax</t>
+  </si>
+  <si>
+    <t>HAMA-220752</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 5-Way, 1.4 m, 137267</t>
+  </si>
+  <si>
+    <t>HAMA-137267</t>
+  </si>
+  <si>
+    <t>Distribution Panel HAMA, 6-Way, 30384</t>
+  </si>
+  <si>
+    <t>HAMA-30384</t>
+  </si>
+  <si>
+    <t>Skross Travel adapter World to CH+IT+ Brasil, USB</t>
+  </si>
+  <si>
+    <t>SKROSS-1500272CE</t>
+  </si>
+  <si>
+    <t>Hama "Ebro" Thermometer and Hygrometer, Digital, For Indoors or Outdoors, white</t>
+  </si>
+  <si>
+    <t>HAMA-222222</t>
+  </si>
+  <si>
+    <t>Xavax Iron Cleaning Spray, 50 ml</t>
+  </si>
+  <si>
+    <t>HAMA-111762</t>
+  </si>
+  <si>
+    <t>Hama "Borneo" Thermometer and Hygrometer, Digital, For Indoors, black</t>
+  </si>
+  <si>
+    <t>HAMA-185890</t>
+  </si>
+  <si>
+    <t>XAVAX Power Clean Special cleaner, 111755</t>
+  </si>
+  <si>
+    <t>HAMA-111755</t>
+  </si>
+  <si>
+    <t>Headlamp / Lantern with light GP BATTERIES CH42 Entry level with 3 batteries AAA 110 lm</t>
+  </si>
+  <si>
+    <t>GP-F-CH42</t>
+  </si>
+  <si>
+    <t>Hama "TH-130" Thermo / Hygrometer, white</t>
+  </si>
+  <si>
+    <t>HAMA-186360</t>
+  </si>
+  <si>
+    <t>Hama "TH-130" Thermo / Hygrometer, black</t>
+  </si>
+  <si>
+    <t>HAMA-186361</t>
+  </si>
+  <si>
+    <t>Travel Adapter SKROSS 1500272, Single Siss+Italy+Brazil</t>
+  </si>
+  <si>
+    <t>SKROSS-1500272E</t>
+  </si>
+  <si>
+    <t>Distribution Panel, HAMA, 3 sockets, 30569</t>
+  </si>
+  <si>
+    <t>HAMA-30569</t>
+  </si>
+  <si>
+    <t>Xavax Milk System Cleaner, Liquid Milk Cleaner, 111282</t>
+  </si>
+  <si>
+    <t>HAMA-111282</t>
   </si>
   <si>
     <t>Xavax Drinking Bottle, 900ml, Leak-proof, Handle, Screw Cap, transparent</t>
   </si>
   <si>
     <t>HAMA-181592</t>
   </si>
   <si>
-    <t>Hama Socket Adapter, Earthed Contact, Overvoltage Protection, Mains Voltage, white</t>
-[...32 lines deleted...]
-    <t>SKROSS-1500211CE</t>
+    <t>Hama Power Strip, 3-Way, 2.5 m, white</t>
+  </si>
+  <si>
+    <t>HAMA-223020</t>
+  </si>
+  <si>
+    <t>Distribution Panel HAMA, 6-Way, 30394</t>
+  </si>
+  <si>
+    <t>HAMA-30394</t>
+  </si>
+  <si>
+    <t>Distribution Panel, HAMA, 5 sockets, 1.4 m, 47842</t>
+  </si>
+  <si>
+    <t>HAMA-47842</t>
+  </si>
+  <si>
+    <t>Torch  GP BATTERIES  Discovery  LED C31  85 lumens</t>
+  </si>
+  <si>
+    <t>GP-F-C31</t>
   </si>
   <si>
     <t>Xavax Extractor Flat/Activated Charcoal Filter, Set of 2</t>
   </si>
   <si>
     <t>HAMA-110871</t>
   </si>
   <si>
-    <t>Hama Power Strip, 5-Way, 1.4 m, 137267</t>
-[...130 lines deleted...]
-  <si>
     <t>Xavax Universal Lid with Steam Vent, 111544</t>
   </si>
   <si>
     <t>HAMA-111544</t>
   </si>
   <si>
     <t>Distribution Panel, HAMA, 3 sockets, 108841</t>
   </si>
   <si>
     <t>HAMA-108841</t>
   </si>
   <si>
-    <t>Xavax Activated Carbon Filter for Cooker Hoods, set of 2, 110832</t>
-[...5 lines deleted...]
-    <t>on route</t>
+    <t>"Power Pearls" Wash Ball Xavax, 110226</t>
+  </si>
+  <si>
+    <t>HAMA-110226</t>
   </si>
   <si>
     <t>LCD Thermometer/Hygrometer  HAMA TH-100, 186358</t>
   </si>
   <si>
     <t>HAMA-186358</t>
   </si>
   <si>
-    <t>"Power Pearls" Wash Ball Xavax, 110226</t>
-[...4 lines deleted...]
-  <si>
     <t>Distribution Panel, HAMA 30535,3 sockets, with switch, child-proof, 3 m, white</t>
   </si>
   <si>
     <t>HAMA-30535</t>
   </si>
   <si>
     <t>"Nostalgia" Alarm Clock, HAMA-186394</t>
   </si>
   <si>
     <t>HAMA-186394</t>
   </si>
   <si>
     <t>Hama "Borneo" Thermometer and Hygrometer, Digital, For Indoors, white</t>
   </si>
   <si>
     <t>HAMA-185891</t>
   </si>
   <si>
-    <t>Washing Machine Care Set, descaler + cleaner, 110797</t>
-[...4 lines deleted...]
-  <si>
     <t>Alphacool Silicon Bending Insert 30cm for ID 1/2 / 13mm HardTubes - Blue</t>
   </si>
   <si>
     <t>AC-1013191</t>
   </si>
   <si>
-    <t>Xavax Multi-silicone Grease Food-safe, f. Fully Automatic Coffee Makers, 111177</t>
-[...62 lines deleted...]
-    <t>SKROSS-1500267</t>
+    <t>Hama "Salina" Wall Clock, Ø 22 cm, No Ticking, black</t>
+  </si>
+  <si>
+    <t>HAMA-185866</t>
+  </si>
+  <si>
+    <t>Hama "Malta" Wall Clock, Ø 25 cm, w. Thermometer / Hygrometer, No Ticking, black</t>
+  </si>
+  <si>
+    <t>HAMA-185868</t>
+  </si>
+  <si>
+    <t>Hama "Cebu" Children's Wall Clock, No Ticking, for Children's Rooms, Analogue, Ø</t>
+  </si>
+  <si>
+    <t>HAMA-185897</t>
+  </si>
+  <si>
+    <t>Hama Smart WLAN Socket, Matter, Voice and App-Controlled, Retrofittable, 3680 W</t>
+  </si>
+  <si>
+    <t>HAMA-176638</t>
+  </si>
+  <si>
+    <t>Hama Key Finder, for Android “Find My Device” App, Bluetooth®, white</t>
+  </si>
+  <si>
+    <t>HAMA-185825</t>
   </si>
   <si>
     <t>TP LINK TAPO P100 Smart Socket 10A, 2300W, 2.4Ghz, Schedule Setting, Timer</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-P100-1PK</t>
   </si>
   <si>
-    <t>Xavax Protective Inlay for Air Fryers, Non-Slip Mats, 111419</t>
-[...2 lines deleted...]
-    <t>HAMA-111419</t>
+    <t>Hama "TH-10" Thermo / Hygrometer, with Mould Alarm</t>
+  </si>
+  <si>
+    <t>HAMA-176967</t>
+  </si>
+  <si>
+    <t>Hama "Corfu" Wall Clock, Ø 30 cm, Quartz Clock, Analogue, 3D Numerals, beige</t>
+  </si>
+  <si>
+    <t>HAMA-185880</t>
+  </si>
+  <si>
+    <t>TP LINK TAPO L530E Smart bulb RGB 8.7W 806LM</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-L530E</t>
   </si>
   <si>
     <t>Hama Power Strip, 6-Way, 90° Rotated, Switch, Wall Mounting, 2 m, white</t>
   </si>
   <si>
     <t>HAMA-223131</t>
   </si>
   <si>
-    <t>Hama "Salina" Wall Clock, Ø 22 cm, No Ticking, white</t>
-[...98 lines deleted...]
-    <t>HAMA-223152</t>
+    <t>Skross 1500295E Travel adapter World to Europe with USB</t>
+  </si>
+  <si>
+    <t>SKROSS-1500295E</t>
+  </si>
+  <si>
+    <t>Skross 1500283E Travel adapter Europe to UK + 1 x USB  A/C</t>
+  </si>
+  <si>
+    <t>SKROSS-1500283E</t>
+  </si>
+  <si>
+    <t>Skross 1500284E Travel adapter Europe to USA+1xUSB A/C, 20W</t>
+  </si>
+  <si>
+    <t>SKROSS-1500284E</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 4-Way, 90°, Individually Switchable, Wall Mounting, 1.4 m, blk.</t>
+  </si>
+  <si>
+    <t>HAMA-223122</t>
+  </si>
+  <si>
+    <t>Hama "Corsica" Wall Clock, Ø 30 cm, No Ticking, black/white</t>
+  </si>
+  <si>
+    <t>HAMA-185873</t>
+  </si>
+  <si>
+    <t>Hama Smart WLAN Socket, Matter, Voice/App-Controlled, Current Measuring Device</t>
+  </si>
+  <si>
+    <t>HAMA-176654</t>
+  </si>
+  <si>
+    <t>Hama "Cyprus" Digital Bathroom Clock, Suction Cup, for Standing and Hanging, whi</t>
+  </si>
+  <si>
+    <t>HAMA-185893</t>
   </si>
   <si>
     <t>TP LINK TAPO P110 Smart socket 3680 W, 2.4Ghz, timer</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-P110-1PK</t>
   </si>
   <si>
-    <t>Hama Power Strip, 6-Way, Overvoltage Protection, Switch, 1.4 m, black, 223153</t>
-[...50 lines deleted...]
-    <t>HAMA-223104</t>
+    <t>Hama "Formentera" Wall Clock, Ø 35 cm, No Ticking, black/white</t>
+  </si>
+  <si>
+    <t>HAMA-185875</t>
+  </si>
+  <si>
+    <t>Hama Smart Home Window Contact, for Doors, Windows, Garages, Zigbee, Magnetic</t>
+  </si>
+  <si>
+    <t>HAMA-176663</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 4-Way, Surge Voltage Protection, Switch, black</t>
+  </si>
+  <si>
+    <t>HAMA-223166</t>
+  </si>
+  <si>
+    <t>Head Torch, with Rechargeable Battery, Head Torch for Jogging, Working, 4 Modes</t>
+  </si>
+  <si>
+    <t>HAMA-228609</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 4-Way, Surge Voltage Protection, Switch, white</t>
+  </si>
+  <si>
+    <t>HAMA-223165</t>
   </si>
   <si>
     <t>Hama “FL350-C” LED Torch, Rechargeable, Aluminium, 4 Modes + SOS</t>
   </si>
   <si>
     <t>HAMA-228603</t>
   </si>
   <si>
-    <t>Xavax Stainless Steel Espresso Maker for 4 Cups, 111274</t>
-[...68 lines deleted...]
-    <t>HAMA-222206</t>
+    <t>Hama Smart Garage Door Opener, Wi-Fi, with Sensor, Control via App/Voice Command</t>
+  </si>
+  <si>
+    <t>HAMA-176680</t>
+  </si>
+  <si>
+    <t>Hama "Ibiza" Digital Alarm Clock, Multi-colour display, with USB Charging Functi</t>
+  </si>
+  <si>
+    <t>HAMA-222208</t>
+  </si>
+  <si>
+    <t>Hama "Ibiza" Digital Alarm Clock, Multi-Colour Display, with USB Charging Functi</t>
+  </si>
+  <si>
+    <t>HAMA-222209</t>
+  </si>
+  <si>
+    <t>HAMA-222210</t>
   </si>
   <si>
     <t>Skross universal adapter 220V, 30W, white</t>
   </si>
   <si>
     <t>SKROSS-1302974</t>
   </si>
   <si>
-    <t>Hama “Bahamas “ Weather Station, w. Outd. Sensor, Radio, Alarm, Room Clim., 222228</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama “FLX1200-C” LED Torch, Rechargeable, Shockproof, Alu, 4 Modes + SOS, Zoom</t>
   </si>
   <si>
     <t>HAMA-228607</t>
   </si>
   <si>
     <t>Hama “Mykonos” Weather Station with Pluviometer / Outdoor Sensor, Radio, Alarm C</t>
   </si>
   <si>
     <t>HAMA-222220</t>
   </si>
   <si>
-    <t>Smart WiFi Outdoor/ Indoor Plug Edimax SP-1122WTO 2 EU type AC Outlet</t>
-[...10 lines deleted...]
-  <si>
     <t>Hama "Premium" Weather Station with LED Colour Display and USB Charging Function</t>
   </si>
   <si>
     <t>HAMA-186380</t>
   </si>
   <si>
-    <t>Hama Smart radiator thermostat for Hama WLAN, 176661</t>
-[...8 lines deleted...]
-    <t>DELOCK-18159</t>
+    <t>Hama Smart WLAN Power Strip, 4-Way, Indiv. Switchable, Overload Prot., 4x USB</t>
+  </si>
+  <si>
+    <t>HAMA-176628</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 4-Way, USB-C/A 65 W, PD, Switch, 1.4 m, black/grey</t>
+  </si>
+  <si>
+    <t>HAMA-223194</t>
   </si>
   <si>
     <t>Mini ARCTIC Fridge (EU) 4L</t>
   </si>
   <si>
     <t>ARCTIC-AC-ACOTH00009A</t>
   </si>
   <si>
-    <t>Stacking Kit for Washing Machine/Dryer Xavax, 110225</t>
-[...8 lines deleted...]
-    <t>HAMA-176662</t>
+    <t>Hama "Santa Cruz" Digital Wall Clock, Thermometer, Large Display, Remote Contr., wht</t>
+  </si>
+  <si>
+    <t>HAMA-222224</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1435,4000 +1198,2194 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D282"/>
+  <dimension ref="A1:D153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>4.8</v>
+        <v>2.04</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>5.292</v>
+        <v>2.46</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>5.82</v>
+        <v>2.712</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>5.964</v>
+        <v>2.856</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>6.0</v>
+        <v>3.048</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>6.54</v>
+        <v>3.468</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>6.6</v>
+        <v>3.48</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>6.756</v>
+        <v>3.576</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>6.96</v>
+        <v>3.576</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
         <v>24</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>6.996</v>
+        <v>3.576</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
         <v>26</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>6.996</v>
+        <v>3.732</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" t="s">
         <v>28</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>6.996</v>
+        <v>3.816</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
         <v>30</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>7.2</v>
+        <v>3.864</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" t="s">
         <v>32</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>7.296</v>
+        <v>3.888</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" t="s">
         <v>34</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>7.308</v>
+        <v>3.9</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="s">
         <v>36</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>7.56</v>
+        <v>4.092</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" t="s">
         <v>38</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>7.596</v>
+        <v>4.092</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" t="s">
         <v>40</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>7.656</v>
+        <v>4.128</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" t="s">
         <v>42</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>7.8</v>
+        <v>4.296</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" t="s">
         <v>44</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>8.004</v>
+        <v>4.296</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" t="s">
         <v>46</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>8.064</v>
+        <v>4.296</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" t="s">
         <v>48</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>8.112</v>
+        <v>4.392</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" t="s">
         <v>50</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>8.4</v>
+        <v>4.596</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>51</v>
+      </c>
+      <c r="B25" t="s">
         <v>52</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25">
+        <v>4.596</v>
+      </c>
+      <c r="D25" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
-        <v>8.4</v>
+        <v>4.596</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>8.784</v>
+        <v>4.596</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
-        <v>8.952</v>
+        <v>4.656</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
-        <v>9.0</v>
+        <v>4.668</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30">
-        <v>9.0</v>
+        <v>4.884</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
-        <v>9.0</v>
+        <v>4.908</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C32">
-        <v>9.0</v>
+        <v>4.98</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C33">
-        <v>9.816</v>
+        <v>5.028</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C34">
-        <v>9.84</v>
+        <v>5.04</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C35">
-        <v>9.852</v>
+        <v>5.088</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C36">
-        <v>9.96</v>
+        <v>5.112</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C37">
-        <v>9.996</v>
+        <v>5.112</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C38">
-        <v>9.996</v>
+        <v>5.388</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C39">
-        <v>10.032</v>
+        <v>5.472</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C40">
-        <v>10.692</v>
+        <v>5.52</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C41">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C42">
-        <v>10.8</v>
+        <v>5.616</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C43">
-        <v>10.884</v>
+        <v>5.772</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C44">
-        <v>10.908</v>
+        <v>5.772</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C45">
-        <v>10.992</v>
+        <v>5.832</v>
       </c>
       <c r="D45" t="s">
-        <v>94</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>11.052</v>
+        <v>5.832</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>11.052</v>
+        <v>5.928</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>11.304</v>
+        <v>5.976</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>11.304</v>
+        <v>6.276</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>11.4</v>
+        <v>6.288</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>11.496</v>
+        <v>6.3</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>11.676</v>
+        <v>6.384</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>11.94</v>
+        <v>6.444</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>12.0</v>
+        <v>6.564</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>12.0</v>
+        <v>6.624</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>12.48</v>
+        <v>6.648</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>12.48</v>
+        <v>6.648</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>12.54</v>
+        <v>6.648</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>12.6</v>
+        <v>6.648</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>12.6</v>
+        <v>6.792</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>12.744</v>
+        <v>6.912</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>12.96</v>
+        <v>7.056</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>12.996</v>
+        <v>7.08</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>12.996</v>
+        <v>7.128</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>13.2</v>
+        <v>7.152</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66">
-        <v>13.2</v>
+        <v>7.368</v>
       </c>
       <c r="D66" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67">
-        <v>13.2</v>
+        <v>7.368</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C68">
-        <v>13.224</v>
+        <v>7.368</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C69">
-        <v>13.296</v>
+        <v>7.5</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C70">
-        <v>13.524</v>
+        <v>7.668</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C71">
-        <v>13.704</v>
+        <v>7.668</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B72" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C72">
-        <v>13.8</v>
+        <v>7.668</v>
       </c>
       <c r="D72" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C73">
-        <v>14.004</v>
+        <v>7.668</v>
       </c>
       <c r="D73" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C74">
-        <v>14.028</v>
+        <v>7.668</v>
       </c>
       <c r="D74" t="s">
-        <v>94</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B75" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C75">
-        <v>14.4</v>
+        <v>7.716</v>
       </c>
       <c r="D75" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B76" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C76">
-        <v>14.4</v>
+        <v>7.764</v>
       </c>
       <c r="D76" t="s">
-        <v>94</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C77">
-        <v>14.4</v>
+        <v>7.764</v>
       </c>
       <c r="D77" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C78">
-        <v>14.448</v>
+        <v>7.812</v>
       </c>
       <c r="D78" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B79" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C79">
-        <v>14.964</v>
+        <v>7.824</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>66</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B80" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C80">
-        <v>14.988</v>
+        <v>7.92</v>
       </c>
       <c r="D80" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B81" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C81">
-        <v>14.988</v>
+        <v>7.944</v>
       </c>
       <c r="D81" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82">
-        <v>15.0</v>
+        <v>7.98</v>
       </c>
       <c r="D82" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B83" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C83">
-        <v>15.0</v>
+        <v>8.076</v>
       </c>
       <c r="D83" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B84" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C84">
-        <v>15.168</v>
+        <v>8.076</v>
       </c>
       <c r="D84" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B85" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C85">
-        <v>15.18</v>
+        <v>8.1</v>
       </c>
       <c r="D85" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B86" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C86">
-        <v>15.24</v>
+        <v>8.172</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B87" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C87">
-        <v>15.264</v>
+        <v>8.184</v>
       </c>
       <c r="D87" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B88" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C88">
-        <v>15.288</v>
+        <v>8.244</v>
       </c>
       <c r="D88" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B89" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C89">
-        <v>15.312</v>
+        <v>8.244</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B90" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C90">
-        <v>15.528</v>
+        <v>8.304</v>
       </c>
       <c r="D90" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B91" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C91">
-        <v>15.6</v>
+        <v>8.52</v>
       </c>
       <c r="D91" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B92" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C92">
-        <v>15.6</v>
+        <v>8.592</v>
       </c>
       <c r="D92" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B93" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C93">
-        <v>15.84</v>
+        <v>8.688</v>
       </c>
       <c r="D93" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B94" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C94">
-        <v>15.84</v>
+        <v>8.724</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B95" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C95">
-        <v>15.996</v>
+        <v>8.784</v>
       </c>
       <c r="D95" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B96" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C96">
-        <v>15.996</v>
+        <v>8.82</v>
       </c>
       <c r="D96" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B97" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C97">
-        <v>16.248</v>
+        <v>8.892</v>
       </c>
       <c r="D97" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B98" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C98">
-        <v>16.668</v>
+        <v>8.916</v>
       </c>
       <c r="D98" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B99" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C99">
-        <v>16.8</v>
+        <v>9.108</v>
       </c>
       <c r="D99" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B100" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C100">
-        <v>16.8</v>
+        <v>9.132</v>
       </c>
       <c r="D100" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B101" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C101">
-        <v>17.064</v>
+        <v>9.168</v>
       </c>
       <c r="D101" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>4</v>
+        <v>27</v>
       </c>
       <c r="B102" t="s">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="C102">
-        <v>4.8</v>
+        <v>3.816</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>7</v>
+        <v>43</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="C103">
-        <v>5.292</v>
+        <v>4.296</v>
       </c>
       <c r="D103" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="B104" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="C104">
-        <v>5.82</v>
+        <v>4.296</v>
       </c>
       <c r="D104" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>12</v>
+        <v>107</v>
       </c>
       <c r="B105" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="C105">
-        <v>5.964</v>
+        <v>6.384</v>
       </c>
       <c r="D105" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="B106" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="C106">
-        <v>6.6</v>
+        <v>6.444</v>
       </c>
       <c r="D106" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>20</v>
+        <v>128</v>
       </c>
       <c r="B107" t="s">
-        <v>21</v>
+        <v>129</v>
       </c>
       <c r="C107">
-        <v>6.756</v>
+        <v>7.056</v>
       </c>
       <c r="D107" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>22</v>
+        <v>130</v>
       </c>
       <c r="B108" t="s">
-        <v>23</v>
+        <v>131</v>
       </c>
       <c r="C108">
-        <v>6.96</v>
+        <v>7.08</v>
       </c>
       <c r="D108" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="B109" t="s">
-        <v>27</v>
+        <v>141</v>
       </c>
       <c r="C109">
-        <v>6.996</v>
+        <v>7.368</v>
       </c>
       <c r="D109" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>28</v>
+        <v>152</v>
       </c>
       <c r="B110" t="s">
-        <v>29</v>
+        <v>153</v>
       </c>
       <c r="C110">
-        <v>6.996</v>
+        <v>7.668</v>
       </c>
       <c r="D110" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>30</v>
+        <v>158</v>
       </c>
       <c r="B111" t="s">
-        <v>31</v>
+        <v>159</v>
       </c>
       <c r="C111">
-        <v>7.2</v>
+        <v>7.764</v>
       </c>
       <c r="D111" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>32</v>
+        <v>160</v>
       </c>
       <c r="B112" t="s">
-        <v>33</v>
+        <v>161</v>
       </c>
       <c r="C112">
-        <v>7.296</v>
+        <v>7.812</v>
       </c>
       <c r="D112" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="B113" t="s">
-        <v>35</v>
+        <v>171</v>
       </c>
       <c r="C113">
-        <v>7.308</v>
+        <v>8.076</v>
       </c>
       <c r="D113" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>36</v>
+        <v>172</v>
       </c>
       <c r="B114" t="s">
-        <v>37</v>
+        <v>173</v>
       </c>
       <c r="C114">
-        <v>7.56</v>
+        <v>8.076</v>
       </c>
       <c r="D114" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>38</v>
+        <v>182</v>
       </c>
       <c r="B115" t="s">
-        <v>39</v>
+        <v>183</v>
       </c>
       <c r="C115">
-        <v>7.596</v>
+        <v>8.244</v>
       </c>
       <c r="D115" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>40</v>
+        <v>204</v>
       </c>
       <c r="B116" t="s">
-        <v>41</v>
+        <v>205</v>
       </c>
       <c r="C116">
-        <v>7.656</v>
+        <v>9.132</v>
       </c>
       <c r="D116" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>42</v>
+        <v>208</v>
       </c>
       <c r="B117" t="s">
-        <v>43</v>
+        <v>209</v>
       </c>
       <c r="C117">
-        <v>7.8</v>
+        <v>11.112</v>
       </c>
       <c r="D117" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>44</v>
+        <v>210</v>
       </c>
       <c r="B118" t="s">
-        <v>45</v>
+        <v>211</v>
       </c>
       <c r="C118">
-        <v>8.004</v>
+        <v>11.724</v>
       </c>
       <c r="D118" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>48</v>
+        <v>212</v>
       </c>
       <c r="B119" t="s">
-        <v>49</v>
+        <v>213</v>
       </c>
       <c r="C119">
-        <v>8.112</v>
+        <v>11.736</v>
       </c>
       <c r="D119" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>52</v>
+        <v>214</v>
       </c>
       <c r="B120" t="s">
-        <v>53</v>
+        <v>215</v>
       </c>
       <c r="C120">
-        <v>8.4</v>
+        <v>11.772</v>
       </c>
       <c r="D120" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>54</v>
+        <v>216</v>
       </c>
       <c r="B121" t="s">
-        <v>55</v>
+        <v>217</v>
       </c>
       <c r="C121">
-        <v>8.4</v>
+        <v>11.856</v>
       </c>
       <c r="D121" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>58</v>
+        <v>218</v>
       </c>
       <c r="B122" t="s">
-        <v>59</v>
+        <v>219</v>
       </c>
       <c r="C122">
-        <v>8.952</v>
+        <v>12.0</v>
       </c>
       <c r="D122" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>64</v>
+        <v>220</v>
       </c>
       <c r="B123" t="s">
-        <v>65</v>
+        <v>221</v>
       </c>
       <c r="C123">
-        <v>9.0</v>
+        <v>12.084</v>
       </c>
       <c r="D123" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>66</v>
+        <v>222</v>
       </c>
       <c r="B124" t="s">
-        <v>67</v>
+        <v>223</v>
       </c>
       <c r="C124">
-        <v>9.0</v>
+        <v>12.204</v>
       </c>
       <c r="D124" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>68</v>
+        <v>224</v>
       </c>
       <c r="B125" t="s">
-        <v>69</v>
+        <v>225</v>
       </c>
       <c r="C125">
-        <v>9.816</v>
+        <v>12.276</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>72</v>
+        <v>226</v>
       </c>
       <c r="B126" t="s">
-        <v>73</v>
+        <v>227</v>
       </c>
       <c r="C126">
-        <v>9.852</v>
+        <v>12.3</v>
       </c>
       <c r="D126" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>74</v>
+        <v>228</v>
       </c>
       <c r="B127" t="s">
-        <v>75</v>
+        <v>229</v>
       </c>
       <c r="C127">
-        <v>9.96</v>
+        <v>12.948</v>
       </c>
       <c r="D127" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>76</v>
+        <v>230</v>
       </c>
       <c r="B128" t="s">
-        <v>77</v>
+        <v>231</v>
       </c>
       <c r="C128">
-        <v>9.996</v>
+        <v>14.028</v>
       </c>
       <c r="D128" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>78</v>
+        <v>232</v>
       </c>
       <c r="B129" t="s">
-        <v>79</v>
+        <v>233</v>
       </c>
       <c r="C129">
-        <v>9.996</v>
+        <v>14.028</v>
       </c>
       <c r="D129" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>80</v>
+        <v>234</v>
       </c>
       <c r="B130" t="s">
-        <v>81</v>
+        <v>235</v>
       </c>
       <c r="C130">
-        <v>10.032</v>
+        <v>14.88</v>
       </c>
       <c r="D130" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>82</v>
+        <v>236</v>
       </c>
       <c r="B131" t="s">
-        <v>83</v>
+        <v>237</v>
       </c>
       <c r="C131">
-        <v>10.692</v>
+        <v>14.952</v>
       </c>
       <c r="D131" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>84</v>
+        <v>238</v>
       </c>
       <c r="B132" t="s">
-        <v>85</v>
+        <v>239</v>
       </c>
       <c r="C132">
-        <v>10.8</v>
+        <v>16.104</v>
       </c>
       <c r="D132" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>86</v>
+        <v>240</v>
       </c>
       <c r="B133" t="s">
-        <v>87</v>
+        <v>241</v>
       </c>
       <c r="C133">
-        <v>10.8</v>
+        <v>17.652</v>
       </c>
       <c r="D133" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>88</v>
+        <v>242</v>
       </c>
       <c r="B134" t="s">
-        <v>89</v>
+        <v>243</v>
       </c>
       <c r="C134">
-        <v>10.884</v>
+        <v>18.0</v>
       </c>
       <c r="D134" t="s">
-        <v>6</v>
+        <v>66</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>90</v>
+        <v>244</v>
       </c>
       <c r="B135" t="s">
-        <v>91</v>
+        <v>245</v>
       </c>
       <c r="C135">
-        <v>10.908</v>
+        <v>18.696</v>
       </c>
       <c r="D135" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>95</v>
+        <v>246</v>
       </c>
       <c r="B136" t="s">
-        <v>96</v>
+        <v>247</v>
       </c>
       <c r="C136">
-        <v>11.052</v>
+        <v>19.944</v>
       </c>
       <c r="D136" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>97</v>
+        <v>248</v>
       </c>
       <c r="B137" t="s">
-        <v>98</v>
+        <v>249</v>
       </c>
       <c r="C137">
-        <v>11.052</v>
+        <v>20.58</v>
       </c>
       <c r="D137" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>99</v>
+        <v>250</v>
       </c>
       <c r="B138" t="s">
-        <v>100</v>
+        <v>251</v>
       </c>
       <c r="C138">
-        <v>11.304</v>
+        <v>20.64</v>
       </c>
       <c r="D138" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>101</v>
+        <v>252</v>
       </c>
       <c r="B139" t="s">
-        <v>102</v>
+        <v>253</v>
       </c>
       <c r="C139">
-        <v>11.304</v>
+        <v>20.7</v>
       </c>
       <c r="D139" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>103</v>
+        <v>254</v>
       </c>
       <c r="B140" t="s">
-        <v>104</v>
+        <v>255</v>
       </c>
       <c r="C140">
-        <v>11.4</v>
+        <v>20.712</v>
       </c>
       <c r="D140" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>105</v>
+        <v>256</v>
       </c>
       <c r="B141" t="s">
-        <v>106</v>
+        <v>257</v>
       </c>
       <c r="C141">
-        <v>11.496</v>
+        <v>22.776</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>107</v>
+        <v>258</v>
       </c>
       <c r="B142" t="s">
-        <v>108</v>
+        <v>259</v>
       </c>
       <c r="C142">
-        <v>11.676</v>
+        <v>23.964</v>
       </c>
       <c r="D142" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>109</v>
+        <v>260</v>
       </c>
       <c r="B143" t="s">
-        <v>110</v>
+        <v>261</v>
       </c>
       <c r="C143">
-        <v>11.94</v>
+        <v>23.964</v>
       </c>
       <c r="D143" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>117</v>
+        <v>260</v>
       </c>
       <c r="B144" t="s">
-        <v>118</v>
+        <v>262</v>
       </c>
       <c r="C144">
-        <v>12.48</v>
+        <v>23.964</v>
       </c>
       <c r="D144" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>123</v>
+        <v>263</v>
       </c>
       <c r="B145" t="s">
-        <v>124</v>
+        <v>264</v>
       </c>
       <c r="C145">
-        <v>12.6</v>
+        <v>25.644</v>
       </c>
       <c r="D145" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>125</v>
+        <v>265</v>
       </c>
       <c r="B146" t="s">
-        <v>126</v>
+        <v>266</v>
       </c>
       <c r="C146">
-        <v>12.744</v>
+        <v>27.336</v>
       </c>
       <c r="D146" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>127</v>
+        <v>267</v>
       </c>
       <c r="B147" t="s">
-        <v>128</v>
+        <v>268</v>
       </c>
       <c r="C147">
-        <v>12.96</v>
+        <v>32.208</v>
       </c>
       <c r="D147" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>131</v>
+        <v>269</v>
       </c>
       <c r="B148" t="s">
-        <v>132</v>
+        <v>270</v>
       </c>
       <c r="C148">
-        <v>12.996</v>
+        <v>39.084</v>
       </c>
       <c r="D148" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>133</v>
+        <v>271</v>
       </c>
       <c r="B149" t="s">
-        <v>134</v>
+        <v>272</v>
       </c>
       <c r="C149">
-        <v>13.2</v>
+        <v>41.208</v>
       </c>
       <c r="D149" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>135</v>
+        <v>273</v>
       </c>
       <c r="B150" t="s">
-        <v>136</v>
+        <v>274</v>
       </c>
       <c r="C150">
-        <v>13.2</v>
+        <v>46.032</v>
       </c>
       <c r="D150" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>137</v>
+        <v>275</v>
       </c>
       <c r="B151" t="s">
-        <v>138</v>
+        <v>276</v>
       </c>
       <c r="C151">
-        <v>13.2</v>
+        <v>50.616</v>
       </c>
       <c r="D151" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>139</v>
+        <v>277</v>
       </c>
       <c r="B152" t="s">
-        <v>140</v>
+        <v>278</v>
       </c>
       <c r="C152">
-        <v>13.224</v>
+        <v>50.724</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="153" spans="1:4">
-[...1804 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D282"/>
+  <autoFilter ref="A1:D153"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>