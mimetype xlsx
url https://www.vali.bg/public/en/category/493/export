--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,120 +7,141 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$65</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$66</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Gaming Chair A4TECH Bloody GC-350</t>
+  </si>
+  <si>
+    <t>A4-CHAIR-GC-350</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>Next Level GTLite Foldabale Racing Cockpit</t>
   </si>
   <si>
     <t>NEXT-NLR-S021</t>
   </si>
   <si>
-    <t>available</t>
-[...7 lines deleted...]
-  <si>
     <t>Racing chair Playseat Challenge Actifit</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-CHA-BK</t>
   </si>
   <si>
     <t>Gaming Chair ThunderX3 EAZE Loft - Black</t>
   </si>
   <si>
     <t>TX3-CHAIR-GAGC-347</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Gaming Chair ThunderX3 EAZE Loft - Gray</t>
   </si>
   <si>
     <t>TX3-CHAIR-GAGC-346</t>
   </si>
   <si>
+    <t>Gaming Chair ThunderX3 EAZE Mesh - Black</t>
+  </si>
+  <si>
+    <t>TX3-CHAIR-GAGC-348</t>
+  </si>
+  <si>
+    <t>Racing chair Playseat Evolution Black</t>
+  </si>
+  <si>
+    <t>PLAYSEAT-RC-EB</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Next Level F-GT Lite Foldable Formula and GT Cockpit</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S015</t>
+  </si>
+  <si>
+    <t>Next Level GT Lite Pro Foldable Cockpit</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S031</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Gaming Chair ThunderX3 EAZE Mesh - Black</t>
-[...8 lines deleted...]
-    <t>PLAYSEAT-RC-EB</t>
+    <t>Next Level Formula Lite Pro Foldable Cockpit</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S038</t>
   </si>
   <si>
     <t>Racing Chair Next Level GT LITE Playstation Edition</t>
   </si>
   <si>
     <t>NEXT-NLR-S026</t>
   </si>
   <si>
     <t>Next Level Racing ERS3 Elite Reclining Seat</t>
   </si>
   <si>
     <t>NEXT-NLR-E050</t>
   </si>
   <si>
     <t>Gaming Chair ENDORFY Scrim BK - Black</t>
   </si>
   <si>
     <t>END-CHAIR-EY8A001</t>
   </si>
   <si>
     <t>Gaming Chair ENDORFY Scrim RD - Black/Red</t>
   </si>
   <si>
     <t>END-CHAIR-EY8A002</t>
   </si>
@@ -133,285 +154,270 @@
   <si>
     <t>Gaming Chair ENDORFY Scrim YL - Black/Yellow</t>
   </si>
   <si>
     <t>END-CHAIR-EY8A003</t>
   </si>
   <si>
     <t>Racing chair Playseat Challenge X Logitech G Edition</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-LOG</t>
   </si>
   <si>
     <t>Next Level Racing ERS3 Elite Reclining Seat Leather &amp; Suede</t>
   </si>
   <si>
     <t>NEXT-NLR-E051</t>
   </si>
   <si>
     <t>Next Level Racing ERS3 Elite Reclining Seat Fabric &amp; SIMAERO Mesh Edition</t>
   </si>
   <si>
     <t>NEXT-NLR-E052</t>
   </si>
   <si>
-    <t>Gaming Chair Nitro Concepts X1000 - Stealth Black</t>
-[...10 lines deleted...]
-  <si>
     <t>Playseat Evolution Racing Suede Black</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-SUEDE</t>
   </si>
   <si>
-    <t>Next Level F-GT Lite Foldable Formula and GT Cockpit</t>
-[...16 lines deleted...]
-  <si>
     <t>Next Level Racing Victory Simulator Cockpit</t>
   </si>
   <si>
     <t>NEXT-NLR-S042</t>
   </si>
   <si>
+    <t>Next Level Racing ERS5 Elite Reclining Seat</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E055</t>
+  </si>
+  <si>
     <t>Playseat Evolution ActiFit Pro Black</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-PRO</t>
   </si>
   <si>
     <t>Gaming Chair Nitro Concepts X1000, Transformers Autobots Edition</t>
   </si>
   <si>
     <t>NITRO-GAGC-307</t>
   </si>
   <si>
     <t>Gaming Chair Nitro Concepts X1000, Transformers Decepticons Edition</t>
   </si>
   <si>
     <t>NITRO-GAGC-308</t>
   </si>
   <si>
     <t>Racing Chair Next Level F-GT Lite iRacing Edition</t>
   </si>
   <si>
     <t>NEXT-NLR-S025</t>
   </si>
   <si>
+    <t>Next Level Racing GT Racer Cockpit</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-R001</t>
+  </si>
+  <si>
     <t>Gaming Chair noblechairs DAWN - Fabric Granite</t>
   </si>
   <si>
     <t>NOBLE-GAGC-401</t>
   </si>
   <si>
     <t>Gigabyte Aorus AGC310 Gaming Chair, Black and Orange</t>
   </si>
   <si>
     <t>GA-CHAIR-AGC310</t>
   </si>
   <si>
-    <t>Next Level Racing GT Racer Cockpit</t>
-[...4 lines deleted...]
-  <si>
     <t>Gaming Chair noblechairs EPIC TX Grey</t>
   </si>
   <si>
     <t>NOBLE-GAGC-237</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>Playseat Evolution Pro NASCAR Edition</t>
   </si>
   <si>
     <t>PLAYSEAT-EVO-PRO-NASCAR</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs ICON - Black</t>
   </si>
   <si>
     <t>NOBLE-GAGC-087</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs HERO - Black</t>
   </si>
   <si>
     <t>NOBLE-GAGC-113</t>
   </si>
   <si>
     <t>Next Level Racing Flight Simulator Seat</t>
   </si>
   <si>
     <t>NEXT-NLR-S030</t>
   </si>
   <si>
     <t>Next Level Racing GT Racer V2 Cockpit Simulator</t>
   </si>
   <si>
     <t>NEXT-NLR-R007</t>
   </si>
   <si>
+    <t>Next Level Racing ES2 SIM Racing Seat</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E060</t>
+  </si>
+  <si>
+    <t>Next Level Racing NLR ERS3 HYPERCOOL Ventilated Sim Racing</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E063</t>
+  </si>
+  <si>
+    <t>Next Level Racing Cockpit Racing Simulator F-GT</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S010</t>
+  </si>
+  <si>
     <t>Gaming Chair noblechairs DAWN - Black Edition</t>
   </si>
   <si>
     <t>NOBLE-GAGC-405</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs HERO TX Grey</t>
   </si>
   <si>
     <t>NOBLE-GAGC-238</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs ICON - Black Edition</t>
   </si>
   <si>
     <t>NOBLE-GAGC-166</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs EPIC - Black Edition</t>
   </si>
   <si>
     <t>NOBLE-GAGC-165</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs EPIC - Mercedes-AMG Petronas Edition</t>
   </si>
   <si>
     <t>NOBLE-GAGC-232</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs LEGEND TX, Antracid</t>
   </si>
   <si>
     <t>NOBLE-GAGC-287</t>
   </si>
   <si>
     <t>Next Level Racing Flight Stand Pro</t>
   </si>
   <si>
     <t>NEXT-NLR-S032</t>
   </si>
   <si>
     <t>Next Level Racing Go Kart Cockpit Plus</t>
   </si>
   <si>
     <t>NEXT-NLR-S034</t>
   </si>
   <si>
+    <t>Racing chair Playseat Trophy Black</t>
+  </si>
+  <si>
+    <t>PLAYSEAT-RC-TB</t>
+  </si>
+  <si>
     <t>Gaming Chair noblechairs LEGEND Black Edition</t>
   </si>
   <si>
     <t>NOBLE-GAGC-283</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs LEGEND White Edition</t>
   </si>
   <si>
     <t>NOBLE-GAGC-286</t>
   </si>
   <si>
-    <t>Next Level Racing Cockpit Racing Simulator F-GT</t>
-[...4 lines deleted...]
-  <si>
     <t>Gaming Chair noblechairs DAWN - Black</t>
   </si>
   <si>
     <t>NOBLE-GAGC-400</t>
   </si>
   <si>
     <t>Racing chair Playseat Trophy Logitech G Edition Grey</t>
   </si>
   <si>
     <t>PLAYSEAT-TROPHY-LOG</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs HERO - Black Edition</t>
   </si>
   <si>
     <t>NOBLE-GAGC-167</t>
   </si>
   <si>
     <t>Racing chair Playseat Formula Instinct - F1 Edition</t>
   </si>
   <si>
     <t>PLAYSEAT-F1-INSTINCT</t>
   </si>
   <si>
     <t>Racing Seat Next Level Racing GTSeat Add-On</t>
   </si>
   <si>
     <t>NEXT-NLR-S024</t>
   </si>
   <si>
-    <t>Racing chair Playseat Trophy Black</t>
-[...2 lines deleted...]
-    <t>PLAYSEAT-RC-TB</t>
+    <t>Next Level Racing Cockpit Racing Simulator GT Track</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S009</t>
   </si>
   <si>
     <t>Next Level Racing Flight Seat Pro</t>
   </si>
   <si>
     <t>NEXT-NLR-S033</t>
-  </si>
-[...4 lines deleted...]
-    <t>NEXT-NLR-S009</t>
   </si>
   <si>
     <t>Next Level Racing Flight Simulator</t>
   </si>
   <si>
     <t>NEXT-NLR-S018</t>
   </si>
   <si>
     <t>Flight Simulator Next Level Racing Boeing Commercial Edition</t>
   </si>
   <si>
     <t>NEXT-NLR-S027</t>
   </si>
   <si>
     <t>Flight Simulator Next Level Racing Boeing Military Edition</t>
   </si>
   <si>
     <t>NEXT-NLR-S028</t>
   </si>
   <si>
     <t>Next Level Flight Seat Pro Boeing Military Edition</t>
   </si>
   <si>
     <t>NEXT-NLR-S039</t>
   </si>
@@ -763,962 +769,976 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D65"/>
+  <dimension ref="A1:D66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>399.0</v>
+        <v>336.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>399.0</v>
+        <v>359.004</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>448.992</v>
+        <v>420.0</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>448.992</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>448.992</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>478.992</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>489.0</v>
+      </c>
+      <c r="D8" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>549.0</v>
+        <v>498.996</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>549.0</v>
+        <v>498.996</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>549.0</v>
+        <v>498.996</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
         <v>549.0</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
         <v>549.0</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
         <v>549.0</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>579.0</v>
+        <v>549.0</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>579.0</v>
+        <v>549.0</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>579.0</v>
+        <v>549.0</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>598.992</v>
+        <v>579.0</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>598.992</v>
+        <v>579.0</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>598.992</v>
+        <v>579.0</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
         <v>598.992</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
         <v>598.992</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
         <v>598.992</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>598.992</v>
+        <v>648.996</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>648.996</v>
+        <v>699.0</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
         <v>699.0</v>
       </c>
       <c r="D26" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
         <v>699.0</v>
       </c>
       <c r="D27" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>699.0</v>
+        <v>719.004</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
         <v>749.004</v>
       </c>
       <c r="D29" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
         <v>774.588</v>
       </c>
       <c r="D30" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>798.996</v>
+        <v>849.0</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>849.0</v>
+        <v>879.0</v>
       </c>
       <c r="D32" t="s">
-        <v>69</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>879.0</v>
+        <v>880.212</v>
       </c>
       <c r="D33" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>880.212</v>
+        <v>898.128</v>
       </c>
       <c r="D34" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>898.128</v>
+        <v>898.992</v>
       </c>
       <c r="D35" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
         <v>898.992</v>
       </c>
       <c r="D36" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
         <v>898.992</v>
       </c>
       <c r="D37" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>899.004</v>
+        <v>898.992</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>948.996</v>
+        <v>899.004</v>
       </c>
       <c r="D39" t="s">
-        <v>69</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>958.992</v>
+        <v>899.004</v>
       </c>
       <c r="D40" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>999.0</v>
+        <v>948.996</v>
       </c>
       <c r="D41" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>999.0</v>
+        <v>958.992</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
         <v>999.0</v>
       </c>
       <c r="D43" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
         <v>999.0</v>
       </c>
       <c r="D44" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
         <v>999.0</v>
       </c>
       <c r="D45" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>1098.996</v>
+        <v>999.0</v>
       </c>
       <c r="D46" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>1098.996</v>
+        <v>999.0</v>
       </c>
       <c r="D47" t="s">
-        <v>69</v>
+        <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>1098.996</v>
+        <v>1049.004</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
         <v>1098.996</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>1186.8</v>
+        <v>1098.996</v>
       </c>
       <c r="D50" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>1198.992</v>
+        <v>1098.996</v>
       </c>
       <c r="D51" t="s">
-        <v>69</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>1198.992</v>
+        <v>1186.8</v>
       </c>
       <c r="D52" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
         <v>1198.992</v>
       </c>
       <c r="D53" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>1199.004</v>
+        <v>1198.992</v>
       </c>
       <c r="D54" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>1299.0</v>
+        <v>1198.992</v>
       </c>
       <c r="D55" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>1398.996</v>
+        <v>1259.004</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>1398.996</v>
+        <v>1299.0</v>
       </c>
       <c r="D57" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
         <v>1398.996</v>
       </c>
       <c r="D58" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
         <v>1398.996</v>
       </c>
       <c r="D59" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
         <v>1398.996</v>
       </c>
       <c r="D60" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>1485.744</v>
+        <v>1398.996</v>
       </c>
       <c r="D61" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>1998.996</v>
+        <v>1485.744</v>
       </c>
       <c r="D62" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
         <v>1998.996</v>
       </c>
       <c r="D63" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
+        <v>1998.996</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>134</v>
+      </c>
+      <c r="B65" t="s">
+        <v>135</v>
+      </c>
+      <c r="C65">
         <v>2349.0</v>
       </c>
-      <c r="D64" t="s">
-        <v>16</v>
+      <c r="D65" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D65"/>
+  <autoFilter ref="A1:D66"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>