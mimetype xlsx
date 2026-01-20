--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,435 +7,417 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$66</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$63</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Next Level GTLite Foldabale Racing Cockpit</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S021</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Gaming Chair A4TECH Bloody GC-350</t>
   </si>
   <si>
     <t>A4-CHAIR-GC-350</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
-    <t>Next Level GTLite Foldabale Racing Cockpit</t>
-[...4 lines deleted...]
-  <si>
     <t>Racing chair Playseat Challenge Actifit</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-CHA-BK</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Gaming Chair ThunderX3 EAZE Loft - Black</t>
   </si>
   <si>
     <t>TX3-CHAIR-GAGC-347</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Gaming Chair ThunderX3 EAZE Loft - Gray</t>
   </si>
   <si>
     <t>TX3-CHAIR-GAGC-346</t>
   </si>
   <si>
     <t>Gaming Chair ThunderX3 EAZE Mesh - Black</t>
   </si>
   <si>
     <t>TX3-CHAIR-GAGC-348</t>
   </si>
   <si>
+    <t>Next Level Racing ERS3 Elite Reclining Seat</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E050</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Next Level Racing ERS5 Elite Reclining Seat</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E055</t>
+  </si>
+  <si>
     <t>Racing chair Playseat Evolution Black</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-EB</t>
   </si>
   <si>
-    <t>on route</t>
+    <t>Gaming Chair ENDORFY Scrim BK - Black</t>
+  </si>
+  <si>
+    <t>END-CHAIR-EY8A001</t>
+  </si>
+  <si>
+    <t>Gaming Chair ENDORFY Scrim RD - Black/Red</t>
+  </si>
+  <si>
+    <t>END-CHAIR-EY8A002</t>
+  </si>
+  <si>
+    <t>Gaming Chair ENDORFY Scrim Onyx White</t>
+  </si>
+  <si>
+    <t>END-CHAIR-EY8A007</t>
+  </si>
+  <si>
+    <t>Gaming Chair ENDORFY Scrim YL - Black/Yellow</t>
+  </si>
+  <si>
+    <t>END-CHAIR-EY8A003</t>
+  </si>
+  <si>
+    <t>Racing chair Playseat Challenge X Logitech G Edition</t>
+  </si>
+  <si>
+    <t>PLAYSEAT-RC-LOG</t>
   </si>
   <si>
     <t>Next Level F-GT Lite Foldable Formula and GT Cockpit</t>
   </si>
   <si>
     <t>NEXT-NLR-S015</t>
   </si>
   <si>
     <t>Next Level GT Lite Pro Foldable Cockpit</t>
   </si>
   <si>
     <t>NEXT-NLR-S031</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Next Level Formula Lite Pro Foldable Cockpit</t>
   </si>
   <si>
     <t>NEXT-NLR-S038</t>
   </si>
   <si>
-    <t>Racing Chair Next Level GT LITE Playstation Edition</t>
-[...40 lines deleted...]
-  <si>
     <t>Next Level Racing ERS3 Elite Reclining Seat Leather &amp; Suede</t>
   </si>
   <si>
     <t>NEXT-NLR-E051</t>
   </si>
   <si>
     <t>Next Level Racing ERS3 Elite Reclining Seat Fabric &amp; SIMAERO Mesh Edition</t>
   </si>
   <si>
     <t>NEXT-NLR-E052</t>
   </si>
   <si>
     <t>Playseat Evolution Racing Suede Black</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-SUEDE</t>
   </si>
   <si>
-    <t>Next Level Racing Victory Simulator Cockpit</t>
-[...10 lines deleted...]
-  <si>
     <t>Playseat Evolution ActiFit Pro Black</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-PRO</t>
   </si>
   <si>
     <t>Gaming Chair Nitro Concepts X1000, Transformers Autobots Edition</t>
   </si>
   <si>
     <t>NITRO-GAGC-307</t>
   </si>
   <si>
     <t>Gaming Chair Nitro Concepts X1000, Transformers Decepticons Edition</t>
   </si>
   <si>
     <t>NITRO-GAGC-308</t>
   </si>
   <si>
-    <t>Racing Chair Next Level F-GT Lite iRacing Edition</t>
-[...2 lines deleted...]
-    <t>NEXT-NLR-S025</t>
+    <t>Gaming Chair noblechairs DAWN - Fabric Granite</t>
+  </si>
+  <si>
+    <t>NOBLE-GAGC-401</t>
   </si>
   <si>
     <t>Next Level Racing GT Racer Cockpit</t>
   </si>
   <si>
     <t>NEXT-NLR-R001</t>
   </si>
   <si>
-    <t>Gaming Chair noblechairs DAWN - Fabric Granite</t>
-[...2 lines deleted...]
-    <t>NOBLE-GAGC-401</t>
+    <t>Next Level Racing GT Racer V2 Cockpit Simulator</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-R007</t>
+  </si>
+  <si>
+    <t>Next Level Racing NLR ERS3 HYPERCOOL Ventilated Sim Racing</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E063</t>
+  </si>
+  <si>
+    <t>Gaming Chair noblechairs EPIC TX Grey</t>
+  </si>
+  <si>
+    <t>NOBLE-GAGC-237</t>
+  </si>
+  <si>
+    <t>Playseat Evolution Pro NASCAR Edition</t>
+  </si>
+  <si>
+    <t>PLAYSEAT-EVO-PRO-NASCAR</t>
+  </si>
+  <si>
+    <t>Gaming Chair noblechairs ICON - Black</t>
+  </si>
+  <si>
+    <t>NOBLE-GAGC-087</t>
+  </si>
+  <si>
+    <t>Next Level Racing Flight Simulator Seat</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S030</t>
+  </si>
+  <si>
+    <t>Next Level Racing ES2 SIM Racing Seat</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-E060</t>
+  </si>
+  <si>
+    <t>Gaming Chair noblechairs HERO - Black</t>
+  </si>
+  <si>
+    <t>NOBLE-GAGC-113</t>
+  </si>
+  <si>
+    <t>Gaming Chair noblechairs DAWN - Black Edition</t>
+  </si>
+  <si>
+    <t>NOBLE-GAGC-405</t>
   </si>
   <si>
     <t>Gigabyte Aorus AGC310 Gaming Chair, Black and Orange</t>
   </si>
   <si>
     <t>GA-CHAIR-AGC310</t>
   </si>
   <si>
-    <t>Gaming Chair noblechairs EPIC TX Grey</t>
-[...44 lines deleted...]
-    <t>NEXT-NLR-E063</t>
+    <t>Gaming Chair noblechairs HERO TX Grey</t>
+  </si>
+  <si>
+    <t>NOBLE-GAGC-238</t>
+  </si>
+  <si>
+    <t>Gaming Chair noblechairs ICON - Black Edition</t>
+  </si>
+  <si>
+    <t>NOBLE-GAGC-166</t>
+  </si>
+  <si>
+    <t>Next Level Racing Cockpit Racing Simulator GT Track</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S009</t>
   </si>
   <si>
     <t>Next Level Racing Cockpit Racing Simulator F-GT</t>
   </si>
   <si>
     <t>NEXT-NLR-S010</t>
   </si>
   <si>
-    <t>Gaming Chair noblechairs DAWN - Black Edition</t>
-[...14 lines deleted...]
-    <t>NOBLE-GAGC-166</t>
+    <t>Racing Seat Next Level Racing GTSeat Add-On</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S024</t>
+  </si>
+  <si>
+    <t>Next Level Racing Flight Stand Pro</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S032</t>
+  </si>
+  <si>
+    <t>Next Level Racing Go Kart Cockpit Plus</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S034</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs EPIC - Black Edition</t>
   </si>
   <si>
     <t>NOBLE-GAGC-165</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs EPIC - Mercedes-AMG Petronas Edition</t>
   </si>
   <si>
     <t>NOBLE-GAGC-232</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs LEGEND TX, Antracid</t>
   </si>
   <si>
     <t>NOBLE-GAGC-287</t>
   </si>
   <si>
-    <t>Next Level Racing Flight Stand Pro</t>
-[...8 lines deleted...]
-    <t>NEXT-NLR-S034</t>
+    <t>Gaming Chair noblechairs LEGEND Black Edition</t>
+  </si>
+  <si>
+    <t>NOBLE-GAGC-283</t>
+  </si>
+  <si>
+    <t>Gaming Chair noblechairs LEGEND White Edition</t>
+  </si>
+  <si>
+    <t>NOBLE-GAGC-286</t>
+  </si>
+  <si>
+    <t>Gaming Chair noblechairs DAWN - Black</t>
+  </si>
+  <si>
+    <t>NOBLE-GAGC-400</t>
+  </si>
+  <si>
+    <t>Racing chair Playseat Trophy Logitech G Edition Grey</t>
+  </si>
+  <si>
+    <t>PLAYSEAT-TROPHY-LOG</t>
+  </si>
+  <si>
+    <t>Gaming Chair noblechairs HERO - Black Edition</t>
+  </si>
+  <si>
+    <t>NOBLE-GAGC-167</t>
+  </si>
+  <si>
+    <t>Racing chair Playseat Formula Instinct - F1 Edition</t>
+  </si>
+  <si>
+    <t>PLAYSEAT-F1-INSTINCT</t>
   </si>
   <si>
     <t>Racing chair Playseat Trophy Black</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-TB</t>
   </si>
   <si>
-    <t>Gaming Chair noblechairs LEGEND Black Edition</t>
-[...46 lines deleted...]
-  <si>
     <t>Next Level Racing Flight Seat Pro</t>
   </si>
   <si>
     <t>NEXT-NLR-S033</t>
   </si>
   <si>
     <t>Next Level Racing Flight Simulator</t>
   </si>
   <si>
     <t>NEXT-NLR-S018</t>
   </si>
   <si>
+    <t>Flight Simulator Next Level Racing Boeing Military Edition</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S028</t>
+  </si>
+  <si>
     <t>Flight Simulator Next Level Racing Boeing Commercial Edition</t>
   </si>
   <si>
     <t>NEXT-NLR-S027</t>
-  </si>
-[...4 lines deleted...]
-    <t>NEXT-NLR-S028</t>
   </si>
   <si>
     <t>Next Level Flight Seat Pro Boeing Military Edition</t>
   </si>
   <si>
     <t>NEXT-NLR-S039</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs HERO Real Leather - Black</t>
   </si>
   <si>
     <t>NOBLE-GAGC-118</t>
   </si>
   <si>
     <t>Next Level Racing F-GT Pro Formula and GT Racing Simulator Cockpit</t>
   </si>
   <si>
     <t>NEXT-NLR-R002</t>
   </si>
   <si>
     <t>Next Level Racing F-GT Pro Formula and GT Racing Simulator Cockpit - Black</t>
   </si>
   <si>
     <t>NEXT-NLR-R003</t>
   </si>
@@ -769,976 +751,934 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D66"/>
+  <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>336.0</v>
+        <v>198.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>359.004</v>
+        <v>204.0</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>420.0</v>
+        <v>229.572</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>448.992</v>
+        <v>229.572</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>448.992</v>
+        <v>229.572</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>478.992</v>
+        <v>244.908</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>489.0</v>
+        <v>249.0</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9">
-        <v>498.996</v>
+        <v>249.0</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
-        <v>498.996</v>
+        <v>280.704</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
-        <v>498.996</v>
+        <v>280.704</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
-        <v>549.0</v>
+        <v>280.704</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
-        <v>549.0</v>
+        <v>280.704</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
-        <v>549.0</v>
+        <v>280.704</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
-        <v>549.0</v>
+        <v>296.04</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
-        <v>549.0</v>
+        <v>298.992</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>549.0</v>
+        <v>298.992</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>579.0</v>
+        <v>298.992</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>579.0</v>
+        <v>298.992</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>579.0</v>
+        <v>298.992</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>598.992</v>
+        <v>306.264</v>
       </c>
       <c r="D21" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>598.992</v>
+        <v>331.824</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>598.992</v>
+        <v>357.396</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>648.996</v>
+        <v>357.396</v>
       </c>
       <c r="D24" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>699.0</v>
+        <v>382.956</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>699.0</v>
+        <v>399.0</v>
       </c>
       <c r="D26" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>699.0</v>
+        <v>399.0</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>719.004</v>
+        <v>399.0</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>749.004</v>
+        <v>434.088</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>774.588</v>
+        <v>449.424</v>
       </c>
       <c r="D30" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>849.0</v>
+        <v>450.048</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>879.0</v>
+        <v>459.0</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>880.212</v>
+        <v>459.0</v>
       </c>
       <c r="D33" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>898.128</v>
+        <v>459.204</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>898.992</v>
+        <v>459.648</v>
       </c>
       <c r="D35" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>898.992</v>
+        <v>464.508</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>898.992</v>
+        <v>485.22</v>
       </c>
       <c r="D37" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>898.992</v>
+        <v>490.32</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>899.004</v>
+        <v>498.996</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>899.004</v>
+        <v>498.996</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>948.996</v>
+        <v>498.996</v>
       </c>
       <c r="D41" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>958.992</v>
+        <v>498.996</v>
       </c>
       <c r="D42" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>999.0</v>
+        <v>498.996</v>
       </c>
       <c r="D43" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>999.0</v>
+        <v>510.78</v>
       </c>
       <c r="D44" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>999.0</v>
+        <v>510.78</v>
       </c>
       <c r="D45" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>999.0</v>
+        <v>510.78</v>
       </c>
       <c r="D46" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>999.0</v>
+        <v>561.912</v>
       </c>
       <c r="D47" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>1049.004</v>
+        <v>561.912</v>
       </c>
       <c r="D48" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>1098.996</v>
+        <v>561.912</v>
       </c>
       <c r="D49" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>1098.996</v>
+        <v>606.804</v>
       </c>
       <c r="D50" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>1098.996</v>
+        <v>613.032</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>1186.8</v>
+        <v>613.032</v>
       </c>
       <c r="D52" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>1198.992</v>
+        <v>613.044</v>
       </c>
       <c r="D53" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>1198.992</v>
+        <v>648.996</v>
       </c>
       <c r="D54" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>1198.992</v>
+        <v>699.0</v>
       </c>
       <c r="D55" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>1259.004</v>
+        <v>699.0</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>1299.0</v>
+        <v>718.992</v>
       </c>
       <c r="D57" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>1398.996</v>
+        <v>718.992</v>
       </c>
       <c r="D58" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>1398.996</v>
+        <v>759.648</v>
       </c>
       <c r="D59" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>1398.996</v>
+        <v>999.0</v>
       </c>
       <c r="D60" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>1398.996</v>
+        <v>999.0</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>1485.744</v>
+        <v>1201.02</v>
       </c>
       <c r="D62" t="s">
-        <v>13</v>
-[...41 lines deleted...]
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D66"/>
+  <autoFilter ref="A1:D63"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>