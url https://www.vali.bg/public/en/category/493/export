--- v2 (2026-01-20)
+++ v3 (2026-03-08)
@@ -7,197 +7,239 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$63</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$71</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Next Level GTLite Junior Racing Cockpit</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S041</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Gaming Chair Nemesis Red Claw</t>
+  </si>
+  <si>
+    <t>NEMESIS-CHAIR-RED-CLAW</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Gaming Chair Nemesis Blue Claw</t>
+  </si>
+  <si>
+    <t>NEMESIS-CHAIR-BLUE-CLAW</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Gaming Chair ThunderX3 EAZE Loft - Black</t>
+  </si>
+  <si>
+    <t>TX3-CHAIR-GAGC-347</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Gaming Chair ThunderX3 EAZE Loft - Gray</t>
+  </si>
+  <si>
+    <t>TX3-CHAIR-GAGC-346</t>
+  </si>
+  <si>
+    <t>Gaming Chair ThunderX3 EAZE Mesh - Black</t>
+  </si>
+  <si>
+    <t>TX3-CHAIR-GAGC-348</t>
+  </si>
+  <si>
     <t>Next Level GTLite Foldabale Racing Cockpit</t>
   </si>
   <si>
     <t>NEXT-NLR-S021</t>
   </si>
   <si>
-    <t>not available</t>
+    <t>Gaming Chair Nemesis Ultimate Edition, RGB</t>
+  </si>
+  <si>
+    <t>NEMESIS-CHAIR-ULTIMATE</t>
   </si>
   <si>
     <t>Gaming Chair A4TECH Bloody GC-350</t>
   </si>
   <si>
     <t>A4-CHAIR-GC-350</t>
   </si>
   <si>
-    <t>available</t>
-[...1 lines deleted...]
-  <si>
     <t>Racing chair Playseat Challenge Actifit</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-CHA-BK</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...19 lines deleted...]
-  <si>
     <t>Next Level Racing ERS3 Elite Reclining Seat</t>
   </si>
   <si>
     <t>NEXT-NLR-E050</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>Next Level Racing ERS5 Elite Reclining Seat</t>
   </si>
   <si>
     <t>NEXT-NLR-E055</t>
   </si>
   <si>
+    <t>Gaming Chair ENDORFY Scrim BK - Black</t>
+  </si>
+  <si>
+    <t>END-CHAIR-EY8A001</t>
+  </si>
+  <si>
+    <t>Gaming Chair ENDORFY Scrim RD - Black/Red</t>
+  </si>
+  <si>
+    <t>END-CHAIR-EY8A002</t>
+  </si>
+  <si>
+    <t>Gaming Chair ENDORFY Scrim Onyx White</t>
+  </si>
+  <si>
+    <t>END-CHAIR-EY8A007</t>
+  </si>
+  <si>
+    <t>Gaming Chair ENDORFY Scrim YL - Black/Yellow</t>
+  </si>
+  <si>
+    <t>END-CHAIR-EY8A003</t>
+  </si>
+  <si>
+    <t>Геймърски стол Nemesis GenX</t>
+  </si>
+  <si>
+    <t>NEMESIS-CHAIR-GENX</t>
+  </si>
+  <si>
     <t>Racing chair Playseat Evolution Black</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-EB</t>
   </si>
   <si>
-    <t>Gaming Chair ENDORFY Scrim BK - Black</t>
-[...22 lines deleted...]
-  <si>
     <t>Racing chair Playseat Challenge X Logitech G Edition</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-LOG</t>
   </si>
   <si>
     <t>Next Level F-GT Lite Foldable Formula and GT Cockpit</t>
   </si>
   <si>
     <t>NEXT-NLR-S015</t>
   </si>
   <si>
     <t>Next Level GT Lite Pro Foldable Cockpit</t>
   </si>
   <si>
     <t>NEXT-NLR-S031</t>
   </si>
   <si>
     <t>Next Level Formula Lite Pro Foldable Cockpit</t>
   </si>
   <si>
     <t>NEXT-NLR-S038</t>
   </si>
   <si>
     <t>Next Level Racing ERS3 Elite Reclining Seat Leather &amp; Suede</t>
   </si>
   <si>
     <t>NEXT-NLR-E051</t>
   </si>
   <si>
     <t>Next Level Racing ERS3 Elite Reclining Seat Fabric &amp; SIMAERO Mesh Edition</t>
   </si>
   <si>
     <t>NEXT-NLR-E052</t>
   </si>
   <si>
+    <t>Next Level F-GT Lite Foldable Formula and GT Cockpit - Grey</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S015GR</t>
+  </si>
+  <si>
+    <t>Next Level GT Lite Pro Foldable Cockpit - Grey</t>
+  </si>
+  <si>
+    <t>NEXT-NLR-S031GR</t>
+  </si>
+  <si>
     <t>Playseat Evolution Racing Suede Black</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-SUEDE</t>
   </si>
   <si>
     <t>Playseat Evolution ActiFit Pro Black</t>
   </si>
   <si>
     <t>PLAYSEAT-RC-PRO</t>
   </si>
   <si>
     <t>Gaming Chair Nitro Concepts X1000, Transformers Autobots Edition</t>
   </si>
   <si>
     <t>NITRO-GAGC-307</t>
   </si>
   <si>
     <t>Gaming Chair Nitro Concepts X1000, Transformers Decepticons Edition</t>
   </si>
   <si>
     <t>NITRO-GAGC-308</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs DAWN - Fabric Granite</t>
@@ -206,50 +248,56 @@
     <t>NOBLE-GAGC-401</t>
   </si>
   <si>
     <t>Next Level Racing GT Racer Cockpit</t>
   </si>
   <si>
     <t>NEXT-NLR-R001</t>
   </si>
   <si>
     <t>Next Level Racing GT Racer V2 Cockpit Simulator</t>
   </si>
   <si>
     <t>NEXT-NLR-R007</t>
   </si>
   <si>
     <t>Next Level Racing NLR ERS3 HYPERCOOL Ventilated Sim Racing</t>
   </si>
   <si>
     <t>NEXT-NLR-E063</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs EPIC TX Grey</t>
   </si>
   <si>
     <t>NOBLE-GAGC-237</t>
+  </si>
+  <si>
+    <t>Racing chair Playseat Challenge DD F1 Edition</t>
+  </si>
+  <si>
+    <t>PLAYSEAT-CHL-DD-F1</t>
   </si>
   <si>
     <t>Playseat Evolution Pro NASCAR Edition</t>
   </si>
   <si>
     <t>PLAYSEAT-EVO-PRO-NASCAR</t>
   </si>
   <si>
     <t>Gaming Chair noblechairs ICON - Black</t>
   </si>
   <si>
     <t>NOBLE-GAGC-087</t>
   </si>
   <si>
     <t>Next Level Racing Flight Simulator Seat</t>
   </si>
   <si>
     <t>NEXT-NLR-S030</t>
   </si>
   <si>
     <t>Next Level Racing ES2 SIM Racing Seat</t>
   </si>
   <si>
     <t>NEXT-NLR-E060</t>
   </si>
@@ -751,934 +799,1046 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D63"/>
+  <dimension ref="A1:D71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>198.996</v>
+        <v>159.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>204.0</v>
+        <v>168.996</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>229.572</v>
+        <v>168.996</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5">
-        <v>229.572</v>
+        <v>198.996</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6">
+        <v>198.996</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7">
-        <v>244.908</v>
+        <v>198.996</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8">
-        <v>249.0</v>
+        <v>198.996</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
-        <v>249.0</v>
+        <v>198.996</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
-        <v>280.704</v>
+        <v>204.0</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
-        <v>280.704</v>
+        <v>229.572</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
-        <v>280.704</v>
+        <v>249.0</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
-        <v>280.704</v>
+        <v>249.0</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
-        <v>280.704</v>
+        <v>258.996</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
-        <v>296.04</v>
+        <v>258.996</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
-        <v>298.992</v>
+        <v>258.996</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>298.992</v>
+        <v>258.996</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>298.992</v>
+        <v>258.996</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>298.992</v>
+        <v>280.704</v>
       </c>
       <c r="D19" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>298.992</v>
+        <v>296.04</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>306.264</v>
+        <v>298.992</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>331.824</v>
+        <v>298.992</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>357.396</v>
+        <v>298.992</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>357.396</v>
+        <v>298.992</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>382.956</v>
+        <v>298.992</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>399.0</v>
+        <v>298.992</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>399.0</v>
+        <v>298.992</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>399.0</v>
+        <v>318.0</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>434.088</v>
+        <v>331.824</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>449.424</v>
+        <v>357.396</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>450.048</v>
+        <v>357.396</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>459.0</v>
+        <v>382.956</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>459.0</v>
+        <v>399.0</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>459.204</v>
+        <v>399.0</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>459.648</v>
+        <v>399.0</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>464.508</v>
+        <v>434.088</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>485.22</v>
+        <v>438.0</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>490.32</v>
+        <v>449.424</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>498.996</v>
+        <v>450.048</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>498.996</v>
+        <v>459.0</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>498.996</v>
+        <v>459.0</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>498.996</v>
+        <v>459.204</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>498.996</v>
+        <v>459.648</v>
       </c>
       <c r="D43" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>510.78</v>
+        <v>464.508</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>510.78</v>
+        <v>485.22</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>510.78</v>
+        <v>490.32</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>561.912</v>
+        <v>498.996</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>561.912</v>
+        <v>498.996</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>561.912</v>
+        <v>498.996</v>
       </c>
       <c r="D49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>606.804</v>
+        <v>498.996</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>613.032</v>
+        <v>498.996</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>613.032</v>
+        <v>510.78</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>613.044</v>
+        <v>510.78</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>648.996</v>
+        <v>510.78</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>699.0</v>
+        <v>561.912</v>
       </c>
       <c r="D55" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>699.0</v>
+        <v>561.912</v>
       </c>
       <c r="D56" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>718.992</v>
+        <v>561.912</v>
       </c>
       <c r="D57" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>718.992</v>
+        <v>606.804</v>
       </c>
       <c r="D58" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>759.648</v>
+        <v>613.032</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>999.0</v>
+        <v>613.032</v>
       </c>
       <c r="D60" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>999.0</v>
+        <v>613.044</v>
       </c>
       <c r="D61" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
+        <v>648.996</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>130</v>
+      </c>
+      <c r="B63" t="s">
+        <v>131</v>
+      </c>
+      <c r="C63">
+        <v>699.0</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>132</v>
+      </c>
+      <c r="B64" t="s">
+        <v>133</v>
+      </c>
+      <c r="C64">
+        <v>699.0</v>
+      </c>
+      <c r="D64" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>134</v>
+      </c>
+      <c r="B65" t="s">
+        <v>135</v>
+      </c>
+      <c r="C65">
+        <v>718.992</v>
+      </c>
+      <c r="D65" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>136</v>
+      </c>
+      <c r="B66" t="s">
+        <v>137</v>
+      </c>
+      <c r="C66">
+        <v>718.992</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>138</v>
+      </c>
+      <c r="B67" t="s">
+        <v>139</v>
+      </c>
+      <c r="C67">
+        <v>759.648</v>
+      </c>
+      <c r="D67" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>140</v>
+      </c>
+      <c r="B68" t="s">
+        <v>141</v>
+      </c>
+      <c r="C68">
+        <v>999.0</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>142</v>
+      </c>
+      <c r="B69" t="s">
+        <v>143</v>
+      </c>
+      <c r="C69">
+        <v>999.0</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>144</v>
+      </c>
+      <c r="B70" t="s">
+        <v>145</v>
+      </c>
+      <c r="C70">
         <v>1201.02</v>
       </c>
-      <c r="D62" t="s">
-        <v>6</v>
+      <c r="D70" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D63"/>
+  <autoFilter ref="A1:D71"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>