--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,86 +7,80 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$588</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$570</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="549">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="550">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
-    <t>Zinc carbonic zinc battery GP  R6 AA 2 pcs. PEAKPOWER PP-S2  1.5V</t>
-[...2 lines deleted...]
-    <t>GP-BM-R6-PP-S2</t>
+    <t>GP164 LR-621 1.55V Button Battery GP</t>
+  </si>
+  <si>
+    <t>GP-BA-164F-U10</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
-    <t>GP164 LR-621 1.55V Button Battery GP</t>
-[...4 lines deleted...]
-  <si>
     <t>Button alkaline battery GP177 LR626 / 10 pcs. / Pack price for 1 pc. / AG4 1.55V GP</t>
   </si>
   <si>
     <t>GP-BA-177F-U10</t>
   </si>
   <si>
     <t>Button alkaline battery GP186 AG12 LR43 / 10 pcs. / Pack price for 1 pc. / 1.55V GP</t>
   </si>
   <si>
     <t>GP-BA-186F-U10</t>
   </si>
   <si>
     <t>Button alkaline battery GP189 LR1130 / 10 pcs. / Pack price for 1 pc. / 1.55V GP</t>
   </si>
   <si>
     <t>GP-BA-189F-U10</t>
   </si>
   <si>
     <t>Button GPA76 alkaline battery LR44 / 10 pcs. / Pack price for 1 pc. / 1.55V GP</t>
   </si>
   <si>
     <t>GP-BA-A76F-U10</t>
   </si>
   <si>
     <t>Button alkaline battery GP192 LR41 / 10 pcs. / Pack price for 1 pc. / 1.55V, AG3</t>
@@ -112,56 +106,50 @@
   <si>
     <t>Zinc carbonic zinc battery GP  R6 AA 2 pcs. SUPERCELL 15PL-S2  1.5V</t>
   </si>
   <si>
     <t>GP-BM-15PL-S2</t>
   </si>
   <si>
     <t>Zinc carbonic zinc battery GP SUPERCELL  R03 AAA 2 pcs.  shrink 1.5V</t>
   </si>
   <si>
     <t>GP-BM-24PL-S2</t>
   </si>
   <si>
     <t>Button Micro alkaline battery LR44 / AG13 / 1,55V 10 pcs/pack  price for  1 battery MAXELL</t>
   </si>
   <si>
     <t>ML-BA-LR44</t>
   </si>
   <si>
     <t>Button alkaline battery LR-1130 AG10 1.55V 10 pcs/pack  price for 1 battery MAXELL</t>
   </si>
   <si>
     <t>ML-BA-LR1130</t>
   </si>
   <si>
-    <t>Zinc Manganese battery MAXELL R03 1,5V / 2 pcs. pack /</t>
-[...4 lines deleted...]
-  <si>
     <t>Button Micro alkaline battery LR41 / AG3 / 1 pcs. 1,55V pack MAXELL</t>
   </si>
   <si>
     <t>ML-BA-LR41</t>
   </si>
   <si>
     <t>Lithium Button Battery CR 2032 1pc  bulk 3V  EVE BATTERY</t>
   </si>
   <si>
     <t>EVE-CR2032-BULK</t>
   </si>
   <si>
     <t>Lithium Button Battery CR 2025 1pc  bulk 3V  EVE BATTERY</t>
   </si>
   <si>
     <t>EVE-CR2025-BULK</t>
   </si>
   <si>
     <t>Lithium Button Battery CR 2016 1pc  bulk 3V  EVE BATTERY</t>
   </si>
   <si>
     <t>EVE-CR2016-BULK</t>
   </si>
   <si>
     <t>Lithium Button Battery CR 2032 1pc  bulk 3V  VARTA</t>
@@ -196,614 +184,620 @@
   <si>
     <t>Zinc mangan battery  MAXELL  R6 4 бр. shrink 1.5 V</t>
   </si>
   <si>
     <t>ML-BM-R6</t>
   </si>
   <si>
     <t>Lithium Button Battery CR2016 3V  5 pcs in blister /price for 1 battery/ GP</t>
   </si>
   <si>
     <t>GP-BL-CR2016-7U5</t>
   </si>
   <si>
     <t>Lithium Button Battery GP CR2025 3V 5 pcs in blister / price for 1 battery/</t>
   </si>
   <si>
     <t>GP-BL-CR2025-7U5</t>
   </si>
   <si>
     <t>Lithium Button Battery GP  CR2032 3V 5 pcs in blister / price for 1 battery/ GP</t>
   </si>
   <si>
     <t>GP-BL-CR2032-7U5</t>
   </si>
   <si>
+    <t>Button Battery  Lithium  MAXELL CR2025 3V  5 pcs. in blister / price for 1 BATTERY /</t>
+  </si>
+  <si>
+    <t>ML-BL-CR2025-5PK</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR621SW / 364 / AG1 /</t>
+  </si>
+  <si>
+    <t>ML-BS-SR621-SW</t>
+  </si>
+  <si>
+    <t>Button battery  MAXELL SR626 Silver SW / AG4 / 377 / 1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR626-SW</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR2032 3V /5PK/ price for 1 battery</t>
+  </si>
+  <si>
+    <t>ML-BL-CR2032-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR2016 3V 5pcs in blister /price for 1 battery/  MAXELL</t>
+  </si>
+  <si>
+    <t>ML-BL-CR2016-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery PANASONIC CR2032 3V, BULK</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR2032-BULK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER CR2032 3V, BULK</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2032-BULK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP  CR2025 3V 1 бр. GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2025-7U1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery CR2016 3V 1pc. / 1pk / GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2016-7U1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP  CR2032 3V 1pc. / 1pk / GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2032-7C1</t>
+  </si>
+  <si>
+    <t>MAXELL Alkaline Battery LR03 / 4 pcs. pack / shrink 1.5V</t>
+  </si>
+  <si>
+    <t>ML-BA-LR03-SHRINK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lithium Button Battery VARTA  CR2032 3V 1 pcs in blister </t>
+  </si>
+  <si>
+    <t>VARTA-BL-CR-2032-1PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery CR 2032 3V BULK industrial  DURACEL</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2032-BULK</t>
+  </si>
+  <si>
+    <t>Alkaline battery GP12 V / 5 pcs. / Pack price for 1 pcs. / for  alarms A23</t>
+  </si>
+  <si>
+    <t>GP-BA-23AF-U5</t>
+  </si>
+  <si>
+    <t>Zinc carbonic battery GP  6F22 Supercell 1 pcs.  9V</t>
+  </si>
+  <si>
+    <t>GP-BM-1604S-B</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR2016 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ML-BL-CR2016</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR2025 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ML-BL-CR2025</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR2032 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ML-BL-CR2032</t>
+  </si>
+  <si>
+    <t>Button battery MAXELL SR521 Silver SW / AG0 / 379 / 1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR521-SW</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery  SUPER LR-6 AA /2 pcs./ 1.5V</t>
+  </si>
+  <si>
+    <t>GP-BA-15A21-S2</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery SUPER LR03 AAA /2 pcs./ 1.5V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-24A21-S2</t>
+  </si>
+  <si>
+    <t>Zinc Manganese battery MAXELL R03 1,5V / 4 pcs. pack /</t>
+  </si>
+  <si>
+    <t>ML-BM-R03-4PK</t>
+  </si>
+  <si>
+    <t>GP 12V alkaline battery 1pc. blister alarm A23</t>
+  </si>
+  <si>
+    <t>GP-BA-23AF-U1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER CR2032 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lithium Button Battery ENERGIZER  CR2025 3V 1pcs in blister </t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2025-1PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER  CR2016 3V 1 pcs in blister</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2016-1PK</t>
+  </si>
+  <si>
+    <t>Alkaline battery 12 V / 5 pcs. / Pack price for 1 pcs. / Alarm A27 GP</t>
+  </si>
+  <si>
+    <t>GP-BA-27AF-U5</t>
+  </si>
+  <si>
+    <t>GP-BA-15A-U2</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery 12 V / Pack  1 pcs. / Alarm A27</t>
+  </si>
+  <si>
+    <t>GP-BA-27AF-U1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-1220 3V  5 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1220-7U5</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL  CR2016 3V 5 pcs in blister</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2016-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL  CR2025 3V 5 pcs in blister</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2025-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL PROCELL CR2032 3V 5 pcs in blister  /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR2032-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL PROCELL CR2025 3V 5 pcs in blister  /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR2025-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL PROCELL CR2016 3V 5 pcs in blister  /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR2016-5PK</t>
+  </si>
+  <si>
+    <t>Zinc mangan battery MAXELL  6F22 1 pcs.  9V</t>
+  </si>
+  <si>
+    <t>ML-BM-6F22</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1616 3V 5 pcs in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1616-7U5</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery LR-6 /2 pcs./ 1.5V shrink</t>
+  </si>
+  <si>
+    <t>GP-BA-15AU21-S2</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery LR03 /2 pcs./ shrink 1.5V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-24AU21-S2</t>
+  </si>
+  <si>
+    <t>Zinc carbonic zinc battery GP  R6 AA 4 pcs. GREENCELL 15G-S4  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-15G-S4</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1616 3V 1 pc in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1616-7U1</t>
+  </si>
+  <si>
+    <t>Zinc carbonic zinc battery GP  R6 AA 4 pcs. GREENCELL 15G-U4  1.5V blister</t>
+  </si>
+  <si>
+    <t>GP-BM-15G-U4</t>
+  </si>
+  <si>
+    <t>Zinc carbonic battery GP  6F22 Greencell 1604GLF-B 1 pcs.  9V</t>
+  </si>
+  <si>
+    <t>GP-BM-1604GLF-B</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery LR03 /2 pcs./ 1.5V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-24AU-U2</t>
+  </si>
+  <si>
+    <t>Zinc mangan battery MAXELL  R14  2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>ML-BM-R14</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR1220 3V 1pc.</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR1616 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1616</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1225 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1225-7U1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL  CR2032 3V 5 pcs in blister</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2032-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1025 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1025-7U1</t>
+  </si>
+  <si>
+    <t>Zinc carbonic battery GP  6F22 Greencell 1604GLF-U1 1 pcs.  9V blister</t>
+  </si>
+  <si>
+    <t>GP-BM-1604GLF-U1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1620 3V 5 pcs in blister /price for 1 battery/ GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1620-7U5</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-1620 3V 1pc. in blister  GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1620-7U1</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery GP  R14 14G-S2 GREENCELL  2 pcs. shrink  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-14G-S2</t>
+  </si>
+  <si>
+    <t>Button Micro alkaline battery LR44 / AG13 / 2 pcs. 1,55V pack ENERGIZER</t>
+  </si>
+  <si>
+    <t>ENERG-BA-LR44-2PK</t>
+  </si>
+  <si>
+    <t>GP  A 10 Alkaline battery 9V remote /5br./pack price for 1 pc. /</t>
+  </si>
+  <si>
+    <t>GP-BA-10AF-U5</t>
+  </si>
+  <si>
+    <t>A11 alkaline battery 6V for remote /5br./pack price for 1 pc. / GP</t>
+  </si>
+  <si>
+    <t>GP-BA-11AF-U5</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery GP  R14 14G-U2 GREENCELL  2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-14G-U2</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR1620 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1620</t>
+  </si>
+  <si>
+    <t>Button battery lithium MAXELL  CR1216 3V</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1216</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR716 SW 1.55V / 315 /</t>
+  </si>
+  <si>
+    <t>ML-BS-SR716-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR721 SW /AG11/362/1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR721-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR916 SW /373/1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR916-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR-920 SW /370/371/AG6  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR920-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR527 SW 1.55V /319/  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR527-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR616 SW /321/  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR616-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR41 SW /384/392/AG3  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR41-SW</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-1216 3V 5 pcs in blister / price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1216-7U5</t>
+  </si>
+  <si>
+    <t>Alkaline Battery GP LR9 625A 1,5V for glucometers and remote controls 5 pcs in blister / price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BA-PX625AF-U5</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery PANASONIC CR1616 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1616</t>
+  </si>
+  <si>
+    <t>PANASONIC 12V alkaline battery 1pc. blister alarm A23 LRV08</t>
+  </si>
+  <si>
+    <t>PAN-BA-LR23-1PK</t>
+  </si>
+  <si>
+    <t>Alkaline battery DURACELL 12V / 5 pcs. / Pack price for 1 pcs. / for  alarms A23 MN21</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR23-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER CR1616 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1616</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR726 SW /AG2/397/ 1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR726-SW</t>
+  </si>
+  <si>
+    <t>Zinc mangan battery MAXELL  R20   2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>ML-BM-R20</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER CR1620 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1620</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR512 SW /335/  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR512-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR516 SW /317/  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR516-SW</t>
+  </si>
+  <si>
+    <t>PANASONIC  Alkaline battery LR1 /1 pc. pack / 1.5V</t>
+  </si>
+  <si>
+    <t>PAN-BA-LR1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER CR1220 3V 1pc./5pc./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Button Battery Lithium GP CR2450 3V  5 pcs. in blister / price for 1 pc./ GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2450-2U5</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR927 SW ;395;399;AG7  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR927-SW</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR2430 3V 5 pcs in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2430-2U5</t>
+  </si>
+  <si>
+    <t>Battery lithium CR1632 3V  GP BATTERIES, 5 pcs in blister /price is for 1 pc/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1632-7U5</t>
+  </si>
+  <si>
+    <t>Button battery lithium   CR1632 3V 5 pc in blister /price for 1 battery/ MAXELL</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1632-5PK</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery GP  R20 13S-S2 SUPERCELL  2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-13S-S2</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery CR 2032 1pc  with pins 3V  EVE BATTERY</t>
+  </si>
+  <si>
+    <t>EVE-CR2032-M0219-LF</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery PANASONIC CR1620 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1620</t>
+  </si>
+  <si>
+    <t>DURACELL Alkaline battery 12 V / Pack  1 pcs. / Alarm A27 LR27 MN27</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR27-1PK</t>
+  </si>
+  <si>
+    <t>Button Battery Lithium  CR927  3V  /AG7/ 395 5PK BLISTER /price for 1 battery/ VINNIC</t>
+  </si>
+  <si>
+    <t>B-VIN-CR927</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL CR1616 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR1616</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Button Battery  Lithium  MAXELL CR2025 3V  5 pcs. in blister / price for 1 BATTERY /</t>
-[...529 lines deleted...]
-  <si>
     <t>Lithium Button Battery DURACELL CR1620 3V 1pc./1pc./</t>
   </si>
   <si>
     <t>DUR-BL-CR1620</t>
   </si>
   <si>
-    <t>MAXELL Alkaline Battery LR6 / 4 pcs. pack / 1.5V</t>
-[...10 lines deleted...]
-  <si>
     <t>ENERGIZER 12V alkaline battery 1pc. blister alarm A23 LR23</t>
   </si>
   <si>
     <t>ENERG-BA-LR23-1PK</t>
   </si>
   <si>
     <t>Lithium Button Battery PANASONIC CR1220 3V 1pc.</t>
   </si>
   <si>
     <t>PAN-BL-CR1220</t>
   </si>
   <si>
+    <t>Lithium Button Battery DURACELL PROCELL CR2450 3V 1 pcs bulk  /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR2450-1PK-BULK</t>
+  </si>
+  <si>
     <t>Battery lithium CR1632 3V  GP BATTERIES, 1 pcs in blister /price is for 1 pc/</t>
   </si>
   <si>
     <t>GP-BL-CR1632-7U1</t>
   </si>
   <si>
     <t>Zinc carbon battery GP  R20 13G-S2 GREENCELL  2 pcs.  1.5V</t>
   </si>
   <si>
     <t>GP-BM-13G-S2</t>
   </si>
   <si>
     <t>Lithium Button Battery ENERGIZER  BR1225 3V  1 pcs in blister /price for 1 battery/</t>
   </si>
   <si>
     <t>ENERG-BL-BR1225</t>
   </si>
   <si>
     <t>Zinc carbon battery   3R12  1 pcs. blister  4.5V PANASONIC</t>
   </si>
   <si>
     <t>PAN-BM-3R12</t>
   </si>
   <si>
     <t>Lithium Button Battery GP CR-2325 3V  1 pcs in blister /price for 1 battery/</t>
@@ -883,74 +877,86 @@
   <si>
     <t>Lithium Button Battery DURACELL  CR2032 3V 2 pcs in blister</t>
   </si>
   <si>
     <t>DUR-BL-CR2032-2PK</t>
   </si>
   <si>
     <t>Lithium Button Battery DURACELL CR2450 3V 1 pcs in blister /price for 1 battery/  GP</t>
   </si>
   <si>
     <t>DUR-BL-CR2450</t>
   </si>
   <si>
     <t>Battery DURACELL LR1 1.5V blister /2 batteries in pack/</t>
   </si>
   <si>
     <t>DUR-BA-LR1-2PK</t>
   </si>
   <si>
     <t>Lithium Button Battery PANASONIC CR2430 3V 1 pcs in blister /price for 1 battery/  GP</t>
   </si>
   <si>
     <t>PAN-BL-CR2430</t>
   </si>
   <si>
+    <t>Alkaline Battery 6LF22  9V 1pk bulk  INTENSE MX1604  PROCELL</t>
+  </si>
+  <si>
+    <t>PROCELL-6LF22-1PK-INT</t>
+  </si>
+  <si>
     <t>ENERGIZER lkaline battery 12 V / Pack  2 pcs. / Alarm A27</t>
   </si>
   <si>
     <t>ENERG-BA-LR27-2PK</t>
   </si>
   <si>
     <t>ENERGIZER 12V alkaline battery 2pc. blister alarm A23 LR23</t>
   </si>
   <si>
     <t>ENERG-BA-LR23-2PK</t>
   </si>
   <si>
     <t>Button lithium battery PANASONIC CR-2354, 1pk</t>
   </si>
   <si>
     <t>PAN-BL-CR2354</t>
   </si>
   <si>
     <t>DURACELL BASIC Alkaline Battery LR03 / 4 pcs. pack / 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR03-BASIC</t>
   </si>
   <si>
+    <t>Rechargeable Battery GP R03 AAA 650mAh NiMH 65AAAHCE-EB2, 2 pc in blister</t>
+  </si>
+  <si>
+    <t>GP-BR-65AAAHCE-EB2</t>
+  </si>
+  <si>
     <t>DURACELL BASIC Alkaline Battery LR6 / 4 pcs. pack / 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR6-BASIC</t>
   </si>
   <si>
     <t xml:space="preserve">DURACELL Alkaline battery LR14 / 2 pcs. pack / 1.5V </t>
   </si>
   <si>
     <t>DUR-BA-LR14-BASIC</t>
   </si>
   <si>
     <t>DURACELL Alkaline battery 6LF22 R22 9V  1pk блистер BASIC DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-6LF22-BASIC</t>
   </si>
   <si>
     <t>VARTA Alkaline battery  INDUSTRIAL PRO 6LF22 / 6LR61 / / 9V / 1 pc. bulk</t>
   </si>
   <si>
     <t>VARTA-BA-6LR61-9V-IND</t>
   </si>
   <si>
     <t xml:space="preserve">Button Battery DURACELL LR1130 LR54 AG10 1.55V 2 pcs in blister </t>
@@ -973,56 +979,50 @@
   <si>
     <t>GP Alkaline battery LR-14 /2 pcs./ 1.5V GP</t>
   </si>
   <si>
     <t>GP-BA-14AU21-S2</t>
   </si>
   <si>
     <t>Button Battery Lithium  CR2450 3V  2 pcs. in blister / price for 2 pc./ ENERGIZER</t>
   </si>
   <si>
     <t>ENERG-BL-CR2450-2PK</t>
   </si>
   <si>
     <t>Zink Air battery MAXELL ZA13 6pcs. button for Hearing aids</t>
   </si>
   <si>
     <t>ML-BZ-ZA13</t>
   </si>
   <si>
     <t>Button Battery Lithium CR-2477 3V  RENATA</t>
   </si>
   <si>
     <t>B-REN-BL-CR2477N</t>
   </si>
   <si>
-    <t>Rechargeable Battery GP R03 AAA 650mAh NiMH 65AAAHCE-EB2, 2 pc in blister</t>
-[...4 lines deleted...]
-  <si>
     <t>Rechargeable Lithium  Button Battery MAXELL ML1220 3.0V 1pc</t>
   </si>
   <si>
     <t>ML-BR-ML1220</t>
   </si>
   <si>
     <t>Button Battery Lithium CR-2477 3V  GP</t>
   </si>
   <si>
     <t>GP-BL-CR2477E-7U1</t>
   </si>
   <si>
     <t>DURACELL Alkaline Battery LR20 D 1.5V DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR20-BASIC</t>
   </si>
   <si>
     <t>Lithium Button Battery ENERGIZER CR2430 3V 2 pcs in blister /price for 2 batteries/</t>
   </si>
   <si>
     <t>ENERG-BL-CR2430-2PK</t>
   </si>
   <si>
     <t>Zink Air battery DURACELL ZA312 1pc button for Hearing aids</t>
@@ -1159,314 +1159,305 @@
   <si>
     <t xml:space="preserve">Lithium Button Battery PANASONIC  CR2032 3V 6 pcs in blister </t>
   </si>
   <si>
     <t>PAN-BL-CR2032-6PK</t>
   </si>
   <si>
     <t>DURACELL Alkaline Battery LR20 D 1.5V PLUS DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR20-PLUS</t>
   </si>
   <si>
     <t>Alkaline Battery LR03 1,5V AAA  10pk  INDUSTRIAL  ENERGIZER</t>
   </si>
   <si>
     <t>ENERG-BA-LR03-10PK-IND</t>
   </si>
   <si>
     <t>Lithium Button Battery ENERGIZER CR2032 3V 6pc./4pc./</t>
   </si>
   <si>
     <t>ENERG-BL-CR2032-6PK</t>
   </si>
   <si>
+    <t>Zinc carbon battery   4R25 /1 pk/   6V 7.5Ah  VARTA</t>
+  </si>
+  <si>
+    <t>VARTA-4R25-6V</t>
+  </si>
+  <si>
     <t>Battery lithium J 7K67 6V 1PK blister DURACELL</t>
   </si>
   <si>
     <t>DUR-BL-J7K67-6V</t>
   </si>
   <si>
     <t>Lithium battery CR-1/3N  3V  за глюкомери и фото DURACELL DL1/3N</t>
   </si>
   <si>
     <t>DUR-BL-CR1-3N</t>
   </si>
   <si>
-    <t>Rechargeable Battery GP R03 AAA 800mAh NiMH 85AAAHCB-EB2 RECYKO+ PRO , 2 pc in blister</t>
-[...4 lines deleted...]
-  <si>
     <t>Alkaline batteries LR03 AAA  8pk блистер SIMPLY MN2400   DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR03-SIMPLY-8PK</t>
   </si>
   <si>
     <t>Alkaline batteries LR6 AA  8pk блистер SIMPLY MN1500   DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR6-SIMPLY-8PK</t>
   </si>
   <si>
-    <t>Alkaline Battery LR6 1,5V AA  10pk  INDUSTRIAL  ENERGIZER</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> Alkaline Battery LR6 1,5V AA  10pk  INDUSTRIAL  PRO4006 VARTA</t>
   </si>
   <si>
     <t>VARTA-BA-LR6-10PK-IND</t>
   </si>
   <si>
     <t xml:space="preserve"> Alkaline Battery LR03 1,5V AAA  10pk  INDUSTRIAL  PRO4003 VARTA</t>
   </si>
   <si>
     <t>VARTA-BA-LR03-10PK-IND</t>
   </si>
   <si>
     <t xml:space="preserve"> Alkaline Battery LR6 AA 1,5V 10PK INDUSTRIAL Powerline  PANASONIC</t>
   </si>
   <si>
     <t>PAN-BA-LR6-10PK-IND</t>
   </si>
   <si>
     <t xml:space="preserve"> Alkaline Battery LR03 1,5V AAA  10pk  INDUSTRIAL Powerline  PANASONIC</t>
   </si>
   <si>
     <t>PAN-BA-LR03-10PK-IND</t>
   </si>
   <si>
-    <t>PROCELL Alkaline Battery LR6 1,5V AA  10pk  CONSTANT MN1500  PROCELL</t>
-[...10 lines deleted...]
-  <si>
     <t>Button lithium battery 3V  CR2412  VINNIC</t>
   </si>
   <si>
     <t>VIN-BL-CR2412</t>
   </si>
   <si>
-    <t>Rechargeable Batteries GP NiMH V150H 1.2V 140mAh 1бр. VARTA</t>
-[...22 lines deleted...]
-  <si>
     <t>Rechargeable Lithium  Button Battery VL2020 VCN 3V 20 mAh  PANASONIC</t>
   </si>
   <si>
     <t>PAN-BL-VL2020-VCN</t>
   </si>
   <si>
     <t>DURACELL OPTIMUM MX2400 Alkaline Battery LR03 AAA / 8 pcs. pack / 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR03-OPTIMUM-8PK</t>
   </si>
   <si>
     <t>DURACELL OPTIMUM Alkaline Battery LR6 / 8 pcs. pack / 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR6-OPTIMUM-8PK</t>
   </si>
   <si>
     <t>Lithium thyonil chlorid battery  3,6V AA R6 2,4Ah SL860/S /STD /with cup/ TADIRAN</t>
   </si>
   <si>
     <t>TAD-BL-SL860</t>
   </si>
   <si>
     <t>Rechargeable battery DURACELL R6 AA, 2500mAh NiMH, 1.2V, 2 pcs. pack 1.5V</t>
   </si>
   <si>
     <t>DUR-BR-AA-2500MAH-2PK</t>
   </si>
   <si>
     <t>Rechargeable battery DURACELL R03 AAA, 900mAh NiMH, 1.2V, 2 pcs. pack 1.5V</t>
   </si>
   <si>
     <t>DUR-BR-AAA-900MAH-2PK</t>
   </si>
   <si>
-    <t>Rechargeable Battery LiIon  AA R6  3,7V 800mAh  XTAR</t>
-[...8 lines deleted...]
-    <t>VARTA-V500HT</t>
+    <t>GP SUMMER PACK alkaline batteries  Super AA x 12 pcs. + Super AAA x 12 pcs. + Fan  GP BATTERIES</t>
+  </si>
+  <si>
+    <t>GP-BA-15A-24A-FANWETA21</t>
+  </si>
+  <si>
+    <t>GP SUMMER PACK alkaline batteries  ULTRA AA x 12 pcs. + ULTRA AAA x 12 pcs. + Fan  GP BATTERIES</t>
+  </si>
+  <si>
+    <t>GP-BA-15AU-24AU-FANWETA21</t>
   </si>
   <si>
     <t>Rechargeable Battery XTAR 18650  2600mAh, Li-ion</t>
   </si>
   <si>
     <t>XTAR-BL-CR18650-2600</t>
   </si>
   <si>
     <t>Lithium photo battery PX28L/ 4LR44 -1pk.  6V DURACELL</t>
   </si>
   <si>
     <t>DUR-BL-PX28L</t>
   </si>
   <si>
-    <t>GP SUMMER PACK alkaline batteries  Super AA x 12 pcs. + Super AAA x 12 pcs. + Fan  GP BATTERIES</t>
-[...4 lines deleted...]
-  <si>
     <t>Rechargeable Lithium  Button Battery CS-VL2020D9 VL2020  3V 20 mAh  /за дистанционни на BMW X3,X4,X5/ Cameron Sino</t>
   </si>
   <si>
     <t>CS-VL2020D9</t>
   </si>
   <si>
     <t>Lithium thyonil chlorid battery SAFT  3,6V AA R6 2,6Ah LS14500 -with axial leads</t>
   </si>
   <si>
     <t>SAFT-BL-LS14500-AX</t>
   </si>
   <si>
     <t>Lithium Button Battery  CMOS Backup CR2032 CS-CM017SL 3V 200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-CM017SL</t>
   </si>
   <si>
     <t>Lithium Button Battery  CMOS Backup CR2032 CS-HDV600BU for laptops HP, Lenovo 3V 200mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-HDV600BU</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Lithium Button Battery  CMOS Backup CR2032 CS-HQC600BU  for laptops HP, Lenovo, Acer 3V 200mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-HQC600BU</t>
   </si>
   <si>
-    <t>GP SUMMER PACK alkaline batteries  ULTRA AA x 12 pcs. + ULTRA AAA x 12 pcs. + Fan  GP BATTERIES</t>
-[...4 lines deleted...]
-  <si>
     <t>DURACELL BASIC Alkaline Battery LR6 20pk blister /10 * 2/ HBDC 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR6-BASIC-20PK</t>
   </si>
   <si>
     <t>DURACELL BASIC Alkaline Battery LR03 20pk blister /10 * 2/ HBDC 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR03-BASIC-20PK</t>
   </si>
   <si>
+    <t>Lithium thionyl battery 3,6V 53,4Ah  A  LS17500/STD  SAFT</t>
+  </si>
+  <si>
+    <t>SAFT-BL-LS17500</t>
+  </si>
+  <si>
+    <t>Rechargeable Battery XTAR 18650  for torches with protection, 3500mAh, Li-ion</t>
+  </si>
+  <si>
+    <t>XTAR-BL-CR18650-3500PCM</t>
+  </si>
+  <si>
+    <t>Rechargeable Battery XTAR 18650  for torches with protection, 3600mAh, Li-ion</t>
+  </si>
+  <si>
+    <t>XTAR-BL-CR18650-3600PCM</t>
+  </si>
+  <si>
+    <t>Rechargeable Battery LiIon  21700 3,7V 5000mAh  XTAR</t>
+  </si>
+  <si>
+    <t>XTAR-BL-21700-5000</t>
+  </si>
+  <si>
+    <t>Rechargeable Battery LiIon 10440 AAA R03  1,5V 750mAh 4 pcs in PVC case  XTAR</t>
+  </si>
+  <si>
+    <t>XTAR-BL-AAA-750-4PK</t>
+  </si>
+  <si>
     <t>Camera Battery for GPS GARMIN Nuvi 30, Nuvi 50, Drive 50 LM  3,7V 1100mAh LiIon Cameron Sino</t>
   </si>
   <si>
     <t>CS-IQN500SL</t>
   </si>
   <si>
+    <t>Battery alacline industrial LR14 C 1,5V  10pk box INTENSE  PROCELL /price for 10 batteries/</t>
+  </si>
+  <si>
+    <t>PROCELL-LR14-10PK-INT</t>
+  </si>
+  <si>
     <t>PLC controler Battery  CS-PLC269SL Maxell ER17/33 LiSOCL2  3,6V 2600 mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-PLC269SL</t>
   </si>
   <si>
     <t>PLC controler Battery CS-PLC511SL Allen Bradley  PLC-5/11  Li-MnO2  3V 2200 mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-PLC511SL</t>
   </si>
   <si>
     <t>PLC controler Battery  CS-PLC800SL Sanyo  CR8.L CR17450  Li-MnO2  3V 2600 mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-PLC800SL</t>
   </si>
   <si>
     <t>Lithium thyonil chlorid battery SAFT LSH20, LS33600 3,6V R20 17Ah STD   /with cup/</t>
   </si>
   <si>
     <t>SAFT-BL-LS33600</t>
   </si>
   <si>
     <t>Rechargeable Battery LiIon AA R6  1,5V 33300mWh /2000mAh 4 pcs in PVC case  XTAR</t>
   </si>
   <si>
     <t>XTAR-BL-AA-3300-4PK</t>
   </si>
   <si>
     <t>Battery for device for cleaning of windows KARCHER WV1  LiIon 3,7V 2900mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-WGF300VX</t>
   </si>
   <si>
     <t>Battery for irrigation system computer GARDENA C1060 plus Solar  7.4V 800mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRC105PW</t>
   </si>
   <si>
+    <t>Battery alcaline industrial LR20 D 10pk box INTENSE  PROCELL /price for 10 batteries/</t>
+  </si>
+  <si>
+    <t>PROCELL-LR20-10PK-INT</t>
+  </si>
+  <si>
     <t>Lithium thyonil chlorid battery 3,6V  R20 13Ah ER34615M/S /STD /with cup/ FANSO</t>
   </si>
   <si>
     <t>FANSO-ER34615M-R20</t>
   </si>
   <si>
     <t>Camera Battery for SONY playstation Sony PS5 DualSense, CFI-1015A, CFI-ZCT1W LIP1708  LiPo 3,7V 1600mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-SP170SL</t>
   </si>
   <si>
     <t>Camera Battery for SONY playstation Sony CUH-ZCT1E  Dualshock 4 Wireless Controller LIP1522  LiPo 3,7V 1800mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-SP152XL</t>
   </si>
   <si>
     <t>Battery for BLUETOOTH SPEAKER  Harman/Kardon Onyx 4 CS-HKE400SL 3,7V  3000mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HKE400SL</t>
   </si>
   <si>
     <t>Battery  Pocketbook 641,626,614,632, Touch Lux 3    3,7V  1450mAh CAMERON SINO</t>
@@ -1475,50 +1466,62 @@
     <t>CS-PTK626SL</t>
   </si>
   <si>
     <t>Battery for rechargeable scissors for grass GARDENA ComfortCut 8893, ComfortCut 8895, D-89079 Ulm  7.4V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA889PX</t>
   </si>
   <si>
     <t>Battery for Dog Collar  GARMIN  CS-GDC20XL LiiON 3,7V 2600 mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-GDC20XL</t>
   </si>
   <si>
     <t>Camera Battery for gardening tool Pellenc Fixion AP25 P80, 29101621 7.2V 3000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-PLP250PW</t>
   </si>
   <si>
     <t>Battery for rechargeable scissors for grass Stihl HSA25, 45154006500  10.8V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-SHA250PX</t>
+  </si>
+  <si>
+    <t>Battery lithium industrial CR123 3V  10 pcs in box PROCELL INTENSE DURACELL /price for 10 batteries/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR123-INT-10PK</t>
+  </si>
+  <si>
+    <t>Battery lithium industrial CR2 3V  10 pcs in box PROCELL INTENSE DURACELL /price for 10 batteries/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR2-INT-10PK</t>
   </si>
   <si>
     <t>Battery E-cigarette  iQos 2.4 Plus Charger Box, iQos ChargerCS-PMC046XL LiiON 3,7V 3400 mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-PMC046XL</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  GARDENA Mahroboter R40Li, R38LI  HUSKVARNA Automower 105, 305,308 586  18V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA800PW</t>
   </si>
   <si>
     <t>Camera Battery for cordless brushcutter GARDENA 648844, EasyCut 42, SmallCut 300, 8834-20 18V 1500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA420PW</t>
   </si>
   <si>
     <t>Battery medical laryngoscope Servox 14266  19632 Ni-MH 7,2V 230mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-SVX632MD</t>
   </si>
@@ -2008,115 +2011,115 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D588"/>
+  <dimension ref="A1:D570"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>0.6</v>
+        <v>0.9</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>0.9</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>0.9</v>
+        <v>0.996</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>0.996</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
@@ -2131,275 +2134,275 @@
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
         <v>0.996</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
         <v>0.996</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
         <v>0.996</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>0.996</v>
+        <v>1.008</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>1.008</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>1.008</v>
+        <v>1.08</v>
       </c>
       <c r="D12" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>1.08</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>1.08</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>1.08</v>
+        <v>1.2</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>1.08</v>
+        <v>1.2</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>1.2</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>1.2</v>
+        <v>1.5</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>1.2</v>
+        <v>1.5</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>1.5</v>
+        <v>1.62</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>1.5</v>
+        <v>1.8</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>1.62</v>
+        <v>1.8</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
         <v>1.8</v>
       </c>
       <c r="D23" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>1.8</v>
       </c>
       <c r="D24" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
         <v>1.8</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
         <v>1.8</v>
@@ -2411,7881 +2414,7629 @@
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
         <v>1.8</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
         <v>1.8</v>
       </c>
       <c r="D28" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C29">
         <v>1.8</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C30">
         <v>1.8</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C31">
         <v>1.8</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="C32">
         <v>1.8</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="C33">
         <v>1.8</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
         <v>71</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>1.8</v>
+        <v>1.92</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
         <v>73</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>1.8</v>
+        <v>1.92</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="C36">
         <v>1.92</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C37">
         <v>1.92</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
         <v>79</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>1.92</v>
+        <v>2.1</v>
       </c>
       <c r="D38" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C39">
         <v>2.1</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
         <v>83</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>2.1</v>
+        <v>2.16</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C41">
         <v>2.16</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C42">
         <v>2.16</v>
       </c>
       <c r="D42" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C43">
         <v>2.16</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C44">
         <v>2.16</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C45">
         <v>2.16</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C46">
         <v>2.16</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C47">
         <v>2.16</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="C48">
         <v>2.16</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" t="s">
         <v>101</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>2.16</v>
+        <v>2.22</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C50">
         <v>2.22</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C51">
         <v>2.22</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C52">
         <v>2.22</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s">
         <v>109</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>2.22</v>
+        <v>2.28</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C54">
-        <v>2.28</v>
+        <v>2.304</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="B55" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C55">
-        <v>2.304</v>
+        <v>2.34</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C56">
         <v>2.34</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>115</v>
+      </c>
+      <c r="B57" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C57">
         <v>2.34</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>117</v>
+      </c>
+      <c r="B58" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C58">
         <v>2.34</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>119</v>
+      </c>
+      <c r="B59" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="C59">
         <v>2.34</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>121</v>
+      </c>
+      <c r="B60" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="C60">
         <v>2.34</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>123</v>
+      </c>
+      <c r="B61" t="s">
         <v>124</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>2.4</v>
+        <v>2.34</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>125</v>
+      </c>
+      <c r="B62" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C62">
         <v>2.4</v>
       </c>
       <c r="D62" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>127</v>
+      </c>
+      <c r="B63" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="C63">
         <v>2.4</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>129</v>
+      </c>
+      <c r="B64" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C64">
         <v>2.4</v>
       </c>
       <c r="D64" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>131</v>
+      </c>
+      <c r="B65" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C65">
         <v>2.4</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>133</v>
+      </c>
+      <c r="B66" t="s">
         <v>134</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>2.52</v>
+        <v>2.4</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>135</v>
+      </c>
+      <c r="B67" t="s">
         <v>136</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>2.58</v>
+        <v>2.52</v>
       </c>
       <c r="D67" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>137</v>
+      </c>
+      <c r="B68" t="s">
         <v>138</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>2.592</v>
+        <v>2.58</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>139</v>
+      </c>
+      <c r="B69" t="s">
         <v>140</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>2.64</v>
+        <v>2.592</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>141</v>
+      </c>
+      <c r="B70" t="s">
         <v>142</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>2.7</v>
+        <v>2.64</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>143</v>
+      </c>
+      <c r="B71" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C71">
         <v>2.7</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>145</v>
+      </c>
+      <c r="B72" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="C72">
         <v>2.7</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>147</v>
+      </c>
+      <c r="B73" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="C73">
         <v>2.7</v>
       </c>
       <c r="D73" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>149</v>
+      </c>
+      <c r="B74" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="C74">
         <v>2.7</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>151</v>
+      </c>
+      <c r="B75" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="C75">
         <v>2.7</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>153</v>
+      </c>
+      <c r="B76" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="C76">
         <v>2.7</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>155</v>
+      </c>
+      <c r="B77" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="C77">
         <v>2.736</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>157</v>
+      </c>
+      <c r="B78" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="C78">
         <v>2.76</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>159</v>
+      </c>
+      <c r="B79" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C79">
         <v>2.88</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>161</v>
+      </c>
+      <c r="B80" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="C80">
         <v>2.88</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>163</v>
+      </c>
+      <c r="B81" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="C81">
         <v>2.88</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>165</v>
+      </c>
+      <c r="B82" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="C82">
         <v>3.0</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>167</v>
+      </c>
+      <c r="B83" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="C83">
         <v>3.0</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>169</v>
+      </c>
+      <c r="B84" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="C84">
         <v>3.0</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>171</v>
+      </c>
+      <c r="B85" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="C85">
         <v>3.0</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>173</v>
+      </c>
+      <c r="B86" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="C86">
         <v>3.0</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>175</v>
+      </c>
+      <c r="B87" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="C87">
         <v>3.0</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>177</v>
+      </c>
+      <c r="B88" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="C88">
         <v>3.0</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>179</v>
+      </c>
+      <c r="B89" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C89">
         <v>3.0</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>181</v>
+      </c>
+      <c r="B90" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="C90">
         <v>3.0</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>183</v>
+      </c>
+      <c r="B91" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="C91">
         <v>3.0</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>185</v>
+      </c>
+      <c r="B92" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="C92">
         <v>3.0</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>187</v>
+      </c>
+      <c r="B93" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="C93">
         <v>3.0</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>189</v>
+      </c>
+      <c r="B94" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="C94">
         <v>3.0</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>191</v>
+      </c>
+      <c r="B95" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="C95">
         <v>3.0</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>193</v>
+      </c>
+      <c r="B96" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="C96">
         <v>3.0</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>195</v>
+      </c>
+      <c r="B97" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="C97">
         <v>3.0</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>197</v>
+      </c>
+      <c r="B98" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="C98">
         <v>3.0</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>199</v>
+      </c>
+      <c r="B99" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="C99">
         <v>3.0</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>201</v>
+      </c>
+      <c r="B100" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="C100">
         <v>3.24</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>203</v>
+      </c>
+      <c r="B101" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="C101">
         <v>3.3</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="B102" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="C102">
-        <v>0.6</v>
+        <v>0.996</v>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B103" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C103">
         <v>0.996</v>
       </c>
       <c r="D103" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>22</v>
       </c>
       <c r="B104" t="s">
         <v>23</v>
       </c>
       <c r="C104">
-        <v>0.996</v>
+        <v>1.008</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>24</v>
       </c>
       <c r="B105" t="s">
         <v>25</v>
       </c>
       <c r="C105">
         <v>1.008</v>
       </c>
       <c r="D105" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B106" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C106">
-        <v>1.008</v>
+        <v>1.08</v>
       </c>
       <c r="D106" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B107" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C107">
-        <v>1.08</v>
+        <v>1.2</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B108" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C108">
         <v>1.2</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B109" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C109">
         <v>1.2</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B110" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C110">
-        <v>1.2</v>
+        <v>1.5</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B111" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C111">
         <v>1.5</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B112" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C112">
-        <v>1.5</v>
+        <v>1.62</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B113" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C113">
-        <v>1.62</v>
+        <v>1.8</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B114" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C114">
         <v>1.8</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B115" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C115">
         <v>1.8</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B116" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C116">
         <v>1.8</v>
       </c>
       <c r="D116" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B117" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C117">
         <v>1.8</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B118" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C118">
         <v>1.8</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B119" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C119">
         <v>1.8</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B120" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C120">
         <v>1.8</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B121" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C121">
         <v>1.8</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B122" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C122">
         <v>1.8</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B123" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C123">
-        <v>1.8</v>
+        <v>1.92</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B124" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C124">
         <v>1.92</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B125" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C125">
         <v>1.92</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B126" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C126">
         <v>1.92</v>
       </c>
       <c r="D126" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B127" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="C127">
         <v>2.1</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B128" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C128">
         <v>2.1</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B129" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C129">
         <v>2.16</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B130" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C130">
         <v>2.16</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B131" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C131">
         <v>2.16</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B132" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C132">
         <v>2.16</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B133" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C133">
         <v>2.16</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B134" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C134">
         <v>2.16</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B135" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C135">
         <v>2.16</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B136" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C136">
         <v>2.22</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B137" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C137">
         <v>2.22</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B138" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C138">
         <v>2.22</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B139" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C139">
         <v>2.304</v>
       </c>
       <c r="D139" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B140" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C140">
         <v>2.34</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B141" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C141">
         <v>2.34</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B142" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C142">
         <v>2.34</v>
       </c>
       <c r="D142" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B143" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C143">
         <v>2.34</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B144" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C144">
-        <v>2.4</v>
+        <v>2.34</v>
       </c>
       <c r="D144" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B145" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C145">
-        <v>2.4</v>
+        <v>2.34</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B146" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C146">
         <v>2.4</v>
       </c>
       <c r="D146" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B147" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C147">
         <v>2.4</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B148" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C148">
-        <v>2.52</v>
+        <v>2.4</v>
       </c>
       <c r="D148" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B149" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C149">
-        <v>2.58</v>
+        <v>2.4</v>
       </c>
       <c r="D149" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B150" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C150">
-        <v>2.592</v>
+        <v>2.52</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B151" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C151">
-        <v>2.64</v>
+        <v>2.58</v>
       </c>
       <c r="D151" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B152" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C152">
-        <v>2.7</v>
+        <v>2.592</v>
       </c>
       <c r="D152" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="B153" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C153">
-        <v>2.7</v>
+        <v>2.64</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B154" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C154">
         <v>2.7</v>
       </c>
       <c r="D154" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B155" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C155">
         <v>2.7</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B156" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C156">
         <v>2.7</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B157" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C157">
         <v>2.7</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B158" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C158">
-        <v>2.736</v>
+        <v>2.7</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B159" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C159">
-        <v>2.76</v>
+        <v>2.736</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B160" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C160">
-        <v>2.88</v>
+        <v>2.76</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B161" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C161">
         <v>2.88</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C162">
         <v>2.88</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="B163" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="C163">
-        <v>3.0</v>
+        <v>2.88</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B164" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C164">
         <v>3.0</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B165" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C165">
         <v>3.0</v>
       </c>
       <c r="D165" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B166" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C166">
         <v>3.0</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B167" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C167">
         <v>3.0</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B168" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C168">
         <v>3.0</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B169" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C169">
         <v>3.0</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B170" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C170">
         <v>3.0</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B171" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C171">
         <v>3.0</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B172" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C172">
         <v>3.0</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B173" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C173">
         <v>3.0</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B174" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C174">
         <v>3.0</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B175" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C175">
         <v>3.0</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B176" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C176">
         <v>3.0</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B177" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C177">
         <v>3.0</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B178" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C178">
-        <v>3.24</v>
+        <v>3.0</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B179" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="C179">
-        <v>3.3</v>
+        <v>3.24</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B180" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C180">
-        <v>3.36</v>
+        <v>3.3</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B181" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C181">
         <v>3.36</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="B182" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C182">
         <v>3.36</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B183" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C183">
         <v>3.36</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B184" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C184">
-        <v>3.6</v>
+        <v>3.36</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B185" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C185">
         <v>3.6</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B186" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C186">
         <v>3.6</v>
       </c>
       <c r="D186" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B187" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C187">
         <v>3.6</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="B188" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="C188">
         <v>3.6</v>
       </c>
       <c r="D188" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="B189" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C189">
         <v>3.6</v>
       </c>
       <c r="D189" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B190" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C190">
         <v>3.6</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="B191" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C191">
         <v>3.6</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B192" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C192">
         <v>3.6</v>
       </c>
       <c r="D192" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B193" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C193">
         <v>3.6</v>
       </c>
       <c r="D193" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="B194" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C194">
         <v>3.6</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="B195" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C195">
         <v>3.6</v>
       </c>
       <c r="D195" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B196" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C196">
         <v>3.6</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B197" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C197">
         <v>3.6</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B198" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C198">
         <v>3.6</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B199" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C199">
         <v>3.6</v>
       </c>
       <c r="D199" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B200" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C200">
         <v>3.72</v>
       </c>
       <c r="D200" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B201" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C201">
         <v>3.78</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B202" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C202">
         <v>0.996</v>
       </c>
       <c r="D202" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B203" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C203">
         <v>0.996</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B204" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C204">
         <v>1.08</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B205" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C205">
         <v>1.2</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B206" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C206">
         <v>1.2</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B207" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C207">
         <v>1.2</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B208" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C208">
         <v>1.8</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B209" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="C209">
         <v>1.8</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B210" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C210">
-        <v>2.1</v>
+        <v>1.92</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B211" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C211">
         <v>2.1</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="B212" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="C212">
-        <v>2.16</v>
+        <v>2.1</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="B213" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="C213">
-        <v>2.22</v>
+        <v>2.16</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B214" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C214">
         <v>2.22</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B215" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C215">
         <v>2.22</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="B216" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="C216">
-        <v>2.34</v>
+        <v>2.22</v>
       </c>
       <c r="D216" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="B217" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C217">
         <v>2.34</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B218" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C218">
         <v>2.34</v>
       </c>
       <c r="D218" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>134</v>
+        <v>119</v>
       </c>
       <c r="B219" t="s">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="C219">
-        <v>2.52</v>
+        <v>2.34</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="B220" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="C220">
-        <v>2.58</v>
+        <v>2.34</v>
       </c>
       <c r="D220" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="B221" t="s">
-        <v>151</v>
+        <v>124</v>
       </c>
       <c r="C221">
-        <v>2.7</v>
+        <v>2.34</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>152</v>
+        <v>135</v>
       </c>
       <c r="B222" t="s">
-        <v>153</v>
+        <v>136</v>
       </c>
       <c r="C222">
-        <v>2.7</v>
+        <v>2.52</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>154</v>
+        <v>137</v>
       </c>
       <c r="B223" t="s">
-        <v>155</v>
+        <v>138</v>
       </c>
       <c r="C223">
-        <v>2.7</v>
+        <v>2.58</v>
       </c>
       <c r="D223" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="B224" t="s">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="C224">
-        <v>2.88</v>
+        <v>2.7</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>194</v>
+        <v>151</v>
       </c>
       <c r="B225" t="s">
-        <v>195</v>
+        <v>152</v>
       </c>
       <c r="C225">
-        <v>3.0</v>
+        <v>2.7</v>
       </c>
       <c r="D225" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>196</v>
+        <v>153</v>
       </c>
       <c r="B226" t="s">
-        <v>197</v>
+        <v>154</v>
       </c>
       <c r="C226">
-        <v>3.0</v>
+        <v>2.7</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>198</v>
+        <v>163</v>
       </c>
       <c r="B227" t="s">
-        <v>199</v>
+        <v>164</v>
       </c>
       <c r="C227">
-        <v>3.0</v>
+        <v>2.88</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="B228" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="C228">
         <v>3.0</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="B229" t="s">
-        <v>207</v>
+        <v>196</v>
       </c>
       <c r="C229">
-        <v>3.3</v>
+        <v>3.0</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>212</v>
+        <v>197</v>
       </c>
       <c r="B230" t="s">
-        <v>213</v>
+        <v>198</v>
       </c>
       <c r="C230">
-        <v>3.36</v>
+        <v>3.0</v>
       </c>
       <c r="D230" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>214</v>
+        <v>199</v>
       </c>
       <c r="B231" t="s">
-        <v>215</v>
+        <v>200</v>
       </c>
       <c r="C231">
-        <v>3.36</v>
+        <v>3.0</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="B232" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="C232">
-        <v>3.6</v>
+        <v>3.3</v>
       </c>
       <c r="D232" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="B233" t="s">
-        <v>229</v>
+        <v>212</v>
       </c>
       <c r="C233">
-        <v>3.6</v>
+        <v>3.36</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="B234" t="s">
-        <v>231</v>
+        <v>214</v>
       </c>
       <c r="C234">
-        <v>3.6</v>
+        <v>3.36</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="B235" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="C235">
         <v>3.6</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="B236" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="C236">
         <v>3.6</v>
       </c>
       <c r="D236" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="B237" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="C237">
         <v>3.6</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="B238" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="C238">
         <v>3.6</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="B239" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="C239">
         <v>3.6</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="B240" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="C240">
         <v>3.6</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="B241" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="C241">
         <v>3.6</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="B242" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="C242">
         <v>3.6</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="C243">
-        <v>3.72</v>
+        <v>3.6</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="B244" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="C244">
-        <v>4.14</v>
+        <v>3.6</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="B245" t="s">
-        <v>255</v>
+        <v>247</v>
       </c>
       <c r="C245">
-        <v>4.2</v>
+        <v>3.72</v>
       </c>
       <c r="D245" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="B246" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="C246">
-        <v>4.2</v>
+        <v>4.14</v>
       </c>
       <c r="D246" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="B247" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="C247">
         <v>4.2</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="B248" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="C248">
         <v>4.2</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="B249" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="C249">
         <v>4.2</v>
       </c>
       <c r="D249" t="s">
-        <v>264</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="B250" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="C250">
         <v>4.2</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="B251" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="C251">
-        <v>4.32</v>
+        <v>4.2</v>
       </c>
       <c r="D251" t="s">
-        <v>6</v>
+        <v>262</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="B252" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="C252">
-        <v>4.32</v>
+        <v>4.2</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="B253" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="C253">
-        <v>4.44</v>
+        <v>4.32</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="B254" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="C254">
-        <v>4.56</v>
+        <v>4.32</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="B255" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="C255">
-        <v>4.56</v>
+        <v>4.44</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="B256" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="C256">
-        <v>4.8</v>
+        <v>4.56</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="B257" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="C257">
-        <v>4.8</v>
+        <v>4.56</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="B258" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="C258">
-        <v>5.04</v>
+        <v>4.8</v>
       </c>
       <c r="D258" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="B259" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="C259">
-        <v>5.1</v>
+        <v>4.8</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="B260" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="C260">
-        <v>5.4</v>
+        <v>5.04</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="B261" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="C261">
-        <v>5.4</v>
+        <v>5.1</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="B262" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="C262">
-        <v>5.52</v>
+        <v>5.4</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="B263" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="C263">
-        <v>5.52</v>
+        <v>5.4</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="B264" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="C264">
-        <v>5.76</v>
+        <v>5.4</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="B265" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="C265">
-        <v>6.0</v>
+        <v>5.52</v>
       </c>
       <c r="D265" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="B266" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="C266">
-        <v>6.0</v>
+        <v>5.52</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="B267" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="C267">
-        <v>6.0</v>
+        <v>5.76</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="B268" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="C268">
         <v>6.0</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="B269" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="C269">
         <v>6.0</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="B270" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="C270">
         <v>6.0</v>
       </c>
       <c r="D270" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="B271" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="C271">
         <v>6.0</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="B272" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="C272">
-        <v>6.6</v>
+        <v>6.0</v>
       </c>
       <c r="D272" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="B273" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="C273">
-        <v>6.6</v>
+        <v>6.0</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="B274" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="C274">
-        <v>7.08</v>
+        <v>6.0</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="B275" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="C275">
-        <v>7.2</v>
+        <v>6.0</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="B276" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C276">
-        <v>7.2</v>
+        <v>6.6</v>
       </c>
       <c r="D276" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="B277" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="C277">
-        <v>7.2</v>
+        <v>6.6</v>
       </c>
       <c r="D277" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="B278" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="C278">
-        <v>7.2</v>
+        <v>7.08</v>
       </c>
       <c r="D278" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="B279" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="C279">
         <v>7.2</v>
       </c>
       <c r="D279" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="B280" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="C280">
         <v>7.2</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B281" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="C281">
-        <v>7.56</v>
+        <v>7.2</v>
       </c>
       <c r="D281" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="B282" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="C282">
-        <v>7.8</v>
+        <v>7.2</v>
       </c>
       <c r="D282" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="B283" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="C283">
-        <v>7.8</v>
+        <v>7.2</v>
       </c>
       <c r="D283" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="B284" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="C284">
-        <v>7.8</v>
+        <v>7.56</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="B285" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="C285">
         <v>7.8</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="B286" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="C286">
         <v>7.8</v>
       </c>
       <c r="D286" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="B287" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C287">
         <v>7.8</v>
       </c>
       <c r="D287" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="B288" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="C288">
         <v>7.8</v>
       </c>
       <c r="D288" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="B289" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C289">
         <v>7.8</v>
       </c>
       <c r="D289" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="B290" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="C290">
-        <v>7.92</v>
+        <v>7.8</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B291" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="C291">
-        <v>8.1</v>
+        <v>7.8</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="B292" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="C292">
-        <v>8.1</v>
+        <v>7.8</v>
       </c>
       <c r="D292" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="B293" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="C293">
-        <v>8.4</v>
+        <v>7.92</v>
       </c>
       <c r="D293" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="B294" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="C294">
-        <v>8.52</v>
+        <v>8.1</v>
       </c>
       <c r="D294" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="B295" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="C295">
-        <v>8.88</v>
+        <v>8.1</v>
       </c>
       <c r="D295" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="B296" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="C296">
-        <v>9.0</v>
+        <v>8.4</v>
       </c>
       <c r="D296" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="B297" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="C297">
-        <v>9.0</v>
+        <v>8.52</v>
       </c>
       <c r="D297" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="B298" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C298">
-        <v>9.0</v>
+        <v>8.88</v>
       </c>
       <c r="D298" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="B299" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="C299">
         <v>9.0</v>
       </c>
       <c r="D299" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="B300" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="C300">
         <v>9.0</v>
       </c>
       <c r="D300" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="B301" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="C301">
         <v>9.0</v>
       </c>
       <c r="D301" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="B302" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="C302">
         <v>0.996</v>
       </c>
       <c r="D302" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="B303" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="C303">
-        <v>1.08</v>
+        <v>0.996</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="B304" t="s">
-        <v>72</v>
+        <v>31</v>
       </c>
       <c r="C304">
-        <v>1.8</v>
+        <v>1.08</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="B305" t="s">
-        <v>74</v>
+        <v>33</v>
       </c>
       <c r="C305">
-        <v>1.8</v>
+        <v>1.2</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="B306" t="s">
-        <v>82</v>
+        <v>35</v>
       </c>
       <c r="C306">
-        <v>2.1</v>
+        <v>1.2</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="B307" t="s">
-        <v>84</v>
+        <v>37</v>
       </c>
       <c r="C307">
-        <v>2.1</v>
+        <v>1.2</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="B308" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="C308">
-        <v>2.16</v>
+        <v>1.8</v>
       </c>
       <c r="D308" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>105</v>
+        <v>68</v>
       </c>
       <c r="B309" t="s">
-        <v>106</v>
+        <v>69</v>
       </c>
       <c r="C309">
-        <v>2.22</v>
+        <v>1.8</v>
       </c>
       <c r="D309" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>107</v>
+        <v>76</v>
       </c>
       <c r="B310" t="s">
-        <v>108</v>
+        <v>77</v>
       </c>
       <c r="C310">
-        <v>2.22</v>
+        <v>1.92</v>
       </c>
       <c r="D310" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>109</v>
+        <v>78</v>
       </c>
       <c r="B311" t="s">
-        <v>110</v>
+        <v>79</v>
       </c>
       <c r="C311">
-        <v>2.22</v>
+        <v>2.1</v>
       </c>
       <c r="D311" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>118</v>
+        <v>80</v>
       </c>
       <c r="B312" t="s">
-        <v>119</v>
+        <v>81</v>
       </c>
       <c r="C312">
-        <v>2.34</v>
+        <v>2.1</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="B313" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="C313">
-        <v>2.34</v>
+        <v>2.16</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="B314" t="s">
-        <v>123</v>
+        <v>103</v>
       </c>
       <c r="C314">
-        <v>2.34</v>
+        <v>2.22</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>134</v>
+        <v>104</v>
       </c>
       <c r="B315" t="s">
-        <v>135</v>
+        <v>105</v>
       </c>
       <c r="C315">
-        <v>2.52</v>
+        <v>2.22</v>
       </c>
       <c r="D315" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>136</v>
+        <v>106</v>
       </c>
       <c r="B316" t="s">
-        <v>137</v>
+        <v>107</v>
       </c>
       <c r="C316">
-        <v>2.58</v>
+        <v>2.22</v>
       </c>
       <c r="D316" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>150</v>
+        <v>115</v>
       </c>
       <c r="B317" t="s">
-        <v>151</v>
+        <v>116</v>
       </c>
       <c r="C317">
-        <v>2.7</v>
+        <v>2.34</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>152</v>
+        <v>117</v>
       </c>
       <c r="B318" t="s">
-        <v>153</v>
+        <v>118</v>
       </c>
       <c r="C318">
-        <v>2.7</v>
+        <v>2.34</v>
       </c>
       <c r="D318" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>154</v>
+        <v>119</v>
       </c>
       <c r="B319" t="s">
-        <v>155</v>
+        <v>120</v>
       </c>
       <c r="C319">
-        <v>2.7</v>
+        <v>2.34</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>164</v>
+        <v>121</v>
       </c>
       <c r="B320" t="s">
-        <v>165</v>
+        <v>122</v>
       </c>
       <c r="C320">
-        <v>2.88</v>
+        <v>2.34</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>194</v>
+        <v>123</v>
       </c>
       <c r="B321" t="s">
-        <v>195</v>
+        <v>124</v>
       </c>
       <c r="C321">
-        <v>3.0</v>
+        <v>2.34</v>
       </c>
       <c r="D321" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>196</v>
+        <v>135</v>
       </c>
       <c r="B322" t="s">
-        <v>197</v>
+        <v>136</v>
       </c>
       <c r="C322">
-        <v>3.0</v>
+        <v>2.52</v>
       </c>
       <c r="D322" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>198</v>
+        <v>137</v>
       </c>
       <c r="B323" t="s">
-        <v>199</v>
+        <v>138</v>
       </c>
       <c r="C323">
-        <v>3.0</v>
+        <v>2.58</v>
       </c>
       <c r="D323" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>200</v>
+        <v>149</v>
       </c>
       <c r="B324" t="s">
-        <v>201</v>
+        <v>150</v>
       </c>
       <c r="C324">
-        <v>3.0</v>
+        <v>2.7</v>
       </c>
       <c r="D324" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>206</v>
+        <v>151</v>
       </c>
       <c r="B325" t="s">
-        <v>207</v>
+        <v>152</v>
       </c>
       <c r="C325">
-        <v>3.3</v>
+        <v>2.7</v>
       </c>
       <c r="D325" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>212</v>
+        <v>153</v>
       </c>
       <c r="B326" t="s">
-        <v>213</v>
+        <v>154</v>
       </c>
       <c r="C326">
-        <v>3.36</v>
+        <v>2.7</v>
       </c>
       <c r="D326" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>214</v>
+        <v>163</v>
       </c>
       <c r="B327" t="s">
-        <v>215</v>
+        <v>164</v>
       </c>
       <c r="C327">
-        <v>3.36</v>
+        <v>2.88</v>
       </c>
       <c r="D327" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>230</v>
+        <v>193</v>
       </c>
       <c r="B328" t="s">
-        <v>231</v>
+        <v>194</v>
       </c>
       <c r="C328">
-        <v>3.6</v>
+        <v>3.0</v>
       </c>
       <c r="D328" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>232</v>
+        <v>195</v>
       </c>
       <c r="B329" t="s">
-        <v>233</v>
+        <v>196</v>
       </c>
       <c r="C329">
-        <v>3.6</v>
+        <v>3.0</v>
       </c>
       <c r="D329" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>234</v>
+        <v>197</v>
       </c>
       <c r="B330" t="s">
-        <v>235</v>
+        <v>198</v>
       </c>
       <c r="C330">
-        <v>3.6</v>
+        <v>3.0</v>
       </c>
       <c r="D330" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>236</v>
+        <v>199</v>
       </c>
       <c r="B331" t="s">
-        <v>237</v>
+        <v>200</v>
       </c>
       <c r="C331">
-        <v>3.6</v>
+        <v>3.0</v>
       </c>
       <c r="D331" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>238</v>
+        <v>205</v>
       </c>
       <c r="B332" t="s">
-        <v>239</v>
+        <v>206</v>
       </c>
       <c r="C332">
-        <v>3.6</v>
+        <v>3.3</v>
       </c>
       <c r="D332" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>240</v>
+        <v>211</v>
       </c>
       <c r="B333" t="s">
-        <v>241</v>
+        <v>212</v>
       </c>
       <c r="C333">
-        <v>3.6</v>
+        <v>3.36</v>
       </c>
       <c r="D333" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>242</v>
+        <v>213</v>
       </c>
       <c r="B334" t="s">
-        <v>243</v>
+        <v>214</v>
       </c>
       <c r="C334">
-        <v>3.6</v>
+        <v>3.36</v>
       </c>
       <c r="D334" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>244</v>
+        <v>227</v>
       </c>
       <c r="B335" t="s">
-        <v>245</v>
+        <v>228</v>
       </c>
       <c r="C335">
         <v>3.6</v>
       </c>
       <c r="D335" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>246</v>
+        <v>229</v>
       </c>
       <c r="B336" t="s">
-        <v>247</v>
+        <v>230</v>
       </c>
       <c r="C336">
         <v>3.6</v>
       </c>
       <c r="D336" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="B337" t="s">
-        <v>249</v>
+        <v>232</v>
       </c>
       <c r="C337">
-        <v>3.72</v>
+        <v>3.6</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>252</v>
+        <v>233</v>
       </c>
       <c r="B338" t="s">
-        <v>253</v>
+        <v>234</v>
       </c>
       <c r="C338">
-        <v>4.14</v>
+        <v>3.6</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>256</v>
+        <v>235</v>
       </c>
       <c r="B339" t="s">
-        <v>257</v>
+        <v>236</v>
       </c>
       <c r="C339">
-        <v>4.2</v>
+        <v>3.6</v>
       </c>
       <c r="D339" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>258</v>
+        <v>238</v>
       </c>
       <c r="B340" t="s">
-        <v>259</v>
+        <v>239</v>
       </c>
       <c r="C340">
-        <v>4.2</v>
+        <v>3.6</v>
       </c>
       <c r="D340" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>260</v>
+        <v>240</v>
       </c>
       <c r="B341" t="s">
-        <v>261</v>
+        <v>241</v>
       </c>
       <c r="C341">
-        <v>4.2</v>
+        <v>3.6</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>262</v>
+        <v>242</v>
       </c>
       <c r="B342" t="s">
-        <v>263</v>
+        <v>243</v>
       </c>
       <c r="C342">
-        <v>4.2</v>
+        <v>3.6</v>
       </c>
       <c r="D342" t="s">
-        <v>264</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>265</v>
+        <v>244</v>
       </c>
       <c r="B343" t="s">
-        <v>266</v>
+        <v>245</v>
       </c>
       <c r="C343">
-        <v>4.2</v>
+        <v>3.6</v>
       </c>
       <c r="D343" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>267</v>
+        <v>246</v>
       </c>
       <c r="B344" t="s">
-        <v>268</v>
+        <v>247</v>
       </c>
       <c r="C344">
-        <v>4.32</v>
+        <v>3.72</v>
       </c>
       <c r="D344" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>269</v>
+        <v>250</v>
       </c>
       <c r="B345" t="s">
-        <v>270</v>
+        <v>251</v>
       </c>
       <c r="C345">
-        <v>4.32</v>
+        <v>4.14</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>271</v>
+        <v>254</v>
       </c>
       <c r="B346" t="s">
-        <v>272</v>
+        <v>255</v>
       </c>
       <c r="C346">
-        <v>4.44</v>
+        <v>4.2</v>
       </c>
       <c r="D346" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>273</v>
+        <v>256</v>
       </c>
       <c r="B347" t="s">
-        <v>274</v>
+        <v>257</v>
       </c>
       <c r="C347">
-        <v>4.56</v>
+        <v>4.2</v>
       </c>
       <c r="D347" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>275</v>
+        <v>258</v>
       </c>
       <c r="B348" t="s">
-        <v>276</v>
+        <v>259</v>
       </c>
       <c r="C348">
-        <v>4.56</v>
+        <v>4.2</v>
       </c>
       <c r="D348" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>277</v>
+        <v>260</v>
       </c>
       <c r="B349" t="s">
-        <v>278</v>
+        <v>261</v>
       </c>
       <c r="C349">
-        <v>4.8</v>
+        <v>4.2</v>
       </c>
       <c r="D349" t="s">
-        <v>6</v>
+        <v>262</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>279</v>
+        <v>263</v>
       </c>
       <c r="B350" t="s">
-        <v>280</v>
+        <v>264</v>
       </c>
       <c r="C350">
-        <v>4.8</v>
+        <v>4.2</v>
       </c>
       <c r="D350" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="B351" t="s">
-        <v>284</v>
+        <v>266</v>
       </c>
       <c r="C351">
-        <v>5.1</v>
+        <v>4.32</v>
       </c>
       <c r="D351" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>285</v>
+        <v>267</v>
       </c>
       <c r="B352" t="s">
-        <v>286</v>
+        <v>268</v>
       </c>
       <c r="C352">
-        <v>5.4</v>
+        <v>4.32</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>287</v>
+        <v>269</v>
       </c>
       <c r="B353" t="s">
-        <v>288</v>
+        <v>270</v>
       </c>
       <c r="C353">
-        <v>5.4</v>
+        <v>4.44</v>
       </c>
       <c r="D353" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>289</v>
+        <v>271</v>
       </c>
       <c r="B354" t="s">
-        <v>290</v>
+        <v>272</v>
       </c>
       <c r="C354">
-        <v>5.52</v>
+        <v>4.56</v>
       </c>
       <c r="D354" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>291</v>
+        <v>273</v>
       </c>
       <c r="B355" t="s">
-        <v>292</v>
+        <v>274</v>
       </c>
       <c r="C355">
-        <v>5.52</v>
+        <v>4.56</v>
       </c>
       <c r="D355" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="B356" t="s">
-        <v>294</v>
+        <v>276</v>
       </c>
       <c r="C356">
-        <v>5.76</v>
+        <v>4.8</v>
       </c>
       <c r="D356" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>297</v>
+        <v>277</v>
       </c>
       <c r="B357" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="C357">
-        <v>6.0</v>
+        <v>4.8</v>
       </c>
       <c r="D357" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>299</v>
+        <v>279</v>
       </c>
       <c r="B358" t="s">
-        <v>300</v>
+        <v>280</v>
       </c>
       <c r="C358">
-        <v>6.0</v>
+        <v>5.04</v>
       </c>
       <c r="D358" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>301</v>
+        <v>281</v>
       </c>
       <c r="B359" t="s">
-        <v>302</v>
+        <v>282</v>
       </c>
       <c r="C359">
-        <v>6.0</v>
+        <v>5.1</v>
       </c>
       <c r="D359" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="B360" t="s">
-        <v>304</v>
+        <v>284</v>
       </c>
       <c r="C360">
-        <v>6.0</v>
+        <v>5.4</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="B361" t="s">
-        <v>306</v>
+        <v>286</v>
       </c>
       <c r="C361">
-        <v>6.0</v>
+        <v>5.4</v>
       </c>
       <c r="D361" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="B362" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
       <c r="C362">
-        <v>6.0</v>
+        <v>5.4</v>
       </c>
       <c r="D362" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>309</v>
+        <v>289</v>
       </c>
       <c r="B363" t="s">
-        <v>310</v>
+        <v>290</v>
       </c>
       <c r="C363">
-        <v>6.6</v>
+        <v>5.52</v>
       </c>
       <c r="D363" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>311</v>
+        <v>291</v>
       </c>
       <c r="B364" t="s">
-        <v>312</v>
+        <v>292</v>
       </c>
       <c r="C364">
-        <v>6.6</v>
+        <v>5.52</v>
       </c>
       <c r="D364" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>313</v>
+        <v>293</v>
       </c>
       <c r="B365" t="s">
-        <v>314</v>
+        <v>294</v>
       </c>
       <c r="C365">
-        <v>7.08</v>
+        <v>5.76</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>319</v>
+        <v>297</v>
       </c>
       <c r="B366" t="s">
-        <v>320</v>
+        <v>298</v>
       </c>
       <c r="C366">
-        <v>7.2</v>
+        <v>6.0</v>
       </c>
       <c r="D366" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>321</v>
+        <v>299</v>
       </c>
       <c r="B367" t="s">
-        <v>322</v>
+        <v>300</v>
       </c>
       <c r="C367">
-        <v>7.2</v>
+        <v>6.0</v>
       </c>
       <c r="D367" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>323</v>
+        <v>301</v>
       </c>
       <c r="B368" t="s">
-        <v>324</v>
+        <v>302</v>
       </c>
       <c r="C368">
-        <v>7.2</v>
+        <v>6.0</v>
       </c>
       <c r="D368" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>325</v>
+        <v>303</v>
       </c>
       <c r="B369" t="s">
-        <v>326</v>
+        <v>304</v>
       </c>
       <c r="C369">
-        <v>7.2</v>
+        <v>6.0</v>
       </c>
       <c r="D369" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>327</v>
+        <v>305</v>
       </c>
       <c r="B370" t="s">
-        <v>328</v>
+        <v>306</v>
       </c>
       <c r="C370">
-        <v>7.56</v>
+        <v>6.0</v>
       </c>
       <c r="D370" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>337</v>
+        <v>307</v>
       </c>
       <c r="B371" t="s">
-        <v>338</v>
+        <v>308</v>
       </c>
       <c r="C371">
-        <v>7.8</v>
+        <v>6.0</v>
       </c>
       <c r="D371" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>339</v>
+        <v>309</v>
       </c>
       <c r="B372" t="s">
-        <v>340</v>
+        <v>310</v>
       </c>
       <c r="C372">
-        <v>7.8</v>
+        <v>6.0</v>
       </c>
       <c r="D372" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>341</v>
+        <v>311</v>
       </c>
       <c r="B373" t="s">
-        <v>342</v>
+        <v>312</v>
       </c>
       <c r="C373">
-        <v>7.8</v>
+        <v>6.6</v>
       </c>
       <c r="D373" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>343</v>
+        <v>313</v>
       </c>
       <c r="B374" t="s">
-        <v>344</v>
+        <v>314</v>
       </c>
       <c r="C374">
-        <v>7.8</v>
+        <v>6.6</v>
       </c>
       <c r="D374" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>345</v>
+        <v>315</v>
       </c>
       <c r="B375" t="s">
-        <v>346</v>
+        <v>316</v>
       </c>
       <c r="C375">
-        <v>7.92</v>
+        <v>7.08</v>
       </c>
       <c r="D375" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>347</v>
+        <v>319</v>
       </c>
       <c r="B376" t="s">
-        <v>348</v>
+        <v>320</v>
       </c>
       <c r="C376">
-        <v>8.1</v>
+        <v>7.2</v>
       </c>
       <c r="D376" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>349</v>
+        <v>321</v>
       </c>
       <c r="B377" t="s">
-        <v>350</v>
+        <v>322</v>
       </c>
       <c r="C377">
-        <v>8.1</v>
+        <v>7.2</v>
       </c>
       <c r="D377" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>351</v>
+        <v>323</v>
       </c>
       <c r="B378" t="s">
-        <v>352</v>
+        <v>324</v>
       </c>
       <c r="C378">
-        <v>8.4</v>
+        <v>7.2</v>
       </c>
       <c r="D378" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>353</v>
+        <v>325</v>
       </c>
       <c r="B379" t="s">
-        <v>354</v>
+        <v>326</v>
       </c>
       <c r="C379">
-        <v>8.52</v>
+        <v>7.2</v>
       </c>
       <c r="D379" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>355</v>
+        <v>327</v>
       </c>
       <c r="B380" t="s">
-        <v>356</v>
+        <v>328</v>
       </c>
       <c r="C380">
-        <v>8.88</v>
+        <v>7.56</v>
       </c>
       <c r="D380" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>369</v>
+        <v>331</v>
       </c>
       <c r="B381" t="s">
-        <v>370</v>
+        <v>332</v>
       </c>
       <c r="C381">
-        <v>9.0</v>
+        <v>7.8</v>
       </c>
       <c r="D381" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>371</v>
+        <v>333</v>
       </c>
       <c r="B382" t="s">
-        <v>372</v>
+        <v>334</v>
       </c>
       <c r="C382">
-        <v>9.0</v>
+        <v>7.8</v>
       </c>
       <c r="D382" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>373</v>
+        <v>335</v>
       </c>
       <c r="B383" t="s">
-        <v>374</v>
+        <v>336</v>
       </c>
       <c r="C383">
-        <v>9.0</v>
+        <v>7.8</v>
       </c>
       <c r="D383" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>375</v>
+        <v>337</v>
       </c>
       <c r="B384" t="s">
-        <v>376</v>
+        <v>338</v>
       </c>
       <c r="C384">
-        <v>9.0</v>
+        <v>7.8</v>
       </c>
       <c r="D384" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>377</v>
+        <v>339</v>
       </c>
       <c r="B385" t="s">
-        <v>378</v>
+        <v>340</v>
       </c>
       <c r="C385">
-        <v>9.54</v>
+        <v>7.8</v>
       </c>
       <c r="D385" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>379</v>
+        <v>341</v>
       </c>
       <c r="B386" t="s">
-        <v>380</v>
+        <v>342</v>
       </c>
       <c r="C386">
-        <v>9.6</v>
+        <v>7.8</v>
       </c>
       <c r="D386" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>381</v>
+        <v>343</v>
       </c>
       <c r="B387" t="s">
-        <v>382</v>
+        <v>344</v>
       </c>
       <c r="C387">
-        <v>10.5</v>
+        <v>7.8</v>
       </c>
       <c r="D387" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>383</v>
+        <v>345</v>
       </c>
       <c r="B388" t="s">
-        <v>384</v>
+        <v>346</v>
       </c>
       <c r="C388">
-        <v>10.8</v>
+        <v>7.92</v>
       </c>
       <c r="D388" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>385</v>
+        <v>347</v>
       </c>
       <c r="B389" t="s">
-        <v>386</v>
+        <v>348</v>
       </c>
       <c r="C389">
-        <v>11.4</v>
+        <v>8.1</v>
       </c>
       <c r="D389" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>387</v>
+        <v>349</v>
       </c>
       <c r="B390" t="s">
-        <v>388</v>
+        <v>350</v>
       </c>
       <c r="C390">
-        <v>11.4</v>
+        <v>8.1</v>
       </c>
       <c r="D390" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>389</v>
+        <v>351</v>
       </c>
       <c r="B391" t="s">
-        <v>390</v>
+        <v>352</v>
       </c>
       <c r="C391">
-        <v>11.4</v>
+        <v>8.4</v>
       </c>
       <c r="D391" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>391</v>
+        <v>353</v>
       </c>
       <c r="B392" t="s">
-        <v>392</v>
+        <v>354</v>
       </c>
       <c r="C392">
-        <v>12.0</v>
+        <v>8.52</v>
       </c>
       <c r="D392" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>393</v>
+        <v>355</v>
       </c>
       <c r="B393" t="s">
-        <v>394</v>
+        <v>356</v>
       </c>
       <c r="C393">
-        <v>13.2</v>
+        <v>8.88</v>
       </c>
       <c r="D393" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>395</v>
+        <v>363</v>
       </c>
       <c r="B394" t="s">
-        <v>396</v>
+        <v>364</v>
       </c>
       <c r="C394">
-        <v>13.2</v>
+        <v>9.0</v>
       </c>
       <c r="D394" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>397</v>
+        <v>365</v>
       </c>
       <c r="B395" t="s">
-        <v>398</v>
+        <v>366</v>
       </c>
       <c r="C395">
-        <v>13.2</v>
+        <v>9.0</v>
       </c>
       <c r="D395" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>399</v>
+        <v>367</v>
       </c>
       <c r="B396" t="s">
-        <v>400</v>
+        <v>368</v>
       </c>
       <c r="C396">
-        <v>13.2</v>
+        <v>9.0</v>
       </c>
       <c r="D396" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>401</v>
+        <v>369</v>
       </c>
       <c r="B397" t="s">
-        <v>402</v>
+        <v>370</v>
       </c>
       <c r="C397">
-        <v>13.8</v>
+        <v>9.0</v>
       </c>
       <c r="D397" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>403</v>
+        <v>371</v>
       </c>
       <c r="B398" t="s">
-        <v>404</v>
+        <v>372</v>
       </c>
       <c r="C398">
-        <v>13.8</v>
+        <v>9.0</v>
       </c>
       <c r="D398" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>405</v>
+        <v>373</v>
       </c>
       <c r="B399" t="s">
-        <v>406</v>
+        <v>374</v>
       </c>
       <c r="C399">
-        <v>14.16</v>
+        <v>9.0</v>
       </c>
       <c r="D399" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>407</v>
+        <v>375</v>
       </c>
       <c r="B400" t="s">
-        <v>408</v>
+        <v>376</v>
       </c>
       <c r="C400">
-        <v>14.4</v>
+        <v>9.0</v>
       </c>
       <c r="D400" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>409</v>
+        <v>377</v>
       </c>
       <c r="B401" t="s">
-        <v>410</v>
+        <v>378</v>
       </c>
       <c r="C401">
-        <v>14.4</v>
+        <v>9.54</v>
       </c>
       <c r="D401" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B402" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C402">
         <v>0.996</v>
       </c>
       <c r="D402" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B403" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C403">
         <v>1.08</v>
       </c>
       <c r="D403" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B404" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C404">
         <v>1.8</v>
       </c>
       <c r="D404" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B405" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C405">
-        <v>1.8</v>
+        <v>1.92</v>
       </c>
       <c r="D405" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
+        <v>80</v>
+      </c>
+      <c r="B406" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C406">
         <v>2.1</v>
       </c>
       <c r="D406" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="B407" t="s">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="C407">
-        <v>2.1</v>
+        <v>2.16</v>
       </c>
       <c r="D407" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>101</v>
+        <v>121</v>
       </c>
       <c r="B408" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="C408">
-        <v>2.16</v>
+        <v>2.34</v>
       </c>
       <c r="D408" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
       <c r="B409" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="C409">
-        <v>2.22</v>
+        <v>2.34</v>
       </c>
       <c r="D409" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>107</v>
+        <v>135</v>
       </c>
       <c r="B410" t="s">
-        <v>108</v>
+        <v>136</v>
       </c>
       <c r="C410">
-        <v>2.22</v>
+        <v>2.52</v>
       </c>
       <c r="D410" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>109</v>
+        <v>153</v>
       </c>
       <c r="B411" t="s">
-        <v>110</v>
+        <v>154</v>
       </c>
       <c r="C411">
-        <v>2.22</v>
+        <v>2.7</v>
       </c>
       <c r="D411" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>118</v>
+        <v>235</v>
       </c>
       <c r="B412" t="s">
-        <v>119</v>
+        <v>236</v>
       </c>
       <c r="C412">
-        <v>2.34</v>
+        <v>3.6</v>
       </c>
       <c r="D412" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>120</v>
+        <v>238</v>
       </c>
       <c r="B413" t="s">
-        <v>121</v>
+        <v>239</v>
       </c>
       <c r="C413">
-        <v>2.34</v>
+        <v>3.6</v>
       </c>
       <c r="D413" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>122</v>
+        <v>240</v>
       </c>
       <c r="B414" t="s">
-        <v>123</v>
+        <v>241</v>
       </c>
       <c r="C414">
-        <v>2.34</v>
+        <v>3.6</v>
       </c>
       <c r="D414" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>134</v>
+        <v>242</v>
       </c>
       <c r="B415" t="s">
-        <v>135</v>
+        <v>243</v>
       </c>
       <c r="C415">
-        <v>2.52</v>
+        <v>3.6</v>
       </c>
       <c r="D415" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>136</v>
+        <v>244</v>
       </c>
       <c r="B416" t="s">
-        <v>137</v>
+        <v>245</v>
       </c>
       <c r="C416">
-        <v>2.58</v>
+        <v>3.6</v>
       </c>
       <c r="D416" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>152</v>
+        <v>246</v>
       </c>
       <c r="B417" t="s">
-        <v>153</v>
+        <v>247</v>
       </c>
       <c r="C417">
-        <v>2.7</v>
+        <v>3.72</v>
       </c>
       <c r="D417" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>154</v>
+        <v>258</v>
       </c>
       <c r="B418" t="s">
-        <v>155</v>
+        <v>259</v>
       </c>
       <c r="C418">
-        <v>2.7</v>
+        <v>4.2</v>
       </c>
       <c r="D418" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>164</v>
+        <v>260</v>
       </c>
       <c r="B419" t="s">
-        <v>165</v>
+        <v>261</v>
       </c>
       <c r="C419">
-        <v>2.88</v>
+        <v>4.2</v>
       </c>
       <c r="D419" t="s">
-        <v>6</v>
+        <v>262</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>194</v>
+        <v>263</v>
       </c>
       <c r="B420" t="s">
-        <v>195</v>
+        <v>264</v>
       </c>
       <c r="C420">
-        <v>3.0</v>
+        <v>4.2</v>
       </c>
       <c r="D420" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>196</v>
+        <v>269</v>
       </c>
       <c r="B421" t="s">
-        <v>197</v>
+        <v>270</v>
       </c>
       <c r="C421">
-        <v>3.0</v>
+        <v>4.44</v>
       </c>
       <c r="D421" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>198</v>
+        <v>273</v>
       </c>
       <c r="B422" t="s">
-        <v>199</v>
+        <v>274</v>
       </c>
       <c r="C422">
-        <v>3.0</v>
+        <v>4.56</v>
       </c>
       <c r="D422" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>200</v>
+        <v>277</v>
       </c>
       <c r="B423" t="s">
-        <v>201</v>
+        <v>278</v>
       </c>
       <c r="C423">
-        <v>3.0</v>
+        <v>4.8</v>
       </c>
       <c r="D423" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>206</v>
+        <v>281</v>
       </c>
       <c r="B424" t="s">
-        <v>207</v>
+        <v>282</v>
       </c>
       <c r="C424">
-        <v>3.3</v>
+        <v>5.1</v>
       </c>
       <c r="D424" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>212</v>
+        <v>287</v>
       </c>
       <c r="B425" t="s">
-        <v>213</v>
+        <v>288</v>
       </c>
       <c r="C425">
-        <v>3.36</v>
+        <v>5.4</v>
       </c>
       <c r="D425" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>214</v>
+        <v>293</v>
       </c>
       <c r="B426" t="s">
-        <v>215</v>
+        <v>294</v>
       </c>
       <c r="C426">
-        <v>3.36</v>
+        <v>5.76</v>
       </c>
       <c r="D426" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>230</v>
+        <v>309</v>
       </c>
       <c r="B427" t="s">
-        <v>231</v>
+        <v>310</v>
       </c>
       <c r="C427">
-        <v>3.6</v>
+        <v>6.0</v>
       </c>
       <c r="D427" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>232</v>
+        <v>313</v>
       </c>
       <c r="B428" t="s">
-        <v>233</v>
+        <v>314</v>
       </c>
       <c r="C428">
-        <v>3.6</v>
+        <v>6.6</v>
       </c>
       <c r="D428" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>234</v>
+        <v>341</v>
       </c>
       <c r="B429" t="s">
-        <v>235</v>
+        <v>342</v>
       </c>
       <c r="C429">
-        <v>3.6</v>
+        <v>7.8</v>
       </c>
       <c r="D429" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>236</v>
+        <v>343</v>
       </c>
       <c r="B430" t="s">
-        <v>237</v>
+        <v>344</v>
       </c>
       <c r="C430">
-        <v>3.6</v>
+        <v>7.8</v>
       </c>
       <c r="D430" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>238</v>
+        <v>345</v>
       </c>
       <c r="B431" t="s">
-        <v>239</v>
+        <v>346</v>
       </c>
       <c r="C431">
-        <v>3.6</v>
+        <v>7.92</v>
       </c>
       <c r="D431" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>240</v>
+        <v>353</v>
       </c>
       <c r="B432" t="s">
-        <v>241</v>
+        <v>354</v>
       </c>
       <c r="C432">
-        <v>3.6</v>
+        <v>8.52</v>
       </c>
       <c r="D432" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>242</v>
+        <v>355</v>
       </c>
       <c r="B433" t="s">
-        <v>243</v>
+        <v>356</v>
       </c>
       <c r="C433">
-        <v>3.6</v>
+        <v>8.88</v>
       </c>
       <c r="D433" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>244</v>
+        <v>379</v>
       </c>
       <c r="B434" t="s">
-        <v>245</v>
+        <v>380</v>
       </c>
       <c r="C434">
-        <v>3.6</v>
+        <v>9.6</v>
       </c>
       <c r="D434" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>246</v>
+        <v>381</v>
       </c>
       <c r="B435" t="s">
-        <v>247</v>
+        <v>382</v>
       </c>
       <c r="C435">
-        <v>3.6</v>
+        <v>9.6</v>
       </c>
       <c r="D435" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>248</v>
+        <v>383</v>
       </c>
       <c r="B436" t="s">
-        <v>249</v>
+        <v>384</v>
       </c>
       <c r="C436">
-        <v>3.72</v>
+        <v>10.5</v>
       </c>
       <c r="D436" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>252</v>
+        <v>385</v>
       </c>
       <c r="B437" t="s">
-        <v>253</v>
+        <v>386</v>
       </c>
       <c r="C437">
-        <v>4.14</v>
+        <v>10.8</v>
       </c>
       <c r="D437" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>260</v>
+        <v>387</v>
       </c>
       <c r="B438" t="s">
-        <v>261</v>
+        <v>388</v>
       </c>
       <c r="C438">
-        <v>4.2</v>
+        <v>11.4</v>
       </c>
       <c r="D438" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>262</v>
+        <v>389</v>
       </c>
       <c r="B439" t="s">
-        <v>263</v>
+        <v>390</v>
       </c>
       <c r="C439">
-        <v>4.2</v>
+        <v>11.4</v>
       </c>
       <c r="D439" t="s">
-        <v>264</v>
+        <v>6</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>265</v>
+        <v>391</v>
       </c>
       <c r="B440" t="s">
-        <v>266</v>
+        <v>392</v>
       </c>
       <c r="C440">
-        <v>4.2</v>
+        <v>13.2</v>
       </c>
       <c r="D440" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>267</v>
+        <v>393</v>
       </c>
       <c r="B441" t="s">
-        <v>268</v>
+        <v>394</v>
       </c>
       <c r="C441">
-        <v>4.32</v>
+        <v>13.2</v>
       </c>
       <c r="D441" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>269</v>
+        <v>395</v>
       </c>
       <c r="B442" t="s">
-        <v>270</v>
+        <v>396</v>
       </c>
       <c r="C442">
-        <v>4.32</v>
+        <v>13.2</v>
       </c>
       <c r="D442" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>271</v>
+        <v>397</v>
       </c>
       <c r="B443" t="s">
-        <v>272</v>
+        <v>398</v>
       </c>
       <c r="C443">
-        <v>4.44</v>
+        <v>13.2</v>
       </c>
       <c r="D443" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>273</v>
+        <v>399</v>
       </c>
       <c r="B444" t="s">
-        <v>274</v>
+        <v>400</v>
       </c>
       <c r="C444">
-        <v>4.56</v>
+        <v>14.16</v>
       </c>
       <c r="D444" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>275</v>
+        <v>401</v>
       </c>
       <c r="B445" t="s">
-        <v>276</v>
+        <v>402</v>
       </c>
       <c r="C445">
-        <v>4.56</v>
+        <v>15.0</v>
       </c>
       <c r="D445" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>279</v>
+        <v>403</v>
       </c>
       <c r="B446" t="s">
-        <v>280</v>
+        <v>404</v>
       </c>
       <c r="C446">
-        <v>4.8</v>
+        <v>16.2</v>
       </c>
       <c r="D446" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>283</v>
+        <v>405</v>
       </c>
       <c r="B447" t="s">
-        <v>284</v>
+        <v>406</v>
       </c>
       <c r="C447">
-        <v>5.1</v>
+        <v>16.2</v>
       </c>
       <c r="D447" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>285</v>
+        <v>407</v>
       </c>
       <c r="B448" t="s">
-        <v>286</v>
+        <v>408</v>
       </c>
       <c r="C448">
-        <v>5.4</v>
+        <v>18.0</v>
       </c>
       <c r="D448" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
-        <v>287</v>
+        <v>409</v>
       </c>
       <c r="B449" t="s">
-        <v>288</v>
+        <v>410</v>
       </c>
       <c r="C449">
-        <v>5.4</v>
+        <v>18.0</v>
       </c>
       <c r="D449" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>289</v>
+        <v>411</v>
       </c>
       <c r="B450" t="s">
-        <v>290</v>
+        <v>412</v>
       </c>
       <c r="C450">
-        <v>5.52</v>
+        <v>18.0</v>
       </c>
       <c r="D450" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>291</v>
+        <v>413</v>
       </c>
       <c r="B451" t="s">
-        <v>292</v>
+        <v>414</v>
       </c>
       <c r="C451">
-        <v>5.52</v>
+        <v>18.0</v>
       </c>
       <c r="D451" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
-        <v>293</v>
+        <v>415</v>
       </c>
       <c r="B452" t="s">
-        <v>294</v>
+        <v>416</v>
       </c>
       <c r="C452">
-        <v>5.76</v>
+        <v>18.0</v>
       </c>
       <c r="D452" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
-        <v>297</v>
+        <v>417</v>
       </c>
       <c r="B453" t="s">
-        <v>298</v>
+        <v>418</v>
       </c>
       <c r="C453">
-        <v>6.0</v>
+        <v>19.2</v>
       </c>
       <c r="D453" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
-        <v>299</v>
+        <v>419</v>
       </c>
       <c r="B454" t="s">
-        <v>300</v>
+        <v>420</v>
       </c>
       <c r="C454">
-        <v>6.0</v>
+        <v>19.8</v>
       </c>
       <c r="D454" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
-        <v>301</v>
+        <v>421</v>
       </c>
       <c r="B455" t="s">
-        <v>302</v>
+        <v>422</v>
       </c>
       <c r="C455">
-        <v>6.0</v>
+        <v>22.8</v>
       </c>
       <c r="D455" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
-        <v>303</v>
+        <v>423</v>
       </c>
       <c r="B456" t="s">
-        <v>304</v>
+        <v>424</v>
       </c>
       <c r="C456">
-        <v>6.0</v>
+        <v>24.0</v>
       </c>
       <c r="D456" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
-        <v>305</v>
+        <v>425</v>
       </c>
       <c r="B457" t="s">
-        <v>306</v>
+        <v>426</v>
       </c>
       <c r="C457">
-        <v>6.0</v>
+        <v>24.0</v>
       </c>
       <c r="D457" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
-        <v>307</v>
+        <v>427</v>
       </c>
       <c r="B458" t="s">
-        <v>308</v>
+        <v>428</v>
       </c>
       <c r="C458">
-        <v>6.0</v>
+        <v>24.0</v>
       </c>
       <c r="D458" t="s">
-        <v>6</v>
+        <v>429</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
-        <v>309</v>
+        <v>430</v>
       </c>
       <c r="B459" t="s">
-        <v>310</v>
+        <v>431</v>
       </c>
       <c r="C459">
-        <v>6.6</v>
+        <v>24.0</v>
       </c>
       <c r="D459" t="s">
-        <v>6</v>
+        <v>429</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
-        <v>311</v>
+        <v>432</v>
       </c>
       <c r="B460" t="s">
-        <v>312</v>
+        <v>433</v>
       </c>
       <c r="C460">
-        <v>6.6</v>
+        <v>27.0</v>
       </c>
       <c r="D460" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
-        <v>313</v>
+        <v>434</v>
       </c>
       <c r="B461" t="s">
-        <v>314</v>
+        <v>435</v>
       </c>
       <c r="C461">
-        <v>7.08</v>
+        <v>27.0</v>
       </c>
       <c r="D461" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
-        <v>325</v>
+        <v>436</v>
       </c>
       <c r="B462" t="s">
-        <v>326</v>
+        <v>437</v>
       </c>
       <c r="C462">
-        <v>7.2</v>
+        <v>27.6</v>
       </c>
       <c r="D462" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
-        <v>327</v>
+        <v>438</v>
       </c>
       <c r="B463" t="s">
-        <v>328</v>
+        <v>439</v>
       </c>
       <c r="C463">
-        <v>7.56</v>
+        <v>27.6</v>
       </c>
       <c r="D463" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
-        <v>341</v>
+        <v>440</v>
       </c>
       <c r="B464" t="s">
-        <v>342</v>
+        <v>441</v>
       </c>
       <c r="C464">
-        <v>7.8</v>
+        <v>30.0</v>
       </c>
       <c r="D464" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
-        <v>343</v>
+        <v>442</v>
       </c>
       <c r="B465" t="s">
-        <v>344</v>
+        <v>443</v>
       </c>
       <c r="C465">
-        <v>7.8</v>
+        <v>30.6</v>
       </c>
       <c r="D465" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
-        <v>345</v>
+        <v>444</v>
       </c>
       <c r="B466" t="s">
-        <v>346</v>
+        <v>445</v>
       </c>
       <c r="C466">
-        <v>7.92</v>
+        <v>36.0</v>
       </c>
       <c r="D466" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
-        <v>347</v>
+        <v>446</v>
       </c>
       <c r="B467" t="s">
-        <v>348</v>
+        <v>447</v>
       </c>
       <c r="C467">
-        <v>8.1</v>
+        <v>36.0</v>
       </c>
       <c r="D467" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
-        <v>349</v>
+        <v>448</v>
       </c>
       <c r="B468" t="s">
-        <v>350</v>
+        <v>449</v>
       </c>
       <c r="C468">
-        <v>8.1</v>
+        <v>36.0</v>
       </c>
       <c r="D468" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
-        <v>351</v>
+        <v>450</v>
       </c>
       <c r="B469" t="s">
-        <v>352</v>
+        <v>451</v>
       </c>
       <c r="C469">
-        <v>8.4</v>
+        <v>38.4</v>
       </c>
       <c r="D469" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
-        <v>353</v>
+        <v>452</v>
       </c>
       <c r="B470" t="s">
-        <v>354</v>
+        <v>453</v>
       </c>
       <c r="C470">
-        <v>8.52</v>
+        <v>39.6</v>
       </c>
       <c r="D470" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
-        <v>355</v>
+        <v>454</v>
       </c>
       <c r="B471" t="s">
-        <v>356</v>
+        <v>455</v>
       </c>
       <c r="C471">
-        <v>8.88</v>
+        <v>39.6</v>
       </c>
       <c r="D471" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
-        <v>369</v>
+        <v>456</v>
       </c>
       <c r="B472" t="s">
-        <v>370</v>
+        <v>457</v>
       </c>
       <c r="C472">
-        <v>9.0</v>
+        <v>42.0</v>
       </c>
       <c r="D472" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" t="s">
-        <v>371</v>
+        <v>458</v>
       </c>
       <c r="B473" t="s">
-        <v>372</v>
+        <v>459</v>
       </c>
       <c r="C473">
-        <v>9.0</v>
+        <v>42.0</v>
       </c>
       <c r="D473" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
-        <v>373</v>
+        <v>460</v>
       </c>
       <c r="B474" t="s">
-        <v>374</v>
+        <v>461</v>
       </c>
       <c r="C474">
-        <v>9.0</v>
+        <v>42.0</v>
       </c>
       <c r="D474" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
-        <v>375</v>
+        <v>462</v>
       </c>
       <c r="B475" t="s">
-        <v>376</v>
+        <v>463</v>
       </c>
       <c r="C475">
-        <v>9.0</v>
+        <v>42.0</v>
       </c>
       <c r="D475" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
-        <v>377</v>
+        <v>464</v>
       </c>
       <c r="B476" t="s">
-        <v>378</v>
+        <v>465</v>
       </c>
       <c r="C476">
-        <v>9.54</v>
+        <v>45.6</v>
       </c>
       <c r="D476" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
-        <v>379</v>
+        <v>466</v>
       </c>
       <c r="B477" t="s">
-        <v>380</v>
+        <v>467</v>
       </c>
       <c r="C477">
-        <v>9.6</v>
+        <v>54.0</v>
       </c>
       <c r="D477" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
-        <v>381</v>
+        <v>468</v>
       </c>
       <c r="B478" t="s">
-        <v>382</v>
+        <v>469</v>
       </c>
       <c r="C478">
-        <v>10.5</v>
+        <v>54.0</v>
       </c>
       <c r="D478" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
-        <v>383</v>
+        <v>470</v>
       </c>
       <c r="B479" t="s">
-        <v>384</v>
+        <v>471</v>
       </c>
       <c r="C479">
-        <v>10.8</v>
+        <v>54.0</v>
       </c>
       <c r="D479" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
-        <v>387</v>
+        <v>472</v>
       </c>
       <c r="B480" t="s">
-        <v>388</v>
+        <v>473</v>
       </c>
       <c r="C480">
-        <v>11.4</v>
+        <v>54.0</v>
       </c>
       <c r="D480" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
-        <v>389</v>
+        <v>474</v>
       </c>
       <c r="B481" t="s">
-        <v>390</v>
+        <v>475</v>
       </c>
       <c r="C481">
-        <v>11.4</v>
+        <v>54.0</v>
       </c>
       <c r="D481" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
-        <v>391</v>
+        <v>476</v>
       </c>
       <c r="B482" t="s">
-        <v>392</v>
+        <v>477</v>
       </c>
       <c r="C482">
-        <v>12.0</v>
+        <v>60.0</v>
       </c>
       <c r="D482" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
-        <v>393</v>
+        <v>478</v>
       </c>
       <c r="B483" t="s">
-        <v>394</v>
+        <v>479</v>
       </c>
       <c r="C483">
-        <v>13.2</v>
+        <v>66.0</v>
       </c>
       <c r="D483" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
-        <v>395</v>
+        <v>480</v>
       </c>
       <c r="B484" t="s">
-        <v>396</v>
+        <v>481</v>
       </c>
       <c r="C484">
-        <v>13.2</v>
+        <v>66.0</v>
       </c>
       <c r="D484" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
-        <v>397</v>
+        <v>482</v>
       </c>
       <c r="B485" t="s">
-        <v>398</v>
+        <v>483</v>
       </c>
       <c r="C485">
-        <v>13.2</v>
+        <v>66.0</v>
       </c>
       <c r="D485" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
-        <v>399</v>
+        <v>484</v>
       </c>
       <c r="B486" t="s">
-        <v>400</v>
+        <v>485</v>
       </c>
       <c r="C486">
-        <v>13.2</v>
+        <v>66.0</v>
       </c>
       <c r="D486" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
-        <v>401</v>
+        <v>486</v>
       </c>
       <c r="B487" t="s">
-        <v>402</v>
+        <v>487</v>
       </c>
       <c r="C487">
-        <v>13.8</v>
+        <v>66.0</v>
       </c>
       <c r="D487" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
-        <v>403</v>
+        <v>488</v>
       </c>
       <c r="B488" t="s">
-        <v>404</v>
+        <v>489</v>
       </c>
       <c r="C488">
-        <v>13.8</v>
+        <v>72.0</v>
       </c>
       <c r="D488" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
-        <v>405</v>
+        <v>490</v>
       </c>
       <c r="B489" t="s">
-        <v>406</v>
+        <v>491</v>
       </c>
       <c r="C489">
-        <v>14.16</v>
+        <v>72.0</v>
       </c>
       <c r="D489" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
-        <v>411</v>
+        <v>492</v>
       </c>
       <c r="B490" t="s">
-        <v>412</v>
+        <v>493</v>
       </c>
       <c r="C490">
-        <v>14.4</v>
+        <v>81.6</v>
       </c>
       <c r="D490" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
-        <v>413</v>
+        <v>494</v>
       </c>
       <c r="B491" t="s">
-        <v>414</v>
+        <v>495</v>
       </c>
       <c r="C491">
-        <v>14.4</v>
+        <v>84.0</v>
       </c>
       <c r="D491" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
-        <v>415</v>
+        <v>496</v>
       </c>
       <c r="B492" t="s">
-        <v>416</v>
+        <v>497</v>
       </c>
       <c r="C492">
-        <v>15.0</v>
+        <v>96.0</v>
       </c>
       <c r="D492" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
-        <v>417</v>
+        <v>498</v>
       </c>
       <c r="B493" t="s">
-        <v>418</v>
+        <v>499</v>
       </c>
       <c r="C493">
-        <v>16.2</v>
+        <v>96.0</v>
       </c>
       <c r="D493" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
-        <v>419</v>
+        <v>500</v>
       </c>
       <c r="B494" t="s">
-        <v>420</v>
+        <v>501</v>
       </c>
       <c r="C494">
-        <v>16.2</v>
+        <v>102.0</v>
       </c>
       <c r="D494" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
-        <v>421</v>
+        <v>502</v>
       </c>
       <c r="B495" t="s">
-        <v>422</v>
+        <v>503</v>
       </c>
       <c r="C495">
-        <v>18.0</v>
+        <v>102.0</v>
       </c>
       <c r="D495" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
-        <v>423</v>
+        <v>504</v>
       </c>
       <c r="B496" t="s">
-        <v>424</v>
+        <v>505</v>
       </c>
       <c r="C496">
-        <v>18.0</v>
+        <v>102.0</v>
       </c>
       <c r="D496" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
-        <v>425</v>
+        <v>506</v>
       </c>
       <c r="B497" t="s">
-        <v>426</v>
+        <v>507</v>
       </c>
       <c r="C497">
-        <v>18.0</v>
+        <v>108.0</v>
       </c>
       <c r="D497" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
-        <v>427</v>
+        <v>508</v>
       </c>
       <c r="B498" t="s">
-        <v>428</v>
+        <v>509</v>
       </c>
       <c r="C498">
-        <v>19.2</v>
+        <v>108.0</v>
       </c>
       <c r="D498" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
-        <v>429</v>
+        <v>510</v>
       </c>
       <c r="B499" t="s">
-        <v>430</v>
+        <v>511</v>
       </c>
       <c r="C499">
-        <v>19.2</v>
+        <v>114.0</v>
       </c>
       <c r="D499" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
-        <v>431</v>
+        <v>512</v>
       </c>
       <c r="B500" t="s">
-        <v>432</v>
+        <v>513</v>
       </c>
       <c r="C500">
-        <v>19.2</v>
+        <v>120.0</v>
       </c>
       <c r="D500" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
-        <v>433</v>
+        <v>514</v>
       </c>
       <c r="B501" t="s">
-        <v>434</v>
+        <v>515</v>
       </c>
       <c r="C501">
-        <v>19.8</v>
+        <v>132.0</v>
       </c>
       <c r="D501" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
-        <v>22</v>
+        <v>121</v>
       </c>
       <c r="B502" t="s">
-        <v>23</v>
+        <v>122</v>
       </c>
       <c r="C502">
-        <v>0.996</v>
+        <v>2.34</v>
       </c>
       <c r="D502" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="B503" t="s">
-        <v>74</v>
+        <v>124</v>
       </c>
       <c r="C503">
-        <v>1.8</v>
+        <v>2.34</v>
       </c>
       <c r="D503" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>101</v>
+        <v>242</v>
       </c>
       <c r="B504" t="s">
-        <v>102</v>
+        <v>243</v>
       </c>
       <c r="C504">
-        <v>2.16</v>
+        <v>3.6</v>
       </c>
       <c r="D504" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>134</v>
+        <v>244</v>
       </c>
       <c r="B505" t="s">
-        <v>135</v>
+        <v>245</v>
       </c>
       <c r="C505">
-        <v>2.52</v>
+        <v>3.6</v>
       </c>
       <c r="D505" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
-        <v>154</v>
+        <v>263</v>
       </c>
       <c r="B506" t="s">
-        <v>155</v>
+        <v>264</v>
       </c>
       <c r="C506">
-        <v>2.7</v>
+        <v>4.2</v>
       </c>
       <c r="D506" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>240</v>
+        <v>287</v>
       </c>
       <c r="B507" t="s">
-        <v>241</v>
+        <v>288</v>
       </c>
       <c r="C507">
-        <v>3.6</v>
+        <v>5.4</v>
       </c>
       <c r="D507" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>242</v>
+        <v>313</v>
       </c>
       <c r="B508" t="s">
-        <v>243</v>
+        <v>314</v>
       </c>
       <c r="C508">
-        <v>3.6</v>
+        <v>6.6</v>
       </c>
       <c r="D508" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
-        <v>244</v>
+        <v>353</v>
       </c>
       <c r="B509" t="s">
-        <v>245</v>
+        <v>354</v>
       </c>
       <c r="C509">
-        <v>3.6</v>
+        <v>8.52</v>
       </c>
       <c r="D509" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
-        <v>246</v>
+        <v>355</v>
       </c>
       <c r="B510" t="s">
-        <v>247</v>
+        <v>356</v>
       </c>
       <c r="C510">
-        <v>3.6</v>
+        <v>8.88</v>
       </c>
       <c r="D510" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>248</v>
+        <v>381</v>
       </c>
       <c r="B511" t="s">
-        <v>249</v>
+        <v>382</v>
       </c>
       <c r="C511">
-        <v>3.72</v>
+        <v>9.6</v>
       </c>
       <c r="D511" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
-        <v>260</v>
+        <v>399</v>
       </c>
       <c r="B512" t="s">
-        <v>261</v>
+        <v>400</v>
       </c>
       <c r="C512">
-        <v>4.2</v>
+        <v>14.16</v>
       </c>
       <c r="D512" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>262</v>
+        <v>403</v>
       </c>
       <c r="B513" t="s">
-        <v>263</v>
+        <v>404</v>
       </c>
       <c r="C513">
-        <v>4.2</v>
+        <v>16.2</v>
       </c>
       <c r="D513" t="s">
-        <v>264</v>
+        <v>6</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
-        <v>265</v>
+        <v>405</v>
       </c>
       <c r="B514" t="s">
-        <v>266</v>
+        <v>406</v>
       </c>
       <c r="C514">
-        <v>4.2</v>
+        <v>16.2</v>
       </c>
       <c r="D514" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" t="s">
-        <v>293</v>
+        <v>409</v>
       </c>
       <c r="B515" t="s">
-        <v>294</v>
+        <v>410</v>
       </c>
       <c r="C515">
-        <v>5.76</v>
+        <v>18.0</v>
       </c>
       <c r="D515" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" t="s">
-        <v>307</v>
+        <v>411</v>
       </c>
       <c r="B516" t="s">
-        <v>308</v>
+        <v>412</v>
       </c>
       <c r="C516">
-        <v>6.0</v>
+        <v>18.0</v>
       </c>
       <c r="D516" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" t="s">
-        <v>311</v>
+        <v>413</v>
       </c>
       <c r="B517" t="s">
-        <v>312</v>
+        <v>414</v>
       </c>
       <c r="C517">
-        <v>6.6</v>
+        <v>18.0</v>
       </c>
       <c r="D517" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" t="s">
-        <v>341</v>
+        <v>415</v>
       </c>
       <c r="B518" t="s">
-        <v>342</v>
+        <v>416</v>
       </c>
       <c r="C518">
-        <v>7.8</v>
+        <v>18.0</v>
       </c>
       <c r="D518" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" t="s">
-        <v>343</v>
+        <v>421</v>
       </c>
       <c r="B519" t="s">
-        <v>344</v>
+        <v>422</v>
       </c>
       <c r="C519">
-        <v>7.8</v>
+        <v>22.8</v>
       </c>
       <c r="D519" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" t="s">
-        <v>345</v>
+        <v>425</v>
       </c>
       <c r="B520" t="s">
-        <v>346</v>
+        <v>426</v>
       </c>
       <c r="C520">
-        <v>7.92</v>
+        <v>24.0</v>
       </c>
       <c r="D520" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" t="s">
-        <v>353</v>
+        <v>427</v>
       </c>
       <c r="B521" t="s">
-        <v>354</v>
+        <v>428</v>
       </c>
       <c r="C521">
-        <v>8.52</v>
+        <v>24.0</v>
       </c>
       <c r="D521" t="s">
-        <v>6</v>
+        <v>429</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" t="s">
-        <v>355</v>
+        <v>430</v>
       </c>
       <c r="B522" t="s">
-        <v>356</v>
+        <v>431</v>
       </c>
       <c r="C522">
-        <v>8.88</v>
+        <v>24.0</v>
       </c>
       <c r="D522" t="s">
-        <v>6</v>
+        <v>429</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" t="s">
-        <v>387</v>
+        <v>432</v>
       </c>
       <c r="B523" t="s">
-        <v>388</v>
+        <v>433</v>
       </c>
       <c r="C523">
-        <v>11.4</v>
+        <v>27.0</v>
       </c>
       <c r="D523" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" t="s">
-        <v>389</v>
+        <v>434</v>
       </c>
       <c r="B524" t="s">
-        <v>390</v>
+        <v>435</v>
       </c>
       <c r="C524">
-        <v>11.4</v>
+        <v>27.0</v>
       </c>
       <c r="D524" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" t="s">
-        <v>405</v>
+        <v>446</v>
       </c>
       <c r="B525" t="s">
-        <v>406</v>
+        <v>447</v>
       </c>
       <c r="C525">
-        <v>14.16</v>
+        <v>36.0</v>
       </c>
       <c r="D525" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" t="s">
-        <v>415</v>
+        <v>448</v>
       </c>
       <c r="B526" t="s">
-        <v>416</v>
+        <v>449</v>
       </c>
       <c r="C526">
-        <v>15.0</v>
+        <v>36.0</v>
       </c>
       <c r="D526" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" t="s">
-        <v>417</v>
+        <v>450</v>
       </c>
       <c r="B527" t="s">
-        <v>418</v>
+        <v>451</v>
       </c>
       <c r="C527">
-        <v>16.2</v>
+        <v>38.4</v>
       </c>
       <c r="D527" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" t="s">
-        <v>419</v>
+        <v>452</v>
       </c>
       <c r="B528" t="s">
-        <v>420</v>
+        <v>453</v>
       </c>
       <c r="C528">
-        <v>16.2</v>
+        <v>39.6</v>
       </c>
       <c r="D528" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" t="s">
-        <v>423</v>
+        <v>454</v>
       </c>
       <c r="B529" t="s">
-        <v>424</v>
+        <v>455</v>
       </c>
       <c r="C529">
-        <v>18.0</v>
+        <v>39.6</v>
       </c>
       <c r="D529" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" t="s">
-        <v>425</v>
+        <v>460</v>
       </c>
       <c r="B530" t="s">
-        <v>426</v>
+        <v>461</v>
       </c>
       <c r="C530">
-        <v>18.0</v>
+        <v>42.0</v>
       </c>
       <c r="D530" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" t="s">
-        <v>435</v>
+        <v>462</v>
       </c>
       <c r="B531" t="s">
-        <v>436</v>
+        <v>463</v>
       </c>
       <c r="C531">
-        <v>22.8</v>
+        <v>42.0</v>
       </c>
       <c r="D531" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" t="s">
-        <v>437</v>
+        <v>464</v>
       </c>
       <c r="B532" t="s">
-        <v>438</v>
+        <v>465</v>
       </c>
       <c r="C532">
-        <v>22.8</v>
+        <v>45.6</v>
       </c>
       <c r="D532" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" t="s">
-        <v>439</v>
+        <v>472</v>
       </c>
       <c r="B533" t="s">
-        <v>440</v>
+        <v>473</v>
       </c>
       <c r="C533">
-        <v>24.0</v>
+        <v>54.0</v>
       </c>
       <c r="D533" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" t="s">
-        <v>441</v>
+        <v>474</v>
       </c>
       <c r="B534" t="s">
-        <v>442</v>
+        <v>475</v>
       </c>
       <c r="C534">
-        <v>24.0</v>
+        <v>54.0</v>
       </c>
       <c r="D534" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" t="s">
-        <v>443</v>
+        <v>476</v>
       </c>
       <c r="B535" t="s">
-        <v>444</v>
+        <v>477</v>
       </c>
       <c r="C535">
-        <v>24.0</v>
+        <v>60.0</v>
       </c>
       <c r="D535" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" t="s">
-        <v>445</v>
+        <v>478</v>
       </c>
       <c r="B536" t="s">
-        <v>446</v>
+        <v>479</v>
       </c>
       <c r="C536">
-        <v>24.0</v>
+        <v>66.0</v>
       </c>
       <c r="D536" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" t="s">
-        <v>447</v>
+        <v>480</v>
       </c>
       <c r="B537" t="s">
-        <v>448</v>
+        <v>481</v>
       </c>
       <c r="C537">
-        <v>25.2</v>
+        <v>66.0</v>
       </c>
       <c r="D537" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" t="s">
-        <v>449</v>
+        <v>482</v>
       </c>
       <c r="B538" t="s">
-        <v>450</v>
+        <v>483</v>
       </c>
       <c r="C538">
-        <v>27.0</v>
+        <v>66.0</v>
       </c>
       <c r="D538" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" t="s">
-        <v>451</v>
+        <v>484</v>
       </c>
       <c r="B539" t="s">
-        <v>452</v>
+        <v>485</v>
       </c>
       <c r="C539">
-        <v>27.0</v>
+        <v>66.0</v>
       </c>
       <c r="D539" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" t="s">
-        <v>453</v>
+        <v>486</v>
       </c>
       <c r="B540" t="s">
-        <v>454</v>
+        <v>487</v>
       </c>
       <c r="C540">
-        <v>36.0</v>
+        <v>66.0</v>
       </c>
       <c r="D540" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" t="s">
-        <v>455</v>
+        <v>488</v>
       </c>
       <c r="B541" t="s">
-        <v>456</v>
+        <v>489</v>
       </c>
       <c r="C541">
-        <v>38.4</v>
+        <v>72.0</v>
       </c>
       <c r="D541" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" t="s">
-        <v>457</v>
+        <v>490</v>
       </c>
       <c r="B542" t="s">
-        <v>458</v>
+        <v>491</v>
       </c>
       <c r="C542">
-        <v>39.6</v>
+        <v>72.0</v>
       </c>
       <c r="D542" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" t="s">
-        <v>459</v>
+        <v>492</v>
       </c>
       <c r="B543" t="s">
-        <v>460</v>
+        <v>493</v>
       </c>
       <c r="C543">
-        <v>39.6</v>
+        <v>81.6</v>
       </c>
       <c r="D543" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" t="s">
-        <v>461</v>
+        <v>494</v>
       </c>
       <c r="B544" t="s">
-        <v>462</v>
+        <v>495</v>
       </c>
       <c r="C544">
-        <v>42.0</v>
+        <v>84.0</v>
       </c>
       <c r="D544" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" t="s">
-        <v>463</v>
+        <v>496</v>
       </c>
       <c r="B545" t="s">
-        <v>464</v>
+        <v>497</v>
       </c>
       <c r="C545">
-        <v>42.0</v>
+        <v>96.0</v>
       </c>
       <c r="D545" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" t="s">
-        <v>465</v>
+        <v>498</v>
       </c>
       <c r="B546" t="s">
-        <v>466</v>
+        <v>499</v>
       </c>
       <c r="C546">
-        <v>42.0</v>
+        <v>96.0</v>
       </c>
       <c r="D546" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" t="s">
-        <v>467</v>
+        <v>500</v>
       </c>
       <c r="B547" t="s">
-        <v>468</v>
+        <v>501</v>
       </c>
       <c r="C547">
-        <v>42.0</v>
+        <v>102.0</v>
       </c>
       <c r="D547" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" t="s">
-        <v>469</v>
+        <v>502</v>
       </c>
       <c r="B548" t="s">
-        <v>470</v>
+        <v>503</v>
       </c>
       <c r="C548">
-        <v>54.0</v>
+        <v>102.0</v>
       </c>
       <c r="D548" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" t="s">
-        <v>471</v>
+        <v>504</v>
       </c>
       <c r="B549" t="s">
-        <v>472</v>
+        <v>505</v>
       </c>
       <c r="C549">
-        <v>54.0</v>
+        <v>102.0</v>
       </c>
       <c r="D549" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" t="s">
-        <v>473</v>
+        <v>506</v>
       </c>
       <c r="B550" t="s">
-        <v>474</v>
+        <v>507</v>
       </c>
       <c r="C550">
-        <v>54.0</v>
+        <v>108.0</v>
       </c>
       <c r="D550" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" t="s">
-        <v>475</v>
+        <v>508</v>
       </c>
       <c r="B551" t="s">
-        <v>476</v>
+        <v>509</v>
       </c>
       <c r="C551">
-        <v>54.0</v>
+        <v>108.0</v>
       </c>
       <c r="D551" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" t="s">
-        <v>477</v>
+        <v>510</v>
       </c>
       <c r="B552" t="s">
-        <v>478</v>
+        <v>511</v>
       </c>
       <c r="C552">
-        <v>54.0</v>
+        <v>114.0</v>
       </c>
       <c r="D552" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" t="s">
-        <v>479</v>
+        <v>516</v>
       </c>
       <c r="B553" t="s">
-        <v>480</v>
+        <v>517</v>
       </c>
       <c r="C553">
-        <v>60.0</v>
+        <v>132.0</v>
       </c>
       <c r="D553" t="s">
-        <v>60</v>
+        <v>429</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" t="s">
-        <v>481</v>
+        <v>518</v>
       </c>
       <c r="B554" t="s">
-        <v>482</v>
+        <v>519</v>
       </c>
       <c r="C554">
-        <v>66.0</v>
+        <v>132.0</v>
       </c>
       <c r="D554" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" t="s">
-        <v>483</v>
+        <v>520</v>
       </c>
       <c r="B555" t="s">
-        <v>484</v>
+        <v>521</v>
       </c>
       <c r="C555">
-        <v>66.0</v>
+        <v>132.0</v>
       </c>
       <c r="D555" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" t="s">
-        <v>485</v>
+        <v>522</v>
       </c>
       <c r="B556" t="s">
-        <v>486</v>
+        <v>523</v>
       </c>
       <c r="C556">
-        <v>66.0</v>
+        <v>132.0</v>
       </c>
       <c r="D556" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" t="s">
-        <v>487</v>
+        <v>524</v>
       </c>
       <c r="B557" t="s">
-        <v>488</v>
+        <v>525</v>
       </c>
       <c r="C557">
-        <v>72.0</v>
+        <v>138.0</v>
       </c>
       <c r="D557" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" t="s">
-        <v>489</v>
+        <v>526</v>
       </c>
       <c r="B558" t="s">
-        <v>490</v>
+        <v>527</v>
       </c>
       <c r="C558">
-        <v>72.0</v>
+        <v>138.0</v>
       </c>
       <c r="D558" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" t="s">
-        <v>491</v>
+        <v>528</v>
       </c>
       <c r="B559" t="s">
-        <v>492</v>
+        <v>529</v>
       </c>
       <c r="C559">
-        <v>81.6</v>
+        <v>150.0</v>
       </c>
       <c r="D559" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" t="s">
-        <v>493</v>
+        <v>530</v>
       </c>
       <c r="B560" t="s">
-        <v>494</v>
+        <v>531</v>
       </c>
       <c r="C560">
-        <v>84.0</v>
+        <v>150.0</v>
       </c>
       <c r="D560" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" t="s">
-        <v>495</v>
+        <v>532</v>
       </c>
       <c r="B561" t="s">
-        <v>496</v>
+        <v>533</v>
       </c>
       <c r="C561">
-        <v>96.0</v>
+        <v>150.0</v>
       </c>
       <c r="D561" t="s">
-        <v>6</v>
+        <v>237</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" t="s">
-        <v>497</v>
+        <v>534</v>
       </c>
       <c r="B562" t="s">
-        <v>498</v>
+        <v>535</v>
       </c>
       <c r="C562">
-        <v>96.0</v>
+        <v>156.0</v>
       </c>
       <c r="D562" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563" t="s">
-        <v>499</v>
+        <v>536</v>
       </c>
       <c r="B563" t="s">
-        <v>500</v>
+        <v>537</v>
       </c>
       <c r="C563">
-        <v>102.0</v>
+        <v>162.0</v>
       </c>
       <c r="D563" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564" t="s">
-        <v>501</v>
+        <v>538</v>
       </c>
       <c r="B564" t="s">
-        <v>502</v>
+        <v>539</v>
       </c>
       <c r="C564">
-        <v>102.0</v>
+        <v>180.0</v>
       </c>
       <c r="D564" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" t="s">
-        <v>503</v>
+        <v>540</v>
       </c>
       <c r="B565" t="s">
-        <v>504</v>
+        <v>541</v>
       </c>
       <c r="C565">
-        <v>102.0</v>
+        <v>186.0</v>
       </c>
       <c r="D565" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" t="s">
-        <v>505</v>
+        <v>542</v>
       </c>
       <c r="B566" t="s">
-        <v>506</v>
+        <v>543</v>
       </c>
       <c r="C566">
-        <v>108.0</v>
+        <v>192.0</v>
       </c>
       <c r="D566" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" t="s">
-        <v>507</v>
+        <v>544</v>
       </c>
       <c r="B567" t="s">
-        <v>508</v>
+        <v>545</v>
       </c>
       <c r="C567">
-        <v>108.0</v>
+        <v>204.0</v>
       </c>
       <c r="D567" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" t="s">
-        <v>509</v>
+        <v>546</v>
       </c>
       <c r="B568" t="s">
-        <v>510</v>
+        <v>547</v>
       </c>
       <c r="C568">
-        <v>114.0</v>
+        <v>282.0</v>
       </c>
       <c r="D568" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569" t="s">
-        <v>511</v>
+        <v>548</v>
       </c>
       <c r="B569" t="s">
-        <v>512</v>
+        <v>549</v>
       </c>
       <c r="C569">
-        <v>120.0</v>
+        <v>390.0</v>
       </c>
       <c r="D569" t="s">
-        <v>21</v>
-[...251 lines deleted...]
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D588"/>
+  <autoFilter ref="A1:D570"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>