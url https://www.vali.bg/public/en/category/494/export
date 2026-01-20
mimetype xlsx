--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,119 +7,119 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$570</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$641</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="550">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="575">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>GP164 LR-621 1.55V Button Battery GP</t>
   </si>
   <si>
     <t>GP-BA-164F-U10</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Button alkaline battery GP177 LR626 / 10 pcs. / Pack price for 1 pc. / AG4 1.55V GP</t>
   </si>
   <si>
     <t>GP-BA-177F-U10</t>
   </si>
   <si>
     <t>Button alkaline battery GP186 AG12 LR43 / 10 pcs. / Pack price for 1 pc. / 1.55V GP</t>
   </si>
   <si>
     <t>GP-BA-186F-U10</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Button alkaline battery GP189 LR1130 / 10 pcs. / Pack price for 1 pc. / 1.55V GP</t>
   </si>
   <si>
     <t>GP-BA-189F-U10</t>
   </si>
   <si>
     <t>Button GPA76 alkaline battery LR44 / 10 pcs. / Pack price for 1 pc. / 1.55V GP</t>
   </si>
   <si>
     <t>GP-BA-A76F-U10</t>
   </si>
   <si>
     <t>Button alkaline battery GP192 LR41 / 10 pcs. / Pack price for 1 pc. / 1.55V, AG3</t>
   </si>
   <si>
     <t>GP-BA-192F-U10</t>
   </si>
   <si>
     <t>Button alkaline battery LR754 /LR48/ 1,55V  10pk / Pack price for 1 pc. /  VINNIC</t>
   </si>
   <si>
     <t>B-VIN-BA-LR754</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Button alkaline battery LR754 /LR48/ 1,55V  10pk / Pack price for 1 pc. /  EVERACTIVE</t>
   </si>
   <si>
     <t>EVER-BA-LR754-AG5</t>
   </si>
   <si>
     <t>Zinc carbonic zinc battery GP  R6 AA 2 pcs. SUPERCELL 15PL-S2  1.5V</t>
   </si>
   <si>
     <t>GP-BM-15PL-S2</t>
   </si>
   <si>
     <t>Zinc carbonic zinc battery GP SUPERCELL  R03 AAA 2 pcs.  shrink 1.5V</t>
   </si>
   <si>
     <t>GP-BM-24PL-S2</t>
   </si>
   <si>
     <t>Button Micro alkaline battery LR44 / AG13 / 1,55V 10 pcs/pack  price for  1 battery MAXELL</t>
   </si>
   <si>
     <t>ML-BA-LR44</t>
   </si>
   <si>
     <t>Button alkaline battery LR-1130 AG10 1.55V 10 pcs/pack  price for 1 battery MAXELL</t>
@@ -244,785 +244,797 @@
   <si>
     <t>Lithium Button Battery ENERGIZER CR2032 3V, BULK</t>
   </si>
   <si>
     <t>ENERG-BL-CR2032-BULK</t>
   </si>
   <si>
     <t>Lithium Button Battery GP  CR2025 3V 1 бр. GP</t>
   </si>
   <si>
     <t>GP-BL-CR2025-7U1</t>
   </si>
   <si>
     <t>Lithium Button Battery CR2016 3V 1pc. / 1pk / GP</t>
   </si>
   <si>
     <t>GP-BL-CR2016-7U1</t>
   </si>
   <si>
     <t>Lithium Button Battery GP  CR2032 3V 1pc. / 1pk / GP</t>
   </si>
   <si>
     <t>GP-BL-CR2032-7C1</t>
   </si>
   <si>
+    <t xml:space="preserve">Lithium Button Battery VARTA  CR2032 3V 1 pcs in blister </t>
+  </si>
+  <si>
+    <t>VARTA-BL-CR-2032-1PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery CR 2032 3V BULK industrial  DURACEL</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2032-BULK</t>
+  </si>
+  <si>
+    <t>Alkaline battery GP12 V / 5 pcs. / Pack price for 1 pcs. / for  alarms A23</t>
+  </si>
+  <si>
+    <t>GP-BA-23AF-U5</t>
+  </si>
+  <si>
+    <t>Zinc carbonic battery GP  6F22 Supercell 1 pcs.  9V</t>
+  </si>
+  <si>
+    <t>GP-BM-1604S-B</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR2016 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ML-BL-CR2016</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR2025 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ML-BL-CR2025</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR2032 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ML-BL-CR2032</t>
+  </si>
+  <si>
+    <t>Button battery MAXELL SR521 Silver SW / AG0 / 379 / 1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR521-SW</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery  SUPER LR-6 AA /2 pcs./ 1.5V</t>
+  </si>
+  <si>
+    <t>GP-BA-15A21-S2</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery SUPER LR03 AAA /2 pcs./ 1.5V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-24A21-S2</t>
+  </si>
+  <si>
+    <t>Zinc Manganese battery MAXELL R03 1,5V / 4 pcs. pack /</t>
+  </si>
+  <si>
+    <t>ML-BM-R03-4PK</t>
+  </si>
+  <si>
+    <t>GP 12V alkaline battery 1pc. blister alarm A23</t>
+  </si>
+  <si>
+    <t>GP-BA-23AF-U1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER CR2032 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lithium Button Battery ENERGIZER  CR2025 3V 1pcs in blister </t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2025-1PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER  CR2016 3V 1 pcs in blister</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2016-1PK</t>
+  </si>
+  <si>
+    <t>Alkaline battery 12 V / 5 pcs. / Pack price for 1 pcs. / Alarm A27 GP</t>
+  </si>
+  <si>
+    <t>GP-BA-27AF-U5</t>
+  </si>
+  <si>
+    <t>GP-BA-15A-U2</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery 12 V / Pack  1 pcs. / Alarm A27</t>
+  </si>
+  <si>
+    <t>GP-BA-27AF-U1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-1220 3V  5 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1220-7U5</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL  CR2016 3V 5 pcs in blister</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2016-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL  CR2025 3V 5 pcs in blister</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2025-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL PROCELL CR2032 3V 5 pcs in blister  /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR2032-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL PROCELL CR2025 3V 5 pcs in blister  /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR2025-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL PROCELL CR2016 3V 5 pcs in blister  /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR2016-5PK</t>
+  </si>
+  <si>
+    <t>Zinc mangan battery MAXELL  6F22 1 pcs.  9V</t>
+  </si>
+  <si>
+    <t>ML-BM-6F22</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1616 3V 5 pcs in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1616-7U5</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery LR-6 /2 pcs./ 1.5V shrink</t>
+  </si>
+  <si>
+    <t>GP-BA-15AU21-S2</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery LR03 /2 pcs./ shrink 1.5V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-24AU21-S2</t>
+  </si>
+  <si>
+    <t>Zinc carbonic zinc battery GP  R6 AA 4 pcs. GREENCELL 15G-S4  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-15G-S4</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1616 3V 1 pc in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1616-7U1</t>
+  </si>
+  <si>
+    <t>Zinc carbonic battery GP  6F22 Greencell 1604GLF-B 1 pcs.  9V</t>
+  </si>
+  <si>
+    <t>GP-BM-1604GLF-B</t>
+  </si>
+  <si>
+    <t>Zinc carbonic zinc battery GP  R6 AA 4 pcs. GREENCELL 15G-U4  1.5V blister</t>
+  </si>
+  <si>
+    <t>GP-BM-15G-U4</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery LR-6 /2 pcs./ 1.5V</t>
+  </si>
+  <si>
+    <t>GP-BA-15AU-U2</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery LR03 /2 pcs./ 1.5V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-24AU-U2</t>
+  </si>
+  <si>
+    <t>Zinc mangan battery MAXELL  R14  2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>ML-BM-R14</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR1220 3V 1pc.</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR1616 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1616</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1225 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1225-7U1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL  CR2032 3V 5 pcs in blister</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2032-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1025 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1025-7U1</t>
+  </si>
+  <si>
+    <t>Zinc carbonic battery GP  6F22 Greencell 1604GLF-U1 1 pcs.  9V blister</t>
+  </si>
+  <si>
+    <t>GP-BM-1604GLF-U1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1620 3V 5 pcs in blister /price for 1 battery/ GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1620-7U5</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-1620 3V 1pc. in blister  GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1620-7U1</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery GP  R14 14G-S2 GREENCELL  2 pcs. shrink  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-14G-S2</t>
+  </si>
+  <si>
+    <t>Button Micro alkaline battery LR44 / AG13 / 2 pcs. 1,55V pack ENERGIZER</t>
+  </si>
+  <si>
+    <t>ENERG-BA-LR44-2PK</t>
+  </si>
+  <si>
+    <t>GP  A 10 Alkaline battery 9V remote /5br./pack price for 1 pc. /</t>
+  </si>
+  <si>
+    <t>GP-BA-10AF-U5</t>
+  </si>
+  <si>
+    <t>A11 alkaline battery 6V for remote /5br./pack price for 1 pc. / GP</t>
+  </si>
+  <si>
+    <t>GP-BA-11AF-U5</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery GP  R14 14G-U2 GREENCELL  2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-14G-U2</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR1620 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1620</t>
+  </si>
+  <si>
+    <t>Button battery lithium MAXELL  CR1216 3V</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1216</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR716 SW 1.55V / 315 /</t>
+  </si>
+  <si>
+    <t>ML-BS-SR716-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR721 SW /AG11/362/1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR721-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR916 SW /373/1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR916-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR-920 SW /370/371/AG6  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR920-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR527 SW 1.55V /319/  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR527-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR616 SW /321/  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR616-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR41 SW /384/392/AG3  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR41-SW</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-1216 3V 5 pcs in blister / price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1216-7U5</t>
+  </si>
+  <si>
+    <t>Alkaline Battery GP LR9 625A 1,5V for glucometers and remote controls 5 pcs in blister / price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BA-PX625AF-U5</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery PANASONIC CR1616 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1616</t>
+  </si>
+  <si>
+    <t>PANASONIC 12V alkaline battery 1pc. blister alarm A23 LRV08</t>
+  </si>
+  <si>
+    <t>PAN-BA-LR23-1PK</t>
+  </si>
+  <si>
+    <t>Alkaline battery DURACELL 12V / 5 pcs. / Pack price for 1 pcs. / for  alarms A23 MN21</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR23-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER CR1616 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1616</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR726 SW /AG2/397/ 1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR726-SW</t>
+  </si>
+  <si>
+    <t>Zinc mangan battery MAXELL  R20   2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>ML-BM-R20</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER CR1620 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1620</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR512 SW /335/  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR512-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR516 SW /317/  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR516-SW</t>
+  </si>
+  <si>
+    <t>PANASONIC  Alkaline battery LR1 /1 pc. pack / 1.5V</t>
+  </si>
+  <si>
+    <t>PAN-BA-LR1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER CR1220 3V 1pc./5pc./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Button Battery Lithium GP CR2450 3V  5 pcs. in blister / price for 1 pc./ GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2450-2U5</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR927 SW ;395;399;AG7  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR927-SW</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR2430 3V 5 pcs in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2430-2U5</t>
+  </si>
+  <si>
+    <t>Battery lithium CR1632 3V  GP BATTERIES, 5 pcs in blister /price is for 1 pc/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1632-7U5</t>
+  </si>
+  <si>
+    <t>Button battery lithium   CR1632 3V 5 pc in blister /price for 1 battery/ MAXELL</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1632-5PK</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery GP  R20 13S-S2 SUPERCELL  2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-13S-S2</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery CR 2032 1pc  with pins 3V  EVE BATTERY</t>
+  </si>
+  <si>
+    <t>EVE-CR2032-M0219-LF</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery PANASONIC CR1620 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1620</t>
+  </si>
+  <si>
+    <t>DURACELL Alkaline battery 12 V / Pack  1 pcs. / Alarm A27 LR27 MN27</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR27-1PK</t>
+  </si>
+  <si>
+    <t>Button Battery Lithium  CR927  3V  /AG7/ 395 5PK BLISTER /price for 1 battery/ VINNIC</t>
+  </si>
+  <si>
+    <t>B-VIN-CR927</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL CR1616 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR1616</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL CR1620 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR1620</t>
+  </si>
+  <si>
+    <t>ENERGIZER 12V alkaline battery 1pc. blister alarm A23 LR23</t>
+  </si>
+  <si>
+    <t>ENERG-BA-LR23-1PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery PANASONIC CR1220 3V 1pc.</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL PROCELL CR2450 3V 1 pcs bulk  /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR2450-1PK-BULK</t>
+  </si>
+  <si>
+    <t>Battery lithium CR1632 3V  GP BATTERIES, 1 pcs in blister /price is for 1 pc/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1632-7U1</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery GP  R20 13G-S2 GREENCELL  2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-13G-S2</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER  BR1225 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>ENERG-BL-BR1225</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery   3R12  1 pcs. blister  4.5V PANASONIC</t>
+  </si>
+  <si>
+    <t>PAN-BM-3R12</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-2325 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2325-CPU1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-2330 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2330-CPU1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-2320 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2320-CPU1</t>
+  </si>
+  <si>
+    <t>Lithium  Battery industrial EVE CR123 3V Bulk</t>
+  </si>
+  <si>
+    <t>EVE-BL-CR123A-BULK</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery   3R12  1 pcs. blister  4.5V VARTA</t>
+  </si>
+  <si>
+    <t>VARTA-BM-3R12</t>
+  </si>
+  <si>
+    <t>Battery lithium CR1632 3V  ENERGIZER 1 pcs in blister /price is for 1 pc/</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1632</t>
+  </si>
+  <si>
+    <t>Battery lithium CR1632 3V  PANASONIC, 1 pcs in blister /price is for 1 pc/</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1632</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL CR2430 3V 1 pcs in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2430</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery PANASONIC CR2450 3V 1 pcs in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR2450</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL CR1220 3V 1pc.</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-2354 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2354-CPU1</t>
+  </si>
+  <si>
+    <t>Button Battery LR44  AG13  2pk блистер 1,55V  DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR44-2PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL  CR2032 3V 2 pcs in blister</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2032-2PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL CR2450 3V 1 pcs in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2450</t>
+  </si>
+  <si>
     <t>MAXELL Alkaline Battery LR03 / 4 pcs. pack / shrink 1.5V</t>
   </si>
   <si>
     <t>ML-BA-LR03-SHRINK</t>
   </si>
   <si>
-    <t xml:space="preserve">Lithium Button Battery VARTA  CR2032 3V 1 pcs in blister </t>
-[...613 lines deleted...]
-  <si>
     <t>Battery DURACELL LR1 1.5V blister /2 batteries in pack/</t>
   </si>
   <si>
     <t>DUR-BA-LR1-2PK</t>
   </si>
   <si>
     <t>Lithium Button Battery PANASONIC CR2430 3V 1 pcs in blister /price for 1 battery/  GP</t>
   </si>
   <si>
     <t>PAN-BL-CR2430</t>
   </si>
   <si>
     <t>Alkaline Battery 6LF22  9V 1pk bulk  INTENSE MX1604  PROCELL</t>
   </si>
   <si>
     <t>PROCELL-6LF22-1PK-INT</t>
   </si>
   <si>
     <t>ENERGIZER lkaline battery 12 V / Pack  2 pcs. / Alarm A27</t>
   </si>
   <si>
     <t>ENERG-BA-LR27-2PK</t>
   </si>
   <si>
     <t>ENERGIZER 12V alkaline battery 2pc. blister alarm A23 LR23</t>
   </si>
   <si>
     <t>ENERG-BA-LR23-2PK</t>
   </si>
   <si>
     <t>Button lithium battery PANASONIC CR-2354, 1pk</t>
   </si>
   <si>
     <t>PAN-BL-CR2354</t>
   </si>
   <si>
     <t>DURACELL BASIC Alkaline Battery LR03 / 4 pcs. pack / 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR03-BASIC</t>
   </si>
   <si>
+    <t>DURACELL BASIC Alkaline Battery LR6 / 4 pcs. pack / 1.5V</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR6-BASIC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DURACELL Alkaline battery LR14 / 2 pcs. pack / 1.5V </t>
+  </si>
+  <si>
+    <t>DUR-BA-LR14-BASIC</t>
+  </si>
+  <si>
+    <t>DURACELL Alkaline battery 6LF22 R22 9V  1pk блистер BASIC DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-BA-6LF22-BASIC</t>
+  </si>
+  <si>
+    <t>VARTA Alkaline battery  INDUSTRIAL PRO 6LF22 / 6LR61 / / 9V / 1 pc. bulk</t>
+  </si>
+  <si>
+    <t>VARTA-BA-6LR61-9V-IND</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Button Battery DURACELL LR1130 LR54 AG10 1.55V 2 pcs in blister </t>
+  </si>
+  <si>
+    <t>DUR-BA-LR1130-2PK</t>
+  </si>
+  <si>
+    <t>Lithium Photo Battery XTAR CR123 3V</t>
+  </si>
+  <si>
+    <t>XTAR-BL-CR123</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery ULTRA PLUS INDUSTRIAL LR6 AA / 2 pcs. pack / 1.5V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-15AUP-S2-INDUSTRIAL</t>
+  </si>
+  <si>
+    <t>DURACELL Alkaline battery 1.5V AAAA LR61- 2pcs. DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR61-AAAA-2PK</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery LR-14 /2 pcs./ 1.5V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-14AU21-S2</t>
+  </si>
+  <si>
+    <t>Button Battery Lithium  CR2450 3V  2 pcs. in blister / price for 2 pc./ ENERGIZER</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2450-2PK</t>
+  </si>
+  <si>
+    <t>Zink Air battery MAXELL ZA13 6pcs. button for Hearing aids</t>
+  </si>
+  <si>
+    <t>ML-BZ-ZA13</t>
+  </si>
+  <si>
+    <t>Button Battery Lithium CR-2477 3V  RENATA</t>
+  </si>
+  <si>
+    <t>B-REN-BL-CR2477N</t>
+  </si>
+  <si>
     <t>Rechargeable Battery GP R03 AAA 650mAh NiMH 65AAAHCE-EB2, 2 pc in blister</t>
   </si>
   <si>
     <t>GP-BR-65AAAHCE-EB2</t>
   </si>
   <si>
-    <t>DURACELL BASIC Alkaline Battery LR6 / 4 pcs. pack / 1.5V</t>
-[...64 lines deleted...]
-  <si>
     <t>Rechargeable Lithium  Button Battery MAXELL ML1220 3.0V 1pc</t>
   </si>
   <si>
     <t>ML-BR-ML1220</t>
   </si>
   <si>
     <t>Button Battery Lithium CR-2477 3V  GP</t>
   </si>
   <si>
     <t>GP-BL-CR2477E-7U1</t>
   </si>
   <si>
     <t>DURACELL Alkaline Battery LR20 D 1.5V DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR20-BASIC</t>
   </si>
   <si>
     <t>Lithium Button Battery ENERGIZER CR2430 3V 2 pcs in blister /price for 2 batteries/</t>
   </si>
   <si>
     <t>ENERG-BL-CR2430-2PK</t>
   </si>
   <si>
     <t>Zink Air battery DURACELL ZA312 1pc button for Hearing aids</t>
@@ -1165,233 +1177,308 @@
   <si>
     <t>DURACELL Alkaline Battery LR20 D 1.5V PLUS DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR20-PLUS</t>
   </si>
   <si>
     <t>Alkaline Battery LR03 1,5V AAA  10pk  INDUSTRIAL  ENERGIZER</t>
   </si>
   <si>
     <t>ENERG-BA-LR03-10PK-IND</t>
   </si>
   <si>
     <t>Lithium Button Battery ENERGIZER CR2032 3V 6pc./4pc./</t>
   </si>
   <si>
     <t>ENERG-BL-CR2032-6PK</t>
   </si>
   <si>
     <t>Zinc carbon battery   4R25 /1 pk/   6V 7.5Ah  VARTA</t>
   </si>
   <si>
     <t>VARTA-4R25-6V</t>
   </si>
   <si>
+    <t>Lithium battery CR2450 3V 2pk blister DURACELL /price for 2 batteries/</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2450-2PK</t>
+  </si>
+  <si>
     <t>Battery lithium J 7K67 6V 1PK blister DURACELL</t>
   </si>
   <si>
     <t>DUR-BL-J7K67-6V</t>
   </si>
   <si>
     <t>Lithium battery CR-1/3N  3V  за глюкомери и фото DURACELL DL1/3N</t>
   </si>
   <si>
     <t>DUR-BL-CR1-3N</t>
   </si>
   <si>
     <t>Alkaline batteries LR03 AAA  8pk блистер SIMPLY MN2400   DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR03-SIMPLY-8PK</t>
   </si>
   <si>
     <t>Alkaline batteries LR6 AA  8pk блистер SIMPLY MN1500   DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR6-SIMPLY-8PK</t>
   </si>
   <si>
+    <t>Alkaline Battery LR6 1,5V AA  10pk  INDUSTRIAL  ENERGIZER</t>
+  </si>
+  <si>
+    <t>ENERG-BA-LR6-10PK-IND</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Alkaline Battery LR6 1,5V AA  10pk  INDUSTRIAL  PRO4006 VARTA</t>
   </si>
   <si>
     <t>VARTA-BA-LR6-10PK-IND</t>
   </si>
   <si>
     <t xml:space="preserve"> Alkaline Battery LR03 1,5V AAA  10pk  INDUSTRIAL  PRO4003 VARTA</t>
   </si>
   <si>
     <t>VARTA-BA-LR03-10PK-IND</t>
   </si>
   <si>
     <t xml:space="preserve"> Alkaline Battery LR6 AA 1,5V 10PK INDUSTRIAL Powerline  PANASONIC</t>
   </si>
   <si>
     <t>PAN-BA-LR6-10PK-IND</t>
   </si>
   <si>
     <t xml:space="preserve"> Alkaline Battery LR03 1,5V AAA  10pk  INDUSTRIAL Powerline  PANASONIC</t>
   </si>
   <si>
     <t>PAN-BA-LR03-10PK-IND</t>
   </si>
   <si>
+    <t>PROCELL Alkaline Battery LR6 1,5V AA  10pk  CONSTANT MN1500  PROCELL</t>
+  </si>
+  <si>
+    <t>PROCELL-LR6-10PK-CON</t>
+  </si>
+  <si>
+    <t>PROCELL Alkaline Battery LR03 1,5V A1A  10pk  CONSTANT MN2400  PROCELL</t>
+  </si>
+  <si>
+    <t>PROCELL-LR03-10PK-CON</t>
+  </si>
+  <si>
     <t>Button lithium battery 3V  CR2412  VINNIC</t>
   </si>
   <si>
     <t>VIN-BL-CR2412</t>
   </si>
   <si>
+    <t>PROCELL Alkaline Battery LR6 1,5V AA  10pk  INTENSE MX1500  PROCELL</t>
+  </si>
+  <si>
+    <t>PROCELL-LR6-10PK-INT</t>
+  </si>
+  <si>
+    <t>PROCELL Alkaline Battery LR03 1,5V AAA  10pk  INTENSE MX2400  PROCELL</t>
+  </si>
+  <si>
+    <t>PROCELL-LR03-10PK-INT</t>
+  </si>
+  <si>
+    <t>Alkaline battery LR20 D 1pk bulk INTENSE PROCELL</t>
+  </si>
+  <si>
+    <t>PROCELL-LR20-1PK-INT</t>
+  </si>
+  <si>
     <t>Rechargeable Lithium  Button Battery VL2020 VCN 3V 20 mAh  PANASONIC</t>
   </si>
   <si>
     <t>PAN-BL-VL2020-VCN</t>
   </si>
   <si>
     <t>DURACELL OPTIMUM MX2400 Alkaline Battery LR03 AAA / 8 pcs. pack / 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR03-OPTIMUM-8PK</t>
   </si>
   <si>
     <t>DURACELL OPTIMUM Alkaline Battery LR6 / 8 pcs. pack / 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR6-OPTIMUM-8PK</t>
   </si>
   <si>
     <t>Lithium thyonil chlorid battery  3,6V AA R6 2,4Ah SL860/S /STD /with cup/ TADIRAN</t>
   </si>
   <si>
     <t>TAD-BL-SL860</t>
   </si>
   <si>
     <t>Rechargeable battery DURACELL R6 AA, 2500mAh NiMH, 1.2V, 2 pcs. pack 1.5V</t>
   </si>
   <si>
     <t>DUR-BR-AA-2500MAH-2PK</t>
   </si>
   <si>
     <t>Rechargeable battery DURACELL R03 AAA, 900mAh NiMH, 1.2V, 2 pcs. pack 1.5V</t>
   </si>
   <si>
     <t>DUR-BR-AAA-900MAH-2PK</t>
   </si>
   <si>
+    <t>Rechargeable Battery XTAR 18650  2600mAh, Li-ion</t>
+  </si>
+  <si>
+    <t>XTAR-BL-CR18650-2600</t>
+  </si>
+  <si>
+    <t>Lithium photo battery PX28L/ 4LR44 -1pk.  6V DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-BL-PX28L</t>
+  </si>
+  <si>
+    <t>Lithium industrial battery CR-1/2AA  3V 950mAh  VARTA MICROBATTERY</t>
+  </si>
+  <si>
+    <t>VARTA-CR-1-2AA-MB</t>
+  </si>
+  <si>
     <t>GP SUMMER PACK alkaline batteries  Super AA x 12 pcs. + Super AAA x 12 pcs. + Fan  GP BATTERIES</t>
   </si>
   <si>
     <t>GP-BA-15A-24A-FANWETA21</t>
   </si>
   <si>
+    <t>Rechargeable Lithium  Button Battery CS-VL2020D9 VL2020  3V 20 mAh  /за дистанционни на BMW X3,X4,X5/ Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-VL2020D9</t>
+  </si>
+  <si>
+    <t>Rechargeable Battery XTAR 18650  for torches with protection, 3300mAh, Li-ion</t>
+  </si>
+  <si>
+    <t>XTAR-BL-CR18650-3300PCM</t>
+  </si>
+  <si>
+    <t>Lithium thyonil chlorid battery SAFT  3,6V AA R6 2,6Ah LS14500 -with axial leads</t>
+  </si>
+  <si>
+    <t>SAFT-BL-LS14500-AX</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery  CMOS Backup CR2032 CS-CM017SL 3V 200mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-CM017SL</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery  CMOS Backup CR2032 CS-HDV600BU for laptops HP, Lenovo 3V 200mAh  Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-HDV600BU</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery  CMOS Backup CR2032 CS-HQC600BU  for laptops HP, Lenovo, Acer 3V 200mAh  Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-HQC600BU</t>
+  </si>
+  <si>
     <t>GP SUMMER PACK alkaline batteries  ULTRA AA x 12 pcs. + ULTRA AAA x 12 pcs. + Fan  GP BATTERIES</t>
   </si>
   <si>
     <t>GP-BA-15AU-24AU-FANWETA21</t>
   </si>
   <si>
-    <t>Rechargeable Battery XTAR 18650  2600mAh, Li-ion</t>
-[...41 lines deleted...]
-    <t>CS-HQC600BU</t>
+    <t>Rechargeable battery DURACELL R6 AA, 2500mAh NiMH, 1.2V, pcs. pack 1.5V</t>
+  </si>
+  <si>
+    <t>DUR-BR-AA-2500MAH-4PK</t>
   </si>
   <si>
     <t>DURACELL BASIC Alkaline Battery LR6 20pk blister /10 * 2/ HBDC 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR6-BASIC-20PK</t>
   </si>
   <si>
     <t>DURACELL BASIC Alkaline Battery LR03 20pk blister /10 * 2/ HBDC 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR03-BASIC-20PK</t>
   </si>
   <si>
     <t>Lithium thionyl battery 3,6V 53,4Ah  A  LS17500/STD  SAFT</t>
   </si>
   <si>
     <t>SAFT-BL-LS17500</t>
   </si>
   <si>
     <t>Rechargeable Battery XTAR 18650  for torches with protection, 3500mAh, Li-ion</t>
   </si>
   <si>
     <t>XTAR-BL-CR18650-3500PCM</t>
   </si>
   <si>
     <t>Rechargeable Battery XTAR 18650  for torches with protection, 3600mAh, Li-ion</t>
   </si>
   <si>
     <t>XTAR-BL-CR18650-3600PCM</t>
   </si>
   <si>
     <t>Rechargeable Battery LiIon  21700 3,7V 5000mAh  XTAR</t>
   </si>
   <si>
     <t>XTAR-BL-21700-5000</t>
   </si>
   <si>
+    <t>Camera Battery for GPS TomTom Go 400 4.3"Via 110 Europe VF3H VF3K  3,7V 700mAh LiIon Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-TMG400SL</t>
+  </si>
+  <si>
+    <t>Camera Battery for GPS TomTom GO 5100 6100 5000 VFAD VF6P  3,7V 1100mAh LiIon Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-TMG500SL</t>
+  </si>
+  <si>
+    <t>Camera Battery for Emergency Lighting  Verisure Roykvarsler; DOM ENiQ Guardian S литиева  3V 1350mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-VER230BT</t>
+  </si>
+  <si>
     <t>Rechargeable Battery LiIon 10440 AAA R03  1,5V 750mAh 4 pcs in PVC case  XTAR</t>
   </si>
   <si>
     <t>XTAR-BL-AAA-750-4PK</t>
   </si>
   <si>
     <t>Camera Battery for GPS GARMIN Nuvi 30, Nuvi 50, Drive 50 LM  3,7V 1100mAh LiIon Cameron Sino</t>
   </si>
   <si>
     <t>CS-IQN500SL</t>
   </si>
   <si>
     <t>Battery alacline industrial LR14 C 1,5V  10pk box INTENSE  PROCELL /price for 10 batteries/</t>
   </si>
   <si>
     <t>PROCELL-LR14-10PK-INT</t>
   </si>
   <si>
     <t>PLC controler Battery  CS-PLC269SL Maxell ER17/33 LiSOCL2  3,6V 2600 mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-PLC269SL</t>
   </si>
   <si>
     <t>PLC controler Battery CS-PLC511SL Allen Bradley  PLC-5/11  Li-MnO2  3V 2200 mAh  Cameron Sino</t>
@@ -1588,56 +1675,50 @@
   <si>
     <t>Battery for power tools CS-BST618PH BOSCH 17618, CCS180, CFL180  BAT609 LIIon 18V 5000mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-BST618PH</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  HUSKVARNA Autmower 430X, 550,320, 330X 580 68 33-01 18V 5200mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HAT320VX</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  GARDENA Automower 115H 2019, Automower 305 2020,2021,2022  HUSKVARNA Automower 305 2020  18V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HTA115PW</t>
   </si>
   <si>
     <t>Battery for rechargeable trimmer Gardena 881, 8866, Accu Hedge Trimmer EasyCut Li-18/50  LiIon 18V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA180PX</t>
   </si>
   <si>
-    <t>Camera Battery for Lawn Mower  GARDENA Robotic R160 , HUSKVARNA Automover 260ACX,Automower 210C, 1128621-01 18V 3000mAh Cameron Sino</t>
-[...4 lines deleted...]
-  <si>
     <t>Battery for cordless saw BOSCH AdvancedCut 18 1600A005B0 LiIon 18V 5000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-BMU180PH</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  WORX Landroid L1500, Landroid L2000, Landroid M1000I , WA3225, WA3226  28V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-WRX322PW</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  BOSCH 06008B0003, INDEGO 350.400, F016104898 LiIon 18V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-BMP700PX</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  GARDENA McCulloch Rob R600, R40,R50,R80  HUSKVARNA Automower 105, 305,308 586 57 62-02  18,5V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HAT308VX</t>
   </si>
   <si>
     <t>Battery for irrigation system computer Gardena 8025-20 Comfort Wand-Schlauchbox 35 roll-up automatic Li  LiIon 18V 1500mAh Cameron Sino</t>
@@ -1646,56 +1727,50 @@
     <t>CS-GRA802PW</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  Wiper C Xe, C120, Ambrogio Alex L30 delux, Alpina AR1500   25,2V 2300mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ABL300VX</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  GARDENA 648872, 8838, Accu-Spindelmaher 380 Li, 04025-20  25V 3000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA380PW</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  Wiper C Xe, C120, Ambrogio Alex L30 delux, Alpina AR1500   25,2V 3400mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-ABL310VX</t>
   </si>
   <si>
     <t>Battery for irrigation system computer Gardena 8025-20 Comfort Wand-Schlauchbox 35 roll-up automatic Li  LiIon 18V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA802PX</t>
-  </si>
-[...4 lines deleted...]
-    <t>CS-MKM180PH</t>
   </si>
   <si>
     <t>Battery for drone YUNEEC H480 TYPHOON H  14.8V 6300mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-YEC480RX</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  WOLF Garten Loopo M1000, M2000, Robomow City MC1000, BAT7000C,7000B LiIon 25.6V 3000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-RCT300VX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2011,8032 +2086,9026 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D570"/>
+  <dimension ref="A1:D641"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>0.9</v>
+        <v>0.456</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>0.9</v>
+        <v>0.456</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>1.008</v>
+        <v>0.516</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>1.008</v>
+        <v>0.516</v>
       </c>
       <c r="D11" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>1.08</v>
+        <v>0.552</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>1.08</v>
+        <v>0.552</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>1.08</v>
+        <v>0.552</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>1.2</v>
+        <v>0.612</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>1.2</v>
+        <v>0.612</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>1.2</v>
+        <v>0.612</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>1.5</v>
+        <v>0.768</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>1.5</v>
+        <v>0.768</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>1.62</v>
+        <v>0.828</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>67</v>
       </c>
       <c r="C32">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>69</v>
       </c>
       <c r="C33">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
-        <v>1.92</v>
+        <v>0.984</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35">
-        <v>1.92</v>
+        <v>0.984</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36">
-        <v>1.92</v>
+        <v>0.984</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
-        <v>1.92</v>
+        <v>1.068</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>79</v>
       </c>
       <c r="C38">
-        <v>2.1</v>
+        <v>1.068</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39" t="s">
         <v>81</v>
       </c>
       <c r="C39">
-        <v>2.1</v>
+        <v>1.104</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>83</v>
       </c>
       <c r="C40">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>84</v>
       </c>
       <c r="B41" t="s">
         <v>85</v>
       </c>
       <c r="C41">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>87</v>
       </c>
       <c r="C42">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>88</v>
       </c>
       <c r="B43" t="s">
         <v>89</v>
       </c>
       <c r="C43">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>90</v>
       </c>
       <c r="B44" t="s">
         <v>91</v>
       </c>
       <c r="C44">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>92</v>
       </c>
       <c r="B45" t="s">
         <v>93</v>
       </c>
       <c r="C45">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>94</v>
       </c>
       <c r="B46" t="s">
         <v>95</v>
       </c>
       <c r="C46">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>96</v>
       </c>
       <c r="B47" t="s">
         <v>97</v>
       </c>
       <c r="C47">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>98</v>
       </c>
       <c r="B48" t="s">
         <v>99</v>
       </c>
       <c r="C48">
-        <v>2.16</v>
+        <v>1.14</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
       <c r="C49">
-        <v>2.22</v>
+        <v>1.14</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>102</v>
       </c>
       <c r="B50" t="s">
         <v>103</v>
       </c>
       <c r="C50">
-        <v>2.22</v>
+        <v>1.14</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>104</v>
       </c>
       <c r="B51" t="s">
         <v>105</v>
       </c>
       <c r="C51">
-        <v>2.22</v>
+        <v>1.14</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>106</v>
       </c>
       <c r="B52" t="s">
         <v>107</v>
       </c>
       <c r="C52">
-        <v>2.22</v>
+        <v>1.164</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>92</v>
+      </c>
+      <c r="B53" t="s">
         <v>108</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>2.28</v>
+        <v>1.176</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="B54" t="s">
         <v>110</v>
       </c>
       <c r="C54">
-        <v>2.304</v>
+        <v>1.2</v>
       </c>
       <c r="D54" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>111</v>
       </c>
       <c r="B55" t="s">
         <v>112</v>
       </c>
       <c r="C55">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>113</v>
       </c>
       <c r="B56" t="s">
         <v>114</v>
       </c>
       <c r="C56">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>115</v>
       </c>
       <c r="B57" t="s">
         <v>116</v>
       </c>
       <c r="C57">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>117</v>
       </c>
       <c r="B58" t="s">
         <v>118</v>
       </c>
       <c r="C58">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>119</v>
       </c>
       <c r="B59" t="s">
         <v>120</v>
       </c>
       <c r="C59">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>121</v>
       </c>
       <c r="B60" t="s">
         <v>122</v>
       </c>
       <c r="C60">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>123</v>
       </c>
       <c r="B61" t="s">
         <v>124</v>
       </c>
       <c r="C61">
-        <v>2.34</v>
+        <v>1.224</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>125</v>
       </c>
       <c r="B62" t="s">
         <v>126</v>
       </c>
       <c r="C62">
-        <v>2.4</v>
+        <v>1.224</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>127</v>
       </c>
       <c r="B63" t="s">
         <v>128</v>
       </c>
       <c r="C63">
-        <v>2.4</v>
+        <v>1.224</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>129</v>
       </c>
       <c r="B64" t="s">
         <v>130</v>
       </c>
       <c r="C64">
-        <v>2.4</v>
+        <v>1.224</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>131</v>
       </c>
       <c r="B65" t="s">
         <v>132</v>
       </c>
       <c r="C65">
-        <v>2.4</v>
+        <v>1.224</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>133</v>
       </c>
       <c r="B66" t="s">
         <v>134</v>
       </c>
       <c r="C66">
-        <v>2.4</v>
+        <v>1.284</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>135</v>
       </c>
       <c r="B67" t="s">
         <v>136</v>
       </c>
       <c r="C67">
-        <v>2.52</v>
+        <v>1.32</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>137</v>
       </c>
       <c r="B68" t="s">
         <v>138</v>
       </c>
       <c r="C68">
-        <v>2.58</v>
+        <v>1.32</v>
       </c>
       <c r="D68" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B69" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C69">
-        <v>2.592</v>
+        <v>1.344</v>
       </c>
       <c r="D69" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B70" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C70">
-        <v>2.64</v>
+        <v>1.344</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B71" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C71">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B72" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C72">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B73" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C73">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B74" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C74">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B75" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C75">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B76" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C76">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B77" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C77">
-        <v>2.736</v>
+        <v>1.404</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B78" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C78">
-        <v>2.76</v>
+        <v>1.416</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B79" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C79">
-        <v>2.88</v>
+        <v>1.476</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B80" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C80">
-        <v>2.88</v>
+        <v>1.476</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B81" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C81">
-        <v>2.88</v>
+        <v>1.476</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B82" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C82">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B83" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C83">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B84" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C84">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B85" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C85">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B86" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C86">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B87" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C87">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B88" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C88">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B89" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C89">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B90" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C90">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B91" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C91">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B92" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C92">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B93" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C93">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B94" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C94">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B95" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C95">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B96" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C96">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B97" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C97">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B98" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C98">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B99" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C99">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B100" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C100">
-        <v>3.24</v>
+        <v>1.656</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B101" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C101">
-        <v>3.3</v>
+        <v>1.692</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B102" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C102">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D102" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>20</v>
       </c>
       <c r="B103" t="s">
         <v>21</v>
       </c>
       <c r="C103">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>22</v>
       </c>
       <c r="B104" t="s">
         <v>23</v>
       </c>
       <c r="C104">
-        <v>1.008</v>
+        <v>0.516</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>24</v>
       </c>
       <c r="B105" t="s">
         <v>25</v>
       </c>
       <c r="C105">
-        <v>1.008</v>
+        <v>0.516</v>
       </c>
       <c r="D105" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>30</v>
       </c>
       <c r="B106" t="s">
         <v>31</v>
       </c>
       <c r="C106">
-        <v>1.08</v>
+        <v>0.552</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>32</v>
       </c>
       <c r="B107" t="s">
         <v>33</v>
       </c>
       <c r="C107">
-        <v>1.2</v>
+        <v>0.612</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>34</v>
       </c>
       <c r="B108" t="s">
         <v>35</v>
       </c>
       <c r="C108">
-        <v>1.2</v>
+        <v>0.612</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>36</v>
       </c>
       <c r="B109" t="s">
         <v>37</v>
       </c>
       <c r="C109">
-        <v>1.2</v>
+        <v>0.612</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>38</v>
       </c>
       <c r="B110" t="s">
         <v>39</v>
       </c>
       <c r="C110">
-        <v>1.5</v>
+        <v>0.768</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>40</v>
       </c>
       <c r="B111" t="s">
         <v>41</v>
       </c>
       <c r="C111">
-        <v>1.5</v>
+        <v>0.768</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>42</v>
       </c>
       <c r="B112" t="s">
         <v>43</v>
       </c>
       <c r="C112">
-        <v>1.62</v>
+        <v>0.828</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>50</v>
       </c>
       <c r="B113" t="s">
         <v>51</v>
       </c>
       <c r="C113">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>52</v>
       </c>
       <c r="B114" t="s">
         <v>53</v>
       </c>
       <c r="C114">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>54</v>
       </c>
       <c r="B115" t="s">
         <v>55</v>
       </c>
       <c r="C115">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>56</v>
       </c>
       <c r="B116" t="s">
         <v>57</v>
       </c>
       <c r="C116">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>58</v>
       </c>
       <c r="B117" t="s">
         <v>59</v>
       </c>
       <c r="C117">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>60</v>
       </c>
       <c r="B118" t="s">
         <v>61</v>
       </c>
       <c r="C118">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>62</v>
       </c>
       <c r="B119" t="s">
         <v>63</v>
       </c>
       <c r="C119">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>64</v>
       </c>
       <c r="B120" t="s">
         <v>65</v>
       </c>
       <c r="C120">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>66</v>
       </c>
       <c r="B121" t="s">
         <v>67</v>
       </c>
       <c r="C121">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>68</v>
       </c>
       <c r="B122" t="s">
         <v>69</v>
       </c>
       <c r="C122">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>70</v>
       </c>
       <c r="B123" t="s">
         <v>71</v>
       </c>
       <c r="C123">
-        <v>1.92</v>
+        <v>0.984</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>72</v>
       </c>
       <c r="B124" t="s">
         <v>73</v>
       </c>
       <c r="C124">
-        <v>1.92</v>
+        <v>0.984</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>74</v>
       </c>
       <c r="B125" t="s">
         <v>75</v>
       </c>
       <c r="C125">
-        <v>1.92</v>
+        <v>0.984</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>76</v>
       </c>
       <c r="B126" t="s">
         <v>77</v>
       </c>
       <c r="C126">
-        <v>1.92</v>
+        <v>1.068</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>78</v>
       </c>
       <c r="B127" t="s">
         <v>79</v>
       </c>
       <c r="C127">
-        <v>2.1</v>
+        <v>1.068</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B128" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C128">
-        <v>2.1</v>
+        <v>1.104</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>86</v>
       </c>
       <c r="B129" t="s">
         <v>87</v>
       </c>
       <c r="C129">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>88</v>
       </c>
       <c r="B130" t="s">
         <v>89</v>
       </c>
       <c r="C130">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>90</v>
       </c>
       <c r="B131" t="s">
         <v>91</v>
       </c>
       <c r="C131">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>92</v>
       </c>
       <c r="B132" t="s">
         <v>93</v>
       </c>
       <c r="C132">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>94</v>
       </c>
       <c r="B133" t="s">
         <v>95</v>
       </c>
       <c r="C133">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>96</v>
       </c>
       <c r="B134" t="s">
         <v>97</v>
       </c>
       <c r="C134">
-        <v>2.16</v>
+        <v>1.104</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B135" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C135">
-        <v>2.16</v>
+        <v>1.14</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>102</v>
       </c>
       <c r="B136" t="s">
         <v>103</v>
       </c>
       <c r="C136">
-        <v>2.22</v>
+        <v>1.14</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>104</v>
       </c>
       <c r="B137" t="s">
         <v>105</v>
       </c>
       <c r="C137">
-        <v>2.22</v>
+        <v>1.14</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="B138" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C138">
-        <v>2.22</v>
+        <v>1.176</v>
       </c>
       <c r="D138" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>94</v>
+        <v>111</v>
       </c>
       <c r="B139" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C139">
-        <v>2.304</v>
+        <v>1.2</v>
       </c>
       <c r="D139" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>113</v>
       </c>
       <c r="B140" t="s">
         <v>114</v>
       </c>
       <c r="C140">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>115</v>
       </c>
       <c r="B141" t="s">
         <v>116</v>
       </c>
       <c r="C141">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>117</v>
       </c>
       <c r="B142" t="s">
         <v>118</v>
       </c>
       <c r="C142">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D142" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>119</v>
       </c>
       <c r="B143" t="s">
         <v>120</v>
       </c>
       <c r="C143">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>121</v>
       </c>
       <c r="B144" t="s">
         <v>122</v>
       </c>
       <c r="C144">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B145" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C145">
-        <v>2.34</v>
+        <v>1.224</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>127</v>
       </c>
       <c r="B146" t="s">
         <v>128</v>
       </c>
       <c r="C146">
-        <v>2.4</v>
+        <v>1.224</v>
       </c>
       <c r="D146" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>129</v>
       </c>
       <c r="B147" t="s">
         <v>130</v>
       </c>
       <c r="C147">
-        <v>2.4</v>
+        <v>1.224</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>131</v>
       </c>
       <c r="B148" t="s">
         <v>132</v>
       </c>
       <c r="C148">
-        <v>2.4</v>
+        <v>1.224</v>
       </c>
       <c r="D148" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>133</v>
       </c>
       <c r="B149" t="s">
         <v>134</v>
       </c>
       <c r="C149">
-        <v>2.4</v>
+        <v>1.284</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>135</v>
       </c>
       <c r="B150" t="s">
         <v>136</v>
       </c>
       <c r="C150">
-        <v>2.52</v>
+        <v>1.32</v>
       </c>
       <c r="D150" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>137</v>
       </c>
       <c r="B151" t="s">
         <v>138</v>
       </c>
       <c r="C151">
-        <v>2.58</v>
+        <v>1.32</v>
       </c>
       <c r="D151" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B152" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C152">
-        <v>2.592</v>
+        <v>1.344</v>
       </c>
       <c r="D152" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B153" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C153">
-        <v>2.64</v>
+        <v>1.344</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B154" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C154">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B155" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C155">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B156" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C156">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B157" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C157">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B158" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C158">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B159" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C159">
-        <v>2.736</v>
+        <v>1.404</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B160" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C160">
-        <v>2.76</v>
+        <v>1.416</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C161">
-        <v>2.88</v>
+        <v>1.476</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B162" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C162">
-        <v>2.88</v>
+        <v>1.476</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B163" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C163">
-        <v>2.88</v>
+        <v>1.476</v>
       </c>
       <c r="D163" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B164" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C164">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B165" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C165">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D165" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B166" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C166">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B167" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C167">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B168" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C168">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B169" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C169">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B170" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C170">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B171" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C171">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B172" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C172">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B173" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C173">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B174" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C174">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B175" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C175">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B176" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C176">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B177" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C177">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B178" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C178">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B179" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C179">
-        <v>3.24</v>
+        <v>1.656</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B180" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C180">
-        <v>3.3</v>
+        <v>1.692</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B181" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C181">
-        <v>3.36</v>
+        <v>1.716</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B182" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C182">
-        <v>3.36</v>
+        <v>1.716</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B183" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C183">
-        <v>3.36</v>
+        <v>1.716</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B184" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C184">
-        <v>3.36</v>
+        <v>1.716</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B185" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C185">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B186" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C186">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D186" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B187" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C187">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B188" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C188">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D188" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B189" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C189">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B190" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C190">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B191" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C191">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B192" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C192">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D192" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B193" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C193">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D193" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B194" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C194">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B195" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C195">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D195" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>238</v>
       </c>
       <c r="B196" t="s">
         <v>239</v>
       </c>
       <c r="C196">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>240</v>
       </c>
       <c r="B197" t="s">
         <v>241</v>
       </c>
       <c r="C197">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>242</v>
       </c>
       <c r="B198" t="s">
         <v>243</v>
       </c>
       <c r="C198">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>244</v>
       </c>
       <c r="B199" t="s">
         <v>245</v>
       </c>
       <c r="C199">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D199" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>246</v>
       </c>
       <c r="B200" t="s">
         <v>247</v>
       </c>
       <c r="C200">
-        <v>3.72</v>
+        <v>1.908</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
         <v>248</v>
       </c>
       <c r="B201" t="s">
         <v>249</v>
       </c>
       <c r="C201">
-        <v>3.78</v>
+        <v>1.932</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B202" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C202">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D202" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>20</v>
       </c>
       <c r="B203" t="s">
         <v>21</v>
       </c>
       <c r="C203">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
         <v>30</v>
       </c>
       <c r="B204" t="s">
         <v>31</v>
       </c>
       <c r="C204">
-        <v>1.08</v>
+        <v>0.552</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
         <v>32</v>
       </c>
       <c r="B205" t="s">
         <v>33</v>
       </c>
       <c r="C205">
-        <v>1.2</v>
+        <v>0.612</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>34</v>
       </c>
       <c r="B206" t="s">
         <v>35</v>
       </c>
       <c r="C206">
-        <v>1.2</v>
+        <v>0.612</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
         <v>36</v>
       </c>
       <c r="B207" t="s">
         <v>37</v>
       </c>
       <c r="C207">
-        <v>1.2</v>
+        <v>0.612</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
         <v>66</v>
       </c>
       <c r="B208" t="s">
         <v>67</v>
       </c>
       <c r="C208">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
         <v>68</v>
       </c>
       <c r="B209" t="s">
         <v>69</v>
       </c>
       <c r="C209">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
         <v>76</v>
       </c>
       <c r="B210" t="s">
         <v>77</v>
       </c>
       <c r="C210">
-        <v>1.92</v>
+        <v>1.068</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
         <v>78</v>
       </c>
       <c r="B211" t="s">
         <v>79</v>
       </c>
       <c r="C211">
-        <v>2.1</v>
+        <v>1.068</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="B212" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="C212">
-        <v>2.1</v>
+        <v>1.104</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B213" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C213">
-        <v>2.16</v>
+        <v>1.14</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
         <v>102</v>
       </c>
       <c r="B214" t="s">
         <v>103</v>
       </c>
       <c r="C214">
-        <v>2.22</v>
+        <v>1.14</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
         <v>104</v>
       </c>
       <c r="B215" t="s">
         <v>105</v>
       </c>
       <c r="C215">
-        <v>2.22</v>
+        <v>1.14</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="B216" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="C216">
-        <v>2.22</v>
+        <v>1.2</v>
       </c>
       <c r="D216" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
         <v>115</v>
       </c>
       <c r="B217" t="s">
         <v>116</v>
       </c>
       <c r="C217">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
         <v>117</v>
       </c>
       <c r="B218" t="s">
         <v>118</v>
       </c>
       <c r="C218">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D218" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
         <v>119</v>
       </c>
       <c r="B219" t="s">
         <v>120</v>
       </c>
       <c r="C219">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
         <v>121</v>
       </c>
       <c r="B220" t="s">
         <v>122</v>
       </c>
       <c r="C220">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="B221" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="C221">
-        <v>2.34</v>
+        <v>1.284</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B222" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C222">
-        <v>2.52</v>
+        <v>1.32</v>
       </c>
       <c r="D222" t="s">
-        <v>6</v>
+        <v>139</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="B223" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="C223">
-        <v>2.58</v>
+        <v>1.38</v>
       </c>
       <c r="D223" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B224" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C224">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B225" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C225">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D225" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="B226" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="C226">
-        <v>2.7</v>
+        <v>1.476</v>
       </c>
       <c r="D226" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>163</v>
+        <v>194</v>
       </c>
       <c r="B227" t="s">
-        <v>164</v>
+        <v>195</v>
       </c>
       <c r="C227">
-        <v>2.88</v>
+        <v>1.536</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B228" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C228">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B229" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C229">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B230" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C230">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D230" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="B231" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C231">
-        <v>3.0</v>
+        <v>1.692</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="B232" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="C232">
-        <v>3.3</v>
+        <v>1.716</v>
       </c>
       <c r="D232" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B233" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C233">
-        <v>3.36</v>
+        <v>1.716</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>213</v>
+        <v>226</v>
       </c>
       <c r="B234" t="s">
-        <v>214</v>
+        <v>227</v>
       </c>
       <c r="C234">
-        <v>3.36</v>
+        <v>1.836</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B235" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C235">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B236" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C236">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B237" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C237">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D237" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B238" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C238">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B239" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C239">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B240" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C240">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D240" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C241">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B242" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C242">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B243" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C243">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B244" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C244">
-        <v>3.6</v>
+        <v>1.908</v>
       </c>
       <c r="D244" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B245" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C245">
-        <v>3.72</v>
+        <v>2.112</v>
       </c>
       <c r="D245" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B246" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C246">
-        <v>4.14</v>
+        <v>2.148</v>
       </c>
       <c r="D246" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B247" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C247">
-        <v>4.2</v>
+        <v>2.148</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B248" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C248">
-        <v>4.2</v>
+        <v>2.148</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B249" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C249">
-        <v>4.2</v>
+        <v>2.148</v>
       </c>
       <c r="D249" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B250" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C250">
-        <v>4.2</v>
+        <v>2.148</v>
       </c>
       <c r="D250" t="s">
-        <v>6</v>
+        <v>262</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B251" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C251">
-        <v>4.2</v>
+        <v>2.148</v>
       </c>
       <c r="D251" t="s">
-        <v>262</v>
+        <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B252" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C252">
-        <v>4.2</v>
+        <v>2.208</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B253" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C253">
-        <v>4.32</v>
+        <v>2.208</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B254" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C254">
-        <v>4.32</v>
+        <v>2.268</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B255" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C255">
-        <v>4.44</v>
+        <v>2.328</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B256" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C256">
-        <v>4.56</v>
+        <v>2.328</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B257" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C257">
-        <v>4.56</v>
+        <v>2.46</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B258" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C258">
-        <v>4.8</v>
+        <v>2.46</v>
       </c>
       <c r="D258" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B259" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C259">
-        <v>4.8</v>
+        <v>2.58</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B260" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C260">
-        <v>5.04</v>
+        <v>2.604</v>
       </c>
       <c r="D260" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B261" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C261">
-        <v>5.1</v>
+        <v>2.64</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B262" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C262">
-        <v>5.4</v>
+        <v>2.76</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B263" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C263">
-        <v>5.4</v>
+        <v>2.76</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B264" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C264">
-        <v>5.4</v>
+        <v>2.76</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B265" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C265">
-        <v>5.52</v>
+        <v>2.82</v>
       </c>
       <c r="D265" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B266" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C266">
-        <v>5.52</v>
+        <v>2.82</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B267" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C267">
-        <v>5.76</v>
+        <v>2.94</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B268" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C268">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B269" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C269">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B270" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C270">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D270" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B271" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C271">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B272" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C272">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D272" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B273" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C273">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D273" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B274" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C274">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B275" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C275">
-        <v>6.0</v>
+        <v>3.312</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B276" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C276">
-        <v>6.6</v>
+        <v>3.372</v>
       </c>
       <c r="D276" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B277" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C277">
-        <v>6.6</v>
+        <v>3.372</v>
       </c>
       <c r="D277" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B278" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C278">
-        <v>7.08</v>
+        <v>3.624</v>
       </c>
       <c r="D278" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B279" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C279">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D279" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B280" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C280">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B281" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C281">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D281" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B282" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C282">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D282" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B283" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C283">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D283" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B284" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C284">
-        <v>7.56</v>
+        <v>3.684</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B285" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C285">
-        <v>7.8</v>
+        <v>3.864</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B286" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C286">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D286" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B287" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C287">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D287" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B288" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C288">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D288" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B289" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C289">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D289" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B290" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C290">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B291" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C291">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B292" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C292">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D292" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B293" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C293">
-        <v>7.92</v>
+        <v>3.984</v>
       </c>
       <c r="D293" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B294" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C294">
-        <v>8.1</v>
+        <v>4.044</v>
       </c>
       <c r="D294" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B295" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C295">
-        <v>8.1</v>
+        <v>4.14</v>
       </c>
       <c r="D295" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B296" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C296">
-        <v>8.4</v>
+        <v>4.14</v>
       </c>
       <c r="D296" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B297" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C297">
-        <v>8.52</v>
+        <v>4.296</v>
       </c>
       <c r="D297" t="s">
-        <v>6</v>
+        <v>139</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B298" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C298">
-        <v>8.88</v>
+        <v>4.356</v>
       </c>
       <c r="D298" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B299" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C299">
-        <v>9.0</v>
+        <v>4.536</v>
       </c>
       <c r="D299" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B300" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C300">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D300" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B301" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C301">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D301" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B302" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C302">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D302" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
         <v>20</v>
       </c>
       <c r="B303" t="s">
         <v>21</v>
       </c>
       <c r="C303">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
         <v>30</v>
       </c>
       <c r="B304" t="s">
         <v>31</v>
       </c>
       <c r="C304">
-        <v>1.08</v>
+        <v>0.552</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
         <v>32</v>
       </c>
       <c r="B305" t="s">
         <v>33</v>
       </c>
       <c r="C305">
-        <v>1.2</v>
+        <v>0.612</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
         <v>34</v>
       </c>
       <c r="B306" t="s">
         <v>35</v>
       </c>
       <c r="C306">
-        <v>1.2</v>
+        <v>0.612</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
         <v>36</v>
       </c>
       <c r="B307" t="s">
         <v>37</v>
       </c>
       <c r="C307">
-        <v>1.2</v>
+        <v>0.612</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
         <v>66</v>
       </c>
       <c r="B308" t="s">
         <v>67</v>
       </c>
       <c r="C308">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D308" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
         <v>68</v>
       </c>
       <c r="B309" t="s">
         <v>69</v>
       </c>
       <c r="C309">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D309" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
         <v>76</v>
       </c>
       <c r="B310" t="s">
         <v>77</v>
       </c>
       <c r="C310">
-        <v>1.92</v>
+        <v>1.068</v>
       </c>
       <c r="D310" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
         <v>78</v>
       </c>
       <c r="B311" t="s">
         <v>79</v>
       </c>
       <c r="C311">
-        <v>2.1</v>
+        <v>1.068</v>
       </c>
       <c r="D311" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="B312" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="C312">
-        <v>2.1</v>
+        <v>1.104</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B313" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C313">
-        <v>2.16</v>
+        <v>1.14</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
         <v>102</v>
       </c>
       <c r="B314" t="s">
         <v>103</v>
       </c>
       <c r="C314">
-        <v>2.22</v>
+        <v>1.14</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
         <v>104</v>
       </c>
       <c r="B315" t="s">
         <v>105</v>
       </c>
       <c r="C315">
-        <v>2.22</v>
+        <v>1.14</v>
       </c>
       <c r="D315" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="B316" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="C316">
-        <v>2.22</v>
+        <v>1.2</v>
       </c>
       <c r="D316" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
         <v>115</v>
       </c>
       <c r="B317" t="s">
         <v>116</v>
       </c>
       <c r="C317">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
         <v>117</v>
       </c>
       <c r="B318" t="s">
         <v>118</v>
       </c>
       <c r="C318">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D318" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
         <v>119</v>
       </c>
       <c r="B319" t="s">
         <v>120</v>
       </c>
       <c r="C319">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
         <v>121</v>
       </c>
       <c r="B320" t="s">
         <v>122</v>
       </c>
       <c r="C320">
-        <v>2.34</v>
+        <v>1.2</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="B321" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="C321">
-        <v>2.34</v>
+        <v>1.284</v>
       </c>
       <c r="D321" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B322" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C322">
-        <v>2.52</v>
+        <v>1.32</v>
       </c>
       <c r="D322" t="s">
-        <v>6</v>
+        <v>139</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="B323" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="C323">
-        <v>2.58</v>
+        <v>1.38</v>
       </c>
       <c r="D323" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B324" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C324">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D324" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B325" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C325">
-        <v>2.7</v>
+        <v>1.38</v>
       </c>
       <c r="D325" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="B326" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="C326">
-        <v>2.7</v>
+        <v>1.476</v>
       </c>
       <c r="D326" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>163</v>
+        <v>194</v>
       </c>
       <c r="B327" t="s">
-        <v>164</v>
+        <v>195</v>
       </c>
       <c r="C327">
-        <v>2.88</v>
+        <v>1.536</v>
       </c>
       <c r="D327" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B328" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C328">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D328" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B329" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C329">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D329" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B330" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C330">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D330" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="B331" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C331">
-        <v>3.0</v>
+        <v>1.692</v>
       </c>
       <c r="D331" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="B332" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="C332">
-        <v>3.3</v>
+        <v>1.716</v>
       </c>
       <c r="D332" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B333" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C333">
-        <v>3.36</v>
+        <v>1.716</v>
       </c>
       <c r="D333" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="B334" t="s">
-        <v>214</v>
+        <v>229</v>
       </c>
       <c r="C334">
-        <v>3.36</v>
+        <v>1.836</v>
       </c>
       <c r="D334" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B335" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C335">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D335" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B336" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C336">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D336" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B337" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C337">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B338" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C338">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B339" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C339">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D339" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B340" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C340">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D340" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B341" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C341">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B342" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C342">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D342" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B343" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C343">
-        <v>3.6</v>
+        <v>1.908</v>
       </c>
       <c r="D343" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B344" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C344">
-        <v>3.72</v>
+        <v>2.112</v>
       </c>
       <c r="D344" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="B345" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="C345">
-        <v>4.14</v>
+        <v>2.148</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B346" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C346">
-        <v>4.2</v>
+        <v>2.148</v>
       </c>
       <c r="D346" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B347" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C347">
-        <v>4.2</v>
+        <v>2.148</v>
       </c>
       <c r="D347" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B348" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C348">
-        <v>4.2</v>
+        <v>2.148</v>
       </c>
       <c r="D348" t="s">
-        <v>6</v>
+        <v>262</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B349" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C349">
-        <v>4.2</v>
+        <v>2.148</v>
       </c>
       <c r="D349" t="s">
-        <v>262</v>
+        <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B350" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C350">
-        <v>4.2</v>
+        <v>2.208</v>
       </c>
       <c r="D350" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B351" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C351">
-        <v>4.32</v>
+        <v>2.208</v>
       </c>
       <c r="D351" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B352" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C352">
-        <v>4.32</v>
+        <v>2.268</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B353" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C353">
-        <v>4.44</v>
+        <v>2.328</v>
       </c>
       <c r="D353" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B354" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C354">
-        <v>4.56</v>
+        <v>2.328</v>
       </c>
       <c r="D354" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B355" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C355">
-        <v>4.56</v>
+        <v>2.46</v>
       </c>
       <c r="D355" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B356" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C356">
-        <v>4.8</v>
+        <v>2.46</v>
       </c>
       <c r="D356" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B357" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C357">
-        <v>4.8</v>
+        <v>2.58</v>
       </c>
       <c r="D357" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B358" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C358">
-        <v>5.04</v>
+        <v>2.604</v>
       </c>
       <c r="D358" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B359" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C359">
-        <v>5.1</v>
+        <v>2.64</v>
       </c>
       <c r="D359" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B360" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C360">
-        <v>5.4</v>
+        <v>2.76</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B361" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C361">
-        <v>5.4</v>
+        <v>2.76</v>
       </c>
       <c r="D361" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B362" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C362">
-        <v>5.4</v>
+        <v>2.76</v>
       </c>
       <c r="D362" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B363" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C363">
-        <v>5.52</v>
+        <v>2.82</v>
       </c>
       <c r="D363" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B364" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C364">
-        <v>5.52</v>
+        <v>2.82</v>
       </c>
       <c r="D364" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B365" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C365">
-        <v>5.76</v>
+        <v>2.94</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B366" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C366">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D366" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B367" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C367">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D367" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B368" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C368">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D368" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B369" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C369">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D369" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B370" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C370">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D370" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B371" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C371">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D371" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B372" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C372">
-        <v>6.0</v>
+        <v>3.312</v>
       </c>
       <c r="D372" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B373" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C373">
-        <v>6.6</v>
+        <v>3.372</v>
       </c>
       <c r="D373" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B374" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C374">
-        <v>6.6</v>
+        <v>3.372</v>
       </c>
       <c r="D374" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B375" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C375">
-        <v>7.08</v>
+        <v>3.624</v>
       </c>
       <c r="D375" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B376" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C376">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D376" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B377" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C377">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D377" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B378" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C378">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D378" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B379" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C379">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D379" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B380" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C380">
-        <v>7.56</v>
+        <v>3.684</v>
       </c>
       <c r="D380" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
         <v>331</v>
       </c>
       <c r="B381" t="s">
         <v>332</v>
       </c>
       <c r="C381">
-        <v>7.8</v>
+        <v>3.864</v>
       </c>
       <c r="D381" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B382" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C382">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D382" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B383" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C383">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D383" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B384" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C384">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D384" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B385" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C385">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D385" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B386" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C386">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D386" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B387" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C387">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D387" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B388" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C388">
-        <v>7.92</v>
+        <v>3.984</v>
       </c>
       <c r="D388" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B389" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C389">
-        <v>8.1</v>
+        <v>4.044</v>
       </c>
       <c r="D389" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B390" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C390">
-        <v>8.1</v>
+        <v>4.14</v>
       </c>
       <c r="D390" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B391" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C391">
-        <v>8.4</v>
+        <v>4.14</v>
       </c>
       <c r="D391" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B392" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C392">
-        <v>8.52</v>
+        <v>4.296</v>
       </c>
       <c r="D392" t="s">
-        <v>6</v>
+        <v>139</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B393" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C393">
-        <v>8.88</v>
+        <v>4.356</v>
       </c>
       <c r="D393" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="B394" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="C394">
-        <v>9.0</v>
+        <v>4.536</v>
       </c>
       <c r="D394" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
         <v>365</v>
       </c>
       <c r="B395" t="s">
         <v>366</v>
       </c>
       <c r="C395">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D395" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
         <v>367</v>
       </c>
       <c r="B396" t="s">
         <v>368</v>
       </c>
       <c r="C396">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D396" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
         <v>369</v>
       </c>
       <c r="B397" t="s">
         <v>370</v>
       </c>
       <c r="C397">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D397" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
         <v>371</v>
       </c>
       <c r="B398" t="s">
         <v>372</v>
       </c>
       <c r="C398">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D398" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
         <v>373</v>
       </c>
       <c r="B399" t="s">
         <v>374</v>
       </c>
       <c r="C399">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D399" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
         <v>375</v>
       </c>
       <c r="B400" t="s">
         <v>376</v>
       </c>
       <c r="C400">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D400" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
         <v>377</v>
       </c>
       <c r="B401" t="s">
         <v>378</v>
       </c>
       <c r="C401">
-        <v>9.54</v>
+        <v>4.596</v>
       </c>
       <c r="D401" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
         <v>20</v>
       </c>
       <c r="B402" t="s">
         <v>21</v>
       </c>
       <c r="C402">
-        <v>0.996</v>
+        <v>0.504</v>
       </c>
       <c r="D402" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
         <v>30</v>
       </c>
       <c r="B403" t="s">
         <v>31</v>
       </c>
       <c r="C403">
-        <v>1.08</v>
+        <v>0.552</v>
       </c>
       <c r="D403" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B404" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C404">
-        <v>1.8</v>
+        <v>0.924</v>
       </c>
       <c r="D404" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="B405" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="C405">
-        <v>1.92</v>
+        <v>0.924</v>
       </c>
       <c r="D405" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B406" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C406">
-        <v>2.1</v>
+        <v>1.068</v>
       </c>
       <c r="D406" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="B407" t="s">
-        <v>99</v>
+        <v>79</v>
       </c>
       <c r="C407">
-        <v>2.16</v>
+        <v>1.068</v>
       </c>
       <c r="D407" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>121</v>
+        <v>96</v>
       </c>
       <c r="B408" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="C408">
-        <v>2.34</v>
+        <v>1.104</v>
       </c>
       <c r="D408" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>123</v>
+        <v>102</v>
       </c>
       <c r="B409" t="s">
-        <v>124</v>
+        <v>103</v>
       </c>
       <c r="C409">
-        <v>2.34</v>
+        <v>1.14</v>
       </c>
       <c r="D409" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>135</v>
+        <v>104</v>
       </c>
       <c r="B410" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="C410">
-        <v>2.52</v>
+        <v>1.14</v>
       </c>
       <c r="D410" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>153</v>
+        <v>119</v>
       </c>
       <c r="B411" t="s">
-        <v>154</v>
+        <v>120</v>
       </c>
       <c r="C411">
-        <v>2.7</v>
+        <v>1.2</v>
       </c>
       <c r="D411" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>235</v>
+        <v>121</v>
       </c>
       <c r="B412" t="s">
-        <v>236</v>
+        <v>122</v>
       </c>
       <c r="C412">
-        <v>3.6</v>
+        <v>1.2</v>
       </c>
       <c r="D412" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>238</v>
+        <v>133</v>
       </c>
       <c r="B413" t="s">
-        <v>239</v>
+        <v>134</v>
       </c>
       <c r="C413">
-        <v>3.6</v>
+        <v>1.284</v>
       </c>
       <c r="D413" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>240</v>
+        <v>137</v>
       </c>
       <c r="B414" t="s">
-        <v>241</v>
+        <v>138</v>
       </c>
       <c r="C414">
-        <v>3.6</v>
+        <v>1.32</v>
       </c>
       <c r="D414" t="s">
-        <v>6</v>
+        <v>139</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>242</v>
+        <v>154</v>
       </c>
       <c r="B415" t="s">
-        <v>243</v>
+        <v>155</v>
       </c>
       <c r="C415">
-        <v>3.6</v>
+        <v>1.38</v>
       </c>
       <c r="D415" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>244</v>
+        <v>164</v>
       </c>
       <c r="B416" t="s">
-        <v>245</v>
+        <v>165</v>
       </c>
       <c r="C416">
-        <v>3.6</v>
+        <v>1.476</v>
       </c>
       <c r="D416" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>246</v>
+        <v>200</v>
       </c>
       <c r="B417" t="s">
-        <v>247</v>
+        <v>201</v>
       </c>
       <c r="C417">
-        <v>3.72</v>
+        <v>1.536</v>
       </c>
       <c r="D417" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>258</v>
+        <v>214</v>
       </c>
       <c r="B418" t="s">
-        <v>259</v>
+        <v>215</v>
       </c>
       <c r="C418">
-        <v>4.2</v>
+        <v>1.716</v>
       </c>
       <c r="D418" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>260</v>
+        <v>234</v>
       </c>
       <c r="B419" t="s">
-        <v>261</v>
+        <v>235</v>
       </c>
       <c r="C419">
-        <v>4.2</v>
+        <v>1.836</v>
       </c>
       <c r="D419" t="s">
-        <v>262</v>
+        <v>6</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>263</v>
+        <v>236</v>
       </c>
       <c r="B420" t="s">
-        <v>264</v>
+        <v>237</v>
       </c>
       <c r="C420">
-        <v>4.2</v>
+        <v>1.836</v>
       </c>
       <c r="D420" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>269</v>
+        <v>238</v>
       </c>
       <c r="B421" t="s">
-        <v>270</v>
+        <v>239</v>
       </c>
       <c r="C421">
-        <v>4.44</v>
+        <v>1.836</v>
       </c>
       <c r="D421" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>273</v>
+        <v>240</v>
       </c>
       <c r="B422" t="s">
-        <v>274</v>
+        <v>241</v>
       </c>
       <c r="C422">
-        <v>4.56</v>
+        <v>1.836</v>
       </c>
       <c r="D422" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>277</v>
+        <v>242</v>
       </c>
       <c r="B423" t="s">
-        <v>278</v>
+        <v>243</v>
       </c>
       <c r="C423">
-        <v>4.8</v>
+        <v>1.836</v>
       </c>
       <c r="D423" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>281</v>
+        <v>244</v>
       </c>
       <c r="B424" t="s">
-        <v>282</v>
+        <v>245</v>
       </c>
       <c r="C424">
-        <v>5.1</v>
+        <v>1.836</v>
       </c>
       <c r="D424" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>287</v>
+        <v>246</v>
       </c>
       <c r="B425" t="s">
-        <v>288</v>
+        <v>247</v>
       </c>
       <c r="C425">
-        <v>5.4</v>
+        <v>1.908</v>
       </c>
       <c r="D425" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>293</v>
+        <v>250</v>
       </c>
       <c r="B426" t="s">
-        <v>294</v>
+        <v>251</v>
       </c>
       <c r="C426">
-        <v>5.76</v>
+        <v>2.112</v>
       </c>
       <c r="D426" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>309</v>
+        <v>258</v>
       </c>
       <c r="B427" t="s">
-        <v>310</v>
+        <v>259</v>
       </c>
       <c r="C427">
-        <v>6.0</v>
+        <v>2.148</v>
       </c>
       <c r="D427" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>313</v>
+        <v>260</v>
       </c>
       <c r="B428" t="s">
-        <v>314</v>
+        <v>261</v>
       </c>
       <c r="C428">
-        <v>6.6</v>
+        <v>2.148</v>
       </c>
       <c r="D428" t="s">
-        <v>6</v>
+        <v>262</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>341</v>
+        <v>263</v>
       </c>
       <c r="B429" t="s">
-        <v>342</v>
+        <v>264</v>
       </c>
       <c r="C429">
-        <v>7.8</v>
+        <v>2.148</v>
       </c>
       <c r="D429" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>343</v>
+        <v>265</v>
       </c>
       <c r="B430" t="s">
-        <v>344</v>
+        <v>266</v>
       </c>
       <c r="C430">
-        <v>7.8</v>
+        <v>2.208</v>
       </c>
       <c r="D430" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>345</v>
+        <v>267</v>
       </c>
       <c r="B431" t="s">
-        <v>346</v>
+        <v>268</v>
       </c>
       <c r="C431">
-        <v>7.92</v>
+        <v>2.208</v>
       </c>
       <c r="D431" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>353</v>
+        <v>269</v>
       </c>
       <c r="B432" t="s">
-        <v>354</v>
+        <v>270</v>
       </c>
       <c r="C432">
-        <v>8.52</v>
+        <v>2.268</v>
       </c>
       <c r="D432" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>355</v>
+        <v>271</v>
       </c>
       <c r="B433" t="s">
-        <v>356</v>
+        <v>272</v>
       </c>
       <c r="C433">
-        <v>8.88</v>
+        <v>2.328</v>
       </c>
       <c r="D433" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>379</v>
+        <v>273</v>
       </c>
       <c r="B434" t="s">
-        <v>380</v>
+        <v>274</v>
       </c>
       <c r="C434">
-        <v>9.6</v>
+        <v>2.328</v>
       </c>
       <c r="D434" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>381</v>
+        <v>277</v>
       </c>
       <c r="B435" t="s">
-        <v>382</v>
+        <v>278</v>
       </c>
       <c r="C435">
-        <v>9.6</v>
+        <v>2.46</v>
       </c>
       <c r="D435" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>383</v>
+        <v>281</v>
       </c>
       <c r="B436" t="s">
-        <v>384</v>
+        <v>282</v>
       </c>
       <c r="C436">
-        <v>10.5</v>
+        <v>2.604</v>
       </c>
       <c r="D436" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>385</v>
+        <v>283</v>
       </c>
       <c r="B437" t="s">
-        <v>386</v>
+        <v>284</v>
       </c>
       <c r="C437">
-        <v>10.8</v>
+        <v>2.64</v>
       </c>
       <c r="D437" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>387</v>
+        <v>287</v>
       </c>
       <c r="B438" t="s">
-        <v>388</v>
+        <v>288</v>
       </c>
       <c r="C438">
-        <v>11.4</v>
+        <v>2.76</v>
       </c>
       <c r="D438" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>389</v>
+        <v>289</v>
       </c>
       <c r="B439" t="s">
-        <v>390</v>
+        <v>290</v>
       </c>
       <c r="C439">
-        <v>11.4</v>
+        <v>2.76</v>
       </c>
       <c r="D439" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>391</v>
+        <v>293</v>
       </c>
       <c r="B440" t="s">
-        <v>392</v>
+        <v>294</v>
       </c>
       <c r="C440">
-        <v>13.2</v>
+        <v>2.82</v>
       </c>
       <c r="D440" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>393</v>
+        <v>295</v>
       </c>
       <c r="B441" t="s">
-        <v>394</v>
+        <v>296</v>
       </c>
       <c r="C441">
-        <v>13.2</v>
+        <v>2.94</v>
       </c>
       <c r="D441" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>395</v>
+        <v>305</v>
       </c>
       <c r="B442" t="s">
-        <v>396</v>
+        <v>306</v>
       </c>
       <c r="C442">
-        <v>13.2</v>
+        <v>3.072</v>
       </c>
       <c r="D442" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>397</v>
+        <v>307</v>
       </c>
       <c r="B443" t="s">
-        <v>398</v>
+        <v>308</v>
       </c>
       <c r="C443">
-        <v>13.2</v>
+        <v>3.072</v>
       </c>
       <c r="D443" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>399</v>
+        <v>309</v>
       </c>
       <c r="B444" t="s">
-        <v>400</v>
+        <v>310</v>
       </c>
       <c r="C444">
-        <v>14.16</v>
+        <v>3.072</v>
       </c>
       <c r="D444" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>401</v>
+        <v>311</v>
       </c>
       <c r="B445" t="s">
-        <v>402</v>
+        <v>312</v>
       </c>
       <c r="C445">
-        <v>15.0</v>
+        <v>3.312</v>
       </c>
       <c r="D445" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>403</v>
+        <v>315</v>
       </c>
       <c r="B446" t="s">
-        <v>404</v>
+        <v>316</v>
       </c>
       <c r="C446">
-        <v>16.2</v>
+        <v>3.372</v>
       </c>
       <c r="D446" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>405</v>
+        <v>317</v>
       </c>
       <c r="B447" t="s">
-        <v>406</v>
+        <v>318</v>
       </c>
       <c r="C447">
-        <v>16.2</v>
+        <v>3.624</v>
       </c>
       <c r="D447" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>407</v>
+        <v>345</v>
       </c>
       <c r="B448" t="s">
-        <v>408</v>
+        <v>346</v>
       </c>
       <c r="C448">
-        <v>18.0</v>
+        <v>3.984</v>
       </c>
       <c r="D448" t="s">
-        <v>237</v>
+        <v>11</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
-        <v>409</v>
+        <v>347</v>
       </c>
       <c r="B449" t="s">
-        <v>410</v>
+        <v>348</v>
       </c>
       <c r="C449">
-        <v>18.0</v>
+        <v>3.984</v>
       </c>
       <c r="D449" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="B450" t="s">
-        <v>412</v>
+        <v>350</v>
       </c>
       <c r="C450">
-        <v>18.0</v>
+        <v>4.044</v>
       </c>
       <c r="D450" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>413</v>
+        <v>355</v>
       </c>
       <c r="B451" t="s">
-        <v>414</v>
+        <v>356</v>
       </c>
       <c r="C451">
-        <v>18.0</v>
+        <v>4.296</v>
       </c>
       <c r="D451" t="s">
-        <v>6</v>
+        <v>139</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
-        <v>415</v>
+        <v>357</v>
       </c>
       <c r="B452" t="s">
-        <v>416</v>
+        <v>358</v>
       </c>
       <c r="C452">
-        <v>18.0</v>
+        <v>4.356</v>
       </c>
       <c r="D452" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
-        <v>417</v>
+        <v>359</v>
       </c>
       <c r="B453" t="s">
-        <v>418</v>
+        <v>360</v>
       </c>
       <c r="C453">
-        <v>19.2</v>
+        <v>4.536</v>
       </c>
       <c r="D453" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
-        <v>419</v>
+        <v>379</v>
       </c>
       <c r="B454" t="s">
-        <v>420</v>
+        <v>380</v>
       </c>
       <c r="C454">
-        <v>19.8</v>
+        <v>4.596</v>
       </c>
       <c r="D454" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
-        <v>421</v>
+        <v>381</v>
       </c>
       <c r="B455" t="s">
-        <v>422</v>
+        <v>382</v>
       </c>
       <c r="C455">
-        <v>22.8</v>
+        <v>4.872</v>
       </c>
       <c r="D455" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
-        <v>423</v>
+        <v>383</v>
       </c>
       <c r="B456" t="s">
-        <v>424</v>
+        <v>384</v>
       </c>
       <c r="C456">
-        <v>24.0</v>
+        <v>4.908</v>
       </c>
       <c r="D456" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
-        <v>425</v>
+        <v>385</v>
       </c>
       <c r="B457" t="s">
-        <v>426</v>
+        <v>386</v>
       </c>
       <c r="C457">
-        <v>24.0</v>
+        <v>4.908</v>
       </c>
       <c r="D457" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
-        <v>427</v>
+        <v>387</v>
       </c>
       <c r="B458" t="s">
-        <v>428</v>
+        <v>388</v>
       </c>
       <c r="C458">
-        <v>24.0</v>
+        <v>5.22</v>
       </c>
       <c r="D458" t="s">
-        <v>429</v>
+        <v>6</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
-        <v>430</v>
+        <v>389</v>
       </c>
       <c r="B459" t="s">
-        <v>431</v>
+        <v>390</v>
       </c>
       <c r="C459">
-        <v>24.0</v>
+        <v>5.364</v>
       </c>
       <c r="D459" t="s">
-        <v>429</v>
+        <v>6</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
-        <v>432</v>
+        <v>391</v>
       </c>
       <c r="B460" t="s">
-        <v>433</v>
+        <v>392</v>
       </c>
       <c r="C460">
-        <v>27.0</v>
+        <v>5.52</v>
       </c>
       <c r="D460" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
-        <v>434</v>
+        <v>393</v>
       </c>
       <c r="B461" t="s">
-        <v>435</v>
+        <v>394</v>
       </c>
       <c r="C461">
-        <v>27.0</v>
+        <v>5.832</v>
       </c>
       <c r="D461" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
-        <v>436</v>
+        <v>395</v>
       </c>
       <c r="B462" t="s">
-        <v>437</v>
+        <v>396</v>
       </c>
       <c r="C462">
-        <v>27.6</v>
+        <v>5.832</v>
       </c>
       <c r="D462" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
-        <v>438</v>
+        <v>397</v>
       </c>
       <c r="B463" t="s">
-        <v>439</v>
+        <v>398</v>
       </c>
       <c r="C463">
-        <v>27.6</v>
+        <v>6.132</v>
       </c>
       <c r="D463" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
-        <v>440</v>
+        <v>399</v>
       </c>
       <c r="B464" t="s">
-        <v>441</v>
+        <v>400</v>
       </c>
       <c r="C464">
-        <v>30.0</v>
+        <v>6.744</v>
       </c>
       <c r="D464" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
-        <v>442</v>
+        <v>401</v>
       </c>
       <c r="B465" t="s">
-        <v>443</v>
+        <v>402</v>
       </c>
       <c r="C465">
-        <v>30.6</v>
+        <v>6.744</v>
       </c>
       <c r="D465" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
-        <v>444</v>
+        <v>403</v>
       </c>
       <c r="B466" t="s">
-        <v>445</v>
+        <v>404</v>
       </c>
       <c r="C466">
-        <v>36.0</v>
+        <v>6.744</v>
       </c>
       <c r="D466" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
-        <v>446</v>
+        <v>405</v>
       </c>
       <c r="B467" t="s">
-        <v>447</v>
+        <v>406</v>
       </c>
       <c r="C467">
-        <v>36.0</v>
+        <v>6.744</v>
       </c>
       <c r="D467" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
-        <v>448</v>
+        <v>407</v>
       </c>
       <c r="B468" t="s">
-        <v>449</v>
+        <v>408</v>
       </c>
       <c r="C468">
-        <v>36.0</v>
+        <v>7.056</v>
       </c>
       <c r="D468" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
-        <v>450</v>
+        <v>409</v>
       </c>
       <c r="B469" t="s">
-        <v>451</v>
+        <v>410</v>
       </c>
       <c r="C469">
-        <v>38.4</v>
+        <v>7.056</v>
       </c>
       <c r="D469" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
-        <v>452</v>
+        <v>411</v>
       </c>
       <c r="B470" t="s">
-        <v>453</v>
+        <v>412</v>
       </c>
       <c r="C470">
-        <v>39.6</v>
+        <v>7.236</v>
       </c>
       <c r="D470" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
-        <v>454</v>
+        <v>413</v>
       </c>
       <c r="B471" t="s">
-        <v>455</v>
+        <v>414</v>
       </c>
       <c r="C471">
-        <v>39.6</v>
+        <v>7.368</v>
       </c>
       <c r="D471" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
-        <v>456</v>
+        <v>415</v>
       </c>
       <c r="B472" t="s">
-        <v>457</v>
+        <v>416</v>
       </c>
       <c r="C472">
-        <v>42.0</v>
+        <v>7.368</v>
       </c>
       <c r="D472" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" t="s">
-        <v>458</v>
+        <v>417</v>
       </c>
       <c r="B473" t="s">
-        <v>459</v>
+        <v>418</v>
       </c>
       <c r="C473">
-        <v>42.0</v>
+        <v>7.368</v>
       </c>
       <c r="D473" t="s">
-        <v>6</v>
+        <v>139</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
-        <v>460</v>
+        <v>419</v>
       </c>
       <c r="B474" t="s">
-        <v>461</v>
+        <v>420</v>
       </c>
       <c r="C474">
-        <v>42.0</v>
+        <v>7.668</v>
       </c>
       <c r="D474" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
-        <v>462</v>
+        <v>421</v>
       </c>
       <c r="B475" t="s">
-        <v>463</v>
+        <v>422</v>
       </c>
       <c r="C475">
-        <v>42.0</v>
+        <v>8.28</v>
       </c>
       <c r="D475" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
-        <v>464</v>
+        <v>423</v>
       </c>
       <c r="B476" t="s">
-        <v>465</v>
+        <v>424</v>
       </c>
       <c r="C476">
-        <v>45.6</v>
+        <v>8.28</v>
       </c>
       <c r="D476" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
-        <v>466</v>
+        <v>425</v>
       </c>
       <c r="B477" t="s">
-        <v>467</v>
+        <v>426</v>
       </c>
       <c r="C477">
-        <v>54.0</v>
+        <v>9.204</v>
       </c>
       <c r="D477" t="s">
-        <v>237</v>
+        <v>139</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
-        <v>468</v>
+        <v>427</v>
       </c>
       <c r="B478" t="s">
-        <v>469</v>
+        <v>428</v>
       </c>
       <c r="C478">
-        <v>54.0</v>
+        <v>9.204</v>
       </c>
       <c r="D478" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
-        <v>470</v>
+        <v>429</v>
       </c>
       <c r="B479" t="s">
-        <v>471</v>
+        <v>430</v>
       </c>
       <c r="C479">
-        <v>54.0</v>
+        <v>9.204</v>
       </c>
       <c r="D479" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
-        <v>472</v>
+        <v>431</v>
       </c>
       <c r="B480" t="s">
-        <v>473</v>
+        <v>432</v>
       </c>
       <c r="C480">
-        <v>54.0</v>
+        <v>9.816</v>
       </c>
       <c r="D480" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
-        <v>474</v>
+        <v>433</v>
       </c>
       <c r="B481" t="s">
-        <v>475</v>
+        <v>434</v>
       </c>
       <c r="C481">
-        <v>54.0</v>
+        <v>10.128</v>
       </c>
       <c r="D481" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
-        <v>476</v>
+        <v>435</v>
       </c>
       <c r="B482" t="s">
-        <v>477</v>
+        <v>436</v>
       </c>
       <c r="C482">
-        <v>60.0</v>
+        <v>11.04</v>
       </c>
       <c r="D482" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
-        <v>478</v>
+        <v>437</v>
       </c>
       <c r="B483" t="s">
-        <v>479</v>
+        <v>438</v>
       </c>
       <c r="C483">
-        <v>66.0</v>
+        <v>11.652</v>
       </c>
       <c r="D483" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
       <c r="B484" t="s">
-        <v>481</v>
+        <v>440</v>
       </c>
       <c r="C484">
-        <v>66.0</v>
+        <v>11.652</v>
       </c>
       <c r="D484" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
-        <v>482</v>
+        <v>441</v>
       </c>
       <c r="B485" t="s">
-        <v>483</v>
+        <v>442</v>
       </c>
       <c r="C485">
-        <v>66.0</v>
+        <v>12.276</v>
       </c>
       <c r="D485" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
-        <v>484</v>
+        <v>443</v>
       </c>
       <c r="B486" t="s">
-        <v>485</v>
+        <v>444</v>
       </c>
       <c r="C486">
-        <v>66.0</v>
+        <v>12.276</v>
       </c>
       <c r="D486" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
-        <v>486</v>
+        <v>445</v>
       </c>
       <c r="B487" t="s">
-        <v>487</v>
+        <v>446</v>
       </c>
       <c r="C487">
-        <v>66.0</v>
+        <v>12.276</v>
       </c>
       <c r="D487" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
-        <v>488</v>
+        <v>447</v>
       </c>
       <c r="B488" t="s">
-        <v>489</v>
+        <v>448</v>
       </c>
       <c r="C488">
-        <v>72.0</v>
+        <v>12.276</v>
       </c>
       <c r="D488" t="s">
-        <v>237</v>
+        <v>139</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
-        <v>490</v>
+        <v>449</v>
       </c>
       <c r="B489" t="s">
-        <v>491</v>
+        <v>450</v>
       </c>
       <c r="C489">
-        <v>72.0</v>
+        <v>12.276</v>
       </c>
       <c r="D489" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
-        <v>492</v>
+        <v>451</v>
       </c>
       <c r="B490" t="s">
-        <v>493</v>
+        <v>452</v>
       </c>
       <c r="C490">
-        <v>81.6</v>
+        <v>12.888</v>
       </c>
       <c r="D490" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
-        <v>494</v>
+        <v>453</v>
       </c>
       <c r="B491" t="s">
-        <v>495</v>
+        <v>454</v>
       </c>
       <c r="C491">
-        <v>84.0</v>
+        <v>13.8</v>
       </c>
       <c r="D491" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
-        <v>496</v>
+        <v>455</v>
       </c>
       <c r="B492" t="s">
-        <v>497</v>
+        <v>456</v>
       </c>
       <c r="C492">
-        <v>96.0</v>
+        <v>13.8</v>
       </c>
       <c r="D492" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
-        <v>498</v>
+        <v>457</v>
       </c>
       <c r="B493" t="s">
-        <v>499</v>
+        <v>458</v>
       </c>
       <c r="C493">
-        <v>96.0</v>
+        <v>13.8</v>
       </c>
       <c r="D493" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
-        <v>500</v>
+        <v>459</v>
       </c>
       <c r="B494" t="s">
-        <v>501</v>
+        <v>460</v>
       </c>
       <c r="C494">
-        <v>102.0</v>
+        <v>14.112</v>
       </c>
       <c r="D494" t="s">
-        <v>237</v>
+        <v>11</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
-        <v>502</v>
+        <v>461</v>
       </c>
       <c r="B495" t="s">
-        <v>503</v>
+        <v>462</v>
       </c>
       <c r="C495">
-        <v>102.0</v>
+        <v>14.112</v>
       </c>
       <c r="D495" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
-        <v>504</v>
+        <v>463</v>
       </c>
       <c r="B496" t="s">
-        <v>505</v>
+        <v>464</v>
       </c>
       <c r="C496">
-        <v>102.0</v>
+        <v>15.336</v>
       </c>
       <c r="D496" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
-        <v>506</v>
+        <v>465</v>
       </c>
       <c r="B497" t="s">
-        <v>507</v>
+        <v>466</v>
       </c>
       <c r="C497">
-        <v>108.0</v>
+        <v>15.648</v>
       </c>
       <c r="D497" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
-        <v>508</v>
+        <v>467</v>
       </c>
       <c r="B498" t="s">
-        <v>509</v>
+        <v>468</v>
       </c>
       <c r="C498">
-        <v>108.0</v>
+        <v>18.408</v>
       </c>
       <c r="D498" t="s">
-        <v>237</v>
+        <v>139</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
-        <v>510</v>
+        <v>469</v>
       </c>
       <c r="B499" t="s">
-        <v>511</v>
+        <v>470</v>
       </c>
       <c r="C499">
-        <v>114.0</v>
+        <v>18.408</v>
       </c>
       <c r="D499" t="s">
-        <v>237</v>
+        <v>139</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
-        <v>512</v>
+        <v>471</v>
       </c>
       <c r="B500" t="s">
-        <v>513</v>
+        <v>472</v>
       </c>
       <c r="C500">
-        <v>120.0</v>
+        <v>18.408</v>
       </c>
       <c r="D500" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
-        <v>514</v>
+        <v>473</v>
       </c>
       <c r="B501" t="s">
-        <v>515</v>
+        <v>474</v>
       </c>
       <c r="C501">
-        <v>132.0</v>
+        <v>18.408</v>
       </c>
       <c r="D501" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="B502" t="s">
-        <v>122</v>
+        <v>21</v>
       </c>
       <c r="C502">
-        <v>2.34</v>
+        <v>0.504</v>
       </c>
       <c r="D502" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
-        <v>123</v>
+        <v>30</v>
       </c>
       <c r="B503" t="s">
-        <v>124</v>
+        <v>31</v>
       </c>
       <c r="C503">
-        <v>2.34</v>
+        <v>0.552</v>
       </c>
       <c r="D503" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>242</v>
+        <v>68</v>
       </c>
       <c r="B504" t="s">
-        <v>243</v>
+        <v>69</v>
       </c>
       <c r="C504">
-        <v>3.6</v>
+        <v>0.924</v>
       </c>
       <c r="D504" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>244</v>
+        <v>78</v>
       </c>
       <c r="B505" t="s">
-        <v>245</v>
+        <v>79</v>
       </c>
       <c r="C505">
-        <v>3.6</v>
+        <v>1.068</v>
       </c>
       <c r="D505" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="B506" t="s">
-        <v>264</v>
+        <v>97</v>
       </c>
       <c r="C506">
-        <v>4.2</v>
+        <v>1.104</v>
       </c>
       <c r="D506" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>287</v>
+        <v>119</v>
       </c>
       <c r="B507" t="s">
-        <v>288</v>
+        <v>120</v>
       </c>
       <c r="C507">
-        <v>5.4</v>
+        <v>1.2</v>
       </c>
       <c r="D507" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>313</v>
+        <v>121</v>
       </c>
       <c r="B508" t="s">
-        <v>314</v>
+        <v>122</v>
       </c>
       <c r="C508">
-        <v>6.6</v>
+        <v>1.2</v>
       </c>
       <c r="D508" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
-        <v>353</v>
+        <v>133</v>
       </c>
       <c r="B509" t="s">
-        <v>354</v>
+        <v>134</v>
       </c>
       <c r="C509">
-        <v>8.52</v>
+        <v>1.284</v>
       </c>
       <c r="D509" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
-        <v>355</v>
+        <v>154</v>
       </c>
       <c r="B510" t="s">
-        <v>356</v>
+        <v>155</v>
       </c>
       <c r="C510">
-        <v>8.88</v>
+        <v>1.38</v>
       </c>
       <c r="D510" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>381</v>
+        <v>236</v>
       </c>
       <c r="B511" t="s">
-        <v>382</v>
+        <v>237</v>
       </c>
       <c r="C511">
-        <v>9.6</v>
+        <v>1.836</v>
       </c>
       <c r="D511" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
-        <v>399</v>
+        <v>238</v>
       </c>
       <c r="B512" t="s">
-        <v>400</v>
+        <v>239</v>
       </c>
       <c r="C512">
-        <v>14.16</v>
+        <v>1.836</v>
       </c>
       <c r="D512" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>403</v>
+        <v>240</v>
       </c>
       <c r="B513" t="s">
-        <v>404</v>
+        <v>241</v>
       </c>
       <c r="C513">
-        <v>16.2</v>
+        <v>1.836</v>
       </c>
       <c r="D513" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
-        <v>405</v>
+        <v>242</v>
       </c>
       <c r="B514" t="s">
-        <v>406</v>
+        <v>243</v>
       </c>
       <c r="C514">
-        <v>16.2</v>
+        <v>1.836</v>
       </c>
       <c r="D514" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" t="s">
-        <v>409</v>
+        <v>244</v>
       </c>
       <c r="B515" t="s">
-        <v>410</v>
+        <v>245</v>
       </c>
       <c r="C515">
-        <v>18.0</v>
+        <v>1.836</v>
       </c>
       <c r="D515" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" t="s">
-        <v>411</v>
+        <v>246</v>
       </c>
       <c r="B516" t="s">
-        <v>412</v>
+        <v>247</v>
       </c>
       <c r="C516">
-        <v>18.0</v>
+        <v>1.908</v>
       </c>
       <c r="D516" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" t="s">
-        <v>413</v>
+        <v>258</v>
       </c>
       <c r="B517" t="s">
-        <v>414</v>
+        <v>259</v>
       </c>
       <c r="C517">
-        <v>18.0</v>
+        <v>2.148</v>
       </c>
       <c r="D517" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" t="s">
-        <v>415</v>
+        <v>260</v>
       </c>
       <c r="B518" t="s">
-        <v>416</v>
+        <v>261</v>
       </c>
       <c r="C518">
-        <v>18.0</v>
+        <v>2.148</v>
       </c>
       <c r="D518" t="s">
-        <v>6</v>
+        <v>262</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" t="s">
-        <v>421</v>
+        <v>263</v>
       </c>
       <c r="B519" t="s">
-        <v>422</v>
+        <v>264</v>
       </c>
       <c r="C519">
-        <v>22.8</v>
+        <v>2.148</v>
       </c>
       <c r="D519" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" t="s">
-        <v>425</v>
+        <v>269</v>
       </c>
       <c r="B520" t="s">
-        <v>426</v>
+        <v>270</v>
       </c>
       <c r="C520">
-        <v>24.0</v>
+        <v>2.268</v>
       </c>
       <c r="D520" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" t="s">
-        <v>427</v>
+        <v>273</v>
       </c>
       <c r="B521" t="s">
-        <v>428</v>
+        <v>274</v>
       </c>
       <c r="C521">
-        <v>24.0</v>
+        <v>2.328</v>
       </c>
       <c r="D521" t="s">
-        <v>429</v>
+        <v>6</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" t="s">
-        <v>430</v>
+        <v>277</v>
       </c>
       <c r="B522" t="s">
-        <v>431</v>
+        <v>278</v>
       </c>
       <c r="C522">
-        <v>24.0</v>
+        <v>2.46</v>
       </c>
       <c r="D522" t="s">
-        <v>429</v>
+        <v>11</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" t="s">
-        <v>432</v>
+        <v>281</v>
       </c>
       <c r="B523" t="s">
-        <v>433</v>
+        <v>282</v>
       </c>
       <c r="C523">
-        <v>27.0</v>
+        <v>2.604</v>
       </c>
       <c r="D523" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" t="s">
-        <v>434</v>
+        <v>283</v>
       </c>
       <c r="B524" t="s">
-        <v>435</v>
+        <v>284</v>
       </c>
       <c r="C524">
-        <v>27.0</v>
+        <v>2.64</v>
       </c>
       <c r="D524" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" t="s">
-        <v>446</v>
+        <v>289</v>
       </c>
       <c r="B525" t="s">
-        <v>447</v>
+        <v>290</v>
       </c>
       <c r="C525">
-        <v>36.0</v>
+        <v>2.76</v>
       </c>
       <c r="D525" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" t="s">
-        <v>448</v>
+        <v>295</v>
       </c>
       <c r="B526" t="s">
-        <v>449</v>
+        <v>296</v>
       </c>
       <c r="C526">
-        <v>36.0</v>
+        <v>2.94</v>
       </c>
       <c r="D526" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" t="s">
-        <v>450</v>
+        <v>309</v>
       </c>
       <c r="B527" t="s">
-        <v>451</v>
+        <v>310</v>
       </c>
       <c r="C527">
-        <v>38.4</v>
+        <v>3.072</v>
       </c>
       <c r="D527" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" t="s">
-        <v>452</v>
+        <v>311</v>
       </c>
       <c r="B528" t="s">
-        <v>453</v>
+        <v>312</v>
       </c>
       <c r="C528">
-        <v>39.6</v>
+        <v>3.312</v>
       </c>
       <c r="D528" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" t="s">
-        <v>454</v>
+        <v>315</v>
       </c>
       <c r="B529" t="s">
-        <v>455</v>
+        <v>316</v>
       </c>
       <c r="C529">
-        <v>39.6</v>
+        <v>3.372</v>
       </c>
       <c r="D529" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" t="s">
-        <v>460</v>
+        <v>345</v>
       </c>
       <c r="B530" t="s">
-        <v>461</v>
+        <v>346</v>
       </c>
       <c r="C530">
-        <v>42.0</v>
+        <v>3.984</v>
       </c>
       <c r="D530" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" t="s">
-        <v>462</v>
+        <v>347</v>
       </c>
       <c r="B531" t="s">
-        <v>463</v>
+        <v>348</v>
       </c>
       <c r="C531">
-        <v>42.0</v>
+        <v>3.984</v>
       </c>
       <c r="D531" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" t="s">
-        <v>464</v>
+        <v>349</v>
       </c>
       <c r="B532" t="s">
-        <v>465</v>
+        <v>350</v>
       </c>
       <c r="C532">
-        <v>45.6</v>
+        <v>4.044</v>
       </c>
       <c r="D532" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" t="s">
-        <v>472</v>
+        <v>357</v>
       </c>
       <c r="B533" t="s">
-        <v>473</v>
+        <v>358</v>
       </c>
       <c r="C533">
-        <v>54.0</v>
+        <v>4.356</v>
       </c>
       <c r="D533" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" t="s">
-        <v>474</v>
+        <v>359</v>
       </c>
       <c r="B534" t="s">
-        <v>475</v>
+        <v>360</v>
       </c>
       <c r="C534">
-        <v>54.0</v>
+        <v>4.536</v>
       </c>
       <c r="D534" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" t="s">
-        <v>476</v>
+        <v>383</v>
       </c>
       <c r="B535" t="s">
-        <v>477</v>
+        <v>384</v>
       </c>
       <c r="C535">
-        <v>60.0</v>
+        <v>4.908</v>
       </c>
       <c r="D535" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" t="s">
-        <v>478</v>
+        <v>385</v>
       </c>
       <c r="B536" t="s">
-        <v>479</v>
+        <v>386</v>
       </c>
       <c r="C536">
-        <v>66.0</v>
+        <v>4.908</v>
       </c>
       <c r="D536" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" t="s">
-        <v>480</v>
+        <v>387</v>
       </c>
       <c r="B537" t="s">
-        <v>481</v>
+        <v>388</v>
       </c>
       <c r="C537">
-        <v>66.0</v>
+        <v>5.22</v>
       </c>
       <c r="D537" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" t="s">
-        <v>482</v>
+        <v>389</v>
       </c>
       <c r="B538" t="s">
-        <v>483</v>
+        <v>390</v>
       </c>
       <c r="C538">
-        <v>66.0</v>
+        <v>5.364</v>
       </c>
       <c r="D538" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" t="s">
-        <v>484</v>
+        <v>391</v>
       </c>
       <c r="B539" t="s">
-        <v>485</v>
+        <v>392</v>
       </c>
       <c r="C539">
-        <v>66.0</v>
+        <v>5.52</v>
       </c>
       <c r="D539" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" t="s">
-        <v>486</v>
+        <v>393</v>
       </c>
       <c r="B540" t="s">
-        <v>487</v>
+        <v>394</v>
       </c>
       <c r="C540">
-        <v>66.0</v>
+        <v>5.832</v>
       </c>
       <c r="D540" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" t="s">
-        <v>488</v>
+        <v>395</v>
       </c>
       <c r="B541" t="s">
-        <v>489</v>
+        <v>396</v>
       </c>
       <c r="C541">
-        <v>72.0</v>
+        <v>5.832</v>
       </c>
       <c r="D541" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" t="s">
-        <v>490</v>
+        <v>411</v>
       </c>
       <c r="B542" t="s">
-        <v>491</v>
+        <v>412</v>
       </c>
       <c r="C542">
-        <v>72.0</v>
+        <v>7.236</v>
       </c>
       <c r="D542" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" t="s">
-        <v>492</v>
+        <v>417</v>
       </c>
       <c r="B543" t="s">
-        <v>493</v>
+        <v>418</v>
       </c>
       <c r="C543">
-        <v>81.6</v>
+        <v>7.368</v>
       </c>
       <c r="D543" t="s">
-        <v>237</v>
+        <v>139</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" t="s">
-        <v>494</v>
+        <v>419</v>
       </c>
       <c r="B544" t="s">
-        <v>495</v>
+        <v>420</v>
       </c>
       <c r="C544">
-        <v>84.0</v>
+        <v>7.668</v>
       </c>
       <c r="D544" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" t="s">
-        <v>496</v>
+        <v>421</v>
       </c>
       <c r="B545" t="s">
-        <v>497</v>
+        <v>422</v>
       </c>
       <c r="C545">
-        <v>96.0</v>
+        <v>8.28</v>
       </c>
       <c r="D545" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" t="s">
-        <v>498</v>
+        <v>423</v>
       </c>
       <c r="B546" t="s">
-        <v>499</v>
+        <v>424</v>
       </c>
       <c r="C546">
-        <v>96.0</v>
+        <v>8.28</v>
       </c>
       <c r="D546" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" t="s">
-        <v>500</v>
+        <v>427</v>
       </c>
       <c r="B547" t="s">
-        <v>501</v>
+        <v>428</v>
       </c>
       <c r="C547">
-        <v>102.0</v>
+        <v>9.204</v>
       </c>
       <c r="D547" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" t="s">
-        <v>502</v>
+        <v>429</v>
       </c>
       <c r="B548" t="s">
-        <v>503</v>
+        <v>430</v>
       </c>
       <c r="C548">
-        <v>102.0</v>
+        <v>9.204</v>
       </c>
       <c r="D548" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" t="s">
-        <v>504</v>
+        <v>431</v>
       </c>
       <c r="B549" t="s">
-        <v>505</v>
+        <v>432</v>
       </c>
       <c r="C549">
-        <v>102.0</v>
+        <v>9.816</v>
       </c>
       <c r="D549" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" t="s">
-        <v>506</v>
+        <v>433</v>
       </c>
       <c r="B550" t="s">
-        <v>507</v>
+        <v>434</v>
       </c>
       <c r="C550">
-        <v>108.0</v>
+        <v>10.128</v>
       </c>
       <c r="D550" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" t="s">
-        <v>508</v>
+        <v>435</v>
       </c>
       <c r="B551" t="s">
-        <v>509</v>
+        <v>436</v>
       </c>
       <c r="C551">
-        <v>108.0</v>
+        <v>11.04</v>
       </c>
       <c r="D551" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" t="s">
-        <v>510</v>
+        <v>437</v>
       </c>
       <c r="B552" t="s">
-        <v>511</v>
+        <v>438</v>
       </c>
       <c r="C552">
-        <v>114.0</v>
+        <v>11.652</v>
       </c>
       <c r="D552" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" t="s">
-        <v>516</v>
+        <v>439</v>
       </c>
       <c r="B553" t="s">
-        <v>517</v>
+        <v>440</v>
       </c>
       <c r="C553">
-        <v>132.0</v>
+        <v>11.652</v>
       </c>
       <c r="D553" t="s">
-        <v>429</v>
+        <v>6</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" t="s">
-        <v>518</v>
+        <v>443</v>
       </c>
       <c r="B554" t="s">
-        <v>519</v>
+        <v>444</v>
       </c>
       <c r="C554">
-        <v>132.0</v>
+        <v>12.276</v>
       </c>
       <c r="D554" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" t="s">
-        <v>520</v>
+        <v>445</v>
       </c>
       <c r="B555" t="s">
-        <v>521</v>
+        <v>446</v>
       </c>
       <c r="C555">
-        <v>132.0</v>
+        <v>12.276</v>
       </c>
       <c r="D555" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" t="s">
-        <v>522</v>
+        <v>447</v>
       </c>
       <c r="B556" t="s">
-        <v>523</v>
+        <v>448</v>
       </c>
       <c r="C556">
-        <v>132.0</v>
+        <v>12.276</v>
       </c>
       <c r="D556" t="s">
-        <v>237</v>
+        <v>139</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" t="s">
-        <v>524</v>
+        <v>449</v>
       </c>
       <c r="B557" t="s">
-        <v>525</v>
+        <v>450</v>
       </c>
       <c r="C557">
-        <v>138.0</v>
+        <v>12.276</v>
       </c>
       <c r="D557" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" t="s">
-        <v>526</v>
+        <v>451</v>
       </c>
       <c r="B558" t="s">
-        <v>527</v>
+        <v>452</v>
       </c>
       <c r="C558">
-        <v>138.0</v>
+        <v>12.888</v>
       </c>
       <c r="D558" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" t="s">
-        <v>528</v>
+        <v>455</v>
       </c>
       <c r="B559" t="s">
-        <v>529</v>
+        <v>456</v>
       </c>
       <c r="C559">
-        <v>150.0</v>
+        <v>13.8</v>
       </c>
       <c r="D559" t="s">
-        <v>237</v>
+        <v>11</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" t="s">
-        <v>530</v>
+        <v>457</v>
       </c>
       <c r="B560" t="s">
-        <v>531</v>
+        <v>458</v>
       </c>
       <c r="C560">
-        <v>150.0</v>
+        <v>13.8</v>
       </c>
       <c r="D560" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" t="s">
-        <v>532</v>
+        <v>459</v>
       </c>
       <c r="B561" t="s">
-        <v>533</v>
+        <v>460</v>
       </c>
       <c r="C561">
-        <v>150.0</v>
+        <v>14.112</v>
       </c>
       <c r="D561" t="s">
-        <v>237</v>
+        <v>11</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" t="s">
-        <v>534</v>
+        <v>461</v>
       </c>
       <c r="B562" t="s">
-        <v>535</v>
+        <v>462</v>
       </c>
       <c r="C562">
-        <v>156.0</v>
+        <v>14.112</v>
       </c>
       <c r="D562" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563" t="s">
-        <v>536</v>
+        <v>463</v>
       </c>
       <c r="B563" t="s">
-        <v>537</v>
+        <v>464</v>
       </c>
       <c r="C563">
-        <v>162.0</v>
+        <v>15.336</v>
       </c>
       <c r="D563" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564" t="s">
-        <v>538</v>
+        <v>465</v>
       </c>
       <c r="B564" t="s">
-        <v>539</v>
+        <v>466</v>
       </c>
       <c r="C564">
-        <v>180.0</v>
+        <v>15.648</v>
       </c>
       <c r="D564" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" t="s">
-        <v>540</v>
+        <v>475</v>
       </c>
       <c r="B565" t="s">
-        <v>541</v>
+        <v>476</v>
       </c>
       <c r="C565">
-        <v>186.0</v>
+        <v>18.408</v>
       </c>
       <c r="D565" t="s">
-        <v>237</v>
+        <v>11</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" t="s">
-        <v>542</v>
+        <v>477</v>
       </c>
       <c r="B566" t="s">
-        <v>543</v>
+        <v>478</v>
       </c>
       <c r="C566">
-        <v>192.0</v>
+        <v>18.408</v>
       </c>
       <c r="D566" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" t="s">
-        <v>544</v>
+        <v>479</v>
       </c>
       <c r="B567" t="s">
-        <v>545</v>
+        <v>480</v>
       </c>
       <c r="C567">
-        <v>204.0</v>
+        <v>19.632</v>
       </c>
       <c r="D567" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" t="s">
-        <v>546</v>
+        <v>481</v>
       </c>
       <c r="B568" t="s">
-        <v>547</v>
+        <v>482</v>
       </c>
       <c r="C568">
-        <v>282.0</v>
+        <v>20.244</v>
       </c>
       <c r="D568" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569" t="s">
+        <v>483</v>
+      </c>
+      <c r="B569" t="s">
+        <v>484</v>
+      </c>
+      <c r="C569">
+        <v>20.244</v>
+      </c>
+      <c r="D569" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4">
+      <c r="A570" t="s">
+        <v>485</v>
+      </c>
+      <c r="B570" t="s">
+        <v>486</v>
+      </c>
+      <c r="C570">
+        <v>21.48</v>
+      </c>
+      <c r="D570" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4">
+      <c r="A571" t="s">
+        <v>487</v>
+      </c>
+      <c r="B571" t="s">
+        <v>488</v>
+      </c>
+      <c r="C571">
+        <v>21.48</v>
+      </c>
+      <c r="D571" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4">
+      <c r="A572" t="s">
+        <v>489</v>
+      </c>
+      <c r="B572" t="s">
+        <v>490</v>
+      </c>
+      <c r="C572">
+        <v>21.48</v>
+      </c>
+      <c r="D572" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4">
+      <c r="A573" t="s">
+        <v>491</v>
+      </c>
+      <c r="B573" t="s">
+        <v>492</v>
+      </c>
+      <c r="C573">
+        <v>21.48</v>
+      </c>
+      <c r="D573" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4">
+      <c r="A574" t="s">
+        <v>493</v>
+      </c>
+      <c r="B574" t="s">
+        <v>494</v>
+      </c>
+      <c r="C574">
+        <v>23.316</v>
+      </c>
+      <c r="D574" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4">
+      <c r="A575" t="s">
+        <v>495</v>
+      </c>
+      <c r="B575" t="s">
+        <v>496</v>
+      </c>
+      <c r="C575">
+        <v>27.612</v>
+      </c>
+      <c r="D575" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4">
+      <c r="A576" t="s">
+        <v>497</v>
+      </c>
+      <c r="B576" t="s">
+        <v>498</v>
+      </c>
+      <c r="C576">
+        <v>27.612</v>
+      </c>
+      <c r="D576" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4">
+      <c r="A577" t="s">
+        <v>499</v>
+      </c>
+      <c r="B577" t="s">
+        <v>500</v>
+      </c>
+      <c r="C577">
+        <v>27.612</v>
+      </c>
+      <c r="D577" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4">
+      <c r="A578" t="s">
+        <v>501</v>
+      </c>
+      <c r="B578" t="s">
+        <v>502</v>
+      </c>
+      <c r="C578">
+        <v>27.612</v>
+      </c>
+      <c r="D578" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4">
+      <c r="A579" t="s">
+        <v>503</v>
+      </c>
+      <c r="B579" t="s">
+        <v>504</v>
+      </c>
+      <c r="C579">
+        <v>27.612</v>
+      </c>
+      <c r="D579" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4">
+      <c r="A580" t="s">
+        <v>505</v>
+      </c>
+      <c r="B580" t="s">
+        <v>506</v>
+      </c>
+      <c r="C580">
+        <v>30.672</v>
+      </c>
+      <c r="D580" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4">
+      <c r="A581" t="s">
+        <v>507</v>
+      </c>
+      <c r="B581" t="s">
+        <v>508</v>
+      </c>
+      <c r="C581">
+        <v>33.744</v>
+      </c>
+      <c r="D581" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4">
+      <c r="A582" t="s">
+        <v>509</v>
+      </c>
+      <c r="B582" t="s">
+        <v>510</v>
+      </c>
+      <c r="C582">
+        <v>33.744</v>
+      </c>
+      <c r="D582" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4">
+      <c r="A583" t="s">
+        <v>511</v>
+      </c>
+      <c r="B583" t="s">
+        <v>512</v>
+      </c>
+      <c r="C583">
+        <v>33.744</v>
+      </c>
+      <c r="D583" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4">
+      <c r="A584" t="s">
+        <v>513</v>
+      </c>
+      <c r="B584" t="s">
+        <v>514</v>
+      </c>
+      <c r="C584">
+        <v>33.744</v>
+      </c>
+      <c r="D584" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4">
+      <c r="A585" t="s">
+        <v>515</v>
+      </c>
+      <c r="B585" t="s">
+        <v>516</v>
+      </c>
+      <c r="C585">
+        <v>33.744</v>
+      </c>
+      <c r="D585" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4">
+      <c r="A586" t="s">
+        <v>517</v>
+      </c>
+      <c r="B586" t="s">
+        <v>518</v>
+      </c>
+      <c r="C586">
+        <v>36.816</v>
+      </c>
+      <c r="D586" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4">
+      <c r="A587" t="s">
+        <v>519</v>
+      </c>
+      <c r="B587" t="s">
+        <v>520</v>
+      </c>
+      <c r="C587">
+        <v>36.816</v>
+      </c>
+      <c r="D587" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4">
+      <c r="A588" t="s">
+        <v>521</v>
+      </c>
+      <c r="B588" t="s">
+        <v>522</v>
+      </c>
+      <c r="C588">
+        <v>41.724</v>
+      </c>
+      <c r="D588" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4">
+      <c r="A589" t="s">
+        <v>523</v>
+      </c>
+      <c r="B589" t="s">
+        <v>524</v>
+      </c>
+      <c r="C589">
+        <v>42.948</v>
+      </c>
+      <c r="D589" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4">
+      <c r="A590" t="s">
+        <v>525</v>
+      </c>
+      <c r="B590" t="s">
+        <v>526</v>
+      </c>
+      <c r="C590">
+        <v>49.08</v>
+      </c>
+      <c r="D590" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4">
+      <c r="A591" t="s">
+        <v>527</v>
+      </c>
+      <c r="B591" t="s">
+        <v>528</v>
+      </c>
+      <c r="C591">
+        <v>49.08</v>
+      </c>
+      <c r="D591" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4">
+      <c r="A592" t="s">
+        <v>529</v>
+      </c>
+      <c r="B592" t="s">
+        <v>530</v>
+      </c>
+      <c r="C592">
+        <v>52.152</v>
+      </c>
+      <c r="D592" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4">
+      <c r="A593" t="s">
+        <v>531</v>
+      </c>
+      <c r="B593" t="s">
+        <v>532</v>
+      </c>
+      <c r="C593">
+        <v>52.152</v>
+      </c>
+      <c r="D593" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4">
+      <c r="A594" t="s">
+        <v>533</v>
+      </c>
+      <c r="B594" t="s">
+        <v>534</v>
+      </c>
+      <c r="C594">
+        <v>52.152</v>
+      </c>
+      <c r="D594" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4">
+      <c r="A595" t="s">
+        <v>535</v>
+      </c>
+      <c r="B595" t="s">
+        <v>536</v>
+      </c>
+      <c r="C595">
+        <v>55.224</v>
+      </c>
+      <c r="D595" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4">
+      <c r="A596" t="s">
+        <v>537</v>
+      </c>
+      <c r="B596" t="s">
+        <v>538</v>
+      </c>
+      <c r="C596">
+        <v>55.224</v>
+      </c>
+      <c r="D596" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4">
+      <c r="A597" t="s">
+        <v>539</v>
+      </c>
+      <c r="B597" t="s">
+        <v>540</v>
+      </c>
+      <c r="C597">
+        <v>58.284</v>
+      </c>
+      <c r="D597" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="598" spans="1:4">
+      <c r="A598" t="s">
+        <v>541</v>
+      </c>
+      <c r="B598" t="s">
+        <v>542</v>
+      </c>
+      <c r="C598">
+        <v>61.356</v>
+      </c>
+      <c r="D598" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="599" spans="1:4">
+      <c r="A599" t="s">
+        <v>543</v>
+      </c>
+      <c r="B599" t="s">
+        <v>544</v>
+      </c>
+      <c r="C599">
+        <v>67.488</v>
+      </c>
+      <c r="D599" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="600" spans="1:4">
+      <c r="A600" t="s">
+        <v>545</v>
+      </c>
+      <c r="B600" t="s">
+        <v>546</v>
+      </c>
+      <c r="C600">
+        <v>67.488</v>
+      </c>
+      <c r="D600" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4">
+      <c r="A601" t="s">
+        <v>547</v>
+      </c>
+      <c r="B601" t="s">
         <v>548</v>
       </c>
-      <c r="B569" t="s">
+      <c r="C601">
+        <v>67.488</v>
+      </c>
+      <c r="D601" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="602" spans="1:4">
+      <c r="A602" t="s">
+        <v>119</v>
+      </c>
+      <c r="B602" t="s">
+        <v>120</v>
+      </c>
+      <c r="C602">
+        <v>1.2</v>
+      </c>
+      <c r="D602" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4">
+      <c r="A603" t="s">
+        <v>121</v>
+      </c>
+      <c r="B603" t="s">
+        <v>122</v>
+      </c>
+      <c r="C603">
+        <v>1.2</v>
+      </c>
+      <c r="D603" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="604" spans="1:4">
+      <c r="A604" t="s">
+        <v>244</v>
+      </c>
+      <c r="B604" t="s">
+        <v>245</v>
+      </c>
+      <c r="C604">
+        <v>1.836</v>
+      </c>
+      <c r="D604" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4">
+      <c r="A605" t="s">
+        <v>263</v>
+      </c>
+      <c r="B605" t="s">
+        <v>264</v>
+      </c>
+      <c r="C605">
+        <v>2.148</v>
+      </c>
+      <c r="D605" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4">
+      <c r="A606" t="s">
+        <v>289</v>
+      </c>
+      <c r="B606" t="s">
+        <v>290</v>
+      </c>
+      <c r="C606">
+        <v>2.76</v>
+      </c>
+      <c r="D606" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="607" spans="1:4">
+      <c r="A607" t="s">
+        <v>385</v>
+      </c>
+      <c r="B607" t="s">
+        <v>386</v>
+      </c>
+      <c r="C607">
+        <v>4.908</v>
+      </c>
+      <c r="D607" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4">
+      <c r="A608" t="s">
+        <v>387</v>
+      </c>
+      <c r="B608" t="s">
+        <v>388</v>
+      </c>
+      <c r="C608">
+        <v>5.22</v>
+      </c>
+      <c r="D608" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4">
+      <c r="A609" t="s">
+        <v>417</v>
+      </c>
+      <c r="B609" t="s">
+        <v>418</v>
+      </c>
+      <c r="C609">
+        <v>7.368</v>
+      </c>
+      <c r="D609" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4">
+      <c r="A610" t="s">
+        <v>435</v>
+      </c>
+      <c r="B610" t="s">
+        <v>436</v>
+      </c>
+      <c r="C610">
+        <v>11.04</v>
+      </c>
+      <c r="D610" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4">
+      <c r="A611" t="s">
+        <v>477</v>
+      </c>
+      <c r="B611" t="s">
+        <v>478</v>
+      </c>
+      <c r="C611">
+        <v>18.408</v>
+      </c>
+      <c r="D611" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4">
+      <c r="A612" t="s">
+        <v>489</v>
+      </c>
+      <c r="B612" t="s">
+        <v>490</v>
+      </c>
+      <c r="C612">
+        <v>21.48</v>
+      </c>
+      <c r="D612" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4">
+      <c r="A613" t="s">
+        <v>491</v>
+      </c>
+      <c r="B613" t="s">
+        <v>492</v>
+      </c>
+      <c r="C613">
+        <v>21.48</v>
+      </c>
+      <c r="D613" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4">
+      <c r="A614" t="s">
+        <v>493</v>
+      </c>
+      <c r="B614" t="s">
+        <v>494</v>
+      </c>
+      <c r="C614">
+        <v>23.316</v>
+      </c>
+      <c r="D614" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4">
+      <c r="A615" t="s">
+        <v>505</v>
+      </c>
+      <c r="B615" t="s">
+        <v>506</v>
+      </c>
+      <c r="C615">
+        <v>30.672</v>
+      </c>
+      <c r="D615" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4">
+      <c r="A616" t="s">
+        <v>511</v>
+      </c>
+      <c r="B616" t="s">
+        <v>512</v>
+      </c>
+      <c r="C616">
+        <v>33.744</v>
+      </c>
+      <c r="D616" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4">
+      <c r="A617" t="s">
+        <v>513</v>
+      </c>
+      <c r="B617" t="s">
+        <v>514</v>
+      </c>
+      <c r="C617">
+        <v>33.744</v>
+      </c>
+      <c r="D617" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4">
+      <c r="A618" t="s">
+        <v>515</v>
+      </c>
+      <c r="B618" t="s">
+        <v>516</v>
+      </c>
+      <c r="C618">
+        <v>33.744</v>
+      </c>
+      <c r="D618" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4">
+      <c r="A619" t="s">
+        <v>519</v>
+      </c>
+      <c r="B619" t="s">
+        <v>520</v>
+      </c>
+      <c r="C619">
+        <v>36.816</v>
+      </c>
+      <c r="D619" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4">
+      <c r="A620" t="s">
+        <v>525</v>
+      </c>
+      <c r="B620" t="s">
+        <v>526</v>
+      </c>
+      <c r="C620">
+        <v>49.08</v>
+      </c>
+      <c r="D620" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4">
+      <c r="A621" t="s">
+        <v>527</v>
+      </c>
+      <c r="B621" t="s">
+        <v>528</v>
+      </c>
+      <c r="C621">
+        <v>49.08</v>
+      </c>
+      <c r="D621" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4">
+      <c r="A622" t="s">
+        <v>529</v>
+      </c>
+      <c r="B622" t="s">
+        <v>530</v>
+      </c>
+      <c r="C622">
+        <v>52.152</v>
+      </c>
+      <c r="D622" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4">
+      <c r="A623" t="s">
+        <v>531</v>
+      </c>
+      <c r="B623" t="s">
+        <v>532</v>
+      </c>
+      <c r="C623">
+        <v>52.152</v>
+      </c>
+      <c r="D623" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="624" spans="1:4">
+      <c r="A624" t="s">
+        <v>533</v>
+      </c>
+      <c r="B624" t="s">
+        <v>534</v>
+      </c>
+      <c r="C624">
+        <v>52.152</v>
+      </c>
+      <c r="D624" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4">
+      <c r="A625" t="s">
+        <v>535</v>
+      </c>
+      <c r="B625" t="s">
+        <v>536</v>
+      </c>
+      <c r="C625">
+        <v>55.224</v>
+      </c>
+      <c r="D625" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4">
+      <c r="A626" t="s">
+        <v>537</v>
+      </c>
+      <c r="B626" t="s">
+        <v>538</v>
+      </c>
+      <c r="C626">
+        <v>55.224</v>
+      </c>
+      <c r="D626" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4">
+      <c r="A627" t="s">
+        <v>539</v>
+      </c>
+      <c r="B627" t="s">
+        <v>540</v>
+      </c>
+      <c r="C627">
+        <v>58.284</v>
+      </c>
+      <c r="D627" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4">
+      <c r="A628" t="s">
         <v>549</v>
       </c>
-      <c r="C569">
-[...3 lines deleted...]
-        <v>237</v>
+      <c r="B628" t="s">
+        <v>550</v>
+      </c>
+      <c r="C628">
+        <v>67.488</v>
+      </c>
+      <c r="D628" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4">
+      <c r="A629" t="s">
+        <v>551</v>
+      </c>
+      <c r="B629" t="s">
+        <v>552</v>
+      </c>
+      <c r="C629">
+        <v>67.488</v>
+      </c>
+      <c r="D629" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4">
+      <c r="A630" t="s">
+        <v>553</v>
+      </c>
+      <c r="B630" t="s">
+        <v>554</v>
+      </c>
+      <c r="C630">
+        <v>70.56</v>
+      </c>
+      <c r="D630" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4">
+      <c r="A631" t="s">
+        <v>555</v>
+      </c>
+      <c r="B631" t="s">
+        <v>556</v>
+      </c>
+      <c r="C631">
+        <v>76.692</v>
+      </c>
+      <c r="D631" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="632" spans="1:4">
+      <c r="A632" t="s">
+        <v>557</v>
+      </c>
+      <c r="B632" t="s">
+        <v>558</v>
+      </c>
+      <c r="C632">
+        <v>76.692</v>
+      </c>
+      <c r="D632" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="633" spans="1:4">
+      <c r="A633" t="s">
+        <v>559</v>
+      </c>
+      <c r="B633" t="s">
+        <v>560</v>
+      </c>
+      <c r="C633">
+        <v>76.692</v>
+      </c>
+      <c r="D633" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="634" spans="1:4">
+      <c r="A634" t="s">
+        <v>561</v>
+      </c>
+      <c r="B634" t="s">
+        <v>562</v>
+      </c>
+      <c r="C634">
+        <v>79.764</v>
+      </c>
+      <c r="D634" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="635" spans="1:4">
+      <c r="A635" t="s">
+        <v>563</v>
+      </c>
+      <c r="B635" t="s">
+        <v>564</v>
+      </c>
+      <c r="C635">
+        <v>82.824</v>
+      </c>
+      <c r="D635" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="636" spans="1:4">
+      <c r="A636" t="s">
+        <v>565</v>
+      </c>
+      <c r="B636" t="s">
+        <v>566</v>
+      </c>
+      <c r="C636">
+        <v>92.028</v>
+      </c>
+      <c r="D636" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="637" spans="1:4">
+      <c r="A637" t="s">
+        <v>567</v>
+      </c>
+      <c r="B637" t="s">
+        <v>568</v>
+      </c>
+      <c r="C637">
+        <v>95.1</v>
+      </c>
+      <c r="D637" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="638" spans="1:4">
+      <c r="A638" t="s">
+        <v>569</v>
+      </c>
+      <c r="B638" t="s">
+        <v>570</v>
+      </c>
+      <c r="C638">
+        <v>98.172</v>
+      </c>
+      <c r="D638" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="639" spans="1:4">
+      <c r="A639" t="s">
+        <v>571</v>
+      </c>
+      <c r="B639" t="s">
+        <v>572</v>
+      </c>
+      <c r="C639">
+        <v>144.18</v>
+      </c>
+      <c r="D639" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="640" spans="1:4">
+      <c r="A640" t="s">
+        <v>573</v>
+      </c>
+      <c r="B640" t="s">
+        <v>574</v>
+      </c>
+      <c r="C640">
+        <v>199.404</v>
+      </c>
+      <c r="D640" t="s">
+        <v>139</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D570"/>
+  <autoFilter ref="A1:D641"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>