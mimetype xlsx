--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,185 +7,194 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$641</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$445</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="575">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="509">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>GP164 LR-621 1.55V Button Battery GP</t>
   </si>
   <si>
     <t>GP-BA-164F-U10</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Button alkaline battery GP177 LR626 / 10 pcs. / Pack price for 1 pc. / AG4 1.55V GP</t>
   </si>
   <si>
     <t>GP-BA-177F-U10</t>
   </si>
   <si>
     <t>Button alkaline battery GP186 AG12 LR43 / 10 pcs. / Pack price for 1 pc. / 1.55V GP</t>
   </si>
   <si>
     <t>GP-BA-186F-U10</t>
   </si>
   <si>
+    <t>Button alkaline battery GP189 LR1130 / 10 pcs. / Pack price for 1 pc. / 1.55V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-189F-U10</t>
+  </si>
+  <si>
+    <t>Button GPA76 alkaline battery LR44 / 10 pcs. / Pack price for 1 pc. / 1.55V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-A76F-U10</t>
+  </si>
+  <si>
+    <t>Button alkaline battery GP192 LR41 / 10 pcs. / Pack price for 1 pc. / 1.55V, AG3</t>
+  </si>
+  <si>
+    <t>GP-BA-192F-U10</t>
+  </si>
+  <si>
+    <t>Button alkaline battery LR754 /LR48/ 1,55V  10pk / Pack price for 1 pc. /  VINNIC</t>
+  </si>
+  <si>
+    <t>B-VIN-BA-LR754</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>Button alkaline battery LR754 /LR48/ 1,55V  10pk / Pack price for 1 pc. /  EVERACTIVE</t>
+  </si>
+  <si>
+    <t>EVER-BA-LR754-AG5</t>
+  </si>
+  <si>
+    <t>Zinc carbonic zinc battery GP  R6 AA 2 pcs. SUPERCELL 15PL-S2  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-15PL-S2</t>
+  </si>
+  <si>
+    <t>Zinc carbonic zinc battery GP SUPERCELL  R03 AAA 2 pcs.  shrink 1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-24PL-S2</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Button alkaline battery GP189 LR1130 / 10 pcs. / Pack price for 1 pc. / 1.55V GP</t>
-[...40 lines deleted...]
-  <si>
     <t>Button Micro alkaline battery LR44 / AG13 / 1,55V 10 pcs/pack  price for  1 battery MAXELL</t>
   </si>
   <si>
     <t>ML-BA-LR44</t>
   </si>
   <si>
     <t>Button alkaline battery LR-1130 AG10 1.55V 10 pcs/pack  price for 1 battery MAXELL</t>
   </si>
   <si>
     <t>ML-BA-LR1130</t>
   </si>
   <si>
     <t>Button Micro alkaline battery LR41 / AG3 / 1 pcs. 1,55V pack MAXELL</t>
   </si>
   <si>
     <t>ML-BA-LR41</t>
   </si>
   <si>
     <t>Lithium Button Battery CR 2032 1pc  bulk 3V  EVE BATTERY</t>
   </si>
   <si>
     <t>EVE-CR2032-BULK</t>
   </si>
   <si>
     <t>Lithium Button Battery CR 2025 1pc  bulk 3V  EVE BATTERY</t>
   </si>
   <si>
     <t>EVE-CR2025-BULK</t>
   </si>
   <si>
     <t>Lithium Button Battery CR 2016 1pc  bulk 3V  EVE BATTERY</t>
   </si>
   <si>
     <t>EVE-CR2016-BULK</t>
   </si>
   <si>
     <t>Lithium Button Battery CR 2032 1pc  bulk 3V  VARTA</t>
   </si>
   <si>
     <t>VARTA-BL-CR-2032</t>
   </si>
   <si>
     <t>Lithium Button Battery MAXELL CR2032 3V, BULK</t>
   </si>
   <si>
     <t>ML-BL-CR2032-BULK</t>
   </si>
   <si>
+    <t>Lithium Button Battery GPL CR2032 3V, BULK</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2032-BULK</t>
+  </si>
+  <si>
     <t>GP 12V alkaline battery 1pc. bulk industrial  A23 LR23</t>
   </si>
   <si>
     <t>GP-BA-23AF-BULK</t>
   </si>
   <si>
     <t>Zinc carbonic zinc battery GP POWERPLUS  R03 AAA 4 pcs.  shrink 1.5V</t>
   </si>
   <si>
     <t>GP-BM-24C-S4</t>
   </si>
   <si>
     <t>Zinc carbonic zinc battery GP  R6 AA 4 pcs.  1.5V</t>
   </si>
   <si>
     <t>GP-BM-15C-S4</t>
   </si>
   <si>
     <t>Zinc mangan battery  MAXELL  R6 4 бр. shrink 1.5 V</t>
   </si>
   <si>
     <t>ML-BM-R6</t>
   </si>
   <si>
     <t>Lithium Button Battery CR2016 3V  5 pcs in blister /price for 1 battery/ GP</t>
@@ -340,579 +349,636 @@
   <si>
     <t>Lithium Button Battery ENERGIZER CR2032 3V 1pc./1pc./</t>
   </si>
   <si>
     <t>ENERG-BL-CR2032</t>
   </si>
   <si>
     <t xml:space="preserve">Lithium Button Battery ENERGIZER  CR2025 3V 1pcs in blister </t>
   </si>
   <si>
     <t>ENERG-BL-CR2025-1PK</t>
   </si>
   <si>
     <t>Lithium Button Battery ENERGIZER  CR2016 3V 1 pcs in blister</t>
   </si>
   <si>
     <t>ENERG-BL-CR2016-1PK</t>
   </si>
   <si>
     <t>Alkaline battery 12 V / 5 pcs. / Pack price for 1 pcs. / Alarm A27 GP</t>
   </si>
   <si>
     <t>GP-BA-27AF-U5</t>
   </si>
   <si>
-    <t>GP-BA-15A-U2</t>
-[...1 lines deleted...]
-  <si>
     <t>GP Alkaline battery 12 V / Pack  1 pcs. / Alarm A27</t>
   </si>
   <si>
     <t>GP-BA-27AF-U1</t>
   </si>
   <si>
     <t>Lithium Button Battery GP CR-1220 3V  5 pcs in blister /price for 1 battery/</t>
   </si>
   <si>
     <t>GP-BL-CR1220-7U5</t>
   </si>
   <si>
     <t>Lithium Button Battery DURACELL  CR2016 3V 5 pcs in blister</t>
   </si>
   <si>
     <t>DUR-BL-CR2016-5PK</t>
   </si>
   <si>
     <t>Lithium Button Battery DURACELL  CR2025 3V 5 pcs in blister</t>
   </si>
   <si>
     <t>DUR-BL-CR2025-5PK</t>
   </si>
   <si>
     <t>Lithium Button Battery DURACELL PROCELL CR2032 3V 5 pcs in blister  /price for 1 battery/</t>
   </si>
   <si>
     <t>PROCELL-CR2032-5PK</t>
   </si>
   <si>
     <t>Lithium Button Battery DURACELL PROCELL CR2025 3V 5 pcs in blister  /price for 1 battery/</t>
   </si>
   <si>
     <t>PROCELL-CR2025-5PK</t>
   </si>
   <si>
     <t>Lithium Button Battery DURACELL PROCELL CR2016 3V 5 pcs in blister  /price for 1 battery/</t>
   </si>
   <si>
     <t>PROCELL-CR2016-5PK</t>
   </si>
   <si>
+    <t>PROCELL-CR2032-BULK</t>
+  </si>
+  <si>
     <t>Zinc mangan battery MAXELL  6F22 1 pcs.  9V</t>
   </si>
   <si>
     <t>ML-BM-6F22</t>
   </si>
   <si>
     <t>Lithium Button Battery GP CR1616 3V 5 pcs in blister /price for 1 battery/  GP</t>
   </si>
   <si>
     <t>GP-BL-CR1616-7U5</t>
   </si>
   <si>
     <t>GP Alkaline battery LR-6 /2 pcs./ 1.5V shrink</t>
   </si>
   <si>
     <t>GP-BA-15AU21-S2</t>
   </si>
   <si>
     <t>GP Alkaline battery LR03 /2 pcs./ shrink 1.5V GP</t>
   </si>
   <si>
     <t>GP-BA-24AU21-S2</t>
   </si>
   <si>
     <t>Zinc carbonic zinc battery GP  R6 AA 4 pcs. GREENCELL 15G-S4  1.5V</t>
   </si>
   <si>
     <t>GP-BM-15G-S4</t>
   </si>
   <si>
     <t>Lithium Button Battery GP CR1616 3V 1 pc in blister /price for 1 battery/  GP</t>
   </si>
   <si>
     <t>GP-BL-CR1616-7U1</t>
   </si>
   <si>
     <t>Zinc carbonic battery GP  6F22 Greencell 1604GLF-B 1 pcs.  9V</t>
   </si>
   <si>
     <t>GP-BM-1604GLF-B</t>
   </si>
   <si>
     <t>Zinc carbonic zinc battery GP  R6 AA 4 pcs. GREENCELL 15G-U4  1.5V blister</t>
   </si>
   <si>
     <t>GP-BM-15G-U4</t>
   </si>
   <si>
+    <t>GP Alkaline battery LR-6 /2 pcs./ 1.5V</t>
+  </si>
+  <si>
+    <t>GP-BA-15AU-U2</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery LR03 /2 pcs./ 1.5V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-24AU-U2</t>
+  </si>
+  <si>
+    <t>Zinc mangan battery MAXELL  R14  2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>ML-BM-R14</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR1220 3V 1pc.</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR1616 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1616</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1225 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1225-7U1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL  CR2032 3V 5 pcs in blister</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2032-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1025 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1025-7U1</t>
+  </si>
+  <si>
+    <t>Zinc carbonic battery GP  6F22 Greencell 1604GLF-U1 1 pcs.  9V blister</t>
+  </si>
+  <si>
+    <t>GP-BM-1604GLF-U1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR1620 3V 5 pcs in blister /price for 1 battery/ GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1620-7U5</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-1620 3V 1pc. in blister  GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1620-7U1</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery GP  R14 14G-S2 GREENCELL  2 pcs. shrink  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-14G-S2</t>
+  </si>
+  <si>
+    <t>Button Micro alkaline battery LR44 / AG13 / 2 pcs. 1,55V pack ENERGIZER</t>
+  </si>
+  <si>
+    <t>ENERG-BA-LR44-2PK</t>
+  </si>
+  <si>
+    <t>GP  A 10 Alkaline battery 9V remote /5br./pack price for 1 pc. /</t>
+  </si>
+  <si>
+    <t>GP-BA-10AF-U5</t>
+  </si>
+  <si>
+    <t>A11 alkaline battery 6V for remote /5br./pack price for 1 pc. / GP</t>
+  </si>
+  <si>
+    <t>GP-BA-11AF-U5</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery GP  R14 14G-U2 GREENCELL  2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-14G-U2</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery MAXELL CR1620 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1620</t>
+  </si>
+  <si>
+    <t>Button battery lithium MAXELL  CR1216 3V</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1216</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR716 SW 1.55V / 315 /</t>
+  </si>
+  <si>
+    <t>ML-BS-SR716-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR721 SW /AG11/362/1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR721-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR916 SW /373/1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR916-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR-920 SW /370/371/AG6  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR920-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR527 SW 1.55V /319/  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR527-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR616 SW /321/  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR616-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR41 SW /384/392/AG3  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR41-SW</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-1216 3V 5 pcs in blister / price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1216-7U5</t>
+  </si>
+  <si>
+    <t>Alkaline Battery GP LR9 625A 1,5V for glucometers and remote controls 5 pcs in blister / price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BA-PX625AF-U5</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery PANASONIC CR1616 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1616</t>
+  </si>
+  <si>
+    <t>PANASONIC 12V alkaline battery 1pc. blister alarm A23 LRV08</t>
+  </si>
+  <si>
+    <t>PAN-BA-LR23-1PK</t>
+  </si>
+  <si>
+    <t>Alkaline battery DURACELL 12V / 5 pcs. / Pack price for 1 pcs. / for  alarms A23 MN21</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR23-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER CR1616 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1616</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR726 SW /AG2/397/ 1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR726-SW</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER CR1620 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1620</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR512 SW /335/  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR512-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR516 SW /317/  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR516-SW</t>
+  </si>
+  <si>
+    <t>PANASONIC  Alkaline battery LR1 /1 pc. pack / 1.5V</t>
+  </si>
+  <si>
+    <t>PAN-BA-LR1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER CR1220 3V 1pc./5pc./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR927 SW ;395;399;AG7  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR927-SW</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR2430 3V 5 pcs in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2430-2U5</t>
+  </si>
+  <si>
+    <t>Battery lithium CR1632 3V  GP BATTERIES, 5 pcs in blister /price is for 1 pc/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1632-7U5</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery GP  R20 13S-S2 SUPERCELL  2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-13S-S2</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery CR 2032 1pc  with pins 3V  EVE BATTERY</t>
+  </si>
+  <si>
+    <t>EVE-CR2032-M0219-LF</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery PANASONIC CR1620 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1620</t>
+  </si>
+  <si>
+    <t>DURACELL Alkaline battery 12 V / Pack  1 pcs. / Alarm A27 LR27 MN27</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR27-1PK</t>
+  </si>
+  <si>
+    <t>Button Battery Lithium  CR927  3V  /AG7/ 395 5PK BLISTER /price for 1 battery/ VINNIC</t>
+  </si>
+  <si>
+    <t>B-VIN-CR927</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL CR1616 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR1616</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL CR1620 3V 1pc./1pc./</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR1620</t>
+  </si>
+  <si>
+    <t>ENERGIZER 12V alkaline battery 1pc. blister alarm A23 LR23</t>
+  </si>
+  <si>
+    <t>ENERG-BA-LR23-1PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery PANASONIC CR1220 3V 1pc.</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL PROCELL CR2450 3V 1 pcs bulk  /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR2450-1PK-BULK</t>
+  </si>
+  <si>
+    <t>Battery lithium CR1632 3V  GP BATTERIES, 1 pcs in blister /price is for 1 pc/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1632-7U1</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery GP  R20 13G-S2 GREENCELL  2 pcs.  1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-13G-S2</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP  CR2032 3V 2 pcs in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2032-7U2</t>
+  </si>
+  <si>
+    <t>Button battery lithium   CR1632 3V 5 pc in blister /price for 1 battery/ MAXELL</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1632-5PK</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery ENERGIZER  BR1225 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>ENERG-BL-BR1225</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR1120 SW /381/391/AG8  1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR1120-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR936 SW /AG9/, 394 1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR936-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR1130 SW /AG10/ 389/390 / 1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR1130-SW</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR712 SW 1.55V / 346</t>
+  </si>
+  <si>
+    <t>ML-BS-SR712-SW</t>
+  </si>
+  <si>
+    <t>Rechargeable battery NiMH 40AAAM/ST   2/3AAA  1.2V 400mAh 1pc GP BATTERIES</t>
+  </si>
+  <si>
+    <t>GP-BR-40AAAM-NIMH</t>
+  </si>
+  <si>
+    <t>Rechargeable battery GP R03 AAA  80AAH-B  800mAh NiMH 1pc  bulk Industrial</t>
+  </si>
+  <si>
+    <t>GP-BR-R03-800-BULK</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR731 SW /329/ 1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR731-SW</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery   3R12  1 pcs. blister  4.5V PANASONIC</t>
+  </si>
+  <si>
+    <t>PAN-BM-3R12</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-2325 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2325-CPU1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-2330 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2330-CPU1</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery GP CR-2320 3V  1 pcs in blister /price for 1 battery/</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2320-CPU1</t>
+  </si>
+  <si>
+    <t>Lithium  Battery industrial EVE CR123 3V Bulk</t>
+  </si>
+  <si>
+    <t>EVE-BL-CR123A-BULK</t>
+  </si>
+  <si>
+    <t>Zinc carbon battery   3R12  1 pcs. blister  4.5V VARTA</t>
+  </si>
+  <si>
+    <t>VARTA-BM-3R12</t>
+  </si>
+  <si>
+    <t>Button Battery Silver MAXELL SR416 SW  /337/1.55V</t>
+  </si>
+  <si>
+    <t>ML-BS-SR416-SW</t>
+  </si>
+  <si>
+    <t>Battery lithium CR1632 3V  ENERGIZER 1 pcs in blister /price is for 1 pc/</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1632</t>
+  </si>
+  <si>
+    <t>Battery lithium CR1632 3V  PANASONIC, 1 pcs in blister /price is for 1 pc/</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1632</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery DURACELL CR2430 3V 1 pcs in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2430</t>
+  </si>
+  <si>
+    <t>Lithium Button Battery PANASONIC CR2450 3V 1 pcs in blister /price for 1 battery/  GP</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR2450</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>GP Alkaline battery LR-6 /2 pcs./ 1.5V</t>
-[...397 lines deleted...]
-  <si>
     <t>Lithium Button Battery DURACELL CR1220 3V 1pc.</t>
   </si>
   <si>
     <t>DUR-BL-CR1220</t>
   </si>
   <si>
+    <t>GP Alkaline battery SUPER LR-6 AA /4 pcs./ 1.5V</t>
+  </si>
+  <si>
+    <t>GP-BA-15A21-SB4</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery SUPER LR03 AAA /4 pcs./ 1.5V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-24A21-SB4</t>
+  </si>
+  <si>
+    <t>GP Alkaline battery 6LF22 SUPER 9V 1 pc blister</t>
+  </si>
+  <si>
+    <t>GP-BA-1604A-U1</t>
+  </si>
+  <si>
     <t>Lithium Button Battery GP CR-2354 3V  1 pcs in blister /price for 1 battery/</t>
   </si>
   <si>
     <t>GP-BL-CR2354-CPU1</t>
   </si>
   <si>
     <t>Button Battery LR44  AG13  2pk блистер 1,55V  DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR44-2PK</t>
   </si>
   <si>
     <t>Lithium Button Battery DURACELL  CR2032 3V 2 pcs in blister</t>
   </si>
   <si>
     <t>DUR-BL-CR2032-2PK</t>
   </si>
   <si>
     <t>Lithium Button Battery DURACELL CR2450 3V 1 pcs in blister /price for 1 battery/  GP</t>
   </si>
   <si>
     <t>DUR-BL-CR2450</t>
   </si>
   <si>
-    <t>MAXELL Alkaline Battery LR03 / 4 pcs. pack / shrink 1.5V</t>
-[...2 lines deleted...]
-    <t>ML-BA-LR03-SHRINK</t>
+    <t>GP Alkaline battery 6LF22 ULTRA 9V 1 pc 1604AU21-SB1</t>
+  </si>
+  <si>
+    <t>GP-BA-1604AU21-SB1</t>
   </si>
   <si>
     <t>Battery DURACELL LR1 1.5V blister /2 batteries in pack/</t>
   </si>
   <si>
     <t>DUR-BA-LR1-2PK</t>
   </si>
   <si>
     <t>Lithium Button Battery PANASONIC CR2430 3V 1 pcs in blister /price for 1 battery/  GP</t>
   </si>
   <si>
     <t>PAN-BL-CR2430</t>
   </si>
   <si>
     <t>Alkaline Battery 6LF22  9V 1pk bulk  INTENSE MX1604  PROCELL</t>
   </si>
   <si>
     <t>PROCELL-6LF22-1PK-INT</t>
   </si>
   <si>
     <t>ENERGIZER lkaline battery 12 V / Pack  2 pcs. / Alarm A27</t>
   </si>
   <si>
     <t>ENERG-BA-LR27-2PK</t>
   </si>
@@ -967,248 +1033,188 @@
   <si>
     <t>Lithium Photo Battery XTAR CR123 3V</t>
   </si>
   <si>
     <t>XTAR-BL-CR123</t>
   </si>
   <si>
     <t>GP Alkaline battery ULTRA PLUS INDUSTRIAL LR6 AA / 2 pcs. pack / 1.5V GP</t>
   </si>
   <si>
     <t>GP-BA-15AUP-S2-INDUSTRIAL</t>
   </si>
   <si>
     <t>DURACELL Alkaline battery 1.5V AAAA LR61- 2pcs. DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR61-AAAA-2PK</t>
   </si>
   <si>
     <t>GP Alkaline battery LR-14 /2 pcs./ 1.5V GP</t>
   </si>
   <si>
     <t>GP-BA-14AU21-S2</t>
   </si>
   <si>
+    <t>GP Alkaline battery SUPER LR-14 /2 pcs./ 1.5V GP</t>
+  </si>
+  <si>
+    <t>GP-BA-14A21-SB2</t>
+  </si>
+  <si>
     <t>Button Battery Lithium  CR2450 3V  2 pcs. in blister / price for 2 pc./ ENERGIZER</t>
   </si>
   <si>
     <t>ENERG-BL-CR2450-2PK</t>
   </si>
   <si>
     <t>Zink Air battery MAXELL ZA13 6pcs. button for Hearing aids</t>
   </si>
   <si>
     <t>ML-BZ-ZA13</t>
   </si>
   <si>
     <t>Button Battery Lithium CR-2477 3V  RENATA</t>
   </si>
   <si>
     <t>B-REN-BL-CR2477N</t>
   </si>
   <si>
     <t>Rechargeable Battery GP R03 AAA 650mAh NiMH 65AAAHCE-EB2, 2 pc in blister</t>
   </si>
   <si>
     <t>GP-BR-65AAAHCE-EB2</t>
   </si>
   <si>
     <t>Rechargeable Lithium  Button Battery MAXELL ML1220 3.0V 1pc</t>
   </si>
   <si>
     <t>ML-BR-ML1220</t>
   </si>
   <si>
     <t>Button Battery Lithium CR-2477 3V  GP</t>
   </si>
   <si>
     <t>GP-BL-CR2477E-7U1</t>
   </si>
   <si>
     <t>DURACELL Alkaline Battery LR20 D 1.5V DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR20-BASIC</t>
   </si>
   <si>
     <t>Lithium Button Battery ENERGIZER CR2430 3V 2 pcs in blister /price for 2 batteries/</t>
   </si>
   <si>
     <t>ENERG-BL-CR2430-2PK</t>
   </si>
   <si>
-    <t>Zink Air battery DURACELL ZA312 1pc button for Hearing aids</t>
-[...34 lines deleted...]
-  <si>
     <t>Lithium Button Battery DURACELL CR1632 3V 1pc./1pc./</t>
   </si>
   <si>
     <t>DUR-BL-CR1632</t>
   </si>
   <si>
     <t>Energizer CR123 Photo Lithium battery</t>
   </si>
   <si>
     <t>ENERG-BL-CR123</t>
   </si>
   <si>
     <t>Lithium Button Battery GP  CR2032 3V 4 pcs in blister /price for 4 battery/  GP</t>
   </si>
   <si>
     <t>GP-BL-CR2032-7U4</t>
   </si>
   <si>
     <t>DURACELL OPTIMUM Alkaline Battery LR6 / 4 pcs. pack / 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR6-OPTIMUM</t>
   </si>
   <si>
     <t>DURACELL OPTIMUM MX2400 Alkaline Battery LR03 AAA / 4 pcs. pack / 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR03-OPTIMUM</t>
   </si>
   <si>
     <t>PHILIPS Power alkaline batteries 6LR61P1B / 10, 6LR61 9V, 1pc</t>
   </si>
   <si>
     <t>B-PHILIPS-BA-R22</t>
   </si>
   <si>
     <t>GP Alkaline battery ULTRA LR20 / 2 pcs. pack / 1.5V GP GP-BA-13AU21-S2</t>
   </si>
   <si>
     <t>GP-BA-13AU21-S2</t>
   </si>
   <si>
     <t>Lithium Button Battery DURACELL CR2430 3V 2 pcs in blister /price for 2 batteries/  GP</t>
   </si>
   <si>
     <t>DUR-BL-CR2430-2PK</t>
   </si>
   <si>
-    <t>Zink Air battery MAXELL ZA312 6pcs. button for Hearing aids</t>
-[...34 lines deleted...]
-  <si>
     <t>Lithium Button Battery PANASONIC  CR2016 3V 6 pcs in blister</t>
   </si>
   <si>
     <t>PAN-BL-CR2016-6PK</t>
   </si>
   <si>
     <t xml:space="preserve">Lithium Button Battery PANASONIC  CR2025 3V 6 pcs in blister </t>
   </si>
   <si>
     <t>PAN-BL-CR2025-6PK</t>
   </si>
   <si>
     <t xml:space="preserve">Lithium Button Battery PANASONIC  CR2032 3V 6 pcs in blister </t>
   </si>
   <si>
     <t>PAN-BL-CR2032-6PK</t>
   </si>
   <si>
     <t>DURACELL Alkaline Battery LR20 D 1.5V PLUS DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR20-PLUS</t>
   </si>
   <si>
     <t>Alkaline Battery LR03 1,5V AAA  10pk  INDUSTRIAL  ENERGIZER</t>
   </si>
   <si>
     <t>ENERG-BA-LR03-10PK-IND</t>
   </si>
   <si>
+    <t>Lithium Button Battery ENERGIZER CR2032 3V 4pc./4pc./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2032-4PK</t>
+  </si>
+  <si>
     <t>Lithium Button Battery ENERGIZER CR2032 3V 6pc./4pc./</t>
   </si>
   <si>
     <t>ENERG-BL-CR2032-6PK</t>
   </si>
   <si>
     <t>Zinc carbon battery   4R25 /1 pk/   6V 7.5Ah  VARTA</t>
   </si>
   <si>
     <t>VARTA-4R25-6V</t>
   </si>
   <si>
     <t>Lithium battery CR2450 3V 2pk blister DURACELL /price for 2 batteries/</t>
   </si>
   <si>
     <t>DUR-BL-CR2450-2PK</t>
   </si>
   <si>
     <t>Battery lithium J 7K67 6V 1PK blister DURACELL</t>
   </si>
   <si>
     <t>DUR-BL-J7K67-6V</t>
   </si>
   <si>
     <t>Lithium battery CR-1/3N  3V  за глюкомери и фото DURACELL DL1/3N</t>
@@ -1273,432 +1279,228 @@
   <si>
     <t>Button lithium battery 3V  CR2412  VINNIC</t>
   </si>
   <si>
     <t>VIN-BL-CR2412</t>
   </si>
   <si>
     <t>PROCELL Alkaline Battery LR6 1,5V AA  10pk  INTENSE MX1500  PROCELL</t>
   </si>
   <si>
     <t>PROCELL-LR6-10PK-INT</t>
   </si>
   <si>
     <t>PROCELL Alkaline Battery LR03 1,5V AAA  10pk  INTENSE MX2400  PROCELL</t>
   </si>
   <si>
     <t>PROCELL-LR03-10PK-INT</t>
   </si>
   <si>
     <t>Alkaline battery LR20 D 1pk bulk INTENSE PROCELL</t>
   </si>
   <si>
     <t>PROCELL-LR20-1PK-INT</t>
   </si>
   <si>
+    <t>Rechargeable battery NiMH  450LAH-B  HR-4/4FAU 1.2V 4500mAh  18,0 * 67,0 mm 1pc SANYO/FDK</t>
+  </si>
+  <si>
+    <t>FDK-BR-450LAH-NIMH</t>
+  </si>
+  <si>
     <t>Rechargeable Lithium  Button Battery VL2020 VCN 3V 20 mAh  PANASONIC</t>
   </si>
   <si>
     <t>PAN-BL-VL2020-VCN</t>
   </si>
   <si>
     <t>DURACELL OPTIMUM MX2400 Alkaline Battery LR03 AAA / 8 pcs. pack / 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR03-OPTIMUM-8PK</t>
   </si>
   <si>
     <t>DURACELL OPTIMUM Alkaline Battery LR6 / 8 pcs. pack / 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR6-OPTIMUM-8PK</t>
   </si>
   <si>
     <t>Lithium thyonil chlorid battery  3,6V AA R6 2,4Ah SL860/S /STD /with cup/ TADIRAN</t>
   </si>
   <si>
     <t>TAD-BL-SL860</t>
   </si>
   <si>
     <t>Rechargeable battery DURACELL R6 AA, 2500mAh NiMH, 1.2V, 2 pcs. pack 1.5V</t>
   </si>
   <si>
     <t>DUR-BR-AA-2500MAH-2PK</t>
   </si>
   <si>
     <t>Rechargeable battery DURACELL R03 AAA, 900mAh NiMH, 1.2V, 2 pcs. pack 1.5V</t>
   </si>
   <si>
     <t>DUR-BR-AAA-900MAH-2PK</t>
   </si>
   <si>
+    <t>Rechargeable Batteries GP NiMH V500HT 1.2V 500mAh 1бр. VARTA</t>
+  </si>
+  <si>
+    <t>VARTA-V500HT</t>
+  </si>
+  <si>
     <t>Rechargeable Battery XTAR 18650  2600mAh, Li-ion</t>
   </si>
   <si>
     <t>XTAR-BL-CR18650-2600</t>
   </si>
   <si>
     <t>Lithium photo battery PX28L/ 4LR44 -1pk.  6V DURACELL</t>
   </si>
   <si>
     <t>DUR-BL-PX28L</t>
   </si>
   <si>
     <t>Lithium industrial battery CR-1/2AA  3V 950mAh  VARTA MICROBATTERY</t>
   </si>
   <si>
     <t>VARTA-CR-1-2AA-MB</t>
   </si>
   <si>
     <t>GP SUMMER PACK alkaline batteries  Super AA x 12 pcs. + Super AAA x 12 pcs. + Fan  GP BATTERIES</t>
   </si>
   <si>
     <t>GP-BA-15A-24A-FANWETA21</t>
   </si>
   <si>
     <t>Rechargeable Lithium  Button Battery CS-VL2020D9 VL2020  3V 20 mAh  /за дистанционни на BMW X3,X4,X5/ Cameron Sino</t>
   </si>
   <si>
     <t>CS-VL2020D9</t>
   </si>
   <si>
-    <t>Rechargeable Battery XTAR 18650  for torches with protection, 3300mAh, Li-ion</t>
-[...106 lines deleted...]
-  <si>
     <t>Battery alacline industrial LR14 C 1,5V  10pk box INTENSE  PROCELL /price for 10 batteries/</t>
   </si>
   <si>
     <t>PROCELL-LR14-10PK-INT</t>
   </si>
   <si>
-    <t>PLC controler Battery  CS-PLC269SL Maxell ER17/33 LiSOCL2  3,6V 2600 mAh  Cameron Sino</t>
-[...28 lines deleted...]
-  <si>
     <t>Battery for device for cleaning of windows KARCHER WV1  LiIon 3,7V 2900mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-WGF300VX</t>
   </si>
   <si>
     <t>Battery for irrigation system computer GARDENA C1060 plus Solar  7.4V 800mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRC105PW</t>
   </si>
   <si>
     <t>Battery alcaline industrial LR20 D 10pk box INTENSE  PROCELL /price for 10 batteries/</t>
   </si>
   <si>
     <t>PROCELL-LR20-10PK-INT</t>
   </si>
   <si>
-    <t>Lithium thyonil chlorid battery 3,6V  R20 13Ah ER34615M/S /STD /with cup/ FANSO</t>
-[...28 lines deleted...]
-  <si>
     <t>Battery for rechargeable scissors for grass GARDENA ComfortCut 8893, ComfortCut 8895, D-89079 Ulm  7.4V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA889PX</t>
   </si>
   <si>
-    <t>Battery for Dog Collar  GARMIN  CS-GDC20XL LiiON 3,7V 2600 mAh  Cameron Sino</t>
-[...10 lines deleted...]
-  <si>
     <t>Battery for rechargeable scissors for grass Stihl HSA25, 45154006500  10.8V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-SHA250PX</t>
   </si>
   <si>
     <t>Battery lithium industrial CR123 3V  10 pcs in box PROCELL INTENSE DURACELL /price for 10 batteries/</t>
   </si>
   <si>
     <t>PROCELL-CR123-INT-10PK</t>
   </si>
   <si>
     <t>Battery lithium industrial CR2 3V  10 pcs in box PROCELL INTENSE DURACELL /price for 10 batteries/</t>
   </si>
   <si>
     <t>PROCELL-CR2-INT-10PK</t>
   </si>
   <si>
-    <t>Battery E-cigarette  iQos 2.4 Plus Charger Box, iQos ChargerCS-PMC046XL LiiON 3,7V 3400 mAh  Cameron Sino</t>
-[...4 lines deleted...]
-  <si>
     <t>Camera Battery for Lawn Mower  GARDENA Mahroboter R40Li, R38LI  HUSKVARNA Automower 105, 305,308 586  18V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA800PW</t>
   </si>
   <si>
-    <t>Camera Battery for cordless brushcutter GARDENA 648844, EasyCut 42, SmallCut 300, 8834-20 18V 1500mAh Cameron Sino</t>
-[...10 lines deleted...]
-  <si>
     <t>Camera Battery for Lawn Mower  GARDENA Sileno, HUSKVARNA 100Li CS-HAT315VX 18,5V 2600mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HAT310VX</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  WORX Landroid S 390m2,Landroid S300  FERREX R800 Smart 20V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-WRS300PW</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  Karcher RLM4, AL-KO 119950, Robolinho 100, 110,1100 LiIon 18V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-AKR100VX</t>
   </si>
   <si>
     <t>Battery for cordless saw BOSCH AdvancedCut 18 1600A005B0 LiIon 18V 2000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-BMU180PW</t>
   </si>
   <si>
     <t>Battery for rechargeable trimmer GARDENA 48-Li, AccuCut Li 400, ErgoCut 48-Li 8878, 8835 18V 3000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA835PW</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  FERREX 800m2 2021, Landxcape LX790, 791,795 LA0001,LA0002  20V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-LCL790PW</t>
   </si>
   <si>
     <t>Battery for rechargeable trimmer Gardena 881, 8866, Accu Hedge Trimmer EasyCut Li-18/50  LiIon 18V 1500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA180PW</t>
   </si>
   <si>
     <t>Battery for cordless saw BOSCH AdvancedCut 18 1600A005B0 LiIon 18V 3000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-BMU180PX</t>
-  </si>
-[...16 lines deleted...]
-    <t>CS-BST618PH</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  HUSKVARNA Autmower 430X, 550,320, 330X 580 68 33-01 18V 5200mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HAT320VX</t>
   </si>
   <si>
     <t>Camera Battery for Lawn Mower  GARDENA Automower 115H 2019, Automower 305 2020,2021,2022  HUSKVARNA Automower 305 2020  18V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HTA115PW</t>
   </si>
   <si>
     <t>Battery for rechargeable trimmer Gardena 881, 8866, Accu Hedge Trimmer EasyCut Li-18/50  LiIon 18V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA180PX</t>
   </si>
   <si>
     <t>Battery for cordless saw BOSCH AdvancedCut 18 1600A005B0 LiIon 18V 5000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-BMU180PH</t>
   </si>
@@ -2086,51 +1888,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D641"/>
+  <dimension ref="A1:D445"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2153,986 +1955,986 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>0.456</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>0.504</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>0.504</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>0.504</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C7">
         <v>0.504</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C8">
         <v>0.504</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>0.504</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>0.516</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>0.516</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>0.552</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>0.552</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>0.552</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>0.612</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>0.612</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>0.612</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>0.768</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>0.768</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>0.828</v>
+        <v>0.768</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>0.924</v>
+        <v>0.828</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
         <v>0.924</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
         <v>0.924</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
         <v>0.924</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
         <v>0.924</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
         <v>0.924</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
         <v>0.924</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
         <v>0.924</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
         <v>0.924</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C30">
         <v>0.924</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C31">
         <v>0.924</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C32">
         <v>0.924</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C33">
         <v>0.924</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C34">
-        <v>0.984</v>
+        <v>0.924</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C35">
         <v>0.984</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C36">
         <v>0.984</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C37">
-        <v>1.068</v>
+        <v>0.984</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C38">
         <v>1.068</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C39">
-        <v>1.104</v>
+        <v>1.068</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C40">
         <v>1.104</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C41">
         <v>1.104</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C42">
         <v>1.104</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C43">
         <v>1.104</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C44">
         <v>1.104</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C45">
         <v>1.104</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C46">
         <v>1.104</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C47">
         <v>1.104</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C48">
-        <v>1.14</v>
+        <v>1.104</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C49">
         <v>1.14</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C50">
         <v>1.14</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C51">
         <v>1.14</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C52">
-        <v>1.164</v>
+        <v>1.14</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="B53" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C53">
-        <v>1.176</v>
+        <v>1.164</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B54" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C54">
         <v>1.2</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B55" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C55">
         <v>1.2</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B56" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C56">
         <v>1.2</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B57" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C57">
         <v>1.2</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B58" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C58">
         <v>1.2</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B59" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C59">
         <v>1.2</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B60" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C60">
         <v>1.2</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B61" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C61">
-        <v>1.224</v>
+        <v>1.2</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B62" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C62">
         <v>1.224</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B63" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C63">
         <v>1.224</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B64" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C64">
         <v>1.224</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B65" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C65">
         <v>1.224</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B66" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C66">
-        <v>1.284</v>
+        <v>1.224</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B67" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C67">
-        <v>1.32</v>
+        <v>1.284</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B68" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C68">
         <v>1.32</v>
       </c>
       <c r="D68" t="s">
-        <v>139</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
-        <v>1.344</v>
+        <v>1.32</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
         <v>1.344</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
-        <v>1.38</v>
+        <v>1.344</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
         <v>1.38</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
@@ -3172,121 +2974,121 @@
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
         <v>1.38</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>156</v>
       </c>
       <c r="B77" t="s">
         <v>157</v>
       </c>
       <c r="C77">
-        <v>1.404</v>
+        <v>1.38</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
-        <v>1.416</v>
+        <v>1.404</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>161</v>
       </c>
       <c r="C79">
-        <v>1.476</v>
+        <v>1.416</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
         <v>1.476</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
         <v>1.476</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
-        <v>1.536</v>
+        <v>1.476</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
         <v>1.536</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
@@ -3494,7618 +3296,4874 @@
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>200</v>
       </c>
       <c r="B99" t="s">
         <v>201</v>
       </c>
       <c r="C99">
         <v>1.536</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>202</v>
       </c>
       <c r="B100" t="s">
         <v>203</v>
       </c>
       <c r="C100">
-        <v>1.656</v>
+        <v>1.536</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>204</v>
       </c>
       <c r="B101" t="s">
         <v>205</v>
       </c>
       <c r="C101">
-        <v>1.692</v>
+        <v>1.656</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
+        <v>17</v>
+      </c>
+      <c r="B102" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C102">
         <v>0.504</v>
       </c>
       <c r="D102" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>20</v>
       </c>
       <c r="B103" t="s">
         <v>21</v>
       </c>
       <c r="C103">
         <v>0.504</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>22</v>
       </c>
       <c r="B104" t="s">
         <v>23</v>
       </c>
       <c r="C104">
         <v>0.516</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>24</v>
       </c>
       <c r="B105" t="s">
         <v>25</v>
       </c>
       <c r="C105">
         <v>0.516</v>
       </c>
       <c r="D105" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B106" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C106">
         <v>0.552</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B107" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C107">
         <v>0.612</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B108" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C108">
         <v>0.612</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B109" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C109">
         <v>0.612</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B110" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C110">
         <v>0.768</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B111" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C111">
         <v>0.768</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B112" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C112">
-        <v>0.828</v>
+        <v>0.768</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B113" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C113">
-        <v>0.924</v>
+        <v>0.828</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="B114" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="C114">
         <v>0.924</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="B115" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="C115">
         <v>0.924</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="B116" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="C116">
         <v>0.924</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="B117" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="C117">
         <v>0.924</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="B118" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="C118">
-        <v>0.924</v>
+        <v>1.068</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="B119" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="C119">
-        <v>0.924</v>
+        <v>1.068</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>64</v>
+        <v>95</v>
       </c>
       <c r="B120" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="C120">
-        <v>0.924</v>
+        <v>1.104</v>
       </c>
       <c r="D120" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>66</v>
+        <v>97</v>
       </c>
       <c r="B121" t="s">
-        <v>67</v>
+        <v>98</v>
       </c>
       <c r="C121">
-        <v>0.924</v>
+        <v>1.104</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="B122" t="s">
-        <v>69</v>
+        <v>100</v>
       </c>
       <c r="C122">
-        <v>0.924</v>
+        <v>1.104</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>70</v>
+        <v>103</v>
       </c>
       <c r="B123" t="s">
-        <v>71</v>
+        <v>104</v>
       </c>
       <c r="C123">
-        <v>0.984</v>
+        <v>1.14</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>72</v>
+        <v>105</v>
       </c>
       <c r="B124" t="s">
-        <v>73</v>
+        <v>106</v>
       </c>
       <c r="C124">
-        <v>0.984</v>
+        <v>1.14</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>74</v>
+        <v>107</v>
       </c>
       <c r="B125" t="s">
-        <v>75</v>
+        <v>108</v>
       </c>
       <c r="C125">
-        <v>0.984</v>
+        <v>1.14</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>76</v>
+        <v>115</v>
       </c>
       <c r="B126" t="s">
-        <v>77</v>
+        <v>116</v>
       </c>
       <c r="C126">
-        <v>1.068</v>
+        <v>1.2</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="B127" t="s">
-        <v>79</v>
+        <v>118</v>
       </c>
       <c r="C127">
-        <v>1.068</v>
+        <v>1.2</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>84</v>
+        <v>119</v>
       </c>
       <c r="B128" t="s">
-        <v>85</v>
+        <v>120</v>
       </c>
       <c r="C128">
-        <v>1.104</v>
+        <v>1.2</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>86</v>
+        <v>121</v>
       </c>
       <c r="B129" t="s">
-        <v>87</v>
+        <v>122</v>
       </c>
       <c r="C129">
-        <v>1.104</v>
+        <v>1.2</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>88</v>
+        <v>123</v>
       </c>
       <c r="B130" t="s">
-        <v>89</v>
+        <v>124</v>
       </c>
       <c r="C130">
-        <v>1.104</v>
+        <v>1.2</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="B131" t="s">
-        <v>91</v>
+        <v>125</v>
       </c>
       <c r="C131">
-        <v>1.104</v>
+        <v>1.2</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>92</v>
+        <v>130</v>
       </c>
       <c r="B132" t="s">
-        <v>93</v>
+        <v>131</v>
       </c>
       <c r="C132">
-        <v>1.104</v>
+        <v>1.224</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>94</v>
+        <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>95</v>
+        <v>133</v>
       </c>
       <c r="C133">
-        <v>1.104</v>
+        <v>1.224</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>96</v>
+        <v>134</v>
       </c>
       <c r="B134" t="s">
-        <v>97</v>
+        <v>135</v>
       </c>
       <c r="C134">
-        <v>1.104</v>
+        <v>1.224</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>100</v>
+        <v>136</v>
       </c>
       <c r="B135" t="s">
-        <v>101</v>
+        <v>137</v>
       </c>
       <c r="C135">
-        <v>1.14</v>
+        <v>1.284</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>102</v>
+        <v>138</v>
       </c>
       <c r="B136" t="s">
-        <v>103</v>
+        <v>139</v>
       </c>
       <c r="C136">
-        <v>1.14</v>
+        <v>1.32</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>104</v>
+        <v>140</v>
       </c>
       <c r="B137" t="s">
-        <v>105</v>
+        <v>141</v>
       </c>
       <c r="C137">
-        <v>1.14</v>
+        <v>1.32</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>92</v>
+        <v>142</v>
       </c>
       <c r="B138" t="s">
-        <v>108</v>
+        <v>143</v>
       </c>
       <c r="C138">
-        <v>1.176</v>
+        <v>1.344</v>
       </c>
       <c r="D138" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>111</v>
+        <v>144</v>
       </c>
       <c r="B139" t="s">
-        <v>112</v>
+        <v>145</v>
       </c>
       <c r="C139">
-        <v>1.2</v>
+        <v>1.344</v>
       </c>
       <c r="D139" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>113</v>
+        <v>152</v>
       </c>
       <c r="B140" t="s">
-        <v>114</v>
+        <v>153</v>
       </c>
       <c r="C140">
-        <v>1.2</v>
+        <v>1.38</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>115</v>
+        <v>154</v>
       </c>
       <c r="B141" t="s">
-        <v>116</v>
+        <v>155</v>
       </c>
       <c r="C141">
-        <v>1.2</v>
+        <v>1.38</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="B142" t="s">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="C142">
-        <v>1.2</v>
+        <v>1.38</v>
       </c>
       <c r="D142" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>119</v>
+        <v>158</v>
       </c>
       <c r="B143" t="s">
-        <v>120</v>
+        <v>159</v>
       </c>
       <c r="C143">
-        <v>1.2</v>
+        <v>1.404</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>121</v>
+        <v>164</v>
       </c>
       <c r="B144" t="s">
-        <v>122</v>
+        <v>165</v>
       </c>
       <c r="C144">
-        <v>1.2</v>
+        <v>1.476</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>125</v>
+        <v>166</v>
       </c>
       <c r="B145" t="s">
-        <v>126</v>
+        <v>167</v>
       </c>
       <c r="C145">
-        <v>1.224</v>
+        <v>1.476</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>127</v>
+        <v>182</v>
       </c>
       <c r="B146" t="s">
-        <v>128</v>
+        <v>183</v>
       </c>
       <c r="C146">
-        <v>1.224</v>
+        <v>1.536</v>
       </c>
       <c r="D146" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>129</v>
+        <v>184</v>
       </c>
       <c r="B147" t="s">
-        <v>130</v>
+        <v>185</v>
       </c>
       <c r="C147">
-        <v>1.224</v>
+        <v>1.536</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>131</v>
+        <v>186</v>
       </c>
       <c r="B148" t="s">
-        <v>132</v>
+        <v>187</v>
       </c>
       <c r="C148">
-        <v>1.224</v>
+        <v>1.536</v>
       </c>
       <c r="D148" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>133</v>
+        <v>188</v>
       </c>
       <c r="B149" t="s">
-        <v>134</v>
+        <v>189</v>
       </c>
       <c r="C149">
-        <v>1.284</v>
+        <v>1.536</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>135</v>
+        <v>190</v>
       </c>
       <c r="B150" t="s">
-        <v>136</v>
+        <v>191</v>
       </c>
       <c r="C150">
-        <v>1.32</v>
+        <v>1.536</v>
       </c>
       <c r="D150" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>137</v>
+        <v>192</v>
       </c>
       <c r="B151" t="s">
-        <v>138</v>
+        <v>193</v>
       </c>
       <c r="C151">
-        <v>1.32</v>
+        <v>1.536</v>
       </c>
       <c r="D151" t="s">
-        <v>139</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>140</v>
+        <v>194</v>
       </c>
       <c r="B152" t="s">
-        <v>141</v>
+        <v>195</v>
       </c>
       <c r="C152">
-        <v>1.344</v>
+        <v>1.536</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>142</v>
+        <v>196</v>
       </c>
       <c r="B153" t="s">
-        <v>143</v>
+        <v>197</v>
       </c>
       <c r="C153">
-        <v>1.344</v>
+        <v>1.536</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>146</v>
+        <v>198</v>
       </c>
       <c r="B154" t="s">
-        <v>147</v>
+        <v>199</v>
       </c>
       <c r="C154">
-        <v>1.38</v>
+        <v>1.536</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>148</v>
+        <v>200</v>
       </c>
       <c r="B155" t="s">
-        <v>149</v>
+        <v>201</v>
       </c>
       <c r="C155">
-        <v>1.38</v>
+        <v>1.536</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>150</v>
+        <v>202</v>
       </c>
       <c r="B156" t="s">
-        <v>151</v>
+        <v>203</v>
       </c>
       <c r="C156">
-        <v>1.38</v>
+        <v>1.536</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>152</v>
+        <v>206</v>
       </c>
       <c r="B157" t="s">
-        <v>153</v>
+        <v>207</v>
       </c>
       <c r="C157">
-        <v>1.38</v>
+        <v>1.692</v>
       </c>
       <c r="D157" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>154</v>
+        <v>208</v>
       </c>
       <c r="B158" t="s">
-        <v>155</v>
+        <v>209</v>
       </c>
       <c r="C158">
-        <v>1.38</v>
+        <v>1.716</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>156</v>
+        <v>210</v>
       </c>
       <c r="B159" t="s">
-        <v>157</v>
+        <v>211</v>
       </c>
       <c r="C159">
-        <v>1.404</v>
+        <v>1.716</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>158</v>
+        <v>212</v>
       </c>
       <c r="B160" t="s">
-        <v>159</v>
+        <v>213</v>
       </c>
       <c r="C160">
-        <v>1.416</v>
+        <v>1.716</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>160</v>
+        <v>214</v>
       </c>
       <c r="B161" t="s">
-        <v>161</v>
+        <v>215</v>
       </c>
       <c r="C161">
-        <v>1.476</v>
+        <v>1.716</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>162</v>
+        <v>216</v>
       </c>
       <c r="B162" t="s">
-        <v>163</v>
+        <v>217</v>
       </c>
       <c r="C162">
-        <v>1.476</v>
+        <v>1.836</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>164</v>
+        <v>218</v>
       </c>
       <c r="B163" t="s">
-        <v>165</v>
+        <v>219</v>
       </c>
       <c r="C163">
-        <v>1.476</v>
+        <v>1.836</v>
       </c>
       <c r="D163" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>172</v>
+        <v>220</v>
       </c>
       <c r="B164" t="s">
-        <v>173</v>
+        <v>221</v>
       </c>
       <c r="C164">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>174</v>
+        <v>222</v>
       </c>
       <c r="B165" t="s">
-        <v>175</v>
+        <v>223</v>
       </c>
       <c r="C165">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D165" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>176</v>
+        <v>224</v>
       </c>
       <c r="B166" t="s">
-        <v>177</v>
+        <v>225</v>
       </c>
       <c r="C166">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>178</v>
+        <v>226</v>
       </c>
       <c r="B167" t="s">
-        <v>179</v>
+        <v>227</v>
       </c>
       <c r="C167">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>180</v>
+        <v>228</v>
       </c>
       <c r="B168" t="s">
-        <v>181</v>
+        <v>229</v>
       </c>
       <c r="C168">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>182</v>
+        <v>230</v>
       </c>
       <c r="B169" t="s">
-        <v>183</v>
+        <v>231</v>
       </c>
       <c r="C169">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>184</v>
+        <v>232</v>
       </c>
       <c r="B170" t="s">
-        <v>185</v>
+        <v>233</v>
       </c>
       <c r="C170">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>186</v>
+        <v>234</v>
       </c>
       <c r="B171" t="s">
-        <v>187</v>
+        <v>235</v>
       </c>
       <c r="C171">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>188</v>
+        <v>236</v>
       </c>
       <c r="B172" t="s">
-        <v>189</v>
+        <v>237</v>
       </c>
       <c r="C172">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>190</v>
+        <v>238</v>
       </c>
       <c r="B173" t="s">
-        <v>191</v>
+        <v>239</v>
       </c>
       <c r="C173">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>192</v>
+        <v>240</v>
       </c>
       <c r="B174" t="s">
-        <v>193</v>
+        <v>241</v>
       </c>
       <c r="C174">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>194</v>
+        <v>242</v>
       </c>
       <c r="B175" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="C175">
-        <v>1.536</v>
+        <v>1.908</v>
       </c>
       <c r="D175" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="B176" t="s">
-        <v>197</v>
+        <v>245</v>
       </c>
       <c r="C176">
-        <v>1.536</v>
+        <v>1.932</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>198</v>
+        <v>246</v>
       </c>
       <c r="B177" t="s">
-        <v>199</v>
+        <v>247</v>
       </c>
       <c r="C177">
-        <v>1.536</v>
+        <v>2.028</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>200</v>
+        <v>248</v>
       </c>
       <c r="B178" t="s">
-        <v>201</v>
+        <v>249</v>
       </c>
       <c r="C178">
-        <v>1.536</v>
+        <v>2.04</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>202</v>
+        <v>250</v>
       </c>
       <c r="B179" t="s">
-        <v>203</v>
+        <v>251</v>
       </c>
       <c r="C179">
-        <v>1.656</v>
+        <v>2.112</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>206</v>
+        <v>252</v>
       </c>
       <c r="B180" t="s">
-        <v>207</v>
+        <v>253</v>
       </c>
       <c r="C180">
-        <v>1.692</v>
+        <v>2.148</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>208</v>
+        <v>254</v>
       </c>
       <c r="B181" t="s">
-        <v>209</v>
+        <v>255</v>
       </c>
       <c r="C181">
-        <v>1.716</v>
+        <v>2.148</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>210</v>
+        <v>256</v>
       </c>
       <c r="B182" t="s">
-        <v>211</v>
+        <v>257</v>
       </c>
       <c r="C182">
-        <v>1.716</v>
+        <v>2.148</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>212</v>
+        <v>258</v>
       </c>
       <c r="B183" t="s">
-        <v>213</v>
+        <v>259</v>
       </c>
       <c r="C183">
-        <v>1.716</v>
+        <v>2.148</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>214</v>
+        <v>260</v>
       </c>
       <c r="B184" t="s">
-        <v>215</v>
+        <v>261</v>
       </c>
       <c r="C184">
-        <v>1.716</v>
+        <v>2.148</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>216</v>
+        <v>262</v>
       </c>
       <c r="B185" t="s">
-        <v>217</v>
+        <v>263</v>
       </c>
       <c r="C185">
-        <v>1.836</v>
+        <v>2.148</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>218</v>
+        <v>264</v>
       </c>
       <c r="B186" t="s">
-        <v>219</v>
+        <v>265</v>
       </c>
       <c r="C186">
-        <v>1.836</v>
+        <v>2.148</v>
       </c>
       <c r="D186" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>220</v>
+        <v>266</v>
       </c>
       <c r="B187" t="s">
-        <v>221</v>
+        <v>267</v>
       </c>
       <c r="C187">
-        <v>1.836</v>
+        <v>2.148</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>222</v>
+        <v>268</v>
       </c>
       <c r="B188" t="s">
-        <v>223</v>
+        <v>269</v>
       </c>
       <c r="C188">
-        <v>1.836</v>
+        <v>2.148</v>
       </c>
       <c r="D188" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>224</v>
+        <v>270</v>
       </c>
       <c r="B189" t="s">
-        <v>225</v>
+        <v>271</v>
       </c>
       <c r="C189">
-        <v>1.836</v>
+        <v>2.148</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>226</v>
+        <v>272</v>
       </c>
       <c r="B190" t="s">
-        <v>227</v>
+        <v>273</v>
       </c>
       <c r="C190">
-        <v>1.836</v>
+        <v>2.148</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>228</v>
+        <v>274</v>
       </c>
       <c r="B191" t="s">
-        <v>229</v>
+        <v>275</v>
       </c>
       <c r="C191">
-        <v>1.836</v>
+        <v>2.148</v>
       </c>
       <c r="D191" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>230</v>
+        <v>276</v>
       </c>
       <c r="B192" t="s">
-        <v>231</v>
+        <v>277</v>
       </c>
       <c r="C192">
-        <v>1.836</v>
+        <v>2.148</v>
       </c>
       <c r="D192" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>232</v>
+        <v>278</v>
       </c>
       <c r="B193" t="s">
-        <v>233</v>
+        <v>279</v>
       </c>
       <c r="C193">
-        <v>1.836</v>
+        <v>2.208</v>
       </c>
       <c r="D193" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>234</v>
+        <v>280</v>
       </c>
       <c r="B194" t="s">
-        <v>235</v>
+        <v>281</v>
       </c>
       <c r="C194">
-        <v>1.836</v>
+        <v>2.208</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>236</v>
+        <v>282</v>
       </c>
       <c r="B195" t="s">
-        <v>237</v>
+        <v>283</v>
       </c>
       <c r="C195">
-        <v>1.836</v>
+        <v>2.208</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="B196" t="s">
-        <v>239</v>
+        <v>285</v>
       </c>
       <c r="C196">
-        <v>1.836</v>
+        <v>2.268</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>240</v>
+        <v>286</v>
       </c>
       <c r="B197" t="s">
-        <v>241</v>
+        <v>287</v>
       </c>
       <c r="C197">
-        <v>1.836</v>
+        <v>2.328</v>
       </c>
       <c r="D197" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>242</v>
+        <v>289</v>
       </c>
       <c r="B198" t="s">
-        <v>243</v>
+        <v>290</v>
       </c>
       <c r="C198">
-        <v>1.836</v>
+        <v>2.328</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>244</v>
+        <v>291</v>
       </c>
       <c r="B199" t="s">
-        <v>245</v>
+        <v>292</v>
       </c>
       <c r="C199">
-        <v>1.836</v>
+        <v>2.388</v>
       </c>
       <c r="D199" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>246</v>
+        <v>293</v>
       </c>
       <c r="B200" t="s">
-        <v>247</v>
+        <v>294</v>
       </c>
       <c r="C200">
-        <v>1.908</v>
+        <v>2.388</v>
       </c>
       <c r="D200" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>248</v>
+        <v>295</v>
       </c>
       <c r="B201" t="s">
-        <v>249</v>
+        <v>296</v>
       </c>
       <c r="C201">
-        <v>1.932</v>
+        <v>2.46</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
+        <v>17</v>
+      </c>
+      <c r="B202" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C202">
         <v>0.504</v>
       </c>
       <c r="D202" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>20</v>
       </c>
       <c r="B203" t="s">
         <v>21</v>
       </c>
       <c r="C203">
         <v>0.504</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="B204" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="C204">
-        <v>0.552</v>
+        <v>0.516</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="B205" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="C205">
-        <v>0.612</v>
+        <v>0.516</v>
       </c>
       <c r="D205" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B206" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C206">
-        <v>0.612</v>
+        <v>0.552</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B207" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C207">
         <v>0.612</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="B208" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
       <c r="C208">
-        <v>0.924</v>
+        <v>0.612</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="B209" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="C209">
-        <v>0.924</v>
+        <v>0.612</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
       <c r="B210" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="C210">
-        <v>1.068</v>
+        <v>0.768</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="B211" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="C211">
-        <v>1.068</v>
+        <v>0.924</v>
       </c>
       <c r="D211" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="B212" t="s">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="C212">
-        <v>1.104</v>
+        <v>0.924</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>100</v>
+        <v>79</v>
       </c>
       <c r="B213" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="C213">
-        <v>1.14</v>
+        <v>1.068</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="B214" t="s">
-        <v>103</v>
+        <v>82</v>
       </c>
       <c r="C214">
-        <v>1.14</v>
+        <v>1.068</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="B215" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="C215">
-        <v>1.14</v>
+        <v>1.104</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="B216" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="C216">
-        <v>1.2</v>
+        <v>1.104</v>
       </c>
       <c r="D216" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="B217" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="C217">
-        <v>1.2</v>
+        <v>1.104</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="B218" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="C218">
-        <v>1.2</v>
+        <v>1.14</v>
       </c>
       <c r="D218" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>119</v>
+        <v>105</v>
       </c>
       <c r="B219" t="s">
-        <v>120</v>
+        <v>106</v>
       </c>
       <c r="C219">
-        <v>1.2</v>
+        <v>1.14</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="B220" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="C220">
-        <v>1.2</v>
+        <v>1.14</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="B221" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="C221">
-        <v>1.284</v>
+        <v>1.2</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>137</v>
+        <v>117</v>
       </c>
       <c r="B222" t="s">
-        <v>138</v>
+        <v>118</v>
       </c>
       <c r="C222">
-        <v>1.32</v>
+        <v>1.2</v>
       </c>
       <c r="D222" t="s">
-        <v>139</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>150</v>
+        <v>119</v>
       </c>
       <c r="B223" t="s">
-        <v>151</v>
+        <v>120</v>
       </c>
       <c r="C223">
-        <v>1.38</v>
+        <v>1.2</v>
       </c>
       <c r="D223" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="B224" t="s">
-        <v>153</v>
+        <v>122</v>
       </c>
       <c r="C224">
-        <v>1.38</v>
+        <v>1.2</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="B225" t="s">
-        <v>155</v>
+        <v>124</v>
       </c>
       <c r="C225">
-        <v>1.38</v>
+        <v>1.2</v>
       </c>
       <c r="D225" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>164</v>
+        <v>119</v>
       </c>
       <c r="B226" t="s">
-        <v>165</v>
+        <v>125</v>
       </c>
       <c r="C226">
-        <v>1.476</v>
+        <v>1.2</v>
       </c>
       <c r="D226" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>194</v>
+        <v>130</v>
       </c>
       <c r="B227" t="s">
-        <v>195</v>
+        <v>131</v>
       </c>
       <c r="C227">
-        <v>1.536</v>
+        <v>1.224</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>196</v>
+        <v>132</v>
       </c>
       <c r="B228" t="s">
-        <v>197</v>
+        <v>133</v>
       </c>
       <c r="C228">
-        <v>1.536</v>
+        <v>1.224</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>198</v>
+        <v>134</v>
       </c>
       <c r="B229" t="s">
-        <v>199</v>
+        <v>135</v>
       </c>
       <c r="C229">
-        <v>1.536</v>
+        <v>1.224</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>200</v>
+        <v>136</v>
       </c>
       <c r="B230" t="s">
-        <v>201</v>
+        <v>137</v>
       </c>
       <c r="C230">
-        <v>1.536</v>
+        <v>1.284</v>
       </c>
       <c r="D230" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>206</v>
+        <v>138</v>
       </c>
       <c r="B231" t="s">
-        <v>207</v>
+        <v>139</v>
       </c>
       <c r="C231">
-        <v>1.692</v>
+        <v>1.32</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>212</v>
+        <v>140</v>
       </c>
       <c r="B232" t="s">
-        <v>213</v>
+        <v>141</v>
       </c>
       <c r="C232">
-        <v>1.716</v>
+        <v>1.32</v>
       </c>
       <c r="D232" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>214</v>
+        <v>152</v>
       </c>
       <c r="B233" t="s">
-        <v>215</v>
+        <v>153</v>
       </c>
       <c r="C233">
-        <v>1.716</v>
+        <v>1.38</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>226</v>
+        <v>154</v>
       </c>
       <c r="B234" t="s">
-        <v>227</v>
+        <v>155</v>
       </c>
       <c r="C234">
-        <v>1.836</v>
+        <v>1.38</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>228</v>
+        <v>156</v>
       </c>
       <c r="B235" t="s">
-        <v>229</v>
+        <v>157</v>
       </c>
       <c r="C235">
-        <v>1.836</v>
+        <v>1.38</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>230</v>
+        <v>158</v>
       </c>
       <c r="B236" t="s">
-        <v>231</v>
+        <v>159</v>
       </c>
       <c r="C236">
-        <v>1.836</v>
+        <v>1.404</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>232</v>
+        <v>164</v>
       </c>
       <c r="B237" t="s">
-        <v>233</v>
+        <v>165</v>
       </c>
       <c r="C237">
-        <v>1.836</v>
+        <v>1.476</v>
       </c>
       <c r="D237" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>234</v>
+        <v>166</v>
       </c>
       <c r="B238" t="s">
-        <v>235</v>
+        <v>167</v>
       </c>
       <c r="C238">
-        <v>1.836</v>
+        <v>1.476</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>236</v>
+        <v>196</v>
       </c>
       <c r="B239" t="s">
-        <v>237</v>
+        <v>197</v>
       </c>
       <c r="C239">
-        <v>1.836</v>
+        <v>1.536</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>238</v>
+        <v>198</v>
       </c>
       <c r="B240" t="s">
-        <v>239</v>
+        <v>199</v>
       </c>
       <c r="C240">
-        <v>1.836</v>
+        <v>1.536</v>
       </c>
       <c r="D240" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="B241" t="s">
-        <v>241</v>
+        <v>201</v>
       </c>
       <c r="C241">
-        <v>1.836</v>
+        <v>1.536</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>242</v>
+        <v>202</v>
       </c>
       <c r="B242" t="s">
-        <v>243</v>
+        <v>203</v>
       </c>
       <c r="C242">
-        <v>1.836</v>
+        <v>1.536</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>244</v>
+        <v>206</v>
       </c>
       <c r="B243" t="s">
-        <v>245</v>
+        <v>207</v>
       </c>
       <c r="C243">
-        <v>1.836</v>
+        <v>1.692</v>
       </c>
       <c r="D243" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>246</v>
+        <v>212</v>
       </c>
       <c r="B244" t="s">
-        <v>247</v>
+        <v>213</v>
       </c>
       <c r="C244">
-        <v>1.908</v>
+        <v>1.716</v>
       </c>
       <c r="D244" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>250</v>
+        <v>214</v>
       </c>
       <c r="B245" t="s">
-        <v>251</v>
+        <v>215</v>
       </c>
       <c r="C245">
-        <v>2.112</v>
+        <v>1.716</v>
       </c>
       <c r="D245" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>252</v>
+        <v>222</v>
       </c>
       <c r="B246" t="s">
-        <v>253</v>
+        <v>223</v>
       </c>
       <c r="C246">
-        <v>2.148</v>
+        <v>1.836</v>
       </c>
       <c r="D246" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>254</v>
+        <v>224</v>
       </c>
       <c r="B247" t="s">
-        <v>255</v>
+        <v>225</v>
       </c>
       <c r="C247">
-        <v>2.148</v>
+        <v>1.836</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>256</v>
+        <v>226</v>
       </c>
       <c r="B248" t="s">
-        <v>257</v>
+        <v>227</v>
       </c>
       <c r="C248">
-        <v>2.148</v>
+        <v>1.836</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>258</v>
+        <v>228</v>
       </c>
       <c r="B249" t="s">
-        <v>259</v>
+        <v>229</v>
       </c>
       <c r="C249">
-        <v>2.148</v>
+        <v>1.836</v>
       </c>
       <c r="D249" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>260</v>
+        <v>230</v>
       </c>
       <c r="B250" t="s">
-        <v>261</v>
+        <v>231</v>
       </c>
       <c r="C250">
-        <v>2.148</v>
+        <v>1.836</v>
       </c>
       <c r="D250" t="s">
-        <v>262</v>
+        <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>263</v>
+        <v>232</v>
       </c>
       <c r="B251" t="s">
-        <v>264</v>
+        <v>233</v>
       </c>
       <c r="C251">
-        <v>2.148</v>
+        <v>1.836</v>
       </c>
       <c r="D251" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>265</v>
+        <v>234</v>
       </c>
       <c r="B252" t="s">
-        <v>266</v>
+        <v>235</v>
       </c>
       <c r="C252">
-        <v>2.208</v>
+        <v>1.836</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>267</v>
+        <v>236</v>
       </c>
       <c r="B253" t="s">
-        <v>268</v>
+        <v>237</v>
       </c>
       <c r="C253">
-        <v>2.208</v>
+        <v>1.836</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>269</v>
+        <v>238</v>
       </c>
       <c r="B254" t="s">
-        <v>270</v>
+        <v>239</v>
       </c>
       <c r="C254">
-        <v>2.268</v>
+        <v>1.836</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>271</v>
+        <v>240</v>
       </c>
       <c r="B255" t="s">
-        <v>272</v>
+        <v>241</v>
       </c>
       <c r="C255">
-        <v>2.328</v>
+        <v>1.836</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>273</v>
+        <v>242</v>
       </c>
       <c r="B256" t="s">
-        <v>274</v>
+        <v>243</v>
       </c>
       <c r="C256">
-        <v>2.328</v>
+        <v>1.908</v>
       </c>
       <c r="D256" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>275</v>
+        <v>244</v>
       </c>
       <c r="B257" t="s">
-        <v>276</v>
+        <v>245</v>
       </c>
       <c r="C257">
-        <v>2.46</v>
+        <v>1.932</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>277</v>
+        <v>250</v>
       </c>
       <c r="B258" t="s">
-        <v>278</v>
+        <v>251</v>
       </c>
       <c r="C258">
-        <v>2.46</v>
+        <v>2.112</v>
       </c>
       <c r="D258" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>279</v>
+        <v>266</v>
       </c>
       <c r="B259" t="s">
-        <v>280</v>
+        <v>267</v>
       </c>
       <c r="C259">
-        <v>2.58</v>
+        <v>2.148</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>281</v>
+        <v>268</v>
       </c>
       <c r="B260" t="s">
-        <v>282</v>
+        <v>269</v>
       </c>
       <c r="C260">
-        <v>2.604</v>
+        <v>2.148</v>
       </c>
       <c r="D260" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="B261" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="C261">
-        <v>2.64</v>
+        <v>2.148</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>285</v>
+        <v>272</v>
       </c>
       <c r="B262" t="s">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="C262">
-        <v>2.76</v>
+        <v>2.148</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>287</v>
+        <v>274</v>
       </c>
       <c r="B263" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="C263">
-        <v>2.76</v>
+        <v>2.148</v>
       </c>
       <c r="D263" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>289</v>
+        <v>276</v>
       </c>
       <c r="B264" t="s">
-        <v>290</v>
+        <v>277</v>
       </c>
       <c r="C264">
-        <v>2.76</v>
+        <v>2.148</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="B265" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="C265">
-        <v>2.82</v>
+        <v>2.208</v>
       </c>
       <c r="D265" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="B266" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="C266">
-        <v>2.82</v>
+        <v>2.208</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="B267" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="C267">
-        <v>2.94</v>
+        <v>2.268</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
       <c r="B268" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
       <c r="C268">
-        <v>3.072</v>
+        <v>2.328</v>
       </c>
       <c r="D268" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="B269" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="C269">
-        <v>3.072</v>
+        <v>2.328</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="B270" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="C270">
-        <v>3.072</v>
+        <v>2.388</v>
       </c>
       <c r="D270" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="B271" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="C271">
-        <v>3.072</v>
+        <v>2.388</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="B272" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="C272">
-        <v>3.072</v>
+        <v>2.46</v>
       </c>
       <c r="D272" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="B273" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
       <c r="C273">
-        <v>3.072</v>
+        <v>2.46</v>
       </c>
       <c r="D273" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="B274" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="C274">
-        <v>3.072</v>
+        <v>2.58</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="B275" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="C275">
-        <v>3.312</v>
+        <v>2.604</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="B276" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="C276">
-        <v>3.372</v>
+        <v>2.76</v>
       </c>
       <c r="D276" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="B277" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="C277">
-        <v>3.372</v>
+        <v>2.76</v>
       </c>
       <c r="D277" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="B278" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="C278">
-        <v>3.624</v>
+        <v>2.76</v>
       </c>
       <c r="D278" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="B279" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="C279">
-        <v>3.684</v>
+        <v>2.76</v>
       </c>
       <c r="D279" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>321</v>
+        <v>313</v>
       </c>
       <c r="B280" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="C280">
-        <v>3.684</v>
+        <v>2.82</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="B281" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="C281">
-        <v>3.684</v>
+        <v>2.82</v>
       </c>
       <c r="D281" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="B282" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="C282">
-        <v>3.684</v>
+        <v>2.94</v>
       </c>
       <c r="D282" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="B283" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="C283">
-        <v>3.684</v>
+        <v>3.072</v>
       </c>
       <c r="D283" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="B284" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="C284">
-        <v>3.684</v>
+        <v>3.072</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="B285" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="C285">
-        <v>3.864</v>
+        <v>3.072</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="B286" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="C286">
-        <v>3.984</v>
+        <v>3.072</v>
       </c>
       <c r="D286" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="B287" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="C287">
-        <v>3.984</v>
+        <v>3.072</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="B288" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="C288">
-        <v>3.984</v>
+        <v>3.072</v>
       </c>
       <c r="D288" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
       <c r="B289" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="C289">
-        <v>3.984</v>
+        <v>3.072</v>
       </c>
       <c r="D289" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="B290" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="C290">
-        <v>3.984</v>
+        <v>3.312</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="B291" t="s">
-        <v>344</v>
+        <v>336</v>
       </c>
       <c r="C291">
-        <v>3.984</v>
+        <v>3.372</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="B292" t="s">
-        <v>346</v>
+        <v>338</v>
       </c>
       <c r="C292">
-        <v>3.984</v>
+        <v>3.372</v>
       </c>
       <c r="D292" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>347</v>
+        <v>339</v>
       </c>
       <c r="B293" t="s">
-        <v>348</v>
+        <v>340</v>
       </c>
       <c r="C293">
-        <v>3.984</v>
+        <v>3.528</v>
       </c>
       <c r="D293" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="B294" t="s">
-        <v>350</v>
+        <v>342</v>
       </c>
       <c r="C294">
-        <v>4.044</v>
+        <v>3.624</v>
       </c>
       <c r="D294" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>351</v>
+        <v>343</v>
       </c>
       <c r="B295" t="s">
-        <v>352</v>
+        <v>344</v>
       </c>
       <c r="C295">
-        <v>4.14</v>
+        <v>3.684</v>
       </c>
       <c r="D295" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="B296" t="s">
-        <v>354</v>
+        <v>346</v>
       </c>
       <c r="C296">
-        <v>4.14</v>
+        <v>3.684</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>355</v>
+        <v>347</v>
       </c>
       <c r="B297" t="s">
-        <v>356</v>
+        <v>348</v>
       </c>
       <c r="C297">
-        <v>4.296</v>
+        <v>3.684</v>
       </c>
       <c r="D297" t="s">
-        <v>139</v>
+        <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="B298" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
       <c r="C298">
-        <v>4.356</v>
+        <v>3.684</v>
       </c>
       <c r="D298" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="B299" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="C299">
-        <v>4.536</v>
+        <v>3.684</v>
       </c>
       <c r="D299" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="B300" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="C300">
-        <v>4.596</v>
+        <v>3.684</v>
       </c>
       <c r="D300" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
       <c r="B301" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="C301">
-        <v>4.596</v>
+        <v>3.864</v>
       </c>
       <c r="D301" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B302" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C302">
         <v>0.504</v>
       </c>
       <c r="D302" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="B303" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C303">
-        <v>0.504</v>
+        <v>0.552</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="B304" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="C304">
-        <v>0.552</v>
+        <v>0.768</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="B305" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="C305">
-        <v>0.612</v>
+        <v>0.924</v>
       </c>
       <c r="D305" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="B306" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="C306">
-        <v>0.612</v>
+        <v>0.924</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>36</v>
+        <v>79</v>
       </c>
       <c r="B307" t="s">
-        <v>37</v>
+        <v>80</v>
       </c>
       <c r="C307">
-        <v>0.612</v>
+        <v>1.068</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="B308" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="C308">
-        <v>0.924</v>
+        <v>1.068</v>
       </c>
       <c r="D308" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="B309" t="s">
-        <v>69</v>
+        <v>100</v>
       </c>
       <c r="C309">
-        <v>0.924</v>
+        <v>1.104</v>
       </c>
       <c r="D309" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>76</v>
+        <v>105</v>
       </c>
       <c r="B310" t="s">
-        <v>77</v>
+        <v>106</v>
       </c>
       <c r="C310">
-        <v>1.068</v>
+        <v>1.14</v>
       </c>
       <c r="D310" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>78</v>
+        <v>107</v>
       </c>
       <c r="B311" t="s">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="C311">
-        <v>1.068</v>
+        <v>1.14</v>
       </c>
       <c r="D311" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>96</v>
+        <v>119</v>
       </c>
       <c r="B312" t="s">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="C312">
-        <v>1.104</v>
+        <v>1.2</v>
       </c>
       <c r="D312" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="B313" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="C313">
-        <v>1.14</v>
+        <v>1.2</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>102</v>
+        <v>123</v>
       </c>
       <c r="B314" t="s">
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="C314">
-        <v>1.14</v>
+        <v>1.2</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="B315" t="s">
-        <v>105</v>
+        <v>125</v>
       </c>
       <c r="C315">
-        <v>1.14</v>
+        <v>1.2</v>
       </c>
       <c r="D315" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>113</v>
+        <v>136</v>
       </c>
       <c r="B316" t="s">
-        <v>114</v>
+        <v>137</v>
       </c>
       <c r="C316">
-        <v>1.2</v>
+        <v>1.284</v>
       </c>
       <c r="D316" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>115</v>
+        <v>140</v>
       </c>
       <c r="B317" t="s">
-        <v>116</v>
+        <v>141</v>
       </c>
       <c r="C317">
-        <v>1.2</v>
+        <v>1.32</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="B318" t="s">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="C318">
-        <v>1.2</v>
+        <v>1.38</v>
       </c>
       <c r="D318" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>119</v>
+        <v>166</v>
       </c>
       <c r="B319" t="s">
-        <v>120</v>
+        <v>167</v>
       </c>
       <c r="C319">
-        <v>1.2</v>
+        <v>1.476</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>121</v>
+        <v>200</v>
       </c>
       <c r="B320" t="s">
-        <v>122</v>
+        <v>201</v>
       </c>
       <c r="C320">
-        <v>1.2</v>
+        <v>1.536</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>133</v>
+        <v>202</v>
       </c>
       <c r="B321" t="s">
-        <v>134</v>
+        <v>203</v>
       </c>
       <c r="C321">
-        <v>1.284</v>
+        <v>1.536</v>
       </c>
       <c r="D321" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>137</v>
+        <v>212</v>
       </c>
       <c r="B322" t="s">
-        <v>138</v>
+        <v>213</v>
       </c>
       <c r="C322">
-        <v>1.32</v>
+        <v>1.716</v>
       </c>
       <c r="D322" t="s">
-        <v>139</v>
+        <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>150</v>
+        <v>214</v>
       </c>
       <c r="B323" t="s">
-        <v>151</v>
+        <v>215</v>
       </c>
       <c r="C323">
-        <v>1.38</v>
+        <v>1.716</v>
       </c>
       <c r="D323" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>152</v>
+        <v>228</v>
       </c>
       <c r="B324" t="s">
-        <v>153</v>
+        <v>229</v>
       </c>
       <c r="C324">
-        <v>1.38</v>
+        <v>1.836</v>
       </c>
       <c r="D324" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>154</v>
+        <v>230</v>
       </c>
       <c r="B325" t="s">
-        <v>155</v>
+        <v>231</v>
       </c>
       <c r="C325">
-        <v>1.38</v>
+        <v>1.836</v>
       </c>
       <c r="D325" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>164</v>
+        <v>232</v>
       </c>
       <c r="B326" t="s">
-        <v>165</v>
+        <v>233</v>
       </c>
       <c r="C326">
-        <v>1.476</v>
+        <v>1.836</v>
       </c>
       <c r="D326" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>194</v>
+        <v>234</v>
       </c>
       <c r="B327" t="s">
-        <v>195</v>
+        <v>235</v>
       </c>
       <c r="C327">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D327" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>196</v>
+        <v>236</v>
       </c>
       <c r="B328" t="s">
-        <v>197</v>
+        <v>237</v>
       </c>
       <c r="C328">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D328" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>198</v>
+        <v>238</v>
       </c>
       <c r="B329" t="s">
-        <v>199</v>
+        <v>239</v>
       </c>
       <c r="C329">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D329" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="B330" t="s">
-        <v>201</v>
+        <v>241</v>
       </c>
       <c r="C330">
-        <v>1.536</v>
+        <v>1.836</v>
       </c>
       <c r="D330" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>206</v>
+        <v>242</v>
       </c>
       <c r="B331" t="s">
-        <v>207</v>
+        <v>243</v>
       </c>
       <c r="C331">
-        <v>1.692</v>
+        <v>1.908</v>
       </c>
       <c r="D331" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>212</v>
+        <v>250</v>
       </c>
       <c r="B332" t="s">
-        <v>213</v>
+        <v>251</v>
       </c>
       <c r="C332">
-        <v>1.716</v>
+        <v>2.112</v>
       </c>
       <c r="D332" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>214</v>
+        <v>272</v>
       </c>
       <c r="B333" t="s">
-        <v>215</v>
+        <v>273</v>
       </c>
       <c r="C333">
-        <v>1.716</v>
+        <v>2.148</v>
       </c>
       <c r="D333" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>228</v>
+        <v>274</v>
       </c>
       <c r="B334" t="s">
-        <v>229</v>
+        <v>275</v>
       </c>
       <c r="C334">
-        <v>1.836</v>
+        <v>2.148</v>
       </c>
       <c r="D334" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>230</v>
+        <v>276</v>
       </c>
       <c r="B335" t="s">
-        <v>231</v>
+        <v>277</v>
       </c>
       <c r="C335">
-        <v>1.836</v>
+        <v>2.148</v>
       </c>
       <c r="D335" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>232</v>
+        <v>280</v>
       </c>
       <c r="B336" t="s">
-        <v>233</v>
+        <v>281</v>
       </c>
       <c r="C336">
-        <v>1.836</v>
+        <v>2.208</v>
       </c>
       <c r="D336" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>234</v>
+        <v>282</v>
       </c>
       <c r="B337" t="s">
-        <v>235</v>
+        <v>283</v>
       </c>
       <c r="C337">
-        <v>1.836</v>
+        <v>2.208</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>236</v>
+        <v>284</v>
       </c>
       <c r="B338" t="s">
-        <v>237</v>
+        <v>285</v>
       </c>
       <c r="C338">
-        <v>1.836</v>
+        <v>2.268</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>238</v>
+        <v>286</v>
       </c>
       <c r="B339" t="s">
-        <v>239</v>
+        <v>287</v>
       </c>
       <c r="C339">
-        <v>1.836</v>
+        <v>2.328</v>
       </c>
       <c r="D339" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>240</v>
+        <v>289</v>
       </c>
       <c r="B340" t="s">
-        <v>241</v>
+        <v>290</v>
       </c>
       <c r="C340">
-        <v>1.836</v>
+        <v>2.328</v>
       </c>
       <c r="D340" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>242</v>
+        <v>299</v>
       </c>
       <c r="B341" t="s">
-        <v>243</v>
+        <v>300</v>
       </c>
       <c r="C341">
-        <v>1.836</v>
+        <v>2.46</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>244</v>
+        <v>303</v>
       </c>
       <c r="B342" t="s">
-        <v>245</v>
+        <v>304</v>
       </c>
       <c r="C342">
-        <v>1.836</v>
+        <v>2.604</v>
       </c>
       <c r="D342" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>246</v>
+        <v>307</v>
       </c>
       <c r="B343" t="s">
-        <v>247</v>
+        <v>308</v>
       </c>
       <c r="C343">
-        <v>1.908</v>
+        <v>2.76</v>
       </c>
       <c r="D343" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>250</v>
+        <v>309</v>
       </c>
       <c r="B344" t="s">
-        <v>251</v>
+        <v>310</v>
       </c>
       <c r="C344">
-        <v>2.112</v>
+        <v>2.76</v>
       </c>
       <c r="D344" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>254</v>
+        <v>311</v>
       </c>
       <c r="B345" t="s">
-        <v>255</v>
+        <v>312</v>
       </c>
       <c r="C345">
-        <v>2.148</v>
+        <v>2.76</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>256</v>
+        <v>315</v>
       </c>
       <c r="B346" t="s">
-        <v>257</v>
+        <v>316</v>
       </c>
       <c r="C346">
-        <v>2.148</v>
+        <v>2.82</v>
       </c>
       <c r="D346" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="B347" t="s">
-        <v>259</v>
+        <v>318</v>
       </c>
       <c r="C347">
-        <v>2.148</v>
+        <v>2.94</v>
       </c>
       <c r="D347" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>260</v>
+        <v>323</v>
       </c>
       <c r="B348" t="s">
-        <v>261</v>
+        <v>324</v>
       </c>
       <c r="C348">
-        <v>2.148</v>
+        <v>3.072</v>
       </c>
       <c r="D348" t="s">
-        <v>262</v>
+        <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>263</v>
+        <v>325</v>
       </c>
       <c r="B349" t="s">
-        <v>264</v>
+        <v>326</v>
       </c>
       <c r="C349">
-        <v>2.148</v>
+        <v>3.072</v>
       </c>
       <c r="D349" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>265</v>
+        <v>327</v>
       </c>
       <c r="B350" t="s">
-        <v>266</v>
+        <v>328</v>
       </c>
       <c r="C350">
-        <v>2.208</v>
+        <v>3.072</v>
       </c>
       <c r="D350" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>267</v>
+        <v>329</v>
       </c>
       <c r="B351" t="s">
-        <v>268</v>
+        <v>330</v>
       </c>
       <c r="C351">
-        <v>2.208</v>
+        <v>3.072</v>
       </c>
       <c r="D351" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>269</v>
+        <v>331</v>
       </c>
       <c r="B352" t="s">
-        <v>270</v>
+        <v>332</v>
       </c>
       <c r="C352">
-        <v>2.268</v>
+        <v>3.072</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>271</v>
+        <v>333</v>
       </c>
       <c r="B353" t="s">
-        <v>272</v>
+        <v>334</v>
       </c>
       <c r="C353">
-        <v>2.328</v>
+        <v>3.312</v>
       </c>
       <c r="D353" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>273</v>
+        <v>337</v>
       </c>
       <c r="B354" t="s">
-        <v>274</v>
+        <v>338</v>
       </c>
       <c r="C354">
-        <v>2.328</v>
+        <v>3.372</v>
       </c>
       <c r="D354" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>275</v>
+        <v>341</v>
       </c>
       <c r="B355" t="s">
-        <v>276</v>
+        <v>342</v>
       </c>
       <c r="C355">
-        <v>2.46</v>
+        <v>3.624</v>
       </c>
       <c r="D355" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>277</v>
+        <v>353</v>
       </c>
       <c r="B356" t="s">
-        <v>278</v>
+        <v>354</v>
       </c>
       <c r="C356">
-        <v>2.46</v>
+        <v>3.684</v>
       </c>
       <c r="D356" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>279</v>
+        <v>357</v>
       </c>
       <c r="B357" t="s">
-        <v>280</v>
+        <v>358</v>
       </c>
       <c r="C357">
-        <v>2.58</v>
+        <v>3.984</v>
       </c>
       <c r="D357" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>281</v>
+        <v>359</v>
       </c>
       <c r="B358" t="s">
-        <v>282</v>
+        <v>360</v>
       </c>
       <c r="C358">
-        <v>2.604</v>
+        <v>3.984</v>
       </c>
       <c r="D358" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>283</v>
+        <v>361</v>
       </c>
       <c r="B359" t="s">
-        <v>284</v>
+        <v>362</v>
       </c>
       <c r="C359">
-        <v>2.64</v>
+        <v>4.044</v>
       </c>
       <c r="D359" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>285</v>
+        <v>363</v>
       </c>
       <c r="B360" t="s">
-        <v>286</v>
+        <v>364</v>
       </c>
       <c r="C360">
-        <v>2.76</v>
+        <v>4.14</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>287</v>
+        <v>365</v>
       </c>
       <c r="B361" t="s">
-        <v>288</v>
+        <v>366</v>
       </c>
       <c r="C361">
-        <v>2.76</v>
+        <v>4.14</v>
       </c>
       <c r="D361" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>289</v>
+        <v>367</v>
       </c>
       <c r="B362" t="s">
-        <v>290</v>
+        <v>368</v>
       </c>
       <c r="C362">
-        <v>2.76</v>
+        <v>4.296</v>
       </c>
       <c r="D362" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>291</v>
+        <v>369</v>
       </c>
       <c r="B363" t="s">
-        <v>292</v>
+        <v>370</v>
       </c>
       <c r="C363">
-        <v>2.82</v>
+        <v>4.356</v>
       </c>
       <c r="D363" t="s">
-        <v>11</v>
+        <v>288</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>293</v>
+        <v>371</v>
       </c>
       <c r="B364" t="s">
-        <v>294</v>
+        <v>372</v>
       </c>
       <c r="C364">
-        <v>2.82</v>
+        <v>4.536</v>
       </c>
       <c r="D364" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>295</v>
+        <v>373</v>
       </c>
       <c r="B365" t="s">
-        <v>296</v>
+        <v>374</v>
       </c>
       <c r="C365">
-        <v>2.94</v>
+        <v>4.596</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>299</v>
+        <v>375</v>
       </c>
       <c r="B366" t="s">
-        <v>300</v>
+        <v>376</v>
       </c>
       <c r="C366">
-        <v>3.072</v>
+        <v>4.596</v>
       </c>
       <c r="D366" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>301</v>
+        <v>377</v>
       </c>
       <c r="B367" t="s">
-        <v>302</v>
+        <v>378</v>
       </c>
       <c r="C367">
-        <v>3.072</v>
+        <v>4.596</v>
       </c>
       <c r="D367" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>303</v>
+        <v>379</v>
       </c>
       <c r="B368" t="s">
-        <v>304</v>
+        <v>380</v>
       </c>
       <c r="C368">
-        <v>3.072</v>
+        <v>4.596</v>
       </c>
       <c r="D368" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>305</v>
+        <v>381</v>
       </c>
       <c r="B369" t="s">
-        <v>306</v>
+        <v>382</v>
       </c>
       <c r="C369">
-        <v>3.072</v>
+        <v>4.872</v>
       </c>
       <c r="D369" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>307</v>
+        <v>383</v>
       </c>
       <c r="B370" t="s">
-        <v>308</v>
+        <v>384</v>
       </c>
       <c r="C370">
-        <v>3.072</v>
+        <v>4.908</v>
       </c>
       <c r="D370" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>309</v>
+        <v>385</v>
       </c>
       <c r="B371" t="s">
-        <v>310</v>
+        <v>386</v>
       </c>
       <c r="C371">
-        <v>3.072</v>
+        <v>4.908</v>
       </c>
       <c r="D371" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>311</v>
+        <v>387</v>
       </c>
       <c r="B372" t="s">
-        <v>312</v>
+        <v>388</v>
       </c>
       <c r="C372">
-        <v>3.312</v>
+        <v>4.908</v>
       </c>
       <c r="D372" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>313</v>
+        <v>389</v>
       </c>
       <c r="B373" t="s">
-        <v>314</v>
+        <v>390</v>
       </c>
       <c r="C373">
-        <v>3.372</v>
+        <v>5.22</v>
       </c>
       <c r="D373" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>315</v>
+        <v>391</v>
       </c>
       <c r="B374" t="s">
-        <v>316</v>
+        <v>392</v>
       </c>
       <c r="C374">
-        <v>3.372</v>
+        <v>5.364</v>
       </c>
       <c r="D374" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>317</v>
+        <v>393</v>
       </c>
       <c r="B375" t="s">
-        <v>318</v>
+        <v>394</v>
       </c>
       <c r="C375">
-        <v>3.624</v>
+        <v>5.52</v>
       </c>
       <c r="D375" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>321</v>
+        <v>395</v>
       </c>
       <c r="B376" t="s">
-        <v>322</v>
+        <v>396</v>
       </c>
       <c r="C376">
-        <v>3.684</v>
+        <v>5.832</v>
       </c>
       <c r="D376" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>323</v>
+        <v>397</v>
       </c>
       <c r="B377" t="s">
-        <v>324</v>
+        <v>398</v>
       </c>
       <c r="C377">
-        <v>3.684</v>
+        <v>5.832</v>
       </c>
       <c r="D377" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>325</v>
+        <v>399</v>
       </c>
       <c r="B378" t="s">
-        <v>326</v>
+        <v>400</v>
       </c>
       <c r="C378">
-        <v>3.684</v>
+        <v>6.132</v>
       </c>
       <c r="D378" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>327</v>
+        <v>401</v>
       </c>
       <c r="B379" t="s">
-        <v>328</v>
+        <v>402</v>
       </c>
       <c r="C379">
-        <v>3.684</v>
+        <v>6.744</v>
       </c>
       <c r="D379" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>329</v>
+        <v>403</v>
       </c>
       <c r="B380" t="s">
-        <v>330</v>
+        <v>404</v>
       </c>
       <c r="C380">
-        <v>3.684</v>
+        <v>6.744</v>
       </c>
       <c r="D380" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>331</v>
+        <v>405</v>
       </c>
       <c r="B381" t="s">
-        <v>332</v>
+        <v>406</v>
       </c>
       <c r="C381">
-        <v>3.864</v>
+        <v>6.744</v>
       </c>
       <c r="D381" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>335</v>
+        <v>407</v>
       </c>
       <c r="B382" t="s">
-        <v>336</v>
+        <v>408</v>
       </c>
       <c r="C382">
-        <v>3.984</v>
+        <v>6.744</v>
       </c>
       <c r="D382" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>337</v>
+        <v>409</v>
       </c>
       <c r="B383" t="s">
-        <v>338</v>
+        <v>410</v>
       </c>
       <c r="C383">
-        <v>3.984</v>
+        <v>7.056</v>
       </c>
       <c r="D383" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>339</v>
+        <v>411</v>
       </c>
       <c r="B384" t="s">
-        <v>340</v>
+        <v>412</v>
       </c>
       <c r="C384">
-        <v>3.984</v>
+        <v>7.056</v>
       </c>
       <c r="D384" t="s">
-        <v>11</v>
+        <v>288</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>341</v>
+        <v>413</v>
       </c>
       <c r="B385" t="s">
-        <v>342</v>
+        <v>414</v>
       </c>
       <c r="C385">
-        <v>3.984</v>
+        <v>7.236</v>
       </c>
       <c r="D385" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>343</v>
+        <v>415</v>
       </c>
       <c r="B386" t="s">
-        <v>344</v>
+        <v>416</v>
       </c>
       <c r="C386">
-        <v>3.984</v>
+        <v>7.368</v>
       </c>
       <c r="D386" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>345</v>
+        <v>417</v>
       </c>
       <c r="B387" t="s">
-        <v>346</v>
+        <v>418</v>
       </c>
       <c r="C387">
-        <v>3.984</v>
+        <v>7.368</v>
       </c>
       <c r="D387" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>347</v>
+        <v>419</v>
       </c>
       <c r="B388" t="s">
-        <v>348</v>
+        <v>420</v>
       </c>
       <c r="C388">
-        <v>3.984</v>
+        <v>7.368</v>
       </c>
       <c r="D388" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>349</v>
+        <v>421</v>
       </c>
       <c r="B389" t="s">
-        <v>350</v>
+        <v>422</v>
       </c>
       <c r="C389">
-        <v>4.044</v>
+        <v>7.368</v>
       </c>
       <c r="D389" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>351</v>
+        <v>423</v>
       </c>
       <c r="B390" t="s">
-        <v>352</v>
+        <v>424</v>
       </c>
       <c r="C390">
-        <v>4.14</v>
+        <v>7.668</v>
       </c>
       <c r="D390" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>353</v>
+        <v>425</v>
       </c>
       <c r="B391" t="s">
-        <v>354</v>
+        <v>426</v>
       </c>
       <c r="C391">
-        <v>4.14</v>
+        <v>8.28</v>
       </c>
       <c r="D391" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>355</v>
+        <v>427</v>
       </c>
       <c r="B392" t="s">
-        <v>356</v>
+        <v>428</v>
       </c>
       <c r="C392">
-        <v>4.296</v>
+        <v>8.28</v>
       </c>
       <c r="D392" t="s">
-        <v>139</v>
+        <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>357</v>
+        <v>429</v>
       </c>
       <c r="B393" t="s">
-        <v>358</v>
+        <v>430</v>
       </c>
       <c r="C393">
-        <v>4.356</v>
+        <v>9.204</v>
       </c>
       <c r="D393" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>359</v>
+        <v>431</v>
       </c>
       <c r="B394" t="s">
-        <v>360</v>
+        <v>432</v>
       </c>
       <c r="C394">
-        <v>4.536</v>
+        <v>9.204</v>
       </c>
       <c r="D394" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>365</v>
+        <v>433</v>
       </c>
       <c r="B395" t="s">
-        <v>366</v>
+        <v>434</v>
       </c>
       <c r="C395">
-        <v>4.596</v>
+        <v>9.204</v>
       </c>
       <c r="D395" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>367</v>
+        <v>435</v>
       </c>
       <c r="B396" t="s">
-        <v>368</v>
+        <v>436</v>
       </c>
       <c r="C396">
-        <v>4.596</v>
+        <v>9.816</v>
       </c>
       <c r="D396" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>369</v>
+        <v>437</v>
       </c>
       <c r="B397" t="s">
-        <v>370</v>
+        <v>438</v>
       </c>
       <c r="C397">
-        <v>4.596</v>
+        <v>9.816</v>
       </c>
       <c r="D397" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>371</v>
+        <v>439</v>
       </c>
       <c r="B398" t="s">
-        <v>372</v>
+        <v>440</v>
       </c>
       <c r="C398">
-        <v>4.596</v>
+        <v>10.128</v>
       </c>
       <c r="D398" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>373</v>
+        <v>441</v>
       </c>
       <c r="B399" t="s">
-        <v>374</v>
+        <v>442</v>
       </c>
       <c r="C399">
-        <v>4.596</v>
+        <v>11.04</v>
       </c>
       <c r="D399" t="s">
-        <v>11</v>
+        <v>288</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>375</v>
+        <v>443</v>
       </c>
       <c r="B400" t="s">
-        <v>376</v>
+        <v>444</v>
       </c>
       <c r="C400">
-        <v>4.596</v>
+        <v>11.652</v>
       </c>
       <c r="D400" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>377</v>
+        <v>445</v>
       </c>
       <c r="B401" t="s">
-        <v>378</v>
+        <v>446</v>
       </c>
       <c r="C401">
-        <v>4.596</v>
+        <v>11.652</v>
       </c>
       <c r="D401" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="B402" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="C402">
-        <v>0.504</v>
+        <v>0.768</v>
       </c>
       <c r="D402" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>30</v>
+        <v>121</v>
       </c>
       <c r="B403" t="s">
-        <v>31</v>
+        <v>122</v>
       </c>
       <c r="C403">
-        <v>0.552</v>
+        <v>1.2</v>
       </c>
       <c r="D403" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="B404" t="s">
-        <v>67</v>
+        <v>124</v>
       </c>
       <c r="C404">
-        <v>0.924</v>
+        <v>1.2</v>
       </c>
       <c r="D404" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>68</v>
+        <v>119</v>
       </c>
       <c r="B405" t="s">
-        <v>69</v>
+        <v>125</v>
       </c>
       <c r="C405">
-        <v>0.924</v>
+        <v>1.2</v>
       </c>
       <c r="D405" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>76</v>
+        <v>240</v>
       </c>
       <c r="B406" t="s">
-        <v>77</v>
+        <v>241</v>
       </c>
       <c r="C406">
-        <v>1.068</v>
+        <v>1.836</v>
       </c>
       <c r="D406" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>78</v>
+        <v>276</v>
       </c>
       <c r="B407" t="s">
-        <v>79</v>
+        <v>277</v>
       </c>
       <c r="C407">
-        <v>1.068</v>
+        <v>2.148</v>
       </c>
       <c r="D407" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>96</v>
+        <v>311</v>
       </c>
       <c r="B408" t="s">
-        <v>97</v>
+        <v>312</v>
       </c>
       <c r="C408">
-        <v>1.104</v>
+        <v>2.76</v>
       </c>
       <c r="D408" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>102</v>
+        <v>387</v>
       </c>
       <c r="B409" t="s">
-        <v>103</v>
+        <v>388</v>
       </c>
       <c r="C409">
-        <v>1.14</v>
+        <v>4.908</v>
       </c>
       <c r="D409" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>104</v>
+        <v>389</v>
       </c>
       <c r="B410" t="s">
-        <v>105</v>
+        <v>390</v>
       </c>
       <c r="C410">
-        <v>1.14</v>
+        <v>5.22</v>
       </c>
       <c r="D410" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>119</v>
+        <v>419</v>
       </c>
       <c r="B411" t="s">
-        <v>120</v>
+        <v>420</v>
       </c>
       <c r="C411">
-        <v>1.2</v>
+        <v>7.368</v>
       </c>
       <c r="D411" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>121</v>
+        <v>421</v>
       </c>
       <c r="B412" t="s">
-        <v>122</v>
+        <v>422</v>
       </c>
       <c r="C412">
-        <v>1.2</v>
+        <v>7.368</v>
       </c>
       <c r="D412" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>133</v>
+        <v>441</v>
       </c>
       <c r="B413" t="s">
-        <v>134</v>
+        <v>442</v>
       </c>
       <c r="C413">
-        <v>1.284</v>
+        <v>11.04</v>
       </c>
       <c r="D413" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>137</v>
+        <v>447</v>
       </c>
       <c r="B414" t="s">
-        <v>138</v>
+        <v>448</v>
       </c>
       <c r="C414">
-        <v>1.32</v>
+        <v>18.408</v>
       </c>
       <c r="D414" t="s">
-        <v>139</v>
+        <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>154</v>
+        <v>449</v>
       </c>
       <c r="B415" t="s">
-        <v>155</v>
+        <v>450</v>
       </c>
       <c r="C415">
-        <v>1.38</v>
+        <v>21.48</v>
       </c>
       <c r="D415" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>164</v>
+        <v>451</v>
       </c>
       <c r="B416" t="s">
-        <v>165</v>
+        <v>452</v>
       </c>
       <c r="C416">
-        <v>1.476</v>
+        <v>21.48</v>
       </c>
       <c r="D416" t="s">
-        <v>11</v>
+        <v>288</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>200</v>
+        <v>453</v>
       </c>
       <c r="B417" t="s">
-        <v>201</v>
+        <v>454</v>
       </c>
       <c r="C417">
-        <v>1.536</v>
+        <v>23.316</v>
       </c>
       <c r="D417" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>214</v>
+        <v>455</v>
       </c>
       <c r="B418" t="s">
-        <v>215</v>
+        <v>456</v>
       </c>
       <c r="C418">
-        <v>1.716</v>
+        <v>30.672</v>
       </c>
       <c r="D418" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>234</v>
+        <v>457</v>
       </c>
       <c r="B419" t="s">
-        <v>235</v>
+        <v>458</v>
       </c>
       <c r="C419">
-        <v>1.836</v>
+        <v>33.744</v>
       </c>
       <c r="D419" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>236</v>
+        <v>459</v>
       </c>
       <c r="B420" t="s">
-        <v>237</v>
+        <v>460</v>
       </c>
       <c r="C420">
-        <v>1.836</v>
+        <v>33.744</v>
       </c>
       <c r="D420" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>238</v>
+        <v>461</v>
       </c>
       <c r="B421" t="s">
-        <v>239</v>
+        <v>462</v>
       </c>
       <c r="C421">
-        <v>1.836</v>
+        <v>33.744</v>
       </c>
       <c r="D421" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>240</v>
+        <v>463</v>
       </c>
       <c r="B422" t="s">
-        <v>241</v>
+        <v>464</v>
       </c>
       <c r="C422">
-        <v>1.836</v>
+        <v>36.816</v>
       </c>
       <c r="D422" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>242</v>
+        <v>465</v>
       </c>
       <c r="B423" t="s">
-        <v>243</v>
+        <v>466</v>
       </c>
       <c r="C423">
-        <v>1.836</v>
+        <v>49.08</v>
       </c>
       <c r="D423" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>244</v>
+        <v>467</v>
       </c>
       <c r="B424" t="s">
-        <v>245</v>
+        <v>468</v>
       </c>
       <c r="C424">
-        <v>1.836</v>
+        <v>49.08</v>
       </c>
       <c r="D424" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>246</v>
+        <v>469</v>
       </c>
       <c r="B425" t="s">
-        <v>247</v>
+        <v>470</v>
       </c>
       <c r="C425">
-        <v>1.908</v>
+        <v>52.152</v>
       </c>
       <c r="D425" t="s">
-        <v>11</v>
+        <v>288</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>250</v>
+        <v>471</v>
       </c>
       <c r="B426" t="s">
-        <v>251</v>
+        <v>472</v>
       </c>
       <c r="C426">
-        <v>2.112</v>
+        <v>52.152</v>
       </c>
       <c r="D426" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>258</v>
+        <v>473</v>
       </c>
       <c r="B427" t="s">
-        <v>259</v>
+        <v>474</v>
       </c>
       <c r="C427">
-        <v>2.148</v>
+        <v>52.152</v>
       </c>
       <c r="D427" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>260</v>
+        <v>475</v>
       </c>
       <c r="B428" t="s">
-        <v>261</v>
+        <v>476</v>
       </c>
       <c r="C428">
-        <v>2.148</v>
+        <v>55.224</v>
       </c>
       <c r="D428" t="s">
-        <v>262</v>
+        <v>288</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>263</v>
+        <v>477</v>
       </c>
       <c r="B429" t="s">
-        <v>264</v>
+        <v>478</v>
       </c>
       <c r="C429">
-        <v>2.148</v>
+        <v>55.224</v>
       </c>
       <c r="D429" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>265</v>
+        <v>479</v>
       </c>
       <c r="B430" t="s">
-        <v>266</v>
+        <v>480</v>
       </c>
       <c r="C430">
-        <v>2.208</v>
+        <v>58.284</v>
       </c>
       <c r="D430" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>267</v>
+        <v>481</v>
       </c>
       <c r="B431" t="s">
-        <v>268</v>
+        <v>482</v>
       </c>
       <c r="C431">
-        <v>2.208</v>
+        <v>67.488</v>
       </c>
       <c r="D431" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>269</v>
+        <v>483</v>
       </c>
       <c r="B432" t="s">
-        <v>270</v>
+        <v>484</v>
       </c>
       <c r="C432">
-        <v>2.268</v>
+        <v>67.488</v>
       </c>
       <c r="D432" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>271</v>
+        <v>485</v>
       </c>
       <c r="B433" t="s">
-        <v>272</v>
+        <v>486</v>
       </c>
       <c r="C433">
-        <v>2.328</v>
+        <v>67.488</v>
       </c>
       <c r="D433" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>273</v>
+        <v>487</v>
       </c>
       <c r="B434" t="s">
-        <v>274</v>
+        <v>488</v>
       </c>
       <c r="C434">
-        <v>2.328</v>
+        <v>70.56</v>
       </c>
       <c r="D434" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>277</v>
+        <v>489</v>
       </c>
       <c r="B435" t="s">
-        <v>278</v>
+        <v>490</v>
       </c>
       <c r="C435">
-        <v>2.46</v>
+        <v>76.692</v>
       </c>
       <c r="D435" t="s">
-        <v>11</v>
+        <v>288</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>281</v>
+        <v>491</v>
       </c>
       <c r="B436" t="s">
-        <v>282</v>
+        <v>492</v>
       </c>
       <c r="C436">
-        <v>2.604</v>
+        <v>76.692</v>
       </c>
       <c r="D436" t="s">
-        <v>11</v>
+        <v>288</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>283</v>
+        <v>493</v>
       </c>
       <c r="B437" t="s">
-        <v>284</v>
+        <v>494</v>
       </c>
       <c r="C437">
-        <v>2.64</v>
+        <v>76.692</v>
       </c>
       <c r="D437" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>287</v>
+        <v>495</v>
       </c>
       <c r="B438" t="s">
-        <v>288</v>
+        <v>496</v>
       </c>
       <c r="C438">
-        <v>2.76</v>
+        <v>79.764</v>
       </c>
       <c r="D438" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>289</v>
+        <v>497</v>
       </c>
       <c r="B439" t="s">
-        <v>290</v>
+        <v>498</v>
       </c>
       <c r="C439">
-        <v>2.76</v>
+        <v>82.824</v>
       </c>
       <c r="D439" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>293</v>
+        <v>499</v>
       </c>
       <c r="B440" t="s">
-        <v>294</v>
+        <v>500</v>
       </c>
       <c r="C440">
-        <v>2.82</v>
+        <v>92.028</v>
       </c>
       <c r="D440" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>295</v>
+        <v>501</v>
       </c>
       <c r="B441" t="s">
-        <v>296</v>
+        <v>502</v>
       </c>
       <c r="C441">
-        <v>2.94</v>
+        <v>95.1</v>
       </c>
       <c r="D441" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>305</v>
+        <v>503</v>
       </c>
       <c r="B442" t="s">
-        <v>306</v>
+        <v>504</v>
       </c>
       <c r="C442">
-        <v>3.072</v>
+        <v>98.172</v>
       </c>
       <c r="D442" t="s">
-        <v>6</v>
+        <v>288</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>307</v>
+        <v>505</v>
       </c>
       <c r="B443" t="s">
-        <v>308</v>
+        <v>506</v>
       </c>
       <c r="C443">
-        <v>3.072</v>
+        <v>144.18</v>
       </c>
       <c r="D443" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>309</v>
+        <v>507</v>
       </c>
       <c r="B444" t="s">
-        <v>310</v>
+        <v>508</v>
       </c>
       <c r="C444">
-        <v>3.072</v>
+        <v>199.404</v>
       </c>
       <c r="D444" t="s">
-        <v>6</v>
-[...2743 lines deleted...]
-        <v>139</v>
+        <v>288</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D641"/>
+  <autoFilter ref="A1:D445"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>