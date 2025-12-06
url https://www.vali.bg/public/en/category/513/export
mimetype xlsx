--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,549 +7,606 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$81</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$90</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t xml:space="preserve">DVD-R Camcorder mini 8 sm/ cleaning disc MAXELL /for camcorders mini DVD/ blister 1 pcs in PVC case </t>
   </si>
   <si>
     <t>ML-DDVD-R-8SM-LENSCLEANER</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>CD/DVD Protective Paper Sleeves, pack of 100 VALI, white</t>
   </si>
   <si>
     <t>VALI-CDBOX-PAP-50</t>
   </si>
   <si>
+    <t>CD-R80 MAXELL, 700MB, 52x, 10 pk</t>
+  </si>
+  <si>
+    <t>ML-DC-CDR80-10</t>
+  </si>
+  <si>
     <t>Slim Black case CD/DVD Box MAXELL 10pk /price for 10 pcs/</t>
   </si>
   <si>
     <t>ML-DC-CDBOX-SLIMCASE-10PK</t>
   </si>
   <si>
     <t>CD/DVD Protective Paper Sleeves, pack of 100 ESTILLO, white</t>
   </si>
   <si>
     <t>VALI-CDBOX-PAP-100</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Hama Hot Laminating Film for Business Cards, 80µ, 100 Pcs</t>
   </si>
   <si>
     <t>HAMA-50571</t>
   </si>
   <si>
     <t>Hama CD Multi-Pack 4</t>
   </si>
   <si>
     <t>HAMA-49415</t>
   </si>
   <si>
     <t>Hama Screen Cleaner, Spray + Cleaning Cloth, 15 ml, TV + Office, 24 Pcs in Display, price for 1 pcs., 221092</t>
   </si>
   <si>
     <t>HAMA-221092</t>
   </si>
   <si>
     <t>Hama "Pro-Optik" Damp Cleaning Cloths, 24 Packs of 10 in Display</t>
   </si>
   <si>
     <t>HAMA-05970</t>
   </si>
   <si>
     <t>Hama Hot Laminating Film DIN A6, 80µ, 100 Pcs</t>
   </si>
   <si>
     <t>HAMA-50570</t>
   </si>
   <si>
     <t>Hama Screen Cleaning Spray, 250 ml</t>
   </si>
   <si>
     <t>HAMA-113807</t>
   </si>
   <si>
+    <t>Hama Screen Cleaning Cloths, 100 pieces, in a dispenser</t>
+  </si>
+  <si>
+    <t>HAMA-113806</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Hama Standard CD Jewel Case, pack of 5, transparent</t>
   </si>
   <si>
     <t>HAMA-44748</t>
   </si>
   <si>
-    <t>Hama Screen Cleaning Cloths, 100 pieces, in a dispenser</t>
-[...7 lines deleted...]
-  <si>
     <t>Hama Hot Laminating Film DIN A4, 80µ, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-50566</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
+    <t>Hama Standard CD Double Jewel Case, pack of 5, transparent</t>
+  </si>
+  <si>
+    <t>HAMA-44752</t>
+  </si>
+  <si>
+    <t>Hama Office Cleaning Cloths, 100 pcs, in Dispenser Tub</t>
+  </si>
+  <si>
+    <t>HAMA-113805</t>
+  </si>
+  <si>
+    <t>CD/DVD Protective Paper Sleeves, pack of 50 HAMA,white</t>
+  </si>
+  <si>
+    <t>HAMA-51173</t>
   </si>
   <si>
     <t>Hama Slim CD Jewel Case, pack of 10, 51275</t>
   </si>
   <si>
     <t>HAMA-51275</t>
   </si>
   <si>
-    <t>Hama Office Cleaning Cloths, 100 pcs, in Dispenser Tub</t>
-[...14 lines deleted...]
-    <t>HAMA-51173</t>
+    <t>ACT Surface Cleaning Wipes, 100st</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-WIP-AC9515</t>
   </si>
   <si>
     <t>ACT Air duster, 400ml</t>
   </si>
   <si>
     <t>EWENT-ACT-SPR-AC9501</t>
   </si>
   <si>
     <t>Hama Screen Cleaning Gel, 200 ml, cloth included</t>
   </si>
   <si>
     <t>HAMA-78302</t>
   </si>
   <si>
     <t>Hama Screen Cleaner, Spray + Cleaning Cloth, 200 ml, TV + Office, 221093</t>
   </si>
   <si>
     <t>HAMA-221093</t>
   </si>
   <si>
+    <t>HAMA CD Laser Lens Cleaner</t>
+  </si>
+  <si>
+    <t>HAMA-44721</t>
+  </si>
+  <si>
     <t>CD/DVD/Blu-ray Wallet, 32 HAMA, black</t>
   </si>
   <si>
     <t>HAMA-11615</t>
   </si>
   <si>
-    <t>HAMA CD Laser Lens Cleaner</t>
-[...2 lines deleted...]
-    <t>HAMA-44721</t>
+    <t>DVD+R MAXELL, 4,7 GB, 16x, 25pk cake box</t>
+  </si>
+  <si>
+    <t>ML-DDVD-plusR4.7-25PK</t>
   </si>
   <si>
     <t>"Deluxe" DVD Laser Lens Cleaner, HAMA-116200</t>
   </si>
   <si>
     <t>HAMA-116200</t>
   </si>
   <si>
     <t>Hama Hot Laminating Film DIN A5, 80µ, 100 Pcs</t>
   </si>
   <si>
     <t>HAMA-50568</t>
   </si>
   <si>
     <t>CD-RW80 MAXELL, 700MB, 52x, 10pk</t>
   </si>
   <si>
     <t>ML-DC-CDRW-10-CAKE</t>
   </si>
   <si>
     <t>CD-R80 MAXELL, 700MB, 52x, 25 pk</t>
   </si>
   <si>
     <t>ML-DC-CDR80-25</t>
   </si>
   <si>
     <t>Hama Compressed Gas Cleaner, 400 ml</t>
   </si>
   <si>
     <t>HAMA-84417</t>
   </si>
   <si>
     <t>Hama CD/DVD Protective Sleeves 50, transparent</t>
   </si>
   <si>
     <t>HAMA-33809</t>
   </si>
   <si>
     <t>CD/DVD Protective Sleeves 40 HAMA 48444, antistatic</t>
   </si>
   <si>
     <t>HAMA-48444</t>
   </si>
   <si>
     <t>Hama Hot Laminating Film DIN A4, 125µ, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-50567</t>
   </si>
   <si>
-    <t>ACT Surface Cleaning Wipes, 100st</t>
-[...10 lines deleted...]
-  <si>
     <t>Hama Shredder Cleaner, 400 ml</t>
   </si>
   <si>
     <t>HAMA-113820</t>
   </si>
   <si>
     <t>Hama Cleaning and Care Foam, 200 ml, including Cloth</t>
   </si>
   <si>
     <t>HAMA-221096</t>
   </si>
   <si>
     <t>CD/DVD/Blu-ray Wallet, 64 HAMA, black</t>
   </si>
   <si>
     <t>HAMA-11616</t>
   </si>
   <si>
     <t>Isopropyl Alcohol spray 200ml</t>
   </si>
   <si>
     <t>EWENT-ACT-SPR-AC9510</t>
   </si>
   <si>
     <t>CD-R Music XL-II MAXELL, 700MB, 80 min, 25 px</t>
   </si>
   <si>
     <t>ML-DC-CDRMUS-25</t>
   </si>
   <si>
+    <t>CD/DVD/Blu-ray Wallet, 104 HAMA, black</t>
+  </si>
+  <si>
+    <t>HAMA-11617</t>
+  </si>
+  <si>
     <t>Thermal Grizzly Cleaning Wipes - 10 pcs</t>
   </si>
   <si>
     <t>TG-CW-10</t>
   </si>
   <si>
-    <t>CD/DVD/Blu-ray Wallet, 104 HAMA, black</t>
-[...4 lines deleted...]
-  <si>
     <t>CD-R80 MAXELL, 700MB, 52x, 50pk</t>
   </si>
   <si>
     <t>ML-DC-CDR80-50</t>
   </si>
   <si>
     <t>Paper Trimmer ProCut 310 08224, 0.5 mm</t>
   </si>
   <si>
     <t>HAMA-08224</t>
   </si>
   <si>
     <t>DVD-R MAXELL, 4,7 GB, 16x, 50 pk</t>
   </si>
   <si>
     <t>ML-DDVD-R4.7-50-SH</t>
   </si>
   <si>
     <t>DVD+R MAXELL, 4,7 GB, 16x, 50 pk</t>
   </si>
   <si>
     <t>ML-DDVD-plusR4.7-50-SH</t>
   </si>
   <si>
     <t>CD-R80 MAXELL cake box wrapped, 700MB, 52x, 50pk</t>
   </si>
   <si>
     <t>ML-DC-CDR80-50-CAKE</t>
   </si>
   <si>
     <t>Hama Hot Laminating Film DIN A3, 125µ, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-50563</t>
   </si>
   <si>
+    <t>Hama Hot Laminating Film DIN A4, 80µ, 100 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-50564</t>
+  </si>
+  <si>
     <t>Hama Slim CD Jewel Case, pack of 25, 51166</t>
   </si>
   <si>
     <t>HAMA-51166</t>
   </si>
   <si>
-    <t>Hama Hot Laminating Film DIN A4, 80µ, 100 Pcs</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama CD/DVD Protective Sleeves 100, coloured</t>
   </si>
   <si>
     <t>HAMA-51068</t>
   </si>
   <si>
     <t>CD-R80 MAXELL, 700 MB, 52x, Printable, 50 px</t>
   </si>
   <si>
     <t>ML-DC-CDR80-50PRINT</t>
   </si>
   <si>
     <t>DVD-R MAXELL, 4,7 GB, 16x, Printable, 50 pk shrink wrapped</t>
   </si>
   <si>
     <t>ML-DDVD-R-50PR-SHR</t>
   </si>
   <si>
     <t>CD-R80 50 pk PRINTABLE MAXELL 52 speed cake box</t>
   </si>
   <si>
     <t>ML-DC-CDR80-50PRINT-CAKE</t>
   </si>
   <si>
     <t>PU Leather Cleaning Kit incl. Sponge - 100ml</t>
   </si>
   <si>
     <t>NOBLE-GAGC-138</t>
   </si>
   <si>
+    <t>CD/DVD/Blu-ray Wallet, 160 HAMA, black</t>
+  </si>
+  <si>
+    <t>HAMA-33834</t>
+  </si>
+  <si>
     <t>DVD-R MAXELL, 4,7 GB, 16x, Printable, 50 pk cake box</t>
   </si>
   <si>
     <t>ML-DDVD-R-50PR</t>
   </si>
   <si>
-    <t>CD/DVD/Blu-ray Wallet, 160 HAMA, black</t>
-[...2 lines deleted...]
-    <t>HAMA-33834</t>
+    <t>CD-R80 MAXELL, 700MB, 52x, 100 px</t>
+  </si>
+  <si>
+    <t>ML-DC-CDR80-100SHR</t>
   </si>
   <si>
     <t>Hama Hot Laminating Film DIN A4, 125µ, 100 Pcs</t>
   </si>
   <si>
     <t>HAMA-50565</t>
   </si>
   <si>
+    <t>DVD-R MAXELL, 4,7 GB, 16x, 100 pk</t>
+  </si>
+  <si>
+    <t>ML-DDVD-R4.7-100PK</t>
+  </si>
+  <si>
     <t>NITRO-GAGC-139</t>
   </si>
   <si>
-    <t>CD-R80 MAXELL, 700MB, 52x, 100 px</t>
-[...2 lines deleted...]
-    <t>ML-DC-CDR80-100SHR</t>
+    <t>DVD-R MAXELL, 4,7 GB, 16x, 100 pk  CAKE BOX</t>
+  </si>
+  <si>
+    <t>ML-DDVD-R4.7-100PK-CAKE</t>
   </si>
   <si>
     <t>BD-R MAXELL, Single layer, Blu-Ray, 25 GB, 4x, Printable, 25 px.</t>
   </si>
   <si>
     <t>ML-DB-BDR25-25PRINT</t>
   </si>
   <si>
-    <t>DVD-R MAXELL, 4,7 GB, 16x, 100 pk</t>
-[...4 lines deleted...]
-  <si>
     <t>DVD+R MAXELL, 4,7 GB, 16x, 100 pk</t>
   </si>
   <si>
     <t>ML-DDVD-plusR4.7-100SH</t>
   </si>
   <si>
+    <t>DVD+R MAXELL, 4,7 GB, 16x, 100 pk CAKE BOX</t>
+  </si>
+  <si>
+    <t>ML-DDVD-plusR4.7-100SH-C</t>
+  </si>
+  <si>
+    <t>Hama “Classic S60” Document Shredder, Shredder with Security Level P2 T2 E2</t>
+  </si>
+  <si>
+    <t>HAMA-50580</t>
+  </si>
+  <si>
     <t>Hama "Mini S6" Shredder, 50540</t>
   </si>
   <si>
     <t>HAMA-50540</t>
   </si>
   <si>
     <t>Rotary Trimmer HAMA Easy Cut R 320 08206, 0.5 mm, A4/A5/A6</t>
   </si>
   <si>
     <t>HAMA-08206</t>
   </si>
   <si>
     <t>Hama Home &amp; Office Laminator DIN A4/250</t>
   </si>
   <si>
     <t>HAMA-50561</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Hama Basic 4-in-1 Laminator Kit DIN A4/230</t>
   </si>
   <si>
     <t>HAMA-50560</t>
   </si>
   <si>
-    <t>Hama Shredder "Basic S6", 50541</t>
-[...8 lines deleted...]
-    <t>NOBLE-GAGC-130</t>
+    <t>Hama “Classic S61” Document Shredder, Shredder with Security Level P2 T2 E2</t>
+  </si>
+  <si>
+    <t>HAMA-50581</t>
   </si>
   <si>
     <t>Hama Home &amp; Office Laminator DIN A3/250</t>
   </si>
   <si>
     <t>HAMA-50562</t>
   </si>
   <si>
+    <t>Hama “Safe X40-B” Document Shredder, Shredder with Security Level P4 T4 E3</t>
+  </si>
+  <si>
+    <t>HAMA-50582</t>
+  </si>
+  <si>
+    <t>Hama “Safe X40-W” Document Shredder, Shredder with Security Level P4 T4 E3</t>
+  </si>
+  <si>
+    <t>HAMA-50583</t>
+  </si>
+  <si>
     <t>Hama Shredder "Basic S8CD"</t>
   </si>
   <si>
     <t>HAMA-50542</t>
   </si>
   <si>
+    <t>Hama “Safe X50” Document Shredder, Shredder with Security Level P4 T4 E3</t>
+  </si>
+  <si>
+    <t>HAMA-50584</t>
+  </si>
+  <si>
     <t>Lever Cutter HAMA "ProCut S 330 Plus" 08212, 1 mm</t>
   </si>
   <si>
     <t>HAMA-08212</t>
   </si>
   <si>
     <t>Hama “Safe X100CD” Document Shredder, Shredder with Security Level P4 T4 E3</t>
   </si>
   <si>
     <t>HAMA-50585</t>
   </si>
   <si>
     <t>Hama "Home X10CD" Shredder</t>
   </si>
   <si>
     <t>HAMA-50543</t>
   </si>
   <si>
+    <t>Hama “Safe X120” Document Shredder, Shredder with Security Level P4 T4 E3</t>
+  </si>
+  <si>
+    <t>HAMA-50586</t>
+  </si>
+  <si>
     <t>Hama “Prime M50CD-B” Document Shredder, Shredder with Security Level P5 T2 E2 O1, black</t>
   </si>
   <si>
     <t>HAMA-50587</t>
   </si>
   <si>
     <t>Hama “Prime M50CD-B” Document Shredder, Shredder with Security Level P5 T2 E2 O1, бял</t>
   </si>
   <si>
     <t>HAMA-50588</t>
   </si>
   <si>
     <t>Hama "Home X12CD" Shredder</t>
   </si>
   <si>
     <t>HAMA-50544</t>
   </si>
   <si>
     <t>HPE LTO-7 Ultrium 15 TB RW Data Cartridge</t>
   </si>
   <si>
     <t>HP-LTO-C7977A</t>
   </si>
   <si>
     <t>"Premium M8+" Shredder, HAMA-50548</t>
   </si>
   <si>
     <t>HAMA-50548</t>
   </si>
   <si>
     <t>Hama “Prime M80” Document Shredder, Shredder with Security Level P5 T5 E4</t>
   </si>
   <si>
     <t>HAMA-50589</t>
   </si>
   <si>
     <t>Hama "Premium M10+" Shredder, Security Level P5 T5 E4, 50549</t>
   </si>
   <si>
     <t>HAMA-50549</t>
   </si>
   <si>
+    <t>Hama “Prime M100” Document Shredder, Shredder with Security Level P5 T5 E4</t>
+  </si>
+  <si>
+    <t>HAMA-50590</t>
+  </si>
+  <si>
     <t>Hama "Premium AutoM120" Shredder,50547</t>
   </si>
   <si>
     <t>HAMA-50547</t>
+  </si>
+  <si>
+    <t>Hama “Safe Auto M1200” Document Shredder, Shredder with Security Level P4 T4 E3</t>
+  </si>
+  <si>
+    <t>HAMA-50591</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -853,51 +910,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D81"/>
+  <dimension ref="A1:D90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -917,583 +974,583 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>3.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>5.88</v>
+        <v>4.44</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>6.0</v>
+        <v>5.88</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>6.0</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>6.216</v>
+        <v>6.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
-        <v>6.42</v>
+        <v>6.216</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
-        <v>6.816</v>
+        <v>6.42</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10">
-        <v>7.056</v>
+        <v>6.816</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C11">
-        <v>8.004</v>
+        <v>7.056</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C12">
-        <v>8.016</v>
+        <v>8.004</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C13">
-        <v>8.124</v>
+        <v>8.004</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14">
+        <v>8.016</v>
+      </c>
+      <c r="D14" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>8.28</v>
+        <v>8.1</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>8.4</v>
+        <v>8.256</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>8.436</v>
+        <v>8.4</v>
       </c>
       <c r="D17" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>8.52</v>
       </c>
       <c r="D18" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>10.092</v>
+        <v>8.652</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>10.2</v>
+        <v>9.6</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>10.2</v>
+        <v>10.092</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>10.536</v>
+        <v>10.2</v>
       </c>
       <c r="D22" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>10.764</v>
+        <v>10.2</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>10.8</v>
+        <v>10.488</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>10.896</v>
+        <v>10.596</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>11.4</v>
+        <v>10.8</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>11.4</v>
+        <v>10.8</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>11.4</v>
+        <v>10.896</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>11.424</v>
+        <v>11.4</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>11.724</v>
+        <v>11.4</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>11.928</v>
+        <v>11.4</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>11.988</v>
+        <v>11.424</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>12.132</v>
+        <v>11.724</v>
       </c>
       <c r="D33" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>13.548</v>
+        <v>11.928</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>13.98</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>15.6</v>
+        <v>13.98</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>15.876</v>
+        <v>15.6</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>16.8</v>
+        <v>15.876</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>18.0</v>
+        <v>16.8</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>18.336</v>
+        <v>17.34</v>
       </c>
       <c r="D40" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>19.2</v>
+        <v>18.0</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>20.4</v>
+        <v>19.2</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>20.4</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
@@ -1505,534 +1562,660 @@
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>20.4</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>21.36</v>
+        <v>20.4</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>22.284</v>
+        <v>21.36</v>
       </c>
       <c r="D47" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>23.292</v>
+        <v>23.184</v>
       </c>
       <c r="D48" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>24.9</v>
+        <v>23.796</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>26.4</v>
+        <v>24.9</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
         <v>26.4</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>28.2</v>
+        <v>26.4</v>
       </c>
       <c r="D52" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>28.992</v>
+        <v>28.2</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>30.0</v>
+        <v>28.992</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>30.072</v>
+        <v>29.424</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>31.008</v>
+        <v>30.0</v>
       </c>
       <c r="D56" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="B57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C57">
-        <v>34.992</v>
+        <v>30.0</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C58">
-        <v>36.0</v>
+        <v>30.84</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C59">
-        <v>37.068</v>
+        <v>32.4</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="B60" t="s">
         <v>123</v>
       </c>
       <c r="C60">
-        <v>39.6</v>
+        <v>34.992</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>124</v>
       </c>
       <c r="B61" t="s">
         <v>125</v>
       </c>
       <c r="C61">
-        <v>39.6</v>
+        <v>36.0</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>126</v>
       </c>
       <c r="B62" t="s">
         <v>127</v>
       </c>
       <c r="C62">
-        <v>44.328</v>
+        <v>37.068</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>128</v>
       </c>
       <c r="B63" t="s">
         <v>129</v>
       </c>
       <c r="C63">
-        <v>48.72</v>
+        <v>39.6</v>
       </c>
       <c r="D63" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>130</v>
       </c>
       <c r="B64" t="s">
         <v>131</v>
       </c>
       <c r="C64">
-        <v>50.4</v>
+        <v>39.6</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
-        <v>50.82</v>
+        <v>42.0</v>
       </c>
       <c r="D65" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
-        <v>58.716</v>
+        <v>43.656</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
-        <v>58.992</v>
+        <v>49.02</v>
       </c>
       <c r="D67" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
-        <v>61.2</v>
+        <v>50.4</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>140</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C69">
-        <v>85.164</v>
+        <v>50.712</v>
       </c>
       <c r="D69" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C70">
-        <v>100.356</v>
+        <v>58.8</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C71">
-        <v>110.1</v>
+        <v>61.2</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C72">
-        <v>114.252</v>
+        <v>72.0</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C73">
-        <v>139.14</v>
+        <v>72.0</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C74">
-        <v>139.14</v>
+        <v>85.116</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C75">
-        <v>146.124</v>
+        <v>86.4</v>
       </c>
       <c r="D75" t="s">
-        <v>32</v>
+        <v>140</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C76">
-        <v>160.8</v>
+        <v>100.356</v>
       </c>
       <c r="D76" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C77">
-        <v>207.192</v>
+        <v>110.4</v>
       </c>
       <c r="D77" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C78">
-        <v>224.1</v>
+        <v>113.508</v>
       </c>
       <c r="D78" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C79">
-        <v>322.404</v>
+        <v>134.4</v>
       </c>
       <c r="D79" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C80">
-        <v>408.408</v>
+        <v>139.2</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
+        <v>166</v>
+      </c>
+      <c r="C81">
+        <v>139.2</v>
+      </c>
+      <c r="D81" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
+        <v>168</v>
+      </c>
+      <c r="C82">
+        <v>145.872</v>
+      </c>
+      <c r="D82" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
+        <v>170</v>
+      </c>
+      <c r="C83">
+        <v>160.8</v>
+      </c>
+      <c r="D83" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
+        <v>172</v>
+      </c>
+      <c r="C84">
+        <v>207.6</v>
+      </c>
+      <c r="D84" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" t="s">
+        <v>174</v>
+      </c>
+      <c r="C85">
+        <v>224.4</v>
+      </c>
+      <c r="D85" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
+        <v>176</v>
+      </c>
+      <c r="C86">
+        <v>324.0</v>
+      </c>
+      <c r="D86" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
+        <v>178</v>
+      </c>
+      <c r="C87">
+        <v>355.2</v>
+      </c>
+      <c r="D87" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
+        <v>180</v>
+      </c>
+      <c r="C88">
+        <v>408.708</v>
+      </c>
+      <c r="D88" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" t="s">
+        <v>182</v>
+      </c>
+      <c r="C89">
+        <v>450.0</v>
+      </c>
+      <c r="D89" t="s">
+        <v>140</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D81"/>
+  <autoFilter ref="A1:D90"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>