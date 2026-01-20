--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -61,242 +61,245 @@
   <si>
     <t>CD/DVD Protective Paper Sleeves, pack of 100 VALI, white</t>
   </si>
   <si>
     <t>VALI-CDBOX-PAP-50</t>
   </si>
   <si>
     <t>CD-R80 MAXELL, 700MB, 52x, 10 pk</t>
   </si>
   <si>
     <t>ML-DC-CDR80-10</t>
   </si>
   <si>
     <t>Slim Black case CD/DVD Box MAXELL 10pk /price for 10 pcs/</t>
   </si>
   <si>
     <t>ML-DC-CDBOX-SLIMCASE-10PK</t>
   </si>
   <si>
     <t>CD/DVD Protective Paper Sleeves, pack of 100 ESTILLO, white</t>
   </si>
   <si>
     <t>VALI-CDBOX-PAP-100</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Hama Hot Laminating Film for Business Cards, 80µ, 100 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-50571</t>
+  </si>
+  <si>
+    <t>Hama CD Multi-Pack 4</t>
+  </si>
+  <si>
+    <t>HAMA-49415</t>
+  </si>
+  <si>
+    <t>Hama Screen Cleaner, Spray + Cleaning Cloth, 15 ml, TV + Office, 24 Pcs in Display, price for 1 pcs., 221092</t>
+  </si>
+  <si>
+    <t>HAMA-221092</t>
+  </si>
+  <si>
+    <t>Hama "Pro-Optik" Damp Cleaning Cloths, 24 Packs of 10 in Display</t>
+  </si>
+  <si>
+    <t>HAMA-05970</t>
+  </si>
+  <si>
+    <t>Hama Hot Laminating Film DIN A6, 80µ, 100 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-50570</t>
+  </si>
+  <si>
+    <t>Hama Screen Cleaning Spray, 250 ml</t>
+  </si>
+  <si>
+    <t>HAMA-113807</t>
+  </si>
+  <si>
+    <t>Hama Standard CD Jewel Case, pack of 5, transparent</t>
+  </si>
+  <si>
+    <t>HAMA-44748</t>
+  </si>
+  <si>
+    <t>Hama Hot Laminating Film DIN A4, 80µ, 25 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-50566</t>
+  </si>
+  <si>
+    <t>Hama Screen Cleaning Cloths, 100 pieces, in a dispenser</t>
+  </si>
+  <si>
+    <t>HAMA-113806</t>
+  </si>
+  <si>
+    <t>Hama Standard CD Double Jewel Case, pack of 5, transparent</t>
+  </si>
+  <si>
+    <t>HAMA-44752</t>
+  </si>
+  <si>
+    <t>Hama Office Cleaning Cloths, 100 pcs, in Dispenser Tub</t>
+  </si>
+  <si>
+    <t>HAMA-113805</t>
+  </si>
+  <si>
+    <t>CD/DVD Protective Paper Sleeves, pack of 50 HAMA,white</t>
+  </si>
+  <si>
+    <t>HAMA-51173</t>
+  </si>
+  <si>
+    <t>Hama Slim CD Jewel Case, pack of 10, 51275</t>
+  </si>
+  <si>
+    <t>HAMA-51275</t>
+  </si>
+  <si>
+    <t>ACT Air duster, 400ml</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-SPR-AC9501</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Hama Hot Laminating Film for Business Cards, 80µ, 100 Pcs</t>
-[...77 lines deleted...]
-    <t>HAMA-51275</t>
+    <t>Hama Screen Cleaning Gel, 200 ml, cloth included</t>
+  </si>
+  <si>
+    <t>HAMA-78302</t>
+  </si>
+  <si>
+    <t>Hama Screen Cleaner, Spray + Cleaning Cloth, 200 ml, TV + Office, 221093</t>
+  </si>
+  <si>
+    <t>HAMA-221093</t>
+  </si>
+  <si>
+    <t>CD/DVD/Blu-ray Wallet, 32 HAMA, black</t>
+  </si>
+  <si>
+    <t>HAMA-11615</t>
+  </si>
+  <si>
+    <t>HAMA CD Laser Lens Cleaner</t>
+  </si>
+  <si>
+    <t>HAMA-44721</t>
+  </si>
+  <si>
+    <t>DVD+R MAXELL, 4,7 GB, 16x, 25pk cake box</t>
+  </si>
+  <si>
+    <t>ML-DDVD-plusR4.7-25PK</t>
+  </si>
+  <si>
+    <t>"Deluxe" DVD Laser Lens Cleaner, HAMA-116200</t>
+  </si>
+  <si>
+    <t>HAMA-116200</t>
+  </si>
+  <si>
+    <t>Hama Hot Laminating Film DIN A5, 80µ, 100 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-50568</t>
+  </si>
+  <si>
+    <t>CD-RW80 MAXELL, 700MB, 52x, 10pk</t>
+  </si>
+  <si>
+    <t>ML-DC-CDRW-10-CAKE</t>
+  </si>
+  <si>
+    <t>CD-R80 MAXELL, 700MB, 52x, 25 pk</t>
+  </si>
+  <si>
+    <t>ML-DC-CDR80-25</t>
+  </si>
+  <si>
+    <t>Hama Compressed Gas Cleaner, 400 ml</t>
+  </si>
+  <si>
+    <t>HAMA-84417</t>
+  </si>
+  <si>
+    <t>Hama CD/DVD Protective Sleeves 50, transparent</t>
+  </si>
+  <si>
+    <t>HAMA-33809</t>
+  </si>
+  <si>
+    <t>CD/DVD Protective Sleeves 40 HAMA 48444, antistatic</t>
+  </si>
+  <si>
+    <t>HAMA-48444</t>
+  </si>
+  <si>
+    <t>Hama Hot Laminating Film DIN A4, 125µ, 25 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-50567</t>
   </si>
   <si>
     <t>ACT Surface Cleaning Wipes, 100st</t>
   </si>
   <si>
     <t>EWENT-ACT-WIP-AC9515</t>
   </si>
   <si>
-    <t>ACT Air duster, 400ml</t>
-[...82 lines deleted...]
-  <si>
     <t>Hama Shredder Cleaner, 400 ml</t>
   </si>
   <si>
     <t>HAMA-113820</t>
   </si>
   <si>
     <t>Hama Cleaning and Care Foam, 200 ml, including Cloth</t>
   </si>
   <si>
     <t>HAMA-221096</t>
   </si>
   <si>
     <t>CD/DVD/Blu-ray Wallet, 64 HAMA, black</t>
   </si>
   <si>
     <t>HAMA-11616</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Isopropyl Alcohol spray 200ml</t>
   </si>
   <si>
     <t>EWENT-ACT-SPR-AC9510</t>
   </si>
   <si>
     <t>CD-R Music XL-II MAXELL, 700MB, 80 min, 25 px</t>
   </si>
   <si>
     <t>ML-DC-CDRMUS-25</t>
   </si>
   <si>
     <t>CD/DVD/Blu-ray Wallet, 104 HAMA, black</t>
   </si>
   <si>
     <t>HAMA-11617</t>
   </si>
   <si>
     <t>Thermal Grizzly Cleaning Wipes - 10 pcs</t>
   </si>
   <si>
     <t>TG-CW-10</t>
   </si>
   <si>
     <t>CD-R80 MAXELL, 700MB, 52x, 50pk</t>
@@ -355,140 +358,137 @@
   <si>
     <t>CD-R80 MAXELL, 700 MB, 52x, Printable, 50 px</t>
   </si>
   <si>
     <t>ML-DC-CDR80-50PRINT</t>
   </si>
   <si>
     <t>DVD-R MAXELL, 4,7 GB, 16x, Printable, 50 pk shrink wrapped</t>
   </si>
   <si>
     <t>ML-DDVD-R-50PR-SHR</t>
   </si>
   <si>
     <t>CD-R80 50 pk PRINTABLE MAXELL 52 speed cake box</t>
   </si>
   <si>
     <t>ML-DC-CDR80-50PRINT-CAKE</t>
   </si>
   <si>
     <t>PU Leather Cleaning Kit incl. Sponge - 100ml</t>
   </si>
   <si>
     <t>NOBLE-GAGC-138</t>
   </si>
   <si>
+    <t>DVD-R MAXELL, 4,7 GB, 16x, Printable, 50 pk cake box</t>
+  </si>
+  <si>
+    <t>ML-DDVD-R-50PR</t>
+  </si>
+  <si>
     <t>CD/DVD/Blu-ray Wallet, 160 HAMA, black</t>
   </si>
   <si>
     <t>HAMA-33834</t>
   </si>
   <si>
-    <t>DVD-R MAXELL, 4,7 GB, 16x, Printable, 50 pk cake box</t>
-[...2 lines deleted...]
-    <t>ML-DDVD-R-50PR</t>
+    <t>Hama Hot Laminating Film DIN A4, 125µ, 100 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-50565</t>
+  </si>
+  <si>
+    <t>NITRO-GAGC-139</t>
   </si>
   <si>
     <t>CD-R80 MAXELL, 700MB, 52x, 100 px</t>
   </si>
   <si>
     <t>ML-DC-CDR80-100SHR</t>
   </si>
   <si>
-    <t>Hama Hot Laminating Film DIN A4, 125µ, 100 Pcs</t>
-[...2 lines deleted...]
-    <t>HAMA-50565</t>
+    <t>DVD-R MAXELL, 4,7 GB, 16x, 100 pk  CAKE BOX</t>
+  </si>
+  <si>
+    <t>ML-DDVD-R4.7-100PK-CAKE</t>
+  </si>
+  <si>
+    <t>BD-R MAXELL, Single layer, Blu-Ray, 25 GB, 4x, Printable, 25 px.</t>
+  </si>
+  <si>
+    <t>ML-DB-BDR25-25PRINT</t>
   </si>
   <si>
     <t>DVD-R MAXELL, 4,7 GB, 16x, 100 pk</t>
   </si>
   <si>
     <t>ML-DDVD-R4.7-100PK</t>
   </si>
   <si>
-    <t>NITRO-GAGC-139</t>
-[...13 lines deleted...]
-  <si>
     <t>DVD+R MAXELL, 4,7 GB, 16x, 100 pk</t>
   </si>
   <si>
     <t>ML-DDVD-plusR4.7-100SH</t>
   </si>
   <si>
     <t>DVD+R MAXELL, 4,7 GB, 16x, 100 pk CAKE BOX</t>
   </si>
   <si>
     <t>ML-DDVD-plusR4.7-100SH-C</t>
   </si>
   <si>
     <t>Hama “Classic S60” Document Shredder, Shredder with Security Level P2 T2 E2</t>
   </si>
   <si>
     <t>HAMA-50580</t>
   </si>
   <si>
     <t>Hama "Mini S6" Shredder, 50540</t>
   </si>
   <si>
     <t>HAMA-50540</t>
   </si>
   <si>
     <t>Rotary Trimmer HAMA Easy Cut R 320 08206, 0.5 mm, A4/A5/A6</t>
   </si>
   <si>
     <t>HAMA-08206</t>
   </si>
   <si>
+    <t>Hama Basic 4-in-1 Laminator Kit DIN A4/230</t>
+  </si>
+  <si>
+    <t>HAMA-50560</t>
+  </si>
+  <si>
     <t>Hama Home &amp; Office Laminator DIN A4/250</t>
   </si>
   <si>
     <t>HAMA-50561</t>
   </si>
   <si>
-    <t>on route</t>
-[...7 lines deleted...]
-  <si>
     <t>Hama “Classic S61” Document Shredder, Shredder with Security Level P2 T2 E2</t>
   </si>
   <si>
     <t>HAMA-50581</t>
   </si>
   <si>
     <t>Hama Home &amp; Office Laminator DIN A3/250</t>
   </si>
   <si>
     <t>HAMA-50562</t>
   </si>
   <si>
     <t>Hama “Safe X40-B” Document Shredder, Shredder with Security Level P4 T4 E3</t>
   </si>
   <si>
     <t>HAMA-50582</t>
   </si>
   <si>
     <t>Hama “Safe X40-W” Document Shredder, Shredder with Security Level P4 T4 E3</t>
   </si>
   <si>
     <t>HAMA-50583</t>
   </si>
   <si>
     <t>Hama Shredder "Basic S8CD"</t>
@@ -499,78 +499,78 @@
   <si>
     <t>Hama “Safe X50” Document Shredder, Shredder with Security Level P4 T4 E3</t>
   </si>
   <si>
     <t>HAMA-50584</t>
   </si>
   <si>
     <t>Lever Cutter HAMA "ProCut S 330 Plus" 08212, 1 mm</t>
   </si>
   <si>
     <t>HAMA-08212</t>
   </si>
   <si>
     <t>Hama “Safe X100CD” Document Shredder, Shredder with Security Level P4 T4 E3</t>
   </si>
   <si>
     <t>HAMA-50585</t>
   </si>
   <si>
     <t>Hama "Home X10CD" Shredder</t>
   </si>
   <si>
     <t>HAMA-50543</t>
   </si>
   <si>
+    <t>HPE LTO-7 Ultrium 15 TB RW Data Cartridge</t>
+  </si>
+  <si>
+    <t>HP-LTO-C7977A</t>
+  </si>
+  <si>
     <t>Hama “Safe X120” Document Shredder, Shredder with Security Level P4 T4 E3</t>
   </si>
   <si>
     <t>HAMA-50586</t>
   </si>
   <si>
     <t>Hama “Prime M50CD-B” Document Shredder, Shredder with Security Level P5 T2 E2 O1, black</t>
   </si>
   <si>
     <t>HAMA-50587</t>
   </si>
   <si>
     <t>Hama “Prime M50CD-B” Document Shredder, Shredder with Security Level P5 T2 E2 O1, бял</t>
   </si>
   <si>
     <t>HAMA-50588</t>
   </si>
   <si>
     <t>Hama "Home X12CD" Shredder</t>
   </si>
   <si>
     <t>HAMA-50544</t>
-  </si>
-[...4 lines deleted...]
-    <t>HP-LTO-C7977A</t>
   </si>
   <si>
     <t>"Premium M8+" Shredder, HAMA-50548</t>
   </si>
   <si>
     <t>HAMA-50548</t>
   </si>
   <si>
     <t>Hama “Prime M80” Document Shredder, Shredder with Security Level P5 T5 E4</t>
   </si>
   <si>
     <t>HAMA-50589</t>
   </si>
   <si>
     <t>Hama "Premium M10+" Shredder, Security Level P5 T5 E4, 50549</t>
   </si>
   <si>
     <t>HAMA-50549</t>
   </si>
   <si>
     <t>Hama “Prime M100” Document Shredder, Shredder with Security Level P5 T5 E4</t>
   </si>
   <si>
     <t>HAMA-50590</t>
   </si>
@@ -946,1272 +946,1272 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>1.5</v>
+        <v>0.768</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>3.0</v>
+        <v>1.536</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>4.44</v>
+        <v>2.268</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>5.88</v>
+        <v>3.012</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>6.216</v>
+        <v>3.18</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>6.42</v>
+        <v>3.276</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>6.816</v>
+        <v>3.492</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>7.056</v>
+        <v>3.612</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>8.004</v>
+        <v>4.092</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>8.004</v>
+        <v>4.104</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>8.016</v>
+        <v>4.14</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>8.1</v>
+        <v>4.224</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>8.256</v>
+        <v>4.224</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D17" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>8.52</v>
+        <v>4.356</v>
       </c>
       <c r="D18" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>8.652</v>
+        <v>4.428</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20">
+        <v>5.16</v>
+      </c>
+      <c r="D20" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>10.092</v>
+        <v>5.22</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>10.2</v>
+        <v>5.22</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>10.2</v>
+        <v>5.424</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>10.488</v>
+        <v>5.484</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>10.596</v>
+        <v>5.52</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>10.8</v>
+        <v>5.568</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>10.896</v>
+        <v>5.832</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>11.4</v>
+        <v>5.832</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>11.4</v>
+        <v>5.832</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>11.4</v>
+        <v>5.844</v>
       </c>
       <c r="D31" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>11.424</v>
+        <v>6.0</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>11.724</v>
+        <v>6.072</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>11.928</v>
+        <v>6.132</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>13.98</v>
+        <v>7.152</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>13.98</v>
+        <v>7.152</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>15.6</v>
+        <v>7.98</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>79</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>15.876</v>
+        <v>8.112</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>16.8</v>
+        <v>8.592</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>17.34</v>
+        <v>8.868</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>19.2</v>
+        <v>9.816</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>20.4</v>
+        <v>10.428</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>20.4</v>
+        <v>10.428</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>20.4</v>
+        <v>10.428</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>20.4</v>
+        <v>10.428</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>21.36</v>
+        <v>10.98</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>23.184</v>
+        <v>11.856</v>
       </c>
       <c r="D48" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>23.796</v>
+        <v>12.168</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
-        <v>24.9</v>
+        <v>12.732</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>26.4</v>
+        <v>13.5</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>26.4</v>
+        <v>13.5</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>28.2</v>
+        <v>14.424</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>28.992</v>
+        <v>14.82</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>29.424</v>
+        <v>15.336</v>
       </c>
       <c r="D55" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>30.0</v>
+        <v>15.384</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>30.0</v>
+        <v>15.768</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>30.84</v>
+        <v>17.892</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>32.4</v>
+        <v>18.408</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="B60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C60">
-        <v>34.992</v>
+        <v>18.408</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C61">
-        <v>36.0</v>
+        <v>18.948</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C62">
-        <v>37.068</v>
+        <v>20.244</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C63">
-        <v>39.6</v>
+        <v>20.244</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C64">
-        <v>39.6</v>
+        <v>20.244</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C65">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C66">
-        <v>43.656</v>
+        <v>22.728</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C67">
-        <v>49.02</v>
+        <v>25.068</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C68">
-        <v>50.4</v>
+        <v>25.092</v>
       </c>
       <c r="D68" t="s">
-        <v>140</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>50.712</v>
+        <v>25.764</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>58.8</v>
+        <v>30.06</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>61.2</v>
+        <v>31.296</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>72.0</v>
+        <v>36.816</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>72.0</v>
+        <v>36.816</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>85.116</v>
+        <v>43.524</v>
       </c>
       <c r="D74" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>86.4</v>
+        <v>44.172</v>
       </c>
       <c r="D75" t="s">
-        <v>140</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>100.356</v>
+        <v>51.456</v>
       </c>
       <c r="D76" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>110.4</v>
+        <v>56.448</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>113.508</v>
+        <v>58.404</v>
       </c>
       <c r="D78" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>134.4</v>
+        <v>60.0</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>139.2</v>
+        <v>68.712</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>139.2</v>
+        <v>71.172</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>145.872</v>
+        <v>71.172</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
-        <v>160.8</v>
+        <v>74.58</v>
       </c>
       <c r="D83" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
-        <v>207.6</v>
+        <v>106.14</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
-        <v>224.4</v>
+        <v>114.732</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>324.0</v>
+        <v>165.66</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>355.2</v>
+        <v>181.608</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>408.708</v>
+        <v>208.968</v>
       </c>
       <c r="D88" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
-        <v>450.0</v>
+        <v>230.076</v>
       </c>
       <c r="D89" t="s">
-        <v>140</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D90"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>