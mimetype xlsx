--- v2 (2026-01-20)
+++ v3 (2026-03-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$90</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t xml:space="preserve">DVD-R Camcorder mini 8 sm/ cleaning disc MAXELL /for camcorders mini DVD/ blister 1 pcs in PVC case </t>
   </si>
   <si>
     <t>ML-DDVD-R-8SM-LENSCLEANER</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>CD/DVD Protective Paper Sleeves, pack of 100 VALI, white</t>
   </si>
   <si>
@@ -94,143 +94,143 @@
   <si>
     <t>Hama CD Multi-Pack 4</t>
   </si>
   <si>
     <t>HAMA-49415</t>
   </si>
   <si>
     <t>Hama Screen Cleaner, Spray + Cleaning Cloth, 15 ml, TV + Office, 24 Pcs in Display, price for 1 pcs., 221092</t>
   </si>
   <si>
     <t>HAMA-221092</t>
   </si>
   <si>
     <t>Hama "Pro-Optik" Damp Cleaning Cloths, 24 Packs of 10 in Display</t>
   </si>
   <si>
     <t>HAMA-05970</t>
   </si>
   <si>
     <t>Hama Hot Laminating Film DIN A6, 80µ, 100 Pcs</t>
   </si>
   <si>
     <t>HAMA-50570</t>
   </si>
   <si>
+    <t>Hama Standard CD Jewel Case, pack of 5, transparent</t>
+  </si>
+  <si>
+    <t>HAMA-44748</t>
+  </si>
+  <si>
     <t>Hama Screen Cleaning Spray, 250 ml</t>
   </si>
   <si>
     <t>HAMA-113807</t>
   </si>
   <si>
-    <t>Hama Standard CD Jewel Case, pack of 5, transparent</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Hot Laminating Film DIN A4, 80µ, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-50566</t>
   </si>
   <si>
     <t>Hama Screen Cleaning Cloths, 100 pieces, in a dispenser</t>
   </si>
   <si>
     <t>HAMA-113806</t>
   </si>
   <si>
     <t>Hama Standard CD Double Jewel Case, pack of 5, transparent</t>
   </si>
   <si>
     <t>HAMA-44752</t>
   </si>
   <si>
     <t>Hama Office Cleaning Cloths, 100 pcs, in Dispenser Tub</t>
   </si>
   <si>
     <t>HAMA-113805</t>
   </si>
   <si>
     <t>CD/DVD Protective Paper Sleeves, pack of 50 HAMA,white</t>
   </si>
   <si>
     <t>HAMA-51173</t>
   </si>
   <si>
     <t>Hama Slim CD Jewel Case, pack of 10, 51275</t>
   </si>
   <si>
     <t>HAMA-51275</t>
   </si>
   <si>
     <t>ACT Air duster, 400ml</t>
   </si>
   <si>
     <t>EWENT-ACT-SPR-AC9501</t>
   </si>
   <si>
+    <t>Hama Screen Cleaning Gel, 200 ml, cloth included</t>
+  </si>
+  <si>
+    <t>HAMA-78302</t>
+  </si>
+  <si>
+    <t>Hama Screen Cleaner, Spray + Cleaning Cloth, 200 ml, TV + Office, 221093</t>
+  </si>
+  <si>
+    <t>HAMA-221093</t>
+  </si>
+  <si>
+    <t>CD/DVD/Blu-ray Wallet, 32 HAMA, black</t>
+  </si>
+  <si>
+    <t>HAMA-11615</t>
+  </si>
+  <si>
+    <t>HAMA CD Laser Lens Cleaner</t>
+  </si>
+  <si>
+    <t>HAMA-44721</t>
+  </si>
+  <si>
+    <t>DVD+R MAXELL, 4,7 GB, 16x, 25pk cake box</t>
+  </si>
+  <si>
+    <t>ML-DDVD-plusR4.7-25PK</t>
+  </si>
+  <si>
+    <t>"Deluxe" DVD Laser Lens Cleaner, HAMA-116200</t>
+  </si>
+  <si>
+    <t>HAMA-116200</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Hama Screen Cleaning Gel, 200 ml, cloth included</t>
-[...34 lines deleted...]
-  <si>
     <t>Hama Hot Laminating Film DIN A5, 80µ, 100 Pcs</t>
   </si>
   <si>
     <t>HAMA-50568</t>
   </si>
   <si>
     <t>CD-RW80 MAXELL, 700MB, 52x, 10pk</t>
   </si>
   <si>
     <t>ML-DC-CDRW-10-CAKE</t>
   </si>
   <si>
     <t>CD-R80 MAXELL, 700MB, 52x, 25 pk</t>
   </si>
   <si>
     <t>ML-DC-CDR80-25</t>
   </si>
   <si>
     <t>Hama Compressed Gas Cleaner, 400 ml</t>
   </si>
   <si>
     <t>HAMA-84417</t>
   </si>
   <si>
     <t>Hama CD/DVD Protective Sleeves 50, transparent</t>
@@ -247,57 +247,66 @@
   <si>
     <t>Hama Hot Laminating Film DIN A4, 125µ, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-50567</t>
   </si>
   <si>
     <t>ACT Surface Cleaning Wipes, 100st</t>
   </si>
   <si>
     <t>EWENT-ACT-WIP-AC9515</t>
   </si>
   <si>
     <t>Hama Shredder Cleaner, 400 ml</t>
   </si>
   <si>
     <t>HAMA-113820</t>
   </si>
   <si>
     <t>Hama Cleaning and Care Foam, 200 ml, including Cloth</t>
   </si>
   <si>
     <t>HAMA-221096</t>
   </si>
   <si>
+    <t>CD-R80 25 pk PRINTABLE MAXELL 52 speed cake box</t>
+  </si>
+  <si>
+    <t>ML-DC-CDR80-25PR</t>
+  </si>
+  <si>
     <t>CD/DVD/Blu-ray Wallet, 64 HAMA, black</t>
   </si>
   <si>
     <t>HAMA-11616</t>
   </si>
   <si>
-    <t>on route</t>
+    <t>ACT Screen Cleaning Spray with Microfiber Cloth, 200ml</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-WIP-AC9516</t>
   </si>
   <si>
     <t>Isopropyl Alcohol spray 200ml</t>
   </si>
   <si>
     <t>EWENT-ACT-SPR-AC9510</t>
   </si>
   <si>
     <t>CD-R Music XL-II MAXELL, 700MB, 80 min, 25 px</t>
   </si>
   <si>
     <t>ML-DC-CDRMUS-25</t>
   </si>
   <si>
     <t>CD/DVD/Blu-ray Wallet, 104 HAMA, black</t>
   </si>
   <si>
     <t>HAMA-11617</t>
   </si>
   <si>
     <t>Thermal Grizzly Cleaning Wipes - 10 pcs</t>
   </si>
   <si>
     <t>TG-CW-10</t>
   </si>
@@ -469,56 +478,50 @@
   <si>
     <t>Hama “Classic S61” Document Shredder, Shredder with Security Level P2 T2 E2</t>
   </si>
   <si>
     <t>HAMA-50581</t>
   </si>
   <si>
     <t>Hama Home &amp; Office Laminator DIN A3/250</t>
   </si>
   <si>
     <t>HAMA-50562</t>
   </si>
   <si>
     <t>Hama “Safe X40-B” Document Shredder, Shredder with Security Level P4 T4 E3</t>
   </si>
   <si>
     <t>HAMA-50582</t>
   </si>
   <si>
     <t>Hama “Safe X40-W” Document Shredder, Shredder with Security Level P4 T4 E3</t>
   </si>
   <si>
     <t>HAMA-50583</t>
   </si>
   <si>
-    <t>Hama Shredder "Basic S8CD"</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama “Safe X50” Document Shredder, Shredder with Security Level P4 T4 E3</t>
   </si>
   <si>
     <t>HAMA-50584</t>
   </si>
   <si>
     <t>Lever Cutter HAMA "ProCut S 330 Plus" 08212, 1 mm</t>
   </si>
   <si>
     <t>HAMA-08212</t>
   </si>
   <si>
     <t>Hama “Safe X100CD” Document Shredder, Shredder with Security Level P4 T4 E3</t>
   </si>
   <si>
     <t>HAMA-50585</t>
   </si>
   <si>
     <t>Hama "Home X10CD" Shredder</t>
   </si>
   <si>
     <t>HAMA-50543</t>
   </si>
   <si>
     <t>HPE LTO-7 Ultrium 15 TB RW Data Cartridge</t>
@@ -551,56 +554,50 @@
     <t>HAMA-50544</t>
   </si>
   <si>
     <t>"Premium M8+" Shredder, HAMA-50548</t>
   </si>
   <si>
     <t>HAMA-50548</t>
   </si>
   <si>
     <t>Hama “Prime M80” Document Shredder, Shredder with Security Level P5 T5 E4</t>
   </si>
   <si>
     <t>HAMA-50589</t>
   </si>
   <si>
     <t>Hama "Premium M10+" Shredder, Security Level P5 T5 E4, 50549</t>
   </si>
   <si>
     <t>HAMA-50549</t>
   </si>
   <si>
     <t>Hama “Prime M100” Document Shredder, Shredder with Security Level P5 T5 E4</t>
   </si>
   <si>
     <t>HAMA-50590</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-50547</t>
   </si>
   <si>
     <t>Hama “Safe Auto M1200” Document Shredder, Shredder with Security Level P4 T4 E3</t>
   </si>
   <si>
     <t>HAMA-50591</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1086,264 +1083,264 @@
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>3.612</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>4.092</v>
+        <v>3.996</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>4.104</v>
+        <v>4.092</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>4.14</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>4.224</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>4.224</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>4.296</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>4.356</v>
       </c>
       <c r="D18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>4.428</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
         <v>5.16</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C21">
         <v>5.22</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C22">
         <v>5.22</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C23">
         <v>5.424</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>5.484</v>
+        <v>5.472</v>
       </c>
       <c r="D24" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C25">
         <v>5.52</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C26">
         <v>5.52</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>5.568</v>
       </c>
       <c r="D27" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>5.832</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>5.832</v>
@@ -1369,843 +1366,843 @@
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>5.844</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>6.0</v>
       </c>
       <c r="D32" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>6.072</v>
+        <v>6.06</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>6.132</v>
       </c>
       <c r="D34" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>7.152</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>7.152</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>7.98</v>
+        <v>7.668</v>
       </c>
       <c r="D37" t="s">
-        <v>79</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>8.112</v>
+        <v>7.74</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>8.592</v>
+        <v>7.764</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>8.868</v>
+        <v>8.112</v>
       </c>
       <c r="D40" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>9.204</v>
+        <v>8.592</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>9.816</v>
+        <v>8.868</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>10.428</v>
+        <v>9.204</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>10.428</v>
+        <v>9.816</v>
       </c>
       <c r="D44" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="C45">
         <v>10.428</v>
       </c>
       <c r="D45" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C46">
         <v>10.428</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>10.98</v>
+        <v>10.428</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>11.856</v>
+        <v>10.428</v>
       </c>
       <c r="D48" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>12.168</v>
+        <v>10.98</v>
       </c>
       <c r="D49" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>12.732</v>
+        <v>11.952</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>13.5</v>
+        <v>12.168</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>13.5</v>
+        <v>12.732</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>14.424</v>
+        <v>13.5</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>14.82</v>
+        <v>13.5</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>15.336</v>
+        <v>14.424</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>15.384</v>
+        <v>14.82</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>15.768</v>
+        <v>15.336</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>17.892</v>
+        <v>15.384</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>18.408</v>
+        <v>15.768</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>115</v>
+      </c>
+      <c r="B60" t="s">
         <v>123</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>18.408</v>
+        <v>17.892</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" t="s">
         <v>125</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>18.948</v>
+        <v>18.408</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" t="s">
         <v>127</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>20.244</v>
+        <v>18.408</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" t="s">
         <v>129</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>20.244</v>
+        <v>19.02</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C64">
         <v>20.244</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" t="s">
         <v>133</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>21.48</v>
+        <v>20.244</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" t="s">
         <v>135</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>22.728</v>
+        <v>20.244</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" t="s">
         <v>137</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>25.068</v>
+        <v>21.48</v>
       </c>
       <c r="D67" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" t="s">
         <v>139</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>25.092</v>
+        <v>22.728</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" t="s">
         <v>141</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>25.764</v>
+        <v>25.068</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" t="s">
         <v>143</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>30.06</v>
+        <v>25.092</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" t="s">
         <v>145</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>31.296</v>
+        <v>25.764</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" t="s">
         <v>147</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>36.816</v>
+        <v>30.06</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" t="s">
         <v>149</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>36.816</v>
+        <v>31.296</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" t="s">
         <v>151</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>43.524</v>
+        <v>36.816</v>
       </c>
       <c r="D74" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" t="s">
         <v>153</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>44.172</v>
+        <v>36.816</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" t="s">
         <v>155</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>51.456</v>
+        <v>44.172</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" t="s">
         <v>157</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>56.448</v>
+        <v>51.456</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" t="s">
         <v>159</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>58.404</v>
+        <v>56.448</v>
       </c>
       <c r="D78" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" t="s">
         <v>161</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>60.0</v>
+        <v>58.428</v>
       </c>
       <c r="D79" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" t="s">
         <v>163</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>68.712</v>
+        <v>60.0</v>
       </c>
       <c r="D80" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" t="s">
         <v>165</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>71.172</v>
+        <v>68.712</v>
       </c>
       <c r="D81" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="C82">
         <v>71.172</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" t="s">
         <v>169</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>74.58</v>
+        <v>71.172</v>
       </c>
       <c r="D83" t="s">
-        <v>79</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" t="s">
         <v>171</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>106.14</v>
+        <v>74.724</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" t="s">
         <v>173</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>114.732</v>
+        <v>106.14</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" t="s">
         <v>175</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>165.66</v>
+        <v>114.732</v>
       </c>
       <c r="D86" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" t="s">
         <v>177</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>181.608</v>
+        <v>165.66</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" t="s">
         <v>179</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>208.968</v>
+        <v>181.608</v>
       </c>
       <c r="D88" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C89">
         <v>230.076</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D90"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 