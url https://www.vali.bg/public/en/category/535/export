--- v0 (2025-10-19)
+++ v1 (2026-01-28)
@@ -14,176 +14,179 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$25</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>power supply cable FSP Group, 3-pin, Black</t>
+  </si>
+  <si>
+    <t>FORT-SUN-A675FORT</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>ACT Power cable C14-C15, black, 0.25</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5252</t>
   </si>
   <si>
-    <t>available</t>
-[...1 lines deleted...]
-  <si>
     <t>power extension supply cable Estillo, 3-pin, Black</t>
   </si>
   <si>
     <t>EST-SUN-A676</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>power supply cable FSP Group, 3-pin, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>ACT Power cable C14-C15, black, 0.50m</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5218</t>
   </si>
   <si>
     <t>Estillo Power cable, 0.75mm2, VDE test, 1.8m, black, bulk packaging</t>
   </si>
   <si>
     <t>EST-POWER-CABLE</t>
   </si>
   <si>
     <t>Hama Mains Cable, Euro Plug - 2-Pin Socket, 0.75m, 200731</t>
   </si>
   <si>
     <t>HAMA-200731</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Hama Mains Cable with Euro Plug, 223273</t>
   </si>
   <si>
     <t>HAMA-223273</t>
   </si>
   <si>
     <t>Hama Mains Cable, Euro Plug - 2-Pin Socket (Double Groove), 1.5 m</t>
   </si>
   <si>
     <t>HAMA-200732</t>
   </si>
   <si>
     <t>Hama Power Cord, plug with earth contact - 3-pin socket, 1.50 m, 10 pcs.</t>
   </si>
   <si>
     <t>HAMA-29934</t>
   </si>
   <si>
+    <t>Hama Mains Cable, Euro Plug - 2-Pin Socket (Double Groove), 2.5 m</t>
+  </si>
+  <si>
+    <t>HAMA-200733</t>
+  </si>
+  <si>
+    <t>Hama Mains Cable, Plug with Earth Contact - 3-Pin Socket</t>
+  </si>
+  <si>
+    <t>HAMA-200735</t>
+  </si>
+  <si>
+    <t>ACT Powercord C14 - C15 red 2 m</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK5308</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK5309</t>
+  </si>
+  <si>
+    <t>ACT Powercord C14 - C15 Green 2 m</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK5310</t>
+  </si>
+  <si>
+    <t>ACT Powercord C14 - C15 yellow 2 m</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK5311</t>
+  </si>
+  <si>
+    <t>Hama Mains Cable, Plug with Earth Contact - 3-Pin Socket (Cloverleaf), 2.5 m</t>
+  </si>
+  <si>
+    <t>HAMA-200736</t>
+  </si>
+  <si>
+    <t>Hama Power Cable, Angled Both Sides, 90°, 221102</t>
+  </si>
+  <si>
+    <t>HAMA-221102</t>
+  </si>
+  <si>
+    <t>Hama Power cord, Plug with Earth Contact - 3-pin IEC Power Cord, 2.5 m</t>
+  </si>
+  <si>
+    <t>HAMA-200738</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...49 lines deleted...]
-    <t>HAMA-200738</t>
   </si>
   <si>
     <t>Hama "Profi" Earthed Extension Cable, 3 m, white</t>
   </si>
   <si>
     <t>HAMA-47865</t>
   </si>
   <si>
     <t>Hama "Profi" Earthed Extension Cable, 5 m, white</t>
   </si>
   <si>
     <t>HAMA-47866</t>
   </si>
   <si>
     <t>Hama "Profi" Earthed Extension Cable, 5 m, black</t>
   </si>
   <si>
     <t>HAMA-47870</t>
   </si>
   <si>
     <t>STARLINK Mini DC Power Cable (15m)</t>
   </si>
   <si>
     <t>STARLINK-CABLE-MINIDC-15M</t>
   </si>
@@ -553,362 +556,362 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>5.352</v>
+        <v>2.124</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>5.4</v>
+        <v>2.736</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>2.76</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>6.108</v>
+        <v>3.12</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>6.876</v>
+        <v>3.732</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>7.74</v>
+        <v>3.78</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>8.016</v>
+        <v>3.996</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>8.292</v>
+        <v>4.428</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>9.66</v>
+        <v>4.944</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>10.464</v>
+        <v>5.232</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>10.956</v>
+        <v>5.556</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>14.688</v>
+        <v>7.512</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>14.688</v>
+        <v>7.512</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>14.688</v>
+        <v>7.512</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>14.964</v>
+        <v>7.512</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>17.832</v>
+        <v>7.824</v>
       </c>
       <c r="D17" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>18.144</v>
+        <v>9.276</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>18.672</v>
+        <v>9.444</v>
       </c>
       <c r="D19" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>20.208</v>
+        <v>10.332</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>20.988</v>
+        <v>10.572</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>21.204</v>
+        <v>10.848</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>118.992</v>
+        <v>60.84</v>
       </c>
       <c r="D23" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>142.8</v>
+        <v>73.008</v>
       </c>
       <c r="D24" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D25"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>