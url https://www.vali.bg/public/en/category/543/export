--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -37,282 +37,282 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Notebook ASUS VivoBook Go 15 E1504FA-NJ935, 15.6" FHD, Ryzenn 3 7320U, 8GB LPDDR5, 512GB SSD</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0ZR3-M01KP0</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Laptop Dell 15 DC15250, Intel Core 3 100U (6C, up to 4.7GHz), 15.6" FHD (1920x1080) LED WVA AG, 8GB (1x8GB) DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi+BT, no RJ-45, BG Non backlit KBD, no FPR, Ubuntu, 3Y ProSupport</t>
-[...2 lines deleted...]
-    <t>DELL-NOT-15250-i3-8-512</t>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250-i3-8-512</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
-    <t>Notebook Acer Aspire Go 15 AG15-32P-362S - 15.6" FHD IPS, Intel Core 3 N355, 2x8GB DDR5, 512GB SSD, Free DOS</t>
-[...2 lines deleted...]
-    <t>ACER-NOT-AG15-32P-362S</t>
+    <t>Laptop Lenovo IdeaPad Slim 15ABR8 - 15.6" FHD AMD Ryzen 7 5825U 2.0GHz, 16GB DDR4, 512GB SSD, FreeDOS</t>
+  </si>
+  <si>
+    <t>LEN-NOT-82XM00QHRM</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 16 X1605VA-SH2192 - 16" FHD, Intel i5-13420H, 16GB DDR4, 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10N2-M02NB0</t>
+  </si>
+  <si>
+    <t>Notebook Asus Vivobook 15 M1502YA-BQ295 - 15.6" FHD, Ryzen 7 7730U, 16GB(8GB on board), 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0X22-M01JF0</t>
+  </si>
+  <si>
+    <t>Notebook Asus Vivobook M1502YA-BQ086</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0X22-M00SA0</t>
+  </si>
+  <si>
+    <t>Notebook Acer Extensa EX215-57-76DN - 15.6" FHD IPS, Intel Core i7-13620H, 16GB DDR5, 512GB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ACER-NOT-EX215-57-76DN</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 15 X1504VA-BQ1400, 15.6" FHD, Intel i7-1355U, 16GB DDR4, 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10J2-M02UM0</t>
+  </si>
+  <si>
+    <t>Notebook Acer Aspire 5 A515-58P - 15.6" FHD IPS, Intel Core i5-1335U, 16GB LPDDR5 RAM, 512GB SSD, Windows 11 Home</t>
+  </si>
+  <si>
+    <t>ACER-NOT-A515-58P-5415</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 15 X1504VA-BQ057W - 15.6" Full HD, Intel i7-1355U, 16GB DDR4, 512GB SSD, Windows 11 Home</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10J1-M01K90</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 CMH - 16" IPS WUXGA 165Hz, Intel Core i5-13420H, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 4050 6GB GDDR6, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-CMHH2EE893SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 CMH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 4050 6GB GDDR6, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-CMHI2EE894SD</t>
+  </si>
+  <si>
+    <t>Notebook ASUS TUF GAMING F16 FX607VU-RL048 - 16" Full HD+ IPS 144Hz, Intel Core 5 210H, 16gb DDR5, RTX 4050 6GB</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0N06-M006H0</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 CTH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TBB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-CTHI3EE894SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 3TH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3THK3EE893SD</t>
+  </si>
+  <si>
+    <t>Notebook ASUS TUF GAMING A15 2023 - FA507NUR-LP080</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0JP5-M00830</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 3TH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3THK3EE894SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 CVH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-CVHI3EE894SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 3VH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3VHK3EE893SD</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Laptop Dell 15 DC15250, Intel Core i5-1334U (10C, up to 4.60GHz), 15.6" FHD (1920x1080) 120Hz AG, 16GB DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi6, BT</t>
-[...124 lines deleted...]
-  <si>
     <t>Notebook ASUS TUF Gaming F16 2025 FX608JH-RV010 - 16" IPS FullHD+, Intel i5-13450HX, 16GB DDR5, 512GB SSD, RTX 5050 8GB GDD7</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0MH1-M002P0</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 3VH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-3VHK3EE894SD</t>
   </si>
   <si>
+    <t>Notebook GIGABYTE GAMING A18 3TH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A18-3THK3EEC93SD</t>
+  </si>
+  <si>
     <t>Notebook ASUS ROG Strix G16 - G614JU-N3512</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0CC1-M01460</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE AERO 14 OLED BMF-H2EEBB3SH</t>
-[...2 lines deleted...]
-    <t>GA-NOT-AERO-14-H2EEBB3SH</t>
+    <t>Notebook GIGABYTE GAMING A18 3VH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A18-3VHK3EEC94SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 CWH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-CWHI3EE894SD</t>
   </si>
   <si>
     <t>Notebook GIGABYTE AERO X16 1TH93EEC94AH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5050, Win 11 Home - Space Grey</t>
   </si>
   <si>
     <t>GA-NOT-AERO-1TH93EEC94AH</t>
   </si>
   <si>
     <t>Notebook ASUS TUF Gaming A16 2025 FA608UH-RV013 - 16" IPS FullHD+, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD, RTX 5050 8GB GDD7</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0KS1-M003H0</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 3WH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-3WHK3EE894SD</t>
   </si>
   <si>
     <t>Notebook APPLE MacBook AIR 15" M4 10C 16/256 MW1L3ZE/A MD 15.3 ,MAC OS, MIDNIGHT</t>
   </si>
   <si>
     <t>APPLE-MW1L3ZEA</t>
   </si>
   <si>
     <t>Apple MacBook AIR 15" M4 10C CPU, 10C GPU, 16GB, 256GB-ZEE, SKY BLUE</t>
   </si>
   <si>
     <t>APPLE-MC7A4ZEA</t>
   </si>
   <si>
     <t>Apple MacBook 13.6", M4 10C CPU, 10C GPU, 24GB, 512GB-ZEE, MIDNIGHT</t>
   </si>
   <si>
     <t>APPLE-MC6C4ZEA</t>
   </si>
   <si>
+    <t>Notebook GIGABYTE AERO X16 WH93EEC64DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 2x16GB DDR5, 1TB SSD Gen4, RTX 5070, Win 11 Home - Space Grey</t>
+  </si>
+  <si>
+    <t>GA-NOT-AEROX16-93EEC64AH</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE AERO X16 1VH93EEC94DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5060, Win 11 Home - White</t>
+  </si>
+  <si>
+    <t>GA-NOT-AEROX16-93EEC94DH</t>
+  </si>
+  <si>
     <t>Apple MacBook AIR 15", M4 10C CPU, 10C GPU, 16GB, 512GB-ZEE, STARLIGHT</t>
   </si>
   <si>
     <t>APPLE-MW1K3ZEA</t>
   </si>
   <si>
+    <t>Notebook GIGABYTE GAMING A16 PRO DXH - 16" IPS WQXGA 165Hz, Intel Core 7 240H, 32GB LPDDR5x, 1TB SSD Gen4, nVIdia RTX 5070 TI 12GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16PRO-HG4EECC4SD</t>
+  </si>
+  <si>
     <t>Notebook GIGABYTE AERO X16 WH93EEC64DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 2x16GB DDR5, 1TB SSD Gen4, RTX 5070, Win 11 Home - Lunar White</t>
   </si>
   <si>
     <t>GA-NOT-AEROX16-93EEC64DH</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE AERO X16 WH93EEC64DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 2x16GB DDR5, 1TB SSD Gen4, RTX 5070, Win 11 Home - Space Grey</t>
-[...4 lines deleted...]
-  <si>
     <t>Notebook GIGABYTE AERO X16 2WHA3EEC64AH - 16" inch IPS 165Hz,  AMD Ryzen Al 9 HX 370, 2x16GB DDR5, 1TB SSD Gen4, RTX 5070, Win 11 Home  - Space Gray</t>
   </si>
   <si>
     <t>GA-NOT-AEROX16-3EEC64AH</t>
   </si>
   <si>
     <t>Apple MacBook Pro 14" SPACE BLACK/M4 10C/M4 10C GPU/16GB/512GB-ZEE</t>
   </si>
   <si>
     <t>APPLE-MW2U3ZE-A</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 PRO DYH - 16" IPS WQXGA 165Hz, Intel Core 7 240H, 32GB LPDDR5x, 1TB SSD Gen4, nVIdia RTX 5080 16GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16PRO-HG5EECC4SD</t>
   </si>
   <si>
     <t>Notebook GIGABYTE AORUS MASTER 16 BXH - 16.0" OLED 240Hz, Intel Core Ultra 9 275HX, 32GB DDR5, 1TB SSD, RTX 5070 TI 12GB, Windows 11 Pro</t>
   </si>
   <si>
     <t>GA-NOT-AM16-BYHC4EEE64SP</t>
   </si>
   <si>
     <t>Notebook GIGABYTE AORUS MASTER 16 BYH - 16" inch OLED, Ultra 9 275HX, 32GB DDR5, 1TB SSD, RTX 5080, Windows 11 Pro</t>
   </si>
   <si>
     <t>GA-NOT-AM16-BYHC5EEE64SP</t>
   </si>
   <si>
     <t>Notebook ASUS ROG Strix G18 2025 G815LW-S9035W - 18.0" IPS WQXGA 240Hz, Intel Core Ultra 9 275HX, 32GB DDR5, 2TB SSD, RTX 5080 16GB, Windows 11</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0LC1-M006M0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -642,656 +642,656 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>699.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>789.0</v>
+        <v>825.0</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>819.0</v>
+        <v>1080.456</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>939.0</v>
+        <v>1098.996</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>989.4</v>
+        <v>1098.996</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>1048.992</v>
+        <v>1149.0</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>1098.996</v>
+        <v>1239.0</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>1098.996</v>
+        <v>1329.0</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>1149.0</v>
+        <v>1338.996</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>1149.0</v>
+        <v>1398.996</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>1239.0</v>
+        <v>1578.996</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>1290.0</v>
+        <v>1689.0</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>1329.0</v>
+        <v>1998.996</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>1338.996</v>
+        <v>2098.992</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>1398.996</v>
+        <v>2100.0</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>1578.996</v>
+        <v>2188.992</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>1689.0</v>
+        <v>2196.0</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>1998.996</v>
+        <v>2244.0</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20">
+        <v>2256.0</v>
+      </c>
+      <c r="D20" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>2098.992</v>
+        <v>2298.996</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>2188.992</v>
+        <v>2340.0</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>2196.0</v>
+        <v>2388.0</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>2244.0</v>
+        <v>2499.0</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>2256.0</v>
+        <v>2628.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>2298.996</v>
+        <v>2724.0</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>2340.0</v>
+        <v>2758.992</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>2499.0</v>
+        <v>2799.0</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>2724.0</v>
+        <v>2799.0</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>2758.992</v>
+        <v>2979.336</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>2799.0</v>
+        <v>2979.336</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>2859.0</v>
+        <v>3365.124</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>2979.336</v>
+        <v>3369.0</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>2979.336</v>
+        <v>3420.0</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>3365.124</v>
+        <v>3462.132</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>3462.132</v>
+        <v>3582.0</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>3660.0</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>3660.0</v>
+        <v>3828.996</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>3828.996</v>
+        <v>3837.024</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>3837.024</v>
+        <v>4608.0</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>5739.0</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>6900.0</v>
+        <v>6720.0</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>8199.0</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D44"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>