--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,306 +7,318 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$44</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$46</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Notebook ASUS VivoBook Go 15 E1504FA-NJ935, 15.6" FHD, Ryzenn 3 7320U, 8GB LPDDR5, 512GB SSD</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0ZR3-M01KP0</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
+    <t>Laptop Dell 15 DC15250, Intel Core 3 100U (6C, up to 4.7GHz), 15.6" FHD (1920x1080) LED WVA AG, 8GB (1x8GB) DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi+BT, no RJ-45, BG Non backlit KBD, no FPR, Ubuntu, 3Y ProSupport</t>
+  </si>
+  <si>
+    <t>DELL-NOT-15250-i3-8-512</t>
+  </si>
+  <si>
+    <t>Notebook Asus Vivobook Go E1504FA-BQ1867, 15.6" FHD, Ryzen R5-7520U, 16GB DDR5, 512 GB SSD G3, FreeOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0ZR2-M04150</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Notebook Asus Vivobook Go E1504FA-BQ1866, 15.6" FHD, Ryzen R5-7520U, 16GB DDR5, 1TB SSD G3, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0ZR2-M04140</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
   </si>
   <si>
     <t>DELL-NOT-PV15250-i3-8-512</t>
   </si>
   <si>
-    <t>available</t>
-[...7 lines deleted...]
-  <si>
     <t>Notebook ASUS Vivobook 16 X1605VA-SH2192 - 16" FHD, Intel i5-13420H, 16GB DDR4, 1TB SSD, Free DOS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB10N2-M02NB0</t>
   </si>
   <si>
     <t>Notebook Asus Vivobook 15 M1502YA-BQ295 - 15.6" FHD, Ryzen 7 7730U, 16GB(8GB on board), 1TB SSD, Free DOS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0X22-M01JF0</t>
   </si>
   <si>
     <t>Notebook Asus Vivobook M1502YA-BQ086</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0X22-M00SA0</t>
   </si>
   <si>
-    <t>Notebook Acer Extensa EX215-57-76DN - 15.6" FHD IPS, Intel Core i7-13620H, 16GB DDR5, 512GB SSD, Free DOS</t>
-[...2 lines deleted...]
-    <t>ACER-NOT-EX215-57-76DN</t>
+    <t>Notebook Asus Vivobook X1504VA-BQ2910, 15.6" FHD, Intel 5 120U 1.4 GHz, 16GB DDR4, SSD 1TB, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB13Y2-M00ZL0</t>
+  </si>
+  <si>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i5-1334U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i5-16-512</t>
   </si>
   <si>
     <t>Notebook ASUS Vivobook 15 X1504VA-BQ1400, 15.6" FHD, Intel i7-1355U, 16GB DDR4, 1TB SSD, Free DOS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB10J2-M02UM0</t>
   </si>
   <si>
-    <t>Notebook Acer Aspire 5 A515-58P - 15.6" FHD IPS, Intel Core i5-1335U, 16GB LPDDR5 RAM, 512GB SSD, Windows 11 Home</t>
-[...4 lines deleted...]
-  <si>
     <t>Notebook ASUS Vivobook 15 X1504VA-BQ057W - 15.6" Full HD, Intel i7-1355U, 16GB DDR4, 512GB SSD, Windows 11 Home</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB10J1-M01K90</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE GAMING A16 CMH - 16" IPS WUXGA 165Hz, Intel Core i5-13420H, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 4050 6GB GDDR6, Free DOS</t>
-[...8 lines deleted...]
-    <t>GA-NOT-A16-CMHI2EE894SD</t>
+    <t>Notebook Asus Vivobook X1504VA-BQ2557, 15.6"FHD, Intel i7-1355U 1.7 GHz, 16GB DDR4, SSD 1TB, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB13Y2-M00ZB0</t>
+  </si>
+  <si>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i7-1355U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i7-16-512</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 16 X1607QA-MB004W, 16.0" Full HD+, Qualcomm Snapdragon X X1-26-100, 16 GB LPDDR5X, SSD 1 TB</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB15Z2-M00750</t>
+  </si>
+  <si>
+    <t>Notebook Asus Vivobook S S3607VA-RP031, 16.0" LED WUXGA, Intel i7-13620H 2.4 GHz, 16GB LPDDR5, SSD 1TB, Free OS + Backpack</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB1672-M003U0</t>
   </si>
   <si>
     <t>Notebook ASUS TUF GAMING F16 FX607VU-RL048 - 16" Full HD+ IPS 144Hz, Intel Core 5 210H, 16gb DDR5, RTX 4050 6GB</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0N06-M006H0</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE GAMING A16 CTH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TBB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
-[...2 lines deleted...]
-    <t>GA-NOT-A16-CTHI3EE894SD</t>
+    <t>Notebook ASUS TUF GAMING A15 2023 - FA507NUR-LP080</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0JP5-M00830</t>
+  </si>
+  <si>
+    <t>Notebook ASUS TUF Gaming F16 2025 FX608JH-RV010 - 16" IPS FullHD+, Intel i5-13450HX, 16GB DDR5, 512GB SSD, RTX 5050 8GB GDD7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0MH1-M002P0</t>
+  </si>
+  <si>
+    <t>Notebook ASUS ROG Strix G16 - G614JU-N3512</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0CC1-M01460</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 3TH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-3THK3EE893SD</t>
   </si>
   <si>
-    <t>Notebook ASUS TUF GAMING A15 2023 - FA507NUR-LP080</t>
-[...2 lines deleted...]
-    <t>ASUS-NOT-90NR0JP5-M00830</t>
+    <t>Notebook GIGABYTE GAMING A16 3VH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3VHK3EE893SD</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 3TH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-3THK3EE894SD</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE GAMING A16 CVH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
-[...17 lines deleted...]
-    <t>ASUS-NOT-90NR0MH1-M002P0</t>
+    <t>Apple MacBook Air 13.6" Sky Blue, M4 10C CPU, 10C GPU, 16GB, 512GB-ZEE</t>
+  </si>
+  <si>
+    <t>APPLE-MC6U4ZEA</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 3VH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-3VHK3EE894SD</t>
   </si>
   <si>
+    <t>Notebook ASUS TUF Gaming A16 2025 FA608UH-RV013 - 16" IPS FullHD+, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD, RTX 5050 8GB GDD7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0KS1-M003H0</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 3WH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3WHK3EE894SD</t>
+  </si>
+  <si>
     <t>Notebook GIGABYTE GAMING A18 3TH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A18-3THK3EEC93SD</t>
   </si>
   <si>
-    <t>Notebook ASUS ROG Strix G16 - G614JU-N3512</t>
-[...2 lines deleted...]
-    <t>ASUS-NOT-90NR0CC1-M01460</t>
+    <t>Notebook APPLE MacBook AIR 15" M4 10C 16/256 MW1L3ZE/A MD 15.3 ,MAC OS, MIDNIGHT</t>
+  </si>
+  <si>
+    <t>APPLE-MW1L3ZEA</t>
+  </si>
+  <si>
+    <t>Apple MacBook AIR 15" M4 10C CPU, 10C GPU, 16GB, 256GB-ZEE, SKY BLUE</t>
+  </si>
+  <si>
+    <t>APPLE-MC7A4ZEA</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE AERO X16 1TH93EEC94AH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5050, Win 11 Home - Space Grey</t>
+  </si>
+  <si>
+    <t>GA-NOT-AERO-1TH93EEC94AH</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A18 3VH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A18-3VHK3EEC94SD</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE GAMING A16 CWH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
-[...32 lines deleted...]
-    <t>APPLE-MC7A4ZEA</t>
+    <t>Notebook GIGABYTE AERO X16 1VH93EEC94DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5060, Win 11 Home - White</t>
+  </si>
+  <si>
+    <t>GA-NOT-AEROX16-93EEC94DH</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE AERO X16 1VH93EEC94AH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5060, Win 11 Home - Gray</t>
+  </si>
+  <si>
+    <t>GA-NOT-AEROX16-93EEC94AH</t>
   </si>
   <si>
     <t>Apple MacBook 13.6", M4 10C CPU, 10C GPU, 24GB, 512GB-ZEE, MIDNIGHT</t>
   </si>
   <si>
     <t>APPLE-MC6C4ZEA</t>
   </si>
   <si>
+    <t>Apple MacBook AIR 15", M4 10C CPU, 10C GPU, 16GB, 512GB-ZEE, STARLIGHT</t>
+  </si>
+  <si>
+    <t>APPLE-MW1K3ZEA</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A18 3WH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A18-3WHK3EEC94SD</t>
+  </si>
+  <si>
     <t>Notebook GIGABYTE AERO X16 WH93EEC64DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 2x16GB DDR5, 1TB SSD Gen4, RTX 5070, Win 11 Home - Space Grey</t>
   </si>
   <si>
     <t>GA-NOT-AEROX16-93EEC64AH</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE AERO X16 1VH93EEC94DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5060, Win 11 Home - White</t>
-[...8 lines deleted...]
-    <t>APPLE-MW1K3ZEA</t>
+    <t>Apple MacBook Pro 14" SPACE BLACK/M4 10C/M4 10C GPU/16GB/512GB-ZEE</t>
+  </si>
+  <si>
+    <t>APPLE-MW2U3ZE-A</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 PRO DXH - 16" IPS WQXGA 165Hz, Intel Core 7 240H, 32GB LPDDR5x, 1TB SSD Gen4, nVIdia RTX 5070 TI 12GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16PRO-HG4EECC4SD</t>
-  </si>
-[...16 lines deleted...]
-    <t>APPLE-MW2U3ZE-A</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 PRO DYH - 16" IPS WQXGA 165Hz, Intel Core 7 240H, 32GB LPDDR5x, 1TB SSD Gen4, nVIdia RTX 5080 16GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16PRO-HG5EECC4SD</t>
   </si>
   <si>
     <t>Notebook GIGABYTE AORUS MASTER 16 BXH - 16.0" OLED 240Hz, Intel Core Ultra 9 275HX, 32GB DDR5, 1TB SSD, RTX 5070 TI 12GB, Windows 11 Pro</t>
   </si>
   <si>
     <t>GA-NOT-AM16-BYHC4EEE64SP</t>
   </si>
   <si>
     <t>Notebook GIGABYTE AORUS MASTER 16 BYH - 16" inch OLED, Ultra 9 275HX, 32GB DDR5, 1TB SSD, RTX 5080, Windows 11 Pro</t>
   </si>
   <si>
     <t>GA-NOT-AM16-BYHC5EEE64SP</t>
   </si>
   <si>
     <t>Notebook ASUS ROG Strix G18 2025 G815LW-S9035W - 18.0" IPS WQXGA 240Hz, Intel Core Ultra 9 275HX, 32GB DDR5, 2TB SSD, RTX 5080 16GB, Windows 11</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0LC1-M006M0</t>
   </si>
@@ -634,668 +646,696 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D44"/>
+  <dimension ref="A1:D46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>699.0</v>
+        <v>357.396</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>825.0</v>
+        <v>403.404</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>468.0</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>1098.996</v>
+        <v>528.0</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>1098.996</v>
+        <v>540.0</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>1149.0</v>
+        <v>561.912</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>1239.0</v>
+        <v>561.912</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>1329.0</v>
+        <v>587.472</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>1338.996</v>
+        <v>636.0</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>1398.996</v>
+        <v>654.0</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>1578.996</v>
+        <v>679.512</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>1689.0</v>
+        <v>715.296</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>1998.996</v>
+        <v>720.0</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>2098.992</v>
+        <v>756.0</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>2100.0</v>
+        <v>810.0</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>2188.992</v>
+        <v>939.0</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>2196.0</v>
+        <v>1022.076</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>2244.0</v>
+        <v>1119.216</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>2256.0</v>
+        <v>1175.46</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>2298.996</v>
+        <v>1277.724</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>2340.0</v>
+        <v>1284.0</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>2388.0</v>
+        <v>1338.0</v>
       </c>
       <c r="D23" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>2499.0</v>
+        <v>1350.0</v>
       </c>
       <c r="D24" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>2628.0</v>
+        <v>1375.716</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>2724.0</v>
+        <v>1404.0</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>2758.992</v>
+        <v>1431.108</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>2799.0</v>
+        <v>1431.108</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>2799.0</v>
+        <v>1476.0</v>
       </c>
       <c r="D29" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>2979.336</v>
+        <v>1523.304</v>
       </c>
       <c r="D30" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>2979.336</v>
+        <v>1523.304</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>3365.124</v>
+        <v>1644.0</v>
       </c>
       <c r="D32" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>3369.0</v>
+        <v>1668.0</v>
       </c>
       <c r="D33" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>3420.0</v>
+        <v>1704.0</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>3462.132</v>
+        <v>1704.0</v>
       </c>
       <c r="D35" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>3582.0</v>
+        <v>1720.56</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>3660.0</v>
+        <v>1770.156</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>3828.996</v>
+        <v>1824.0</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>3837.024</v>
+        <v>1871.328</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>4608.0</v>
+        <v>1961.832</v>
       </c>
       <c r="D40" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>5739.0</v>
+        <v>2064.0</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>6720.0</v>
+        <v>2616.0</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>8199.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
+        <v>92</v>
+      </c>
+      <c r="C44">
+        <v>3372.0</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
+        <v>94</v>
+      </c>
+      <c r="C45">
+        <v>4192.08</v>
+      </c>
+      <c r="D45" t="s">
+        <v>6</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D44"/>
+  <autoFilter ref="A1:D46"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>