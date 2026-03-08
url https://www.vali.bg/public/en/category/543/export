--- v2 (2026-01-20)
+++ v3 (2026-03-08)
@@ -7,342 +7,312 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$46</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$41</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
-    <t>Notebook ASUS VivoBook Go 15 E1504FA-NJ935, 15.6" FHD, Ryzenn 3 7320U, 8GB LPDDR5, 512GB SSD</t>
-[...2 lines deleted...]
-    <t>ASUS-NOT-90NB0ZR3-M01KP0</t>
+    <t>Notebook ASUS Vivobook Go 15 E1504FA-BQ2337 - 15.6" FHD, Ryzen 3 7320U, 16GB LPDDR5, 512GB SSD, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0ZR1-M04190</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 15 X1504VA-BQ2626 - 15.6"FHD, Intel i3-1315U, 16GB DDR4, 512GB SSD, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB13Y1-M00ZU0</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Laptop Dell 15 DC15250, Intel Core 3 100U (6C, up to 4.7GHz), 15.6" FHD (1920x1080) LED WVA AG, 8GB (1x8GB) DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi+BT, no RJ-45, BG Non backlit KBD, no FPR, Ubuntu, 3Y ProSupport</t>
-[...11 lines deleted...]
-    <t>available</t>
+    <t>Notebook ASUS Vivobook 15 X1504VA-BQ2625- 15.6"FHD, Intel i3-1315U, 16GB DDR4, 512GB SSD, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB13Y2-M00ZT0</t>
   </si>
   <si>
     <t>Notebook Asus Vivobook Go E1504FA-BQ1866, 15.6" FHD, Ryzen R5-7520U, 16GB DDR5, 1TB SSD G3, Free OS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0ZR2-M04140</t>
   </si>
   <si>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250-i3-8-512</t>
+  </si>
+  <si>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i5-1334U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i5-16-512</t>
+  </si>
+  <si>
+    <t>Notebook Asus Vivobook X1504VA-BQ2557, 15.6"FHD, Intel i7-1355U 1.7 GHz, 16GB DDR4, SSD 1TB, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB13Y2-M00ZB0</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 16 X1607QA-MB004W, 16.0" Full HD+, Qualcomm Snapdragon X X1-26-100, 16 GB LPDDR5X, SSD 1 TB</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB15Z2-M00750</t>
+  </si>
+  <si>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i7-1355U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i7-16-512</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
-[...86 lines deleted...]
-    <t>ASUS-NOT-90NR0MH1-M002P0</t>
+    <t>Notebook ASUS Vivobook 16 X1607CA-MB059  - 16" IPS WUXGA, Intel Core 5 225H, 16GB LPDDR5X, 512GB SSD, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB15A2-M00CX0</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 3TH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3THK3EE893SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 3VH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3VHK3EE893SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 3TH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3THK3EE894SD</t>
+  </si>
+  <si>
+    <t>Apple MacBook Air 13.6" Sky Blue, M4 10C CPU, 10C GPU, 16GB, 512GB-ZEE</t>
+  </si>
+  <si>
+    <t>APPLE-MC6U4ZEA</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 3VH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3VHK3EE894SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 3WH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3WHK3EE894SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A18 3TH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A18-3THK3EEC93SD</t>
   </si>
   <si>
     <t>Notebook ASUS ROG Strix G16 - G614JU-N3512</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0CC1-M01460</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE GAMING A16 3TH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
-[...26 lines deleted...]
-    <t>GA-NOT-A16-3VHK3EE894SD</t>
+    <t>Notebook GIGABYTE AERO X16 1TH93EEC94AH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5050, Win 11 Home - Space Grey</t>
+  </si>
+  <si>
+    <t>GA-NOT-AERO-1TH93EEC94AH</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE AERO X16 1VH93EEC94AH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5060, Win 11 Home - Gray</t>
+  </si>
+  <si>
+    <t>GA-NOT-AEROX16-93EEC94AH</t>
+  </si>
+  <si>
+    <t>Notebook APPLE MacBook AIR 15" M4 10C 16/256 MW1L3ZE/A MD 15.3 ,MAC OS, MIDNIGHT</t>
+  </si>
+  <si>
+    <t>APPLE-MW1L3ZEA</t>
+  </si>
+  <si>
+    <t>Apple MacBook AIR 15" M4 10C CPU, 10C GPU, 16GB, 256GB-ZEE, SKY BLUE</t>
+  </si>
+  <si>
+    <t>APPLE-MC7A4ZEA</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE AERO X16 1VH93EEC94DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5060, Win 11 Home - White</t>
+  </si>
+  <si>
+    <t>GA-NOT-AEROX16-93EEC94DH</t>
   </si>
   <si>
     <t>Notebook ASUS TUF Gaming A16 2025 FA608UH-RV013 - 16" IPS FullHD+, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD, RTX 5050 8GB GDD7</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0KS1-M003H0</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE GAMING A16 3WH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
-[...26 lines deleted...]
-    <t>GA-NOT-AERO-1TH93EEC94AH</t>
+    <t>Notebook ASUS TUF Gaming A16 2025 FA608UM-RV016 - 16" IPS FullHD+, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD, RTX 5060 8GB GDD7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0KV1-M003V0</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A18 3VH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A18-3VHK3EEC94SD</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE AERO X16 1VH93EEC94DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5060, Win 11 Home - White</t>
-[...10 lines deleted...]
-  <si>
     <t>Apple MacBook 13.6", M4 10C CPU, 10C GPU, 24GB, 512GB-ZEE, MIDNIGHT</t>
   </si>
   <si>
     <t>APPLE-MC6C4ZEA</t>
   </si>
   <si>
     <t>Apple MacBook AIR 15", M4 10C CPU, 10C GPU, 16GB, 512GB-ZEE, STARLIGHT</t>
   </si>
   <si>
     <t>APPLE-MW1K3ZEA</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A18 3WH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A18-3WHK3EEC94SD</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE AERO X16 WH93EEC64DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 2x16GB DDR5, 1TB SSD Gen4, RTX 5070, Win 11 Home - Space Grey</t>
-[...4 lines deleted...]
-  <si>
     <t>Apple MacBook Pro 14" SPACE BLACK/M4 10C/M4 10C GPU/16GB/512GB-ZEE</t>
   </si>
   <si>
     <t>APPLE-MW2U3ZE-A</t>
   </si>
   <si>
+    <t>Notebook ASUS TUF Gaming F16 2025 FX608JPR-QT026 - 16" FullHD+ Intel Core i7-14650HX, 16GB DDR5, 1TB SSD, RTX 5070 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0NG1-M003E0</t>
+  </si>
+  <si>
     <t>Notebook GIGABYTE GAMING A16 PRO DXH - 16" IPS WQXGA 165Hz, Intel Core 7 240H, 32GB LPDDR5x, 1TB SSD Gen4, nVIdia RTX 5070 TI 12GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16PRO-HG4EECC4SD</t>
   </si>
   <si>
+    <t>Notebook ASUS ROG Strix G16 2025 G615JMR-RV063 - 16" FullHD+ Intel Core i7-14650HX, 32GB DDR5, 1TB SSD, RTX 5060 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0LB1-M00530</t>
+  </si>
+  <si>
     <t>Notebook GIGABYTE GAMING A16 PRO DYH - 16" IPS WQXGA 165Hz, Intel Core 7 240H, 32GB LPDDR5x, 1TB SSD Gen4, nVIdia RTX 5080 16GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16PRO-HG5EECC4SD</t>
   </si>
   <si>
     <t>Notebook GIGABYTE AORUS MASTER 16 BXH - 16.0" OLED 240Hz, Intel Core Ultra 9 275HX, 32GB DDR5, 1TB SSD, RTX 5070 TI 12GB, Windows 11 Pro</t>
   </si>
   <si>
     <t>GA-NOT-AM16-BYHC4EEE64SP</t>
   </si>
   <si>
+    <t>Notebook ASUS ROG Strix G16 2025 G615LR-S5152W - 16" IPS 240Hz, WQXGA, Intel Core Ultra 9 275HX, 32GB DDR5, 1TB SSD, RTX 5070TI 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0LR1-M00A30</t>
+  </si>
+  <si>
     <t>Notebook GIGABYTE AORUS MASTER 16 BYH - 16" inch OLED, Ultra 9 275HX, 32GB DDR5, 1TB SSD, RTX 5080, Windows 11 Pro</t>
   </si>
   <si>
     <t>GA-NOT-AM16-BYHC5EEE64SP</t>
   </si>
   <si>
-    <t>Notebook ASUS ROG Strix G18 2025 G815LW-S9035W - 18.0" IPS WQXGA 240Hz, Intel Core Ultra 9 275HX, 32GB DDR5, 2TB SSD, RTX 5080 16GB, Windows 11</t>
-[...2 lines deleted...]
-    <t>ASUS-NOT-90NR0LC1-M006M0</t>
+    <t>Notebook ASUS ROG Zephyrus G16 2025 GU605CR-QR109W - 16" OLED 240Hz, WQXGA, Intel Core Ultra 9 285H, 32GB LPDDR5X, 2TB SSD, RTX 5070TI 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0LZ5-M00C30</t>
+  </si>
+  <si>
+    <t>Notebook ASUS ProArt Studiobook P16 OLED H7606WP-RJ083X - 16" OLED Touchscreen, AMD Ryzen AI 9 HX 370, 64GB RAM, 4TB SSD, RTX 5070 8GB GDRR7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB15K1-M00CF0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -646,696 +616,626 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D46"/>
+  <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>357.396</v>
+        <v>469.5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>403.404</v>
+        <v>469.728</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4">
+        <v>469.872</v>
+      </c>
+      <c r="D4" t="s">
         <v>9</v>
-      </c>
-[...7 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>528.0</v>
+        <v>528.636</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>540.0</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>561.912</v>
+        <v>718.8</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>561.912</v>
+        <v>720.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>587.472</v>
+        <v>778.992</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10">
+        <v>810.0</v>
+      </c>
+      <c r="D10" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>654.0</v>
+        <v>864.0</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>679.512</v>
+        <v>1284.0</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>715.296</v>
+        <v>1338.0</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>720.0</v>
+        <v>1350.0</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>756.0</v>
+        <v>1375.716</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>810.0</v>
+        <v>1404.0</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>939.0</v>
+        <v>1431.108</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>1022.076</v>
+        <v>1476.0</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>1119.216</v>
+        <v>1479.18</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>1175.46</v>
+        <v>1488.0</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>1277.724</v>
+        <v>1494.0</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>1284.0</v>
+        <v>1523.304</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>1338.0</v>
+        <v>1523.304</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>1350.0</v>
+        <v>1530.0</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>1375.716</v>
+        <v>1566.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>1404.0</v>
+        <v>1664.052</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>1431.108</v>
+        <v>1668.0</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>1431.108</v>
+        <v>1720.56</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>1476.0</v>
+        <v>1770.156</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>1523.304</v>
+        <v>1824.0</v>
       </c>
       <c r="D30" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>1523.304</v>
+        <v>1961.832</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>1644.0</v>
+        <v>1999.5</v>
       </c>
       <c r="D32" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>1668.0</v>
+        <v>2064.0</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>1704.0</v>
+        <v>2160.0</v>
       </c>
       <c r="D34" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>1704.0</v>
+        <v>2616.0</v>
       </c>
       <c r="D35" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>1720.56</v>
+        <v>3000.0</v>
       </c>
       <c r="D36" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>1770.156</v>
+        <v>3358.5</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>1824.0</v>
+        <v>3372.0</v>
       </c>
       <c r="D38" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>1871.328</v>
+        <v>3600.0</v>
       </c>
       <c r="D39" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>1961.832</v>
+        <v>4287.0</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
-[...69 lines deleted...]
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D46"/>
+  <autoFilter ref="A1:D41"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>