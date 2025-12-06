--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,354 +7,345 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$52</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$51</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Delock Webcam Cover for Laptop, Tablet and Smartphone 3 pack</t>
   </si>
   <si>
     <t>DELOCK-20652</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Cooler for NUC/BRIX Delta BSB05505HP-SM</t>
   </si>
   <si>
     <t>DELTA-BSB05505HP</t>
   </si>
   <si>
+    <t>Wormhole Switch - Windows &amp; Mac j5create JUC400</t>
+  </si>
+  <si>
+    <t>J5-JUC400</t>
+  </si>
+  <si>
+    <t>Android Mirror j5create JUC610, USB 2.0</t>
+  </si>
+  <si>
+    <t>J5-JUC610</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>j5create JDD320 ULTRADRIVEMINIDOCK for Surface Pro™ 4/5/6</t>
+  </si>
+  <si>
+    <t>J5-JDD320B</t>
+  </si>
+  <si>
+    <t>j5create ULTRADRIVEMINIDOCK for Surface Pro 7</t>
+  </si>
+  <si>
+    <t>J5-JCD324</t>
+  </si>
+  <si>
+    <t>j5create USB-C to 4K 60 Hz HDMI Travel Dock for iPad Pro</t>
+  </si>
+  <si>
+    <t>J5-JCD612</t>
+  </si>
+  <si>
+    <t>Silicon Power Boost SU20 7-in-1 docking station</t>
+  </si>
+  <si>
+    <t>SLP-SD-READER-DOCK7</t>
+  </si>
+  <si>
+    <t>j5create ULTRADRIVE Kit USB-C™ Dual-Display Modular Dock</t>
+  </si>
+  <si>
+    <t>J5-JCD387</t>
+  </si>
+  <si>
+    <t>j5create 90W Built-in USB-C Travel Dock</t>
+  </si>
+  <si>
+    <t>J5-JCDP392-EN</t>
+  </si>
+  <si>
+    <t>Hama "Connect2Mobile V2" USB-C Hub, Multiport, 7 Ports</t>
+  </si>
+  <si>
+    <t>HAMA-200143</t>
+  </si>
+  <si>
+    <t>j5create USB-C Modular Multi-Adapter with 2 Kits</t>
+  </si>
+  <si>
+    <t>J5-JCD375</t>
+  </si>
+  <si>
+    <t>Delock USB Type-C™ Docking Station for Mobile Devices 4K - HDMI / Hub / SD / PD 2.0</t>
+  </si>
+  <si>
+    <t>DELOCK-87743</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Android Mirror j5create JUC610, USB 2.0</t>
-[...73 lines deleted...]
-  <si>
     <t>Delock Docking Station for MacBook Pro / MacBook Air Thunderbolt™ 4 with 5K Resolution / 100 W PD / 10 Gbps Hub / LAN / Audio</t>
   </si>
   <si>
     <t>DELOCK-87757</t>
   </si>
   <si>
+    <t>JCD381 USB Type-C Dual HDMI Mini Dock</t>
+  </si>
+  <si>
+    <t>J5-JCD381</t>
+  </si>
+  <si>
+    <t>Hama USB-C Docking Station with Removable Feet, 9 Ports</t>
+  </si>
+  <si>
+    <t>HAMA-200103</t>
+  </si>
+  <si>
     <t>j5create 4K60 Elite USB-C 10Gbps Travel Dock</t>
   </si>
   <si>
     <t>J5-JCD392</t>
   </si>
   <si>
     <t>Delock Docking Station for MacBook Dual HDMI 4K / PD / Hub</t>
   </si>
   <si>
     <t>DELOCK-87753</t>
   </si>
   <si>
+    <t>4K60 Elite USB-C PD Multi-Port Adapter</t>
+  </si>
+  <si>
+    <t>J5-JCD391</t>
+  </si>
+  <si>
     <t>Delock USB 10 Gbps USB Type-C Docking Station, 4 x USB Type-C, USB Type-C PD 85 W</t>
   </si>
   <si>
     <t>DELOCK-64235</t>
   </si>
   <si>
-    <t>JCD381 USB Type-C Dual HDMI Mini Dock</t>
-[...10 lines deleted...]
-  <si>
     <t>j5create USB-C Multi Adapter (9 Functions in 1)</t>
   </si>
   <si>
     <t>J5-JCD383</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
-    <t>4K60 Elite USB-C PD Multi-Port Adapter</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Connect2Office Basic V2" USB-C Docking Station, 9 in 1, 200145</t>
   </si>
   <si>
     <t>HAMA-200145</t>
   </si>
   <si>
     <t>j5create 4K60 Elite USB-C 10Gbps Mini Dock</t>
   </si>
   <si>
     <t>J5-JCD393</t>
   </si>
   <si>
     <t>Delock USB Type-C Slim Docking Station 4K - HDMI, USB 3.2 Gen 1, LAN, SD, PD 3.0</t>
   </si>
   <si>
     <t>DELOCK-87895</t>
   </si>
   <si>
     <t>Delock M.2 Docking Station for 2 x M.2 SATA SSD with Clone function</t>
   </si>
   <si>
     <t>DELOCK-64178</t>
   </si>
   <si>
+    <t>j5create USB4 8K Multi-Port Hub</t>
+  </si>
+  <si>
+    <t>J5-JCD403</t>
+  </si>
+  <si>
     <t>Delock USB Type-C™ Docking Station for Mobile Devices 4K - HDMI / Hub / LAN / PD 3.0 with LED illumination</t>
   </si>
   <si>
     <t>DELOCK-87742</t>
   </si>
   <si>
     <t>j5create Multi-Angle 4K Docking Stand</t>
   </si>
   <si>
     <t>J5-JTS327</t>
   </si>
   <si>
     <t>j5create USB-C Dual HDMI Docking Station</t>
   </si>
   <si>
     <t>J5-JCD542</t>
   </si>
   <si>
     <t>4K60 Elite USB-C Triple-Monitor 10Gbps Mini Dock</t>
   </si>
   <si>
     <t>J5-JCD397</t>
   </si>
   <si>
+    <t>j5create USB4 Dual 4K Multi-Port Hub</t>
+  </si>
+  <si>
+    <t>J5-JCD401</t>
+  </si>
+  <si>
+    <t>Hama USB-C Docking Station, "Connect2Office Pro", 10 Ports</t>
+  </si>
+  <si>
+    <t>HAMA-200100</t>
+  </si>
+  <si>
     <t>j5create USB-C Triple Display Docking Station with 100W PD Adapter</t>
   </si>
   <si>
     <t>J5-JCD543</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>j5create Multi-Angle Stand with Docking Station for iPad Pro</t>
   </si>
   <si>
     <t>J5-JTS224</t>
   </si>
   <si>
-    <t>j5create USB4 8K Multi-Port Hub</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock USB Type-C™ Docking Station with M.2 Slot - 4K HDMI / USB / LAN / PD 3.0</t>
   </si>
   <si>
     <t>DELOCK-87767</t>
   </si>
   <si>
-    <t>Hama USB-C Docking Station, "Connect2Office Pro", 10 Ports</t>
-[...4 lines deleted...]
-  <si>
     <t>Dell Pro 7-in-1 USB-C Travel Hub - DA310</t>
   </si>
   <si>
     <t>DELL-D3100</t>
   </si>
   <si>
-    <t>j5create USB4 Dual 4K Multi-Port Hub</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock USB-C - Dual HDMI, USB 3.2, SD, LAN, PD3.0 Grey</t>
   </si>
   <si>
     <t>DELOCK-87004</t>
   </si>
   <si>
     <t>ATEN Docking 11-in-1 USB-C Multiport Dock + Power Pass-Through, 2 x HDMI, LAN, 3.5mm, USB-C, SD Card, microSD, 3 x USB 3.2</t>
   </si>
   <si>
     <t>ATEN-UH3240-AT</t>
   </si>
   <si>
+    <t>Delock USB 40 Gbps USB Type-C Docking Station</t>
+  </si>
+  <si>
+    <t>DELOCK-87865</t>
+  </si>
+  <si>
     <t>j5create Multi-Angle Dual HDMI Docking Stand</t>
   </si>
   <si>
     <t>J5-JTS427</t>
   </si>
   <si>
+    <t>j5create M.2 NVMe USB-C® Gen 2 Docking Station</t>
+  </si>
+  <si>
+    <t>J5-JCD552</t>
+  </si>
+  <si>
     <t>Hama "Connect2Office Stand" USB-C Docking Station</t>
   </si>
   <si>
     <t>HAMA-200139</t>
   </si>
   <si>
-    <t>j5create M.2 NVMe USB-C® Gen 2 Docking Station</t>
-[...4 lines deleted...]
-  <si>
     <t>JCT425 Multi-Function Monitor Stand USB Type-C™, 4K HDMI™ &amp; 6-Port USB™ HUB with Power Delivery</t>
   </si>
   <si>
     <t>J5-JCT425</t>
   </si>
   <si>
     <t>Hama "Connect2Office Speed" USB4 Docking Station, USB-C, PD, 40 Gbit/s, 10 Ports</t>
   </si>
   <si>
     <t>HAMA-200200</t>
-  </si>
-[...4 lines deleted...]
-    <t>DELOCK-87865</t>
   </si>
   <si>
     <t>J5-JCD543P</t>
   </si>
   <si>
     <t>Delock USB Docking Station Dual HDMI Full-HD / USB 3.2 / LAN / Audio</t>
   </si>
   <si>
     <t>DELOCK-87771</t>
   </si>
   <si>
     <t>ATEN USB-C Multiport Dock with Power Pass-Through</t>
   </si>
   <si>
     <t>ATEN-UH3237-AT</t>
   </si>
   <si>
     <t>Delock Docking Station for 1 x M.2 NVMe SSD + 1 x M.2 SATA SSD with SD Express (SD 7.1) Card Reader and Clone Function</t>
   </si>
   <si>
     <t>DELOCK-64138</t>
   </si>
   <si>
     <t>8K Thunderbolt 4 Docking Station</t>
   </si>
@@ -685,51 +676,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D52"/>
+  <dimension ref="A1:D51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -738,727 +729,713 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>9.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>27.0</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>38.508</v>
+        <v>32.4</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5">
+        <v>38.508</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>56.4</v>
+        <v>42.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>59.112</v>
+        <v>56.4</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>72.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>73.344</v>
+        <v>75.564</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>78.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>78.0</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>89.136</v>
+        <v>81.84</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>89.784</v>
+        <v>96.0</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14">
+        <v>100.8</v>
+      </c>
+      <c r="D14" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>100.8</v>
+        <v>106.548</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>107.556</v>
+        <v>118.8</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>123.204</v>
+        <v>120.0</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>124.668</v>
+        <v>122.4</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>131.772</v>
+        <v>124.668</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>140.82</v>
+        <v>129.6</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>141.408</v>
+        <v>131.772</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>143.532</v>
       </c>
       <c r="D22" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>145.344</v>
+        <v>150.096</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>150.096</v>
+        <v>159.492</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>159.492</v>
+        <v>159.66</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>159.66</v>
+        <v>162.66</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>162.66</v>
+        <v>163.2</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
         <v>172.8</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>176.028</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
         <v>176.028</v>
       </c>
       <c r="D30" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
         <v>189.084</v>
       </c>
       <c r="D31" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>193.608</v>
+        <v>190.8</v>
       </c>
       <c r="D32" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" t="s">
         <v>71</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>193.608</v>
+        <v>192.048</v>
       </c>
       <c r="D33" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="C34">
         <v>193.608</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" t="s">
         <v>75</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>200.556</v>
+        <v>193.608</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" t="s">
         <v>77</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>202.008</v>
+        <v>200.556</v>
       </c>
       <c r="D36" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="C37">
         <v>202.8</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38" t="s">
         <v>81</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>212.856</v>
+        <v>213.216</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>82</v>
+      </c>
+      <c r="B39" t="s">
         <v>83</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>213.216</v>
+        <v>218.268</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>84</v>
+      </c>
+      <c r="B40" t="s">
         <v>85</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>218.268</v>
+        <v>236.184</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>86</v>
+      </c>
+      <c r="B41" t="s">
         <v>87</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>242.136</v>
+        <v>246.432</v>
       </c>
       <c r="D41" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" t="s">
         <v>89</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>250.068</v>
+        <v>259.428</v>
       </c>
       <c r="D42" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" t="s">
         <v>91</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>259.428</v>
+        <v>262.824</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C44">
         <v>264.024</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C45">
         <v>270.0</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="B46" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C46">
-        <v>295.752</v>
+        <v>298.5</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="B47" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C47">
-        <v>299.22</v>
+        <v>312.0</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>312.0</v>
+        <v>331.308</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>331.308</v>
+        <v>369.504</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>369.504</v>
+        <v>616.884</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
-[...12 lines deleted...]
-      <c r="D51" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D52"/>
+  <autoFilter ref="A1:D51"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>