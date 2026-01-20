--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,285 +7,279 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$51</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$50</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Delock Webcam Cover for Laptop, Tablet and Smartphone 3 pack</t>
   </si>
   <si>
     <t>DELOCK-20652</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Cooler for NUC/BRIX Delta BSB05505HP-SM</t>
   </si>
   <si>
     <t>DELTA-BSB05505HP</t>
   </si>
   <si>
+    <t>Android Mirror j5create JUC610, USB 2.0</t>
+  </si>
+  <si>
+    <t>J5-JUC610</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Wormhole Switch - Windows &amp; Mac j5create JUC400</t>
   </si>
   <si>
     <t>J5-JUC400</t>
   </si>
   <si>
-    <t>Android Mirror j5create JUC610, USB 2.0</t>
-[...5 lines deleted...]
-    <t>limited availability (up to 3)</t>
+    <t>j5create ULTRADRIVEMINIDOCK for Surface Pro 7</t>
+  </si>
+  <si>
+    <t>J5-JCD324</t>
   </si>
   <si>
     <t>j5create JDD320 ULTRADRIVEMINIDOCK for Surface Pro™ 4/5/6</t>
   </si>
   <si>
     <t>J5-JDD320B</t>
   </si>
   <si>
-    <t>j5create ULTRADRIVEMINIDOCK for Surface Pro 7</t>
-[...4 lines deleted...]
-  <si>
     <t>j5create USB-C to 4K 60 Hz HDMI Travel Dock for iPad Pro</t>
   </si>
   <si>
     <t>J5-JCD612</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Silicon Power Boost SU20 7-in-1 docking station</t>
   </si>
   <si>
     <t>SLP-SD-READER-DOCK7</t>
   </si>
   <si>
     <t>j5create ULTRADRIVE Kit USB-C™ Dual-Display Modular Dock</t>
   </si>
   <si>
     <t>J5-JCD387</t>
   </si>
   <si>
     <t>j5create 90W Built-in USB-C Travel Dock</t>
   </si>
   <si>
     <t>J5-JCDP392-EN</t>
   </si>
   <si>
     <t>Hama "Connect2Mobile V2" USB-C Hub, Multiport, 7 Ports</t>
   </si>
   <si>
     <t>HAMA-200143</t>
   </si>
   <si>
     <t>j5create USB-C Modular Multi-Adapter with 2 Kits</t>
   </si>
   <si>
     <t>J5-JCD375</t>
   </si>
   <si>
     <t>Delock USB Type-C™ Docking Station for Mobile Devices 4K - HDMI / Hub / SD / PD 2.0</t>
   </si>
   <si>
     <t>DELOCK-87743</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Delock Docking Station for MacBook Pro / MacBook Air Thunderbolt™ 4 with 5K Resolution / 100 W PD / 10 Gbps Hub / LAN / Audio</t>
   </si>
   <si>
     <t>DELOCK-87757</t>
   </si>
   <si>
+    <t>j5create 4K60 Elite USB-C 10Gbps Travel Dock</t>
+  </si>
+  <si>
+    <t>J5-JCD392</t>
+  </si>
+  <si>
+    <t>Delock Docking Station for MacBook Dual HDMI 4K / PD / Hub</t>
+  </si>
+  <si>
+    <t>DELOCK-87753</t>
+  </si>
+  <si>
+    <t>Delock USB 10 Gbps USB Type-C Docking Station, 4 x USB Type-C, USB Type-C PD 85 W</t>
+  </si>
+  <si>
+    <t>DELOCK-64235</t>
+  </si>
+  <si>
     <t>JCD381 USB Type-C Dual HDMI Mini Dock</t>
   </si>
   <si>
     <t>J5-JCD381</t>
   </si>
   <si>
     <t>Hama USB-C Docking Station with Removable Feet, 9 Ports</t>
   </si>
   <si>
     <t>HAMA-200103</t>
   </si>
   <si>
-    <t>j5create 4K60 Elite USB-C 10Gbps Travel Dock</t>
-[...8 lines deleted...]
-    <t>DELOCK-87753</t>
+    <t>j5create USB-C Multi Adapter (9 Functions in 1)</t>
+  </si>
+  <si>
+    <t>J5-JCD383</t>
+  </si>
+  <si>
+    <t>call</t>
   </si>
   <si>
     <t>4K60 Elite USB-C PD Multi-Port Adapter</t>
   </si>
   <si>
     <t>J5-JCD391</t>
   </si>
   <si>
-    <t>Delock USB 10 Gbps USB Type-C Docking Station, 4 x USB Type-C, USB Type-C PD 85 W</t>
-[...13 lines deleted...]
-  <si>
     <t>Hama "Connect2Office Basic V2" USB-C Docking Station, 9 in 1, 200145</t>
   </si>
   <si>
     <t>HAMA-200145</t>
   </si>
   <si>
+    <t>j5create USB4 Dual 4K Multi-Port Hub</t>
+  </si>
+  <si>
+    <t>J5-JCD401</t>
+  </si>
+  <si>
     <t>j5create 4K60 Elite USB-C 10Gbps Mini Dock</t>
   </si>
   <si>
     <t>J5-JCD393</t>
   </si>
   <si>
     <t>Delock USB Type-C Slim Docking Station 4K - HDMI, USB 3.2 Gen 1, LAN, SD, PD 3.0</t>
   </si>
   <si>
     <t>DELOCK-87895</t>
   </si>
   <si>
     <t>Delock M.2 Docking Station for 2 x M.2 SATA SSD with Clone function</t>
   </si>
   <si>
     <t>DELOCK-64178</t>
   </si>
   <si>
+    <t>Delock USB Type-C™ Docking Station for Mobile Devices 4K - HDMI / Hub / LAN / PD 3.0 with LED illumination</t>
+  </si>
+  <si>
+    <t>DELOCK-87742</t>
+  </si>
+  <si>
+    <t>j5create Multi-Angle 4K Docking Stand</t>
+  </si>
+  <si>
+    <t>J5-JTS327</t>
+  </si>
+  <si>
+    <t>j5create USB-C Dual HDMI Docking Station</t>
+  </si>
+  <si>
+    <t>J5-JCD542</t>
+  </si>
+  <si>
+    <t>4K60 Elite USB-C Triple-Monitor 10Gbps Mini Dock</t>
+  </si>
+  <si>
+    <t>J5-JCD397</t>
+  </si>
+  <si>
+    <t>j5create USB-C Triple Display Docking Station with 100W PD Adapter</t>
+  </si>
+  <si>
+    <t>J5-JCD543</t>
+  </si>
+  <si>
+    <t>j5create Multi-Angle Stand with Docking Station for iPad Pro</t>
+  </si>
+  <si>
+    <t>J5-JTS224</t>
+  </si>
+  <si>
     <t>j5create USB4 8K Multi-Port Hub</t>
   </si>
   <si>
     <t>J5-JCD403</t>
-  </si>
-[...46 lines deleted...]
-    <t>J5-JTS224</t>
   </si>
   <si>
     <t>Delock USB Type-C™ Docking Station with M.2 Slot - 4K HDMI / USB / LAN / PD 3.0</t>
   </si>
   <si>
     <t>DELOCK-87767</t>
   </si>
   <si>
     <t>Dell Pro 7-in-1 USB-C Travel Hub - DA310</t>
   </si>
   <si>
     <t>DELL-D3100</t>
   </si>
   <si>
     <t>Delock USB-C - Dual HDMI, USB 3.2, SD, LAN, PD3.0 Grey</t>
   </si>
   <si>
     <t>DELOCK-87004</t>
   </si>
   <si>
     <t>ATEN Docking 11-in-1 USB-C Multiport Dock + Power Pass-Through, 2 x HDMI, LAN, 3.5mm, USB-C, SD Card, microSD, 3 x USB 3.2</t>
   </si>
   <si>
     <t>ATEN-UH3240-AT</t>
   </si>
@@ -676,766 +670,752 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D51"/>
+  <dimension ref="A1:D50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>9.996</v>
+        <v>5.112</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>27.0</v>
+        <v>15.6</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>32.4</v>
+        <v>19.692</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>38.508</v>
+        <v>20.04</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>42.0</v>
+        <v>28.836</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>56.4</v>
+        <v>30.228</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>72.0</v>
+        <v>36.816</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9">
+        <v>39.108</v>
+      </c>
+      <c r="D9" t="s">
         <v>20</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>81.84</v>
+        <v>41.844</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>96.0</v>
+        <v>49.08</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>100.8</v>
+        <v>51.54</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>106.548</v>
+        <v>54.48</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>118.8</v>
+        <v>62.988</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>120.0</v>
+        <v>63.744</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>122.4</v>
+        <v>67.368</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>124.668</v>
+        <v>72.0</v>
       </c>
       <c r="D19" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>129.6</v>
+        <v>72.3</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>131.772</v>
+        <v>73.38</v>
       </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>143.532</v>
+        <v>74.316</v>
       </c>
       <c r="D22" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>150.096</v>
+        <v>76.74</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>159.492</v>
+        <v>80.232</v>
       </c>
       <c r="D24" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>159.66</v>
+        <v>81.552</v>
       </c>
       <c r="D25" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>162.66</v>
+        <v>81.636</v>
       </c>
       <c r="D26" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>163.2</v>
+        <v>83.172</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>172.8</v>
+        <v>88.356</v>
       </c>
       <c r="D28" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>176.028</v>
+        <v>90.0</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>176.028</v>
+        <v>90.0</v>
       </c>
       <c r="D30" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>189.084</v>
+        <v>96.672</v>
       </c>
       <c r="D31" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>190.8</v>
+        <v>98.988</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>192.048</v>
+        <v>98.988</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>193.608</v>
+        <v>98.988</v>
       </c>
       <c r="D34" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>193.608</v>
+        <v>102.54</v>
       </c>
       <c r="D35" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>200.556</v>
+        <v>103.692</v>
       </c>
       <c r="D36" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>202.8</v>
+        <v>109.02</v>
       </c>
       <c r="D37" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>213.216</v>
+        <v>111.6</v>
       </c>
       <c r="D38" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>218.268</v>
+        <v>120.756</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>236.184</v>
+        <v>126.0</v>
       </c>
       <c r="D40" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>246.432</v>
+        <v>132.648</v>
       </c>
       <c r="D41" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>259.428</v>
+        <v>134.376</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>262.824</v>
+        <v>134.988</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>264.024</v>
+        <v>138.048</v>
       </c>
       <c r="D44" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>68</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>270.0</v>
+        <v>152.616</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>298.5</v>
+        <v>159.528</v>
       </c>
       <c r="D46" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>312.0</v>
+        <v>169.392</v>
       </c>
       <c r="D47" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>331.308</v>
+        <v>188.928</v>
       </c>
       <c r="D48" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>369.504</v>
+        <v>315.408</v>
       </c>
       <c r="D49" t="s">
-        <v>32</v>
-[...13 lines deleted...]
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D51"/>
+  <autoFilter ref="A1:D50"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>