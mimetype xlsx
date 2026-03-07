--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,227 +7,242 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$50</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$53</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Delock Webcam Cover for Laptop, Tablet and Smartphone 3 pack</t>
   </si>
   <si>
     <t>DELOCK-20652</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Cooler for NUC/BRIX Delta BSB05505HP-SM</t>
   </si>
   <si>
     <t>DELTA-BSB05505HP</t>
   </si>
   <si>
+    <t>Wormhole Switch - Windows &amp; Mac j5create JUC400</t>
+  </si>
+  <si>
+    <t>J5-JUC400</t>
+  </si>
+  <si>
     <t>Android Mirror j5create JUC610, USB 2.0</t>
   </si>
   <si>
     <t>J5-JUC610</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Wormhole Switch - Windows &amp; Mac j5create JUC400</t>
-[...2 lines deleted...]
-    <t>J5-JUC400</t>
+    <t>ACT LED laptop lamp with adjustable brightness and clip, USB power supply</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8050</t>
   </si>
   <si>
     <t>j5create ULTRADRIVEMINIDOCK for Surface Pro 7</t>
   </si>
   <si>
     <t>J5-JCD324</t>
   </si>
   <si>
     <t>j5create JDD320 ULTRADRIVEMINIDOCK for Surface Pro™ 4/5/6</t>
   </si>
   <si>
     <t>J5-JDD320B</t>
   </si>
   <si>
-    <t>j5create USB-C to 4K 60 Hz HDMI Travel Dock for iPad Pro</t>
-[...2 lines deleted...]
-    <t>J5-JCD612</t>
+    <t>Silicon Power Boost SU20 7-in-1 docking station</t>
+  </si>
+  <si>
+    <t>SLP-SD-READER-DOCK7</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Silicon Power Boost SU20 7-in-1 docking station</t>
-[...4 lines deleted...]
-  <si>
     <t>j5create ULTRADRIVE Kit USB-C™ Dual-Display Modular Dock</t>
   </si>
   <si>
     <t>J5-JCD387</t>
   </si>
   <si>
     <t>j5create 90W Built-in USB-C Travel Dock</t>
   </si>
   <si>
     <t>J5-JCDP392-EN</t>
   </si>
   <si>
     <t>Hama "Connect2Mobile V2" USB-C Hub, Multiport, 7 Ports</t>
   </si>
   <si>
     <t>HAMA-200143</t>
   </si>
   <si>
+    <t>ACT Dimmable Monitor LED Light Bar, USB powered</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8055</t>
+  </si>
+  <si>
     <t>j5create USB-C Modular Multi-Adapter with 2 Kits</t>
   </si>
   <si>
     <t>J5-JCD375</t>
   </si>
   <si>
     <t>Delock USB Type-C™ Docking Station for Mobile Devices 4K - HDMI / Hub / SD / PD 2.0</t>
   </si>
   <si>
     <t>DELOCK-87743</t>
   </si>
   <si>
     <t>Delock Docking Station for MacBook Pro / MacBook Air Thunderbolt™ 4 with 5K Resolution / 100 W PD / 10 Gbps Hub / LAN / Audio</t>
   </si>
   <si>
     <t>DELOCK-87757</t>
   </si>
   <si>
     <t>j5create 4K60 Elite USB-C 10Gbps Travel Dock</t>
   </si>
   <si>
     <t>J5-JCD392</t>
   </si>
   <si>
     <t>Delock Docking Station for MacBook Dual HDMI 4K / PD / Hub</t>
   </si>
   <si>
     <t>DELOCK-87753</t>
   </si>
   <si>
+    <t>4K60 Elite USB-C PD Multi-Port Adapter</t>
+  </si>
+  <si>
+    <t>J5-JCD391</t>
+  </si>
+  <si>
     <t>Delock USB 10 Gbps USB Type-C Docking Station, 4 x USB Type-C, USB Type-C PD 85 W</t>
   </si>
   <si>
     <t>DELOCK-64235</t>
   </si>
   <si>
     <t>JCD381 USB Type-C Dual HDMI Mini Dock</t>
   </si>
   <si>
     <t>J5-JCD381</t>
   </si>
   <si>
     <t>Hama USB-C Docking Station with Removable Feet, 9 Ports</t>
   </si>
   <si>
     <t>HAMA-200103</t>
   </si>
   <si>
     <t>j5create USB-C Multi Adapter (9 Functions in 1)</t>
   </si>
   <si>
     <t>J5-JCD383</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Hama "Connect2Office Basic V2" USB-C Docking Station, 9 in 1, 200145</t>
+  </si>
+  <si>
+    <t>HAMA-200145</t>
+  </si>
+  <si>
+    <t>Docking station ASUS DC201 Dual 4K - USB-C</t>
+  </si>
+  <si>
+    <t>ASUS-P-DC201-DOCK</t>
+  </si>
+  <si>
+    <t>j5create USB4 Dual 4K Multi-Port Hub</t>
+  </si>
+  <si>
+    <t>J5-JCD401</t>
+  </si>
+  <si>
+    <t>j5create 4K60 Elite USB-C 10Gbps Mini Dock</t>
+  </si>
+  <si>
+    <t>J5-JCD393</t>
+  </si>
+  <si>
     <t>call</t>
   </si>
   <si>
-    <t>4K60 Elite USB-C PD Multi-Port Adapter</t>
-[...22 lines deleted...]
-  <si>
     <t>Delock USB Type-C Slim Docking Station 4K - HDMI, USB 3.2 Gen 1, LAN, SD, PD 3.0</t>
   </si>
   <si>
     <t>DELOCK-87895</t>
   </si>
   <si>
     <t>Delock M.2 Docking Station for 2 x M.2 SATA SSD with Clone function</t>
   </si>
   <si>
     <t>DELOCK-64178</t>
   </si>
   <si>
     <t>Delock USB Type-C™ Docking Station for Mobile Devices 4K - HDMI / Hub / LAN / PD 3.0 with LED illumination</t>
   </si>
   <si>
     <t>DELOCK-87742</t>
   </si>
   <si>
     <t>j5create Multi-Angle 4K Docking Stand</t>
   </si>
   <si>
     <t>J5-JTS327</t>
   </si>
   <si>
     <t>j5create USB-C Dual HDMI Docking Station</t>
@@ -299,50 +314,56 @@
     <t>j5create M.2 NVMe USB-C® Gen 2 Docking Station</t>
   </si>
   <si>
     <t>J5-JCD552</t>
   </si>
   <si>
     <t>Hama "Connect2Office Stand" USB-C Docking Station</t>
   </si>
   <si>
     <t>HAMA-200139</t>
   </si>
   <si>
     <t>JCT425 Multi-Function Monitor Stand USB Type-C™, 4K HDMI™ &amp; 6-Port USB™ HUB with Power Delivery</t>
   </si>
   <si>
     <t>J5-JCT425</t>
   </si>
   <si>
     <t>Hama "Connect2Office Speed" USB4 Docking Station, USB-C, PD, 40 Gbit/s, 10 Ports</t>
   </si>
   <si>
     <t>HAMA-200200</t>
   </si>
   <si>
     <t>J5-JCD543P</t>
+  </si>
+  <si>
+    <t>Docking station ASUS DC300 Triple Display USB-C</t>
+  </si>
+  <si>
+    <t>ASUS-P-DC300-DOCK</t>
   </si>
   <si>
     <t>Delock USB Docking Station Dual HDMI Full-HD / USB 3.2 / LAN / Audio</t>
   </si>
   <si>
     <t>DELOCK-87771</t>
   </si>
   <si>
     <t>ATEN USB-C Multiport Dock with Power Pass-Through</t>
   </si>
   <si>
     <t>ATEN-UH3237-AT</t>
   </si>
   <si>
     <t>Delock Docking Station for 1 x M.2 NVMe SSD + 1 x M.2 SATA SSD with SD Express (SD 7.1) Card Reader and Clone Function</t>
   </si>
   <si>
     <t>DELOCK-64138</t>
   </si>
   <si>
     <t>8K Thunderbolt 4 Docking Station</t>
   </si>
   <si>
     <t>J5-JTD562</t>
   </si>
@@ -670,60 +691,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D50"/>
+  <dimension ref="A1:D53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -734,688 +755,730 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>15.6</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>19.692</v>
+        <v>17.364</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>19.692</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>28.836</v>
+        <v>28.62</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>30.228</v>
+        <v>28.836</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>36.816</v>
+        <v>30.228</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9">
+        <v>39.312</v>
+      </c>
+      <c r="D9" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>39.876</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>39.876</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>41.844</v>
+        <v>41.772</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>49.08</v>
+        <v>43.74</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>51.54</v>
+        <v>49.08</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>54.48</v>
+        <v>51.54</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>62.988</v>
+        <v>54.48</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>63.744</v>
+        <v>62.988</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>67.368</v>
+        <v>63.744</v>
       </c>
       <c r="D18" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>72.0</v>
+        <v>64.404</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>72.3</v>
+        <v>67.368</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>73.38</v>
+        <v>72.0</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>74.316</v>
+        <v>72.3</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23">
+        <v>73.38</v>
+      </c>
+      <c r="D23" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>80.232</v>
+        <v>76.74</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>81.552</v>
+        <v>78.996</v>
       </c>
       <c r="D25" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>81.636</v>
+        <v>80.232</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>83.172</v>
+        <v>81.552</v>
       </c>
       <c r="D27" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28">
-        <v>88.356</v>
+        <v>81.636</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29">
-        <v>90.0</v>
+        <v>83.172</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30">
-        <v>90.0</v>
+        <v>88.356</v>
       </c>
       <c r="D30" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31">
-        <v>96.672</v>
+        <v>90.0</v>
       </c>
       <c r="D31" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32">
-        <v>98.988</v>
+        <v>90.0</v>
       </c>
       <c r="D32" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C33">
-        <v>98.988</v>
+        <v>96.672</v>
       </c>
       <c r="D33" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34">
         <v>98.988</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B35" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C35">
-        <v>102.54</v>
+        <v>98.988</v>
       </c>
       <c r="D35" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B36" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C36">
-        <v>103.692</v>
+        <v>98.988</v>
       </c>
       <c r="D36" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B37" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C37">
-        <v>109.02</v>
+        <v>102.54</v>
       </c>
       <c r="D37" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B38" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C38">
-        <v>111.6</v>
+        <v>103.692</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C39">
-        <v>120.756</v>
+        <v>109.02</v>
       </c>
       <c r="D39" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B40" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C40">
-        <v>126.0</v>
+        <v>111.6</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B41" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C41">
-        <v>132.648</v>
+        <v>120.756</v>
       </c>
       <c r="D41" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C42">
-        <v>134.376</v>
+        <v>126.0</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B43" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C43">
-        <v>134.988</v>
+        <v>132.648</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>60</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B44" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C44">
-        <v>138.048</v>
+        <v>134.376</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C45">
-        <v>152.616</v>
+        <v>134.988</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C46">
-        <v>159.528</v>
+        <v>138.048</v>
       </c>
       <c r="D46" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>169.392</v>
+        <v>141.72</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>188.928</v>
+        <v>148.992</v>
       </c>
       <c r="D48" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
+        <v>159.528</v>
+      </c>
+      <c r="D49" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" t="s">
+        <v>105</v>
+      </c>
+      <c r="C50">
+        <v>169.392</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" t="s">
+        <v>107</v>
+      </c>
+      <c r="C51">
+        <v>188.928</v>
+      </c>
+      <c r="D51" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" t="s">
+        <v>109</v>
+      </c>
+      <c r="C52">
         <v>315.408</v>
       </c>
-      <c r="D49" t="s">
-        <v>47</v>
+      <c r="D52" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D50"/>
+  <autoFilter ref="A1:D53"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>