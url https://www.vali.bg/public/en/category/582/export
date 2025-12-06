--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$15</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Xavax Oven Bulb, 25 W, Heat-resistant to 300°, E14, 111443</t>
   </si>
   <si>
     <t>HAMA-111443</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Xavax LED Bulb, E27, 806 lm Replaces 60W, 2 Pcs, 112929</t>
   </si>
   <si>
@@ -73,84 +73,90 @@
   <si>
     <t>LED Refrigerators/Extractor Hoods Bulb, E14, HAMA-112827</t>
   </si>
   <si>
     <t>HAMA-112827</t>
   </si>
   <si>
     <t xml:space="preserve">LED Refrigerator Bulb, E14, HAMA-112895 </t>
   </si>
   <si>
     <t>HAMA-112895</t>
   </si>
   <si>
     <t>Xavax LED Bulb, E27, 1521 lm Replaces 100W, Incand. Bulb, 2 Pcs, 112900</t>
   </si>
   <si>
     <t>HAMA-112900</t>
   </si>
   <si>
     <t>DELTACO SMART HOME LED light, E27, WiFI 2.4GHz, 9W, 810lm, dimmable, 2700K-6500K, 220-240V, white</t>
   </si>
   <si>
     <t>DELT-SH-LE27W</t>
   </si>
   <si>
+    <t>Hama Smart WLAN LED Lamp, E27, Matter, 9W, RGBW, 176640</t>
+  </si>
+  <si>
+    <t>HAMA-176640</t>
+  </si>
+  <si>
+    <t>TP LINK TAPO L530E Smart bulb RGB 8.7W 806LM</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-L530E</t>
+  </si>
+  <si>
+    <t>Hama Smart WLAN LED Lamp, E14, Matter, 4.9W, RGBW, 176641</t>
+  </si>
+  <si>
+    <t>HAMA-176641</t>
+  </si>
+  <si>
     <t>DELTACO SMART HOME RGB LED lamp, E27, WiFI 2.4GHz, 9W, 810lm, dimmable, 16m colors, 220-240V, white</t>
   </si>
   <si>
-    <t>DELT-SH-LE27RGB</t>
+    <t>DELT-SH-LE27RGB-3P</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>DELT-SH-LE27RGB-3P</t>
-[...1 lines deleted...]
-  <si>
     <t>Hama Smart WLAN LED Lamp, GU10, Matter, 4.9W, RGBW, for Voice / App Control</t>
   </si>
   <si>
     <t>HAMA-176642</t>
   </si>
   <si>
-    <t>Hama Smart WLAN LED Lamp, E27, Matter, 9W, RGBW, 176640</t>
-[...10 lines deleted...]
-  <si>
     <t>Hama WLAN LED Lamp, E27, 8,5W, RGBW, 3 Pcs, 176635</t>
   </si>
   <si>
     <t>HAMA-176635</t>
+  </si>
+  <si>
+    <t>not available</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -463,51 +469,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -518,51 +524,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>6.96</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>7.2</v>
+        <v>7.296</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>7.308</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
@@ -588,124 +594,124 @@
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
         <v>11.94</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>24.144</v>
+        <v>15.6</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11">
-        <v>28.932</v>
+        <v>24.648</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
-        <v>28.992</v>
+        <v>27.0</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C13">
-        <v>28.992</v>
+        <v>28.932</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C14">
-        <v>47.244</v>
+        <v>39.6</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D15"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>