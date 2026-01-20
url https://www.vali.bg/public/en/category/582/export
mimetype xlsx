--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -37,117 +37,117 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Xavax Oven Bulb, 25 W, Heat-resistant to 300°, E14, 111443</t>
   </si>
   <si>
     <t>HAMA-111443</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>LED Refrigerators/Extractor Hoods Bulb, E14, HAMA-112827</t>
+  </si>
+  <si>
+    <t>HAMA-112827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LED Refrigerator Bulb, E14, HAMA-112895 </t>
+  </si>
+  <si>
+    <t>HAMA-112895</t>
+  </si>
+  <si>
     <t>Xavax LED Bulb, E27, 806 lm Replaces 60W, 2 Pcs, 112929</t>
   </si>
   <si>
     <t>HAMA-112929</t>
   </si>
   <si>
     <t>LED bulb, E14, 250 lm, Xavax-111449</t>
   </si>
   <si>
     <t>HAMA-111449</t>
   </si>
   <si>
-    <t>LED Refrigerators/Extractor Hoods Bulb, E14, HAMA-112827</t>
-[...10 lines deleted...]
-  <si>
     <t>Xavax LED Bulb, E27, 1521 lm Replaces 100W, Incand. Bulb, 2 Pcs, 112900</t>
   </si>
   <si>
     <t>HAMA-112900</t>
   </si>
   <si>
     <t>DELTACO SMART HOME LED light, E27, WiFI 2.4GHz, 9W, 810lm, dimmable, 2700K-6500K, 220-240V, white</t>
   </si>
   <si>
     <t>DELT-SH-LE27W</t>
   </si>
   <si>
+    <t>TP LINK TAPO L530E Smart bulb RGB 8.7W 806LM</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-L530E</t>
+  </si>
+  <si>
+    <t>Hama Smart WLAN LED Lamp, GU10, Matter, 4.9W, RGBW, for Voice / App Control</t>
+  </si>
+  <si>
+    <t>HAMA-176642</t>
+  </si>
+  <si>
     <t>Hama Smart WLAN LED Lamp, E27, Matter, 9W, RGBW, 176640</t>
   </si>
   <si>
     <t>HAMA-176640</t>
   </si>
   <si>
-    <t>TP LINK TAPO L530E Smart bulb RGB 8.7W 806LM</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Smart WLAN LED Lamp, E14, Matter, 4.9W, RGBW, 176641</t>
   </si>
   <si>
     <t>HAMA-176641</t>
   </si>
   <si>
     <t>DELTACO SMART HOME RGB LED lamp, E27, WiFI 2.4GHz, 9W, 810lm, dimmable, 16m colors, 220-240V, white</t>
   </si>
   <si>
     <t>DELT-SH-LE27RGB-3P</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-176642</t>
   </si>
   <si>
     <t>Hama WLAN LED Lamp, E27, 8,5W, RGBW, 3 Pcs, 176635</t>
   </si>
   <si>
     <t>HAMA-176635</t>
   </si>
   <si>
     <t>not available</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -496,219 +496,219 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>5.292</v>
+        <v>2.712</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>6.96</v>
+        <v>3.732</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>7.296</v>
+        <v>3.9</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>7.308</v>
+        <v>4.296</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>7.656</v>
+        <v>4.392</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>9.852</v>
+        <v>5.04</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>11.94</v>
+        <v>5.832</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>15.6</v>
+        <v>12.276</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
-        <v>24.0</v>
+        <v>14.796</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11">
-        <v>24.648</v>
+        <v>14.82</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
-        <v>27.0</v>
+        <v>14.82</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" t="s">
         <v>28</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13">
+        <v>20.856</v>
+      </c>
+      <c r="D13" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>39.6</v>
+        <v>24.156</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D15"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>