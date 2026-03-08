--- v2 (2026-01-20)
+++ v3 (2026-03-08)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$15</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$13</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Xavax Oven Bulb, 25 W, Heat-resistant to 300°, E14, 111443</t>
   </si>
   <si>
     <t>HAMA-111443</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>LED Refrigerators/Extractor Hoods Bulb, E14, HAMA-112827</t>
   </si>
   <si>
@@ -73,90 +73,75 @@
   <si>
     <t>Xavax LED Bulb, E27, 806 lm Replaces 60W, 2 Pcs, 112929</t>
   </si>
   <si>
     <t>HAMA-112929</t>
   </si>
   <si>
     <t>LED bulb, E14, 250 lm, Xavax-111449</t>
   </si>
   <si>
     <t>HAMA-111449</t>
   </si>
   <si>
     <t>Xavax LED Bulb, E27, 1521 lm Replaces 100W, Incand. Bulb, 2 Pcs, 112900</t>
   </si>
   <si>
     <t>HAMA-112900</t>
   </si>
   <si>
     <t>DELTACO SMART HOME LED light, E27, WiFI 2.4GHz, 9W, 810lm, dimmable, 2700K-6500K, 220-240V, white</t>
   </si>
   <si>
     <t>DELT-SH-LE27W</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>TP LINK TAPO L530E Smart bulb RGB 8.7W 806LM</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-L530E</t>
   </si>
   <si>
     <t>Hama Smart WLAN LED Lamp, GU10, Matter, 4.9W, RGBW, for Voice / App Control</t>
   </si>
   <si>
     <t>HAMA-176642</t>
   </si>
   <si>
     <t>Hama Smart WLAN LED Lamp, E27, Matter, 9W, RGBW, 176640</t>
   </si>
   <si>
     <t>HAMA-176640</t>
   </si>
   <si>
     <t>Hama Smart WLAN LED Lamp, E14, Matter, 4.9W, RGBW, 176641</t>
   </si>
   <si>
     <t>HAMA-176641</t>
-  </si>
-[...16 lines deleted...]
-    <t>not available</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -460,59 +445,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -583,139 +568,111 @@
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
         <v>5.04</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
         <v>5.832</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
         <v>12.276</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10">
         <v>14.796</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C11">
         <v>14.82</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C12">
         <v>14.82</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="13" spans="1:4">
-[...26 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D15"/>
+  <autoFilter ref="A1:D13"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>