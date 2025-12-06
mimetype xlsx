--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -14,92 +14,95 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$33</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Mobile battery for  NOKIA BLC-2  3310, 3315, 3330, 3350 3,7V 1350mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-NKC2MH</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Battery for NOKIA 301, 3120 Classic, 5530 XpressMusi BL-4U LIIon   3,7V 1200mAh  Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-NK4UXL</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Mobile battery for  NOKIA 6100, 6200, 107, 108  BL-4C  LiIon 3,7V 900mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-NK4CHL</t>
+  </si>
+  <si>
+    <t>Mobile battery DORO Easy 5 Plus, PhoneEasy 332, Primo 215, Primo 405 LiIon 3,7V 1200mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEP215SL</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...19 lines deleted...]
-    <t>CS-DEP215SL</t>
   </si>
   <si>
     <t>Mobile battery DORO 6821,  6881, 1370, 6060  380147 LiIon 3,7V 1200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP240SL</t>
   </si>
   <si>
     <t>Mobile battery  DORO 1350, 1361, 6520, 6530, Primo 805  DBP-800B  LiIon 3,7V 900mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP401SL</t>
   </si>
   <si>
     <t>Mobile battery  DORO Primo 406, Primo 413, Primo 414 RCB01P01  LiIon 3,7V 1200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP413SL</t>
   </si>
   <si>
     <t>Mobile battery  DORO 7030, 7031, 7080, DFC-0270  DBX-1350A LiIon 3,7V 1200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP703SL</t>
   </si>
@@ -646,429 +649,429 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>25.2</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>25.2</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>25.2</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>25.2</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>25.2</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>25.2</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>25.2</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>25.2</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>25.2</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>25.2</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>25.2</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>25.2</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>25.2</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>27.6</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>30.0</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>30.0</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>30.0</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
         <v>31.2</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
         <v>33.6</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
         <v>36.0</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
         <v>36.0</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
         <v>38.4</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
         <v>42.0</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
         <v>42.0</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
         <v>42.0</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
         <v>42.0</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C30">
         <v>42.0</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C31">
         <v>42.0</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C32">
         <v>48.0</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D33"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>