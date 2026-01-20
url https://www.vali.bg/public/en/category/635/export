--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -14,95 +14,92 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$33</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Mobile battery for  NOKIA BLC-2  3310, 3315, 3330, 3350 3,7V 1350mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-NKC2MH</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Battery for NOKIA 301, 3120 Classic, 5530 XpressMusi BL-4U LIIon   3,7V 1200mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-NK4UXL</t>
   </si>
   <si>
-    <t>on route</t>
+    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Mobile battery for  NOKIA 6100, 6200, 107, 108  BL-4C  LiIon 3,7V 900mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-NK4CHL</t>
   </si>
   <si>
     <t>Mobile battery DORO Easy 5 Plus, PhoneEasy 332, Primo 215, Primo 405 LiIon 3,7V 1200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP215SL</t>
-  </si>
-[...1 lines deleted...]
-    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Mobile battery DORO 6821,  6881, 1370, 6060  380147 LiIon 3,7V 1200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP240SL</t>
   </si>
   <si>
     <t>Mobile battery  DORO 1350, 1361, 6520, 6530, Primo 805  DBP-800B  LiIon 3,7V 900mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP401SL</t>
   </si>
   <si>
     <t>Mobile battery  DORO Primo 406, Primo 413, Primo 414 RCB01P01  LiIon 3,7V 1200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP413SL</t>
   </si>
   <si>
     <t>Mobile battery  DORO 7030, 7031, 7080, DFC-0270  DBX-1350A LiIon 3,7V 1200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP703SL</t>
   </si>
@@ -604,474 +601,474 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>24.0</v>
+        <v>12.276</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>25.2</v>
+        <v>12.888</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>27.6</v>
+        <v>14.112</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>31.2</v>
+        <v>15.948</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>33.6</v>
+        <v>17.184</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>38.4</v>
+        <v>19.632</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" t="s">
         <v>59</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D28" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>61</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
         <v>63</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" t="s">
         <v>65</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D31" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
         <v>67</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>48.0</v>
+        <v>24.54</v>
       </c>
       <c r="D32" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D33"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>