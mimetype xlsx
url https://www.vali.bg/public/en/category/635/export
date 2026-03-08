--- v2 (2026-01-20)
+++ v3 (2026-03-08)
@@ -7,89 +7,89 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$33</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Mobile battery for  NOKIA BLC-2  3310, 3315, 3330, 3350 3,7V 1350mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-NKC2MH</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Battery for NOKIA 301, 3120 Classic, 5530 XpressMusi BL-4U LIIon   3,7V 1200mAh  Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-NK4UXL</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Battery for NOKIA 301, 3120 Classic, 5530 XpressMusi BL-4U LIIon   3,7V 1200mAh  Cameron Sino</t>
-[...7 lines deleted...]
-  <si>
     <t>Mobile battery for  NOKIA 6100, 6200, 107, 108  BL-4C  LiIon 3,7V 900mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-NK4CHL</t>
   </si>
   <si>
     <t>Mobile battery DORO Easy 5 Plus, PhoneEasy 332, Primo 215, Primo 405 LiIon 3,7V 1200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP215SL</t>
   </si>
   <si>
     <t>Mobile battery DORO 6821,  6881, 1370, 6060  380147 LiIon 3,7V 1200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP240SL</t>
   </si>
   <si>
     <t>Mobile battery  DORO 1350, 1361, 6520, 6530, Primo 805  DBP-800B  LiIon 3,7V 900mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP401SL</t>
   </si>
   <si>
     <t>Mobile battery  DORO Primo 406, Primo 413, Primo 414 RCB01P01  LiIon 3,7V 1200mAh CAMERON SINO</t>
@@ -146,50 +146,56 @@
     <t>CS-PTU301SL</t>
   </si>
   <si>
     <t>Mobile battery  Sony Z800, G700, K800i, Z750 BST-33 LiIon  3,7V 900 mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-ERV800SL</t>
   </si>
   <si>
     <t>Mobile battery CAMERON SINO BL-5C, for Nokia 105 2700 3110 5130 6230 E50, 3.7V, 1200mAh</t>
   </si>
   <si>
     <t>CS-NK5CHL</t>
   </si>
   <si>
     <t>Mobile battery  EMPORIA Active Senior, EUPHORIA, Pure, V2, V50  LiIon 3,7V 1050mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-EAV250SL</t>
   </si>
   <si>
     <t>Mobile battery  Gigaset GL390, GL590 V30145-K1310-X470  LiIon 3,7V 800mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-GML590SL</t>
+  </si>
+  <si>
+    <t>Mobile battery NOKIA 8, N9; BV-4D 3,7V 1250mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-NK808SL</t>
   </si>
   <si>
     <t>Mobile battery   PHILIPS AB1720AWM, AB1790AWM, Xenium 9A9K LiIon 3,7V 1800mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-PHX500SL</t>
   </si>
   <si>
     <t>Mobile battery NOKIA 1260, 5110, 6110, 6210, 7100  BLS-2 / BLS-4  LiIon 3,7V 900mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-NK2NSL</t>
   </si>
   <si>
     <t>Mobile battery CAMERON SINO NOKIA BL-4AX BL-4XL  6300 4G 8000 4G 3,7V 1500mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-NKT630SL</t>
   </si>
   <si>
     <t>Mobile battery CAMERON SINO DORO 1360 1362  CS-DEP510SL 3,7V 900mAh LiIon CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP510SL</t>
   </si>
@@ -565,51 +571,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="130.825" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -632,447 +638,461 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>12.888</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>12.888</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>12.888</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>12.888</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>12.888</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>12.888</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>12.888</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>12.888</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>12.888</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>12.888</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>12.888</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>12.888</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>12.888</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>12.888</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>14.112</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>15.336</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>15.336</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
         <v>15.336</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>15.948</v>
+        <v>15.336</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>17.184</v>
+        <v>15.948</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>18.408</v>
+        <v>17.184</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>18.408</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
-        <v>19.632</v>
+        <v>18.408</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
-        <v>21.48</v>
+        <v>19.632</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
         <v>21.48</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
         <v>21.48</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
         <v>21.48</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30">
         <v>21.48</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
         <v>21.48</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>67</v>
       </c>
       <c r="C32">
+        <v>21.48</v>
+      </c>
+      <c r="D32" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
+        <v>69</v>
+      </c>
+      <c r="C33">
         <v>24.54</v>
       </c>
-      <c r="D32" t="s">
-        <v>9</v>
+      <c r="D33" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D33"/>
+  <autoFilter ref="A1:D34"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>