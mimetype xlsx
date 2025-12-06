--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,93 +7,102 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$7</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Flatscreen/vesa interface 481A21</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-VESA</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Mobile stand 481A31002</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-MOBILE</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Mobile stand 481A31002</t>
-[...4 lines deleted...]
-  <si>
     <t>Height adjustable mount, BalanceBox 400-70 Medium</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-70</t>
   </si>
   <si>
-    <t>not available</t>
+    <t>RISE 5200 Motorized Display Lift Trolley DirectControl</t>
+  </si>
+  <si>
+    <t>TRIUMPH-STAND-RISE5200</t>
+  </si>
+  <si>
+    <t>call</t>
   </si>
   <si>
     <t>BalanceBox Winx Touchscreen Whiteboard Frame</t>
   </si>
   <si>
     <t>BALANCE-BOX-650-WINX4B-75</t>
   </si>
   <si>
     <t>ask for price</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -406,136 +415,150 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>216.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>1140.0</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>1500.0</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>0.0</v>
+        <v>2698.992</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6">
+        <v>0.0</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D6"/>
+  <autoFilter ref="A1:D7"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>