--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -451,93 +451,93 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>216.0</v>
+        <v>110.436</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>1140.0</v>
+        <v>582.876</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>1500.0</v>
+        <v>766.932</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>2698.992</v>
+        <v>1379.976</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>0.0</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D7"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">