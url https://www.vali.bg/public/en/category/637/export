--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -14,80 +14,77 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$7</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Flatscreen/vesa interface 481A21</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-VESA</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Mobile stand 481A31002</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-MOBILE</t>
-  </si>
-[...1 lines deleted...]
-    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Height adjustable mount, BalanceBox 400-70 Medium</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-70</t>
   </si>
   <si>
     <t>RISE 5200 Motorized Display Lift Trolley DirectControl</t>
   </si>
   <si>
     <t>TRIUMPH-STAND-RISE5200</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>BalanceBox Winx Touchscreen Whiteboard Frame</t>
   </si>
   <si>
     <t>BALANCE-BOX-650-WINX4B-75</t>
   </si>
   <si>
     <t>ask for price</t>
   </si>
@@ -426,135 +423,135 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>110.436</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>582.876</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>766.932</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>1379.976</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>0.0</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D7"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>