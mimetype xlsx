--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$293</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$183</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Cable  ESTILLO E-Serial ATA (eSATA), 1m</t>
   </si>
   <si>
     <t>EST-SERIAL-CABLE-INT-1M</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Fan spliter Noctua 4 PIN 10cm PWM Y-Split</t>
   </si>
   <si>
@@ -82,131 +82,131 @@
   <si>
     <t>DELOCK-83954</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Delock Cable PCI Express power supply 8 pin to 2 x 5¼“ for graphics card</t>
   </si>
   <si>
     <t>DELOCK-82397</t>
   </si>
   <si>
     <t>Delock SATA 6 Gb/s Extension Cable 30 cm red</t>
   </si>
   <si>
     <t>DELOCK-83953</t>
   </si>
   <si>
     <t>Delock Cable SATA 6 Gb/s male straight &gt; SATA male straight 30 cm red metal</t>
   </si>
   <si>
     <t>DELOCK-82676</t>
   </si>
   <si>
+    <t>Delock Power Cable SATA 15 pin receptacle &gt; 4 pin floppy male 15 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-83918</t>
+  </si>
+  <si>
     <t>Delock Power Cable PCI Express 6 pin female &gt; PCI Express 8 pin male 20 cm</t>
   </si>
   <si>
     <t>DELOCK-83775</t>
   </si>
   <si>
-    <t>Delock Power Cable SATA 15 pin receptacle &gt; 4 pin floppy male 15 cm</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock SATA Cable, Serial-ATA III, 6 Gbit/s, Internal, 90°, 0.30 m</t>
   </si>
   <si>
     <t>DELOCK-82806</t>
   </si>
   <si>
     <t>Cable DeLock Molex 4 pin to SATA 15 pin, 12 cm</t>
   </si>
   <si>
     <t>DELOCK-60100</t>
   </si>
   <si>
     <t>Delock Cable Molex 3 pin female &gt; 2 x Molex 3 pin male (fan) 22 cm</t>
   </si>
   <si>
     <t>DELOCK-89343</t>
   </si>
   <si>
     <t>Cable DeLock Power Molex 4 pin male to SATA 15 pin female + P4 male, 15 cm</t>
   </si>
   <si>
     <t>DELOCK-60127</t>
   </si>
   <si>
     <t>Delock PCI Express power cable 6 pin female &gt; 2 x 8 pin male 30 cm</t>
   </si>
   <si>
     <t>DELOCK-83433</t>
   </si>
   <si>
     <t>Cable DeLock Power SATA 15pin to 2x 4pin Molex female, 20cm</t>
   </si>
   <si>
     <t>DELOCK-65159</t>
   </si>
   <si>
     <t>Cable DeLock Power Cable SATA 15 pin plug to 4 pin female, 12 cm</t>
   </si>
   <si>
     <t>DELOCK-60115</t>
   </si>
   <si>
+    <t>Delock Power cable 2 x 4 pin Molex male &gt; 8 pin EPS male 15 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-83410</t>
+  </si>
+  <si>
+    <t>Delock Cable Power SATA 15 pin male to Molex 4 pin female + SATA 15 pin female</t>
+  </si>
+  <si>
+    <t>DELOCK-65235</t>
+  </si>
+  <si>
+    <t>Cable DeLock Power SATA 15 pin to 6 pin PCI Express,  20 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-82924</t>
+  </si>
+  <si>
+    <t>Cable DeLock Power Cable SATA 15 pin female to 4 pin female, 20 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-60136</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Delock Power cable 2 x 4 pin Molex male &gt; 8 pin EPS male 15 cm</t>
-[...22 lines deleted...]
-  <si>
     <t>Hama SATA III Data Cable, internal, 0.45 m</t>
   </si>
   <si>
     <t>HAMA-200739</t>
   </si>
   <si>
     <t>Delock Extension cable P4 4 pin male &gt; P4 4 pin female 30 cm</t>
   </si>
   <si>
     <t>DELOCK-84954</t>
   </si>
   <si>
     <t>Cable DeLock Power Molex 4 Pin male to 2 x SATA 15 Pin 16 cm</t>
   </si>
   <si>
     <t>DELOCK-60102</t>
   </si>
   <si>
     <t>Delock DVI HDMI™ Adapter, DVI plug - HDMI™ socket, gold-plated</t>
   </si>
   <si>
     <t>DELOCK-65466</t>
   </si>
   <si>
     <t>Hama SATA Cable, Serial-ATA III, 6 Gbit/s, Internal, 90°, 0.60 m</t>
@@ -235,245 +235,239 @@
   <si>
     <t>Spliter DeLock Power 4 pin male to SATA 15 pin female + 4 pin female, 16.5 cm</t>
   </si>
   <si>
     <t>DELOCK-60103</t>
   </si>
   <si>
     <t>Cable DeLock Power SATA 15 pin to 2 x SATA HDD, 15 cm</t>
   </si>
   <si>
     <t>DELOCK-60105</t>
   </si>
   <si>
     <t>Cable ACT AK2315, 1.8 metre Serial 1:1 connection cable 9 pin RS232 female - 9 pin RS232 female</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2315</t>
   </si>
   <si>
     <t>Cable ACT 1.8 metres Serial 1:1 connection cable 9 pin RS232 male - 9 pin RS232 female</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2305</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Cable ACT AK2185 1.8 metres Serial 1:1 connection cable 9 pin RS232 male - 9 pin RS232 male</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2185</t>
   </si>
   <si>
     <t>Cable ACT AK2316, 3 metre Serial 1:1 connection cable 9 pin RS232 female - 9 pin RS232 female</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2316</t>
   </si>
   <si>
     <t>Delock DisplayPort 1.4 Adapter male to female 90° right angled 8K 60 Hz</t>
   </si>
   <si>
     <t>DELOCK-66297</t>
   </si>
   <si>
     <t>Adapter DeLock D-Sub 9 pin male &gt; D-Sub 9 pin female</t>
   </si>
   <si>
     <t>DELOCK-65255</t>
   </si>
   <si>
     <t>3 metre Serial 1:1 connection cable 9 pin D-sub male - 9 pin D-sub female</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2306</t>
   </si>
   <si>
-    <t>Cooler Master R4-ACCY-RGBS-R2, 1-to-3 RGB Splitter Cable</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock Cable Power SATA 15 pin plug &gt; 4 x SATA 15 pin receptacle 40 cm multicolour</t>
   </si>
   <si>
     <t>DELOCK-60141</t>
   </si>
   <si>
     <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 1 m</t>
   </si>
   <si>
     <t>DELOCK-80261</t>
   </si>
   <si>
     <t>Delock Cable Power Molex 4 pin plug &gt; 4 x SATA 15 pin receptacle 40 cm</t>
   </si>
   <si>
     <t>DELOCK-60142</t>
   </si>
   <si>
     <t>Delock Extension cable SATA 6 Gb/s 22 pin plug &gt; SATA 22 pin receptacle (5 V + 12 V) 30 cm</t>
   </si>
   <si>
     <t>DELOCK-83803</t>
   </si>
   <si>
     <t>Delock Adapter mini DisplayPort 1.2 female &gt; female Gender Changer</t>
   </si>
   <si>
     <t>DELOCK-65450</t>
   </si>
   <si>
     <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 2 m</t>
   </si>
   <si>
     <t>DELOCK-80262</t>
   </si>
   <si>
     <t>5 metre Serial 1:1 connection cable 9 pin D-sub male - 9 pin D-sub female</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2307</t>
   </si>
   <si>
     <t>Delock Adapter HDMI-A male &gt; VGA female with Audio, Black</t>
   </si>
   <si>
     <t>DELOCK-65901</t>
   </si>
   <si>
+    <t>Delock Adapter DisplayPort male &gt; DisplayPort female angled down</t>
+  </si>
+  <si>
+    <t>DELOCK-65382</t>
+  </si>
+  <si>
     <t>Delock DisplayPort 1.2 extension cable 4K 60 Hz 1 m</t>
   </si>
   <si>
     <t>DELOCK-80001</t>
   </si>
   <si>
     <t>Delock Extension cable DVI 24+1 male &gt; DVI 24+1 female 3 m black</t>
   </si>
   <si>
     <t>DELOCK-83191</t>
   </si>
   <si>
     <t>Delock Extension cable DVI 24+1 male &gt; DVI 24+1 female 5 m black</t>
   </si>
   <si>
     <t>DELOCK-83188</t>
   </si>
   <si>
-    <t>Delock Adapter DisplayPort male &gt; DisplayPort female angled down</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock FPC Flat Ribbon Cable USB Type-C to DisplayPort (DP Alt Mode) 4K 60 Hz 13.5 cm</t>
   </si>
   <si>
     <t>DELOCK-86731</t>
   </si>
   <si>
+    <t>Delock Cable DisplayPort 1.2 male &gt; DisplayPort male 4K 60 Hz 1.5 m</t>
+  </si>
+  <si>
+    <t>DELOCK-85509</t>
+  </si>
+  <si>
+    <t>PS/2 to USB Adapter (90cm)</t>
+  </si>
+  <si>
+    <t>ATEN-UC10KM-AT</t>
+  </si>
+  <si>
+    <t>Cable ACT AK2309, 10m Serial 1:1 connection 9 pin D-sub male - 9 pin D-sub female</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK2309</t>
+  </si>
+  <si>
+    <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 3 m</t>
+  </si>
+  <si>
+    <t>DELOCK-80263</t>
+  </si>
+  <si>
+    <t>Cable ACT AK3991, DisplayPort male - HDMI-A male, 3 m, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK3991</t>
+  </si>
+  <si>
+    <t>ACT Cable Display port 2.1 male-male, 8K@60Hz, 4k@240Hz, 1m, black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK4081</t>
+  </si>
+  <si>
+    <t>USB to Serial Converter (Basic version)</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC6000</t>
+  </si>
+  <si>
+    <t>Delock DisplayPort cable 8K 60 Hz 2 m DP 8K certified</t>
+  </si>
+  <si>
+    <t>DELOCK-85660</t>
+  </si>
+  <si>
+    <t>DELOCK-80265</t>
+  </si>
+  <si>
+    <t>Delock Coiled Cable RJ50 male to D-Sub 9 female 1.5 m black</t>
+  </si>
+  <si>
+    <t>DELOCK-87996</t>
+  </si>
+  <si>
+    <t>Delock Cable DisplayPort 1.2 male &gt; DVI 24+1 male passive 2 m black</t>
+  </si>
+  <si>
+    <t>DELOCK-82591</t>
+  </si>
+  <si>
+    <t>j5create 4K DisplayPort Cable</t>
+  </si>
+  <si>
+    <t>J5-JDC42</t>
+  </si>
+  <si>
+    <t>DELOCK-80266</t>
+  </si>
+  <si>
     <t>JDA154 DisplayPort to HDMI Adapter</t>
   </si>
   <si>
     <t>J5-JDA154</t>
   </si>
   <si>
-    <t>on route</t>
-[...73 lines deleted...]
-  <si>
     <t>Converter ATEN UC232A1, USB to RS-232, 1.0 m cable</t>
   </si>
   <si>
     <t>ATEN-UC232A1-AT</t>
   </si>
   <si>
     <t>Delock Mini DisplayPort to DisplayPort cable 8K 60 Hz 2 m DP 8K certified</t>
   </si>
   <si>
     <t>DELOCK-84928</t>
   </si>
   <si>
     <t>Delock 63482 DisplayPort Adapter for DVI, Ultra HD</t>
   </si>
   <si>
     <t>DELOCK-63482</t>
   </si>
   <si>
     <t>Adapter ACT AC6002, USB-C to Serial, 1.5 m</t>
   </si>
   <si>
     <t>EWENT-ACT-AC6002</t>
   </si>
   <si>
     <t>Delock USB 2.0 to serial RS-232 adapter D-Sub 9 female with compact connector housing 50 cm FTDI</t>
@@ -493,83 +487,89 @@
   <si>
     <t>EWENT-ACT-CAB-AK3992</t>
   </si>
   <si>
     <t>Cable ACT AK3632, DVI-D Plug - DVI-D Plug, 5 m, White</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK3632</t>
   </si>
   <si>
     <t>ACT Cable Display port 2.1 male-male, 8K@60Hz, 4k@240Hz, 2m, black</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK4082</t>
   </si>
   <si>
     <t>DELOCK-80267</t>
   </si>
   <si>
     <t>USB-C to VGA Adapter</t>
   </si>
   <si>
     <t>ATEN-UC3002A-AT</t>
   </si>
   <si>
+    <t>call</t>
+  </si>
+  <si>
     <t>JDA159 mini DisplayPort to 4K HDMI Adapter</t>
   </si>
   <si>
     <t>J5-JDA159</t>
   </si>
   <si>
     <t>Cable Delock HDMI to DisplayPort cable 4K 30 Hz 2 m, Black</t>
   </si>
   <si>
     <t>DELOCK-85964</t>
   </si>
   <si>
     <t>j5create DisplayPort to 4K HDMI Active Adapter</t>
   </si>
   <si>
     <t>J5-JDA158</t>
   </si>
   <si>
     <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 5 m</t>
   </si>
   <si>
     <t>DELOCK-80268</t>
   </si>
   <si>
+    <t>Cable ACT AK3634, DVI-D Plug - DVI-D Plug, 10 m, White</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK3634</t>
+  </si>
+  <si>
     <t>j5create 8K DisplayPort Cable</t>
   </si>
   <si>
     <t>J5-JDC43</t>
   </si>
   <si>
-    <t>call</t>
-[...1 lines deleted...]
-  <si>
     <t>USB To Serial Converter High Performance</t>
   </si>
   <si>
     <t>EWENT-EM1016</t>
   </si>
   <si>
     <t>Delock Cable Mini SAS SFF-8087 &gt; 4 x SATA 7 pin 0.5 m</t>
   </si>
   <si>
     <t>DELOCK-83057</t>
   </si>
   <si>
     <t>Delock Adapter USB 2.0 Type-A to 1 x Serial RS-232 D-Sub 9 pin</t>
   </si>
   <si>
     <t>DELOCK-62646</t>
   </si>
   <si>
     <t>Delock FPC Flat Ribbon Cable USB Type-C to HDMI (DP Alt Mode) 4K 60 Hz 14 cm</t>
   </si>
   <si>
     <t>DELOCK-86933</t>
   </si>
   <si>
     <t>Cable j5create JCC153G, USB-C Plug - HDMI Plug, White</t>
@@ -580,219 +580,189 @@
   <si>
     <t>ACT USB-C to HDMI 4K Adapter</t>
   </si>
   <si>
     <t>EWENT-ACT-AC7022</t>
   </si>
   <si>
     <t>Hama Video Recording Stick, USB Plug - HDMI™ Socket, 4K</t>
   </si>
   <si>
     <t>HAMA-74257</t>
   </si>
   <si>
     <t>2.7M USB-C to 4K HDMI Converter</t>
   </si>
   <si>
     <t>ATEN-UC3238-AT</t>
   </si>
   <si>
     <t>Delock Cable USB Type-C™ male &gt; DisplayPort male (DP Alt Mode) 4K 60 Hz 2 m black</t>
   </si>
   <si>
     <t>DELOCK-85256</t>
   </si>
   <si>
+    <t>j5create Android USB to HDMI Display Adapter</t>
+  </si>
+  <si>
+    <t>J5-JUA165C</t>
+  </si>
+  <si>
     <t>Delock Active USB Type-C to HDMI Cable (DP Alt Mode) 4K 60 Hz 1 m</t>
   </si>
   <si>
     <t>DELOCK-85969</t>
   </si>
   <si>
     <t>RS-232/RS-485 Interface Converter</t>
   </si>
   <si>
     <t>ATEN-IC485S-AT-G</t>
   </si>
   <si>
     <t>Delock USB-A male - RJ12 (RS232) for Skywatcher Telescopes, 2m</t>
   </si>
   <si>
     <t>DELOCK-66735</t>
   </si>
   <si>
     <t>Delock Active DisplayPort 1.2 to HDMI Cable 4K 60 Hz 2 m</t>
   </si>
   <si>
     <t>DELOCK-85956</t>
   </si>
   <si>
+    <t>Cable Delock HDMI to DisplayPort cable 4K 30 Hz 3 m, Black</t>
+  </si>
+  <si>
+    <t>DELOCK-85965</t>
+  </si>
+  <si>
     <t>ATEN-IC485SN-AT</t>
   </si>
   <si>
-    <t>Cable Delock HDMI to DisplayPort cable 4K 30 Hz 3 m, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Адаптер Delock USB 2.0 към Serial RS-422/485</t>
   </si>
   <si>
     <t>DELOCK-62406</t>
   </si>
   <si>
     <t>aUSB-C to 4K HDMI Adapter</t>
   </si>
   <si>
     <t>ATEN-UC3008A1-AT</t>
   </si>
   <si>
-    <t>VGA to HDMI Video Audio Adapter j5create JDA214</t>
-[...8 lines deleted...]
-    <t>DELOCK-85661</t>
+    <t>j5create USB-C® to Dual USB-C Adapter</t>
+  </si>
+  <si>
+    <t>J5-JCA164</t>
   </si>
   <si>
     <t>Delock Active DisplayPort 1.4 to HDMI Adapter 4K 60 Hz (HDR)</t>
   </si>
   <si>
     <t>DELOCK-66436</t>
   </si>
   <si>
-    <t>Delock Cable USB Type-C™ male &gt; HDMI male (DP Alt Mode) 4K 30 Hz 2 m black</t>
-[...4 lines deleted...]
-  <si>
     <t>Adapter Delock Mini PCIe to M.2 Key E slot</t>
   </si>
   <si>
     <t>DELOCK-63909</t>
   </si>
   <si>
     <t>3in1 Adapter Delock 63925 USB-C - VGA DVI HDMI Socket, Black</t>
   </si>
   <si>
     <t>DELOCK-63925</t>
   </si>
   <si>
-    <t>j5create Android USB to HDMI Display Adapter</t>
-[...8 lines deleted...]
-    <t>J5-JCA164</t>
+    <t>j5create USB-C to HDMI 2.1 8K Adapter</t>
+  </si>
+  <si>
+    <t>J5-JCA157</t>
   </si>
   <si>
     <t>Delock Active DisplayPort 1.2 to HDMI Cable 4K 60 Hz 5 m</t>
   </si>
   <si>
     <t>DELOCK-85958</t>
   </si>
   <si>
     <t>Cable ACT AK3990, DisplayPort male - HDMI-A male, 1.8 m, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK3990</t>
   </si>
   <si>
     <t>4in1 Adapter Delock 63129 USB-C - VGA / DVI / Displayport / HDMI Socket, Black</t>
   </si>
   <si>
     <t>DELOCK-63129</t>
   </si>
   <si>
     <t>Delock Cable mini SAS SFF-8087 &gt; 4 x SAS SFF-8482 + power 0.5 m</t>
   </si>
   <si>
     <t>DELOCK-83059</t>
   </si>
   <si>
-    <t>j5create USB-C to HDMI 2.1 8K Adapter</t>
-[...8 lines deleted...]
-    <t>DELOCK-63206</t>
+    <t>Delock adapter HDMI-A male to USB Type-C™ female (DP Alt Mode) 4K 60 Hz</t>
+  </si>
+  <si>
+    <t>DELOCK-63251</t>
   </si>
   <si>
     <t>Delock M.2 Key M to PCIe x4 NVMe Adapter with 20 cm cable</t>
   </si>
   <si>
     <t>DELOCK-64131</t>
   </si>
   <si>
     <t>Cable Delock USB-C - HDMI, 2m, Red</t>
   </si>
   <si>
     <t>DELOCK-80096</t>
   </si>
   <si>
-    <t>Delock USB Type-C™ Adapter to HDMI (DP Alt Mode) 8K with HDR function</t>
-[...4 lines deleted...]
-  <si>
     <t>4in1 Adapter Delock 63929 USB-C - VGA / DVI / Displayport / HDMI Socket, Black</t>
   </si>
   <si>
     <t>DELOCK-63929</t>
   </si>
   <si>
     <t>Delock DisplayPort 1.2 Splitter 1 x DisplayPort in &gt; 2 x DisplayPort out 4K</t>
   </si>
   <si>
     <t>DELOCK-87691</t>
   </si>
   <si>
     <t>Delock USB Isolator with 5 kV Isolation, 1 x USB 1.1 type-A male (host), 1 x USB 1.1 type-A female (device, 1 x DC jack, 15cm</t>
   </si>
   <si>
     <t>DELOCK-62588</t>
-  </si>
-[...4 lines deleted...]
-    <t>ATEN-UC2324-AT</t>
   </si>
   <si>
     <t>Delock DisplayPort 1.2 Splitter 1 x DisplayPort in &gt; 2 x HDMI out</t>
   </si>
   <si>
     <t>DELOCK-87666</t>
   </si>
   <si>
     <t>Delock Active Optical Cable DisplayPort 1.4 8K 10 m</t>
   </si>
   <si>
     <t>DELOCK-85885</t>
   </si>
   <si>
     <t>DVI Extender VE600A 1920×1200, 40 m</t>
   </si>
   <si>
     <t>ATEN-VE600A</t>
   </si>
   <si>
     <t>Delock Active Optical Cable DisplayPort 1.4 8K 15 m</t>
   </si>
   <si>
     <t>DELOCK-85886</t>
   </si>
@@ -1156,51 +1126,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D293"/>
+  <dimension ref="A1:D183"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1234,51 +1204,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>3.288</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>4.548</v>
+        <v>4.368</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>4.728</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
@@ -1290,82 +1260,82 @@
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>4.86</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>4.98</v>
+        <v>4.884</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>5.676</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>5.676</v>
+        <v>5.724</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>5.964</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>6.192</v>
@@ -1419,107 +1389,107 @@
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>6.756</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>6.876</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C19">
         <v>6.9</v>
       </c>
       <c r="D19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C20">
         <v>6.996</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>6.996</v>
+        <v>7.044</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C22">
         <v>7.416</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>7.5</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>7.512</v>
@@ -1573,65 +1543,65 @@
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>9.252</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>9.564</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>9.9</v>
       </c>
       <c r="D30" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>10.176</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>11.22</v>
@@ -1643,751 +1613,751 @@
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>11.964</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>11.964</v>
       </c>
       <c r="D34" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
         <v>11.964</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
         <v>12.456</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
         <v>12.576</v>
       </c>
       <c r="D37" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
         <v>12.912</v>
       </c>
       <c r="D38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
         <v>13.704</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>15.0</v>
+        <v>14.688</v>
       </c>
       <c r="D40" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>15.12</v>
+        <v>15.252</v>
       </c>
       <c r="D41" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>15.252</v>
+        <v>15.528</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>15.528</v>
+        <v>15.72</v>
       </c>
       <c r="D43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>15.72</v>
+        <v>17.676</v>
       </c>
       <c r="D44" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>17.676</v>
+        <v>18.024</v>
       </c>
       <c r="D45" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>18.432</v>
+        <v>18.54</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>18.54</v>
+        <v>18.96</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>18.852</v>
+        <v>19.848</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
         <v>19.872</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
         <v>20.364</v>
       </c>
       <c r="D50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
         <v>23.172</v>
       </c>
       <c r="D51" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>24.108</v>
+        <v>24.66</v>
       </c>
       <c r="D52" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>24.66</v>
+        <v>24.84</v>
       </c>
       <c r="D53" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>24.756</v>
+        <v>26.808</v>
       </c>
       <c r="D54" t="s">
-        <v>113</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>24.84</v>
+        <v>27.264</v>
       </c>
       <c r="D55" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>26.808</v>
+        <v>29.688</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>73</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>27.264</v>
+        <v>30.6</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>28.944</v>
+        <v>30.852</v>
       </c>
       <c r="D58" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>30.6</v>
+        <v>31.2</v>
       </c>
       <c r="D59" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>30.852</v>
+        <v>31.488</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>73</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>86</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>31.2</v>
+        <v>31.74</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>87</v>
+        <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>31.74</v>
+        <v>31.884</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>31.884</v>
+        <v>32.112</v>
       </c>
       <c r="D63" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>32.112</v>
+        <v>33.492</v>
       </c>
       <c r="D64" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>94</v>
+      </c>
+      <c r="B65" t="s">
         <v>133</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>32.748</v>
+        <v>34.2</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" t="s">
         <v>135</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>33.492</v>
+        <v>35.208</v>
       </c>
       <c r="D66" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>95</v>
+        <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
-        <v>34.2</v>
+        <v>35.676</v>
       </c>
       <c r="D67" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
-        <v>35.676</v>
+        <v>36.144</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
-        <v>36.144</v>
+        <v>37.14</v>
       </c>
       <c r="D69" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
-        <v>37.14</v>
+        <v>37.428</v>
       </c>
       <c r="D70" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
-        <v>37.428</v>
+        <v>38.604</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
-        <v>37.908</v>
+        <v>38.856</v>
       </c>
       <c r="D72" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
-        <v>38.856</v>
+        <v>39.168</v>
       </c>
       <c r="D73" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
-        <v>39.168</v>
+        <v>39.324</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
-        <v>39.324</v>
+        <v>39.6</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>116</v>
+      </c>
+      <c r="B76" t="s">
         <v>154</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>39.6</v>
+        <v>41.004</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>120</v>
+        <v>155</v>
       </c>
       <c r="B77" t="s">
         <v>156</v>
       </c>
       <c r="C77">
-        <v>41.004</v>
+        <v>42.0</v>
       </c>
       <c r="D77" t="s">
-        <v>15</v>
+        <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" t="s">
+        <v>159</v>
+      </c>
+      <c r="C78">
+        <v>42.78</v>
+      </c>
+      <c r="D78" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B79" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C79">
-        <v>42.78</v>
+        <v>43.116</v>
       </c>
       <c r="D79" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B80" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C80">
-        <v>43.116</v>
+        <v>43.224</v>
       </c>
       <c r="D80" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B81" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C81">
-        <v>43.224</v>
+        <v>45.276</v>
       </c>
       <c r="D81" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B82" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C82">
-        <v>45.276</v>
+        <v>46.8</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B83" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C83">
         <v>48.612</v>
       </c>
       <c r="D83" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
         <v>48.816</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
         <v>48.96</v>
       </c>
       <c r="D85" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
         <v>49.752</v>
@@ -2466,2844 +2436,1304 @@
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
         <v>53.64</v>
       </c>
       <c r="D92" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
-        <v>55.548</v>
+        <v>54.0</v>
       </c>
       <c r="D93" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
-        <v>55.8</v>
+        <v>55.548</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
-        <v>55.92</v>
+        <v>55.8</v>
       </c>
       <c r="D95" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
-        <v>56.28</v>
+        <v>55.92</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B97" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C97">
-        <v>57.36</v>
+        <v>56.28</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B98" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C98">
-        <v>57.852</v>
+        <v>57.3</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="B99" t="s">
         <v>200</v>
       </c>
       <c r="C99">
-        <v>59.832</v>
+        <v>57.36</v>
       </c>
       <c r="D99" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>201</v>
       </c>
       <c r="B100" t="s">
         <v>202</v>
       </c>
       <c r="C100">
-        <v>60.0</v>
+        <v>59.832</v>
       </c>
       <c r="D100" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>203</v>
       </c>
       <c r="B101" t="s">
         <v>204</v>
       </c>
       <c r="C101">
-        <v>60.576</v>
+        <v>60.0</v>
       </c>
       <c r="D101" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B102" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C102">
-        <v>2.4</v>
+        <v>4.728</v>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C103">
-        <v>3.288</v>
+        <v>4.728</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B104" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="C104">
-        <v>3.288</v>
+        <v>4.86</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B105" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="C105">
-        <v>4.548</v>
+        <v>4.884</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="B106" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="C106">
-        <v>4.728</v>
+        <v>5.676</v>
       </c>
       <c r="D106" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="B107" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="C107">
-        <v>4.728</v>
+        <v>5.964</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="B108" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="C108">
-        <v>4.86</v>
+        <v>6.372</v>
       </c>
       <c r="D108" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="B109" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="C109">
-        <v>4.98</v>
+        <v>6.9</v>
       </c>
       <c r="D109" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="B110" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="C110">
-        <v>5.676</v>
+        <v>8.244</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B111" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="C111">
-        <v>5.676</v>
+        <v>9.564</v>
       </c>
       <c r="D111" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="B112" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="C112">
-        <v>5.964</v>
+        <v>9.9</v>
       </c>
       <c r="D112" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
       <c r="B113" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="C113">
-        <v>6.192</v>
+        <v>12.576</v>
       </c>
       <c r="D113" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="B114" t="s">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="C114">
-        <v>6.372</v>
+        <v>13.704</v>
       </c>
       <c r="D114" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="B115" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="C115">
-        <v>6.384</v>
+        <v>14.688</v>
       </c>
       <c r="D115" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="B116" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="C116">
-        <v>6.708</v>
+        <v>15.252</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="B117" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="C117">
-        <v>6.756</v>
+        <v>15.528</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>38</v>
+        <v>90</v>
       </c>
       <c r="B118" t="s">
-        <v>39</v>
+        <v>91</v>
       </c>
       <c r="C118">
-        <v>6.876</v>
+        <v>15.72</v>
       </c>
       <c r="D118" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="B119" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="C119">
-        <v>6.9</v>
+        <v>17.676</v>
       </c>
       <c r="D119" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>43</v>
+        <v>94</v>
       </c>
       <c r="B120" t="s">
-        <v>44</v>
+        <v>95</v>
       </c>
       <c r="C120">
-        <v>6.996</v>
+        <v>18.024</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>45</v>
+        <v>96</v>
       </c>
       <c r="B121" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="C121">
-        <v>6.996</v>
+        <v>18.54</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>47</v>
+        <v>98</v>
       </c>
       <c r="B122" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="C122">
-        <v>7.416</v>
+        <v>18.96</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>49</v>
+        <v>100</v>
       </c>
       <c r="B123" t="s">
-        <v>50</v>
+        <v>101</v>
       </c>
       <c r="C123">
-        <v>7.5</v>
+        <v>19.848</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>51</v>
+        <v>102</v>
       </c>
       <c r="B124" t="s">
-        <v>52</v>
+        <v>103</v>
       </c>
       <c r="C124">
-        <v>7.512</v>
+        <v>19.872</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>53</v>
+        <v>104</v>
       </c>
       <c r="B125" t="s">
-        <v>54</v>
+        <v>105</v>
       </c>
       <c r="C125">
-        <v>7.932</v>
+        <v>20.364</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>55</v>
+        <v>106</v>
       </c>
       <c r="B126" t="s">
-        <v>56</v>
+        <v>107</v>
       </c>
       <c r="C126">
-        <v>8.244</v>
+        <v>23.172</v>
       </c>
       <c r="D126" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>57</v>
+        <v>108</v>
       </c>
       <c r="B127" t="s">
-        <v>58</v>
+        <v>109</v>
       </c>
       <c r="C127">
-        <v>9.204</v>
+        <v>24.66</v>
       </c>
       <c r="D127" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>59</v>
+        <v>110</v>
       </c>
       <c r="B128" t="s">
-        <v>60</v>
+        <v>111</v>
       </c>
       <c r="C128">
-        <v>9.252</v>
+        <v>24.84</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>61</v>
+        <v>116</v>
       </c>
       <c r="B129" t="s">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="C129">
-        <v>9.564</v>
+        <v>29.688</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>73</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>63</v>
+        <v>120</v>
       </c>
       <c r="B130" t="s">
-        <v>64</v>
+        <v>121</v>
       </c>
       <c r="C130">
-        <v>9.9</v>
+        <v>30.852</v>
       </c>
       <c r="D130" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>65</v>
+        <v>122</v>
       </c>
       <c r="B131" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="C131">
-        <v>10.176</v>
+        <v>31.2</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="B132" t="s">
-        <v>68</v>
+        <v>126</v>
       </c>
       <c r="C132">
-        <v>11.22</v>
+        <v>31.74</v>
       </c>
       <c r="D132" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>69</v>
+        <v>127</v>
       </c>
       <c r="B133" t="s">
-        <v>70</v>
+        <v>128</v>
       </c>
       <c r="C133">
-        <v>11.964</v>
+        <v>31.884</v>
       </c>
       <c r="D133" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>71</v>
+        <v>131</v>
       </c>
       <c r="B134" t="s">
-        <v>72</v>
+        <v>132</v>
       </c>
       <c r="C134">
-        <v>11.964</v>
+        <v>33.492</v>
       </c>
       <c r="D134" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="B135" t="s">
-        <v>74</v>
+        <v>133</v>
       </c>
       <c r="C135">
-        <v>11.964</v>
+        <v>34.2</v>
       </c>
       <c r="D135" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>75</v>
+        <v>140</v>
       </c>
       <c r="B136" t="s">
-        <v>76</v>
+        <v>141</v>
       </c>
       <c r="C136">
-        <v>12.456</v>
+        <v>37.14</v>
       </c>
       <c r="D136" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>77</v>
+        <v>142</v>
       </c>
       <c r="B137" t="s">
-        <v>78</v>
+        <v>143</v>
       </c>
       <c r="C137">
-        <v>12.576</v>
+        <v>37.428</v>
       </c>
       <c r="D137" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>79</v>
+        <v>144</v>
       </c>
       <c r="B138" t="s">
-        <v>80</v>
+        <v>145</v>
       </c>
       <c r="C138">
-        <v>12.912</v>
+        <v>38.604</v>
       </c>
       <c r="D138" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>81</v>
+        <v>146</v>
       </c>
       <c r="B139" t="s">
-        <v>82</v>
+        <v>147</v>
       </c>
       <c r="C139">
-        <v>13.704</v>
+        <v>38.856</v>
       </c>
       <c r="D139" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>83</v>
+        <v>152</v>
       </c>
       <c r="B140" t="s">
-        <v>84</v>
+        <v>153</v>
       </c>
       <c r="C140">
-        <v>15.0</v>
+        <v>39.6</v>
       </c>
       <c r="D140" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="B141" t="s">
-        <v>86</v>
+        <v>154</v>
       </c>
       <c r="C141">
-        <v>15.12</v>
+        <v>41.004</v>
       </c>
       <c r="D141" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>87</v>
+        <v>160</v>
       </c>
       <c r="B142" t="s">
-        <v>88</v>
+        <v>161</v>
       </c>
       <c r="C142">
-        <v>15.252</v>
+        <v>43.116</v>
       </c>
       <c r="D142" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>89</v>
+        <v>162</v>
       </c>
       <c r="B143" t="s">
-        <v>90</v>
+        <v>163</v>
       </c>
       <c r="C143">
-        <v>15.528</v>
+        <v>43.224</v>
       </c>
       <c r="D143" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>91</v>
+        <v>164</v>
       </c>
       <c r="B144" t="s">
-        <v>92</v>
+        <v>165</v>
       </c>
       <c r="C144">
-        <v>15.72</v>
+        <v>45.276</v>
       </c>
       <c r="D144" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>93</v>
+        <v>168</v>
       </c>
       <c r="B145" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="C145">
-        <v>17.676</v>
+        <v>48.612</v>
       </c>
       <c r="D145" t="s">
-        <v>40</v>
+        <v>157</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>95</v>
+        <v>172</v>
       </c>
       <c r="B146" t="s">
-        <v>96</v>
+        <v>173</v>
       </c>
       <c r="C146">
-        <v>18.432</v>
+        <v>48.96</v>
       </c>
       <c r="D146" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>97</v>
+        <v>174</v>
       </c>
       <c r="B147" t="s">
-        <v>98</v>
+        <v>175</v>
       </c>
       <c r="C147">
-        <v>18.54</v>
+        <v>49.752</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>99</v>
+        <v>176</v>
       </c>
       <c r="B148" t="s">
-        <v>100</v>
+        <v>177</v>
       </c>
       <c r="C148">
-        <v>18.852</v>
+        <v>50.748</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>101</v>
+        <v>180</v>
       </c>
       <c r="B149" t="s">
-        <v>102</v>
+        <v>181</v>
       </c>
       <c r="C149">
-        <v>19.872</v>
+        <v>51.84</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>103</v>
+        <v>184</v>
       </c>
       <c r="B150" t="s">
-        <v>104</v>
+        <v>185</v>
       </c>
       <c r="C150">
-        <v>20.364</v>
+        <v>53.4</v>
       </c>
       <c r="D150" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>105</v>
+        <v>188</v>
       </c>
       <c r="B151" t="s">
-        <v>106</v>
+        <v>189</v>
       </c>
       <c r="C151">
-        <v>23.172</v>
+        <v>54.0</v>
       </c>
       <c r="D151" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>107</v>
+        <v>190</v>
       </c>
       <c r="B152" t="s">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="C152">
-        <v>24.108</v>
+        <v>55.548</v>
       </c>
       <c r="D152" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>109</v>
+        <v>192</v>
       </c>
       <c r="B153" t="s">
-        <v>110</v>
+        <v>193</v>
       </c>
       <c r="C153">
-        <v>24.66</v>
+        <v>55.8</v>
       </c>
       <c r="D153" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>111</v>
+        <v>194</v>
       </c>
       <c r="B154" t="s">
-        <v>112</v>
+        <v>195</v>
       </c>
       <c r="C154">
-        <v>24.756</v>
+        <v>55.92</v>
       </c>
       <c r="D154" t="s">
-        <v>113</v>
+        <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>114</v>
+        <v>198</v>
       </c>
       <c r="B155" t="s">
-        <v>115</v>
+        <v>199</v>
       </c>
       <c r="C155">
-        <v>24.84</v>
+        <v>57.3</v>
       </c>
       <c r="D155" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>116</v>
+        <v>192</v>
       </c>
       <c r="B156" t="s">
-        <v>117</v>
+        <v>200</v>
       </c>
       <c r="C156">
-        <v>26.808</v>
+        <v>57.36</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>118</v>
+        <v>201</v>
       </c>
       <c r="B157" t="s">
-        <v>119</v>
+        <v>202</v>
       </c>
       <c r="C157">
-        <v>27.264</v>
+        <v>59.832</v>
       </c>
       <c r="D157" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>120</v>
+        <v>205</v>
       </c>
       <c r="B158" t="s">
-        <v>121</v>
+        <v>206</v>
       </c>
       <c r="C158">
-        <v>28.944</v>
+        <v>63.6</v>
       </c>
       <c r="D158" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>122</v>
+        <v>207</v>
       </c>
       <c r="B159" t="s">
-        <v>123</v>
+        <v>208</v>
       </c>
       <c r="C159">
-        <v>30.6</v>
+        <v>65.712</v>
       </c>
       <c r="D159" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>124</v>
+        <v>209</v>
       </c>
       <c r="B160" t="s">
-        <v>125</v>
+        <v>210</v>
       </c>
       <c r="C160">
-        <v>30.852</v>
+        <v>67.2</v>
       </c>
       <c r="D160" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>126</v>
+        <v>211</v>
       </c>
       <c r="B161" t="s">
-        <v>127</v>
+        <v>212</v>
       </c>
       <c r="C161">
-        <v>31.2</v>
+        <v>70.116</v>
       </c>
       <c r="D161" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>87</v>
+        <v>213</v>
       </c>
       <c r="B162" t="s">
-        <v>128</v>
+        <v>214</v>
       </c>
       <c r="C162">
-        <v>31.74</v>
+        <v>70.8</v>
       </c>
       <c r="D162" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>129</v>
+        <v>215</v>
       </c>
       <c r="B163" t="s">
-        <v>130</v>
+        <v>216</v>
       </c>
       <c r="C163">
-        <v>31.884</v>
+        <v>74.64</v>
       </c>
       <c r="D163" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>131</v>
+        <v>217</v>
       </c>
       <c r="B164" t="s">
-        <v>132</v>
+        <v>218</v>
       </c>
       <c r="C164">
-        <v>32.112</v>
+        <v>79.98</v>
       </c>
       <c r="D164" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>133</v>
+        <v>219</v>
       </c>
       <c r="B165" t="s">
-        <v>134</v>
+        <v>220</v>
       </c>
       <c r="C165">
-        <v>32.748</v>
+        <v>80.832</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>135</v>
+        <v>221</v>
       </c>
       <c r="B166" t="s">
-        <v>136</v>
+        <v>222</v>
       </c>
       <c r="C166">
-        <v>33.492</v>
+        <v>81.492</v>
       </c>
       <c r="D166" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>95</v>
+        <v>223</v>
       </c>
       <c r="B167" t="s">
-        <v>137</v>
+        <v>224</v>
       </c>
       <c r="C167">
-        <v>34.2</v>
+        <v>83.232</v>
       </c>
       <c r="D167" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>138</v>
+        <v>225</v>
       </c>
       <c r="B168" t="s">
-        <v>139</v>
+        <v>226</v>
       </c>
       <c r="C168">
-        <v>35.676</v>
+        <v>104.172</v>
       </c>
       <c r="D168" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>140</v>
+        <v>227</v>
       </c>
       <c r="B169" t="s">
-        <v>141</v>
+        <v>228</v>
       </c>
       <c r="C169">
-        <v>36.144</v>
+        <v>113.16</v>
       </c>
       <c r="D169" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>142</v>
+        <v>229</v>
       </c>
       <c r="B170" t="s">
-        <v>143</v>
+        <v>230</v>
       </c>
       <c r="C170">
-        <v>37.14</v>
+        <v>116.928</v>
       </c>
       <c r="D170" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>144</v>
+        <v>231</v>
       </c>
       <c r="B171" t="s">
-        <v>145</v>
+        <v>232</v>
       </c>
       <c r="C171">
-        <v>37.428</v>
+        <v>161.388</v>
       </c>
       <c r="D171" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>146</v>
+        <v>233</v>
       </c>
       <c r="B172" t="s">
-        <v>147</v>
+        <v>234</v>
       </c>
       <c r="C172">
-        <v>37.908</v>
+        <v>167.328</v>
       </c>
       <c r="D172" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>148</v>
+        <v>235</v>
       </c>
       <c r="B173" t="s">
-        <v>149</v>
+        <v>236</v>
       </c>
       <c r="C173">
-        <v>38.856</v>
+        <v>191.82</v>
       </c>
       <c r="D173" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>150</v>
+        <v>237</v>
       </c>
       <c r="B174" t="s">
-        <v>151</v>
+        <v>238</v>
       </c>
       <c r="C174">
-        <v>39.168</v>
+        <v>230.436</v>
       </c>
       <c r="D174" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>152</v>
+        <v>239</v>
       </c>
       <c r="B175" t="s">
-        <v>153</v>
+        <v>240</v>
       </c>
       <c r="C175">
-        <v>39.324</v>
+        <v>241.74</v>
       </c>
       <c r="D175" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>154</v>
+        <v>241</v>
       </c>
       <c r="B176" t="s">
-        <v>155</v>
+        <v>242</v>
       </c>
       <c r="C176">
-        <v>39.6</v>
+        <v>249.156</v>
       </c>
       <c r="D176" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>120</v>
+        <v>243</v>
       </c>
       <c r="B177" t="s">
-        <v>156</v>
+        <v>244</v>
       </c>
       <c r="C177">
-        <v>41.004</v>
+        <v>289.356</v>
       </c>
       <c r="D177" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>157</v>
+        <v>245</v>
       </c>
       <c r="B178" t="s">
-        <v>158</v>
+        <v>246</v>
       </c>
       <c r="C178">
-        <v>42.0</v>
+        <v>319.596</v>
       </c>
       <c r="D178" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>159</v>
+        <v>247</v>
       </c>
       <c r="B179" t="s">
-        <v>160</v>
+        <v>248</v>
       </c>
       <c r="C179">
-        <v>42.78</v>
+        <v>351.18</v>
       </c>
       <c r="D179" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>161</v>
+        <v>249</v>
       </c>
       <c r="B180" t="s">
-        <v>162</v>
+        <v>250</v>
       </c>
       <c r="C180">
-        <v>43.116</v>
+        <v>474.096</v>
       </c>
       <c r="D180" t="s">
-        <v>15</v>
+        <v>73</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>163</v>
+        <v>251</v>
       </c>
       <c r="B181" t="s">
-        <v>164</v>
+        <v>252</v>
       </c>
       <c r="C181">
-        <v>43.224</v>
+        <v>597.012</v>
       </c>
       <c r="D181" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>165</v>
+        <v>253</v>
       </c>
       <c r="B182" t="s">
-        <v>166</v>
+        <v>254</v>
       </c>
       <c r="C182">
-        <v>45.276</v>
+        <v>779.64</v>
       </c>
       <c r="D182" t="s">
-        <v>6</v>
-[...1539 lines deleted...]
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D293"/>
+  <autoFilter ref="A1:D183"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>