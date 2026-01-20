--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,762 +7,804 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$183</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$196</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Cable  ESTILLO E-Serial ATA (eSATA), 1m</t>
   </si>
   <si>
     <t>EST-SERIAL-CABLE-INT-1M</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Fan spliter Noctua 4 PIN 10cm PWM Y-Split</t>
   </si>
   <si>
     <t>NOCTUA-NA-YSPWM</t>
   </si>
   <si>
+    <t>Cable DeLock Power SATA HDD to 4 pin, angled, 15 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-60101</t>
+  </si>
+  <si>
+    <t>Delock SATA 6 Gb/s Extension Cable 50 cm red</t>
+  </si>
+  <si>
+    <t>DELOCK-83954</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Delock Cable PCI Express power supply 8 pin to 2 x 5¼“ for graphics card</t>
+  </si>
+  <si>
+    <t>DELOCK-82397</t>
+  </si>
+  <si>
+    <t>Delock SATA 6 Gb/s Extension Cable 30 cm red</t>
+  </si>
+  <si>
+    <t>DELOCK-83953</t>
+  </si>
+  <si>
+    <t>Delock Cable SATA 6 Gb/s male straight &gt; SATA male straight 30 cm red metal</t>
+  </si>
+  <si>
+    <t>DELOCK-82676</t>
+  </si>
+  <si>
+    <t>Delock Power Cable SATA 15 pin receptacle &gt; 4 pin floppy male 15 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-83918</t>
+  </si>
+  <si>
+    <t>Delock Power Cable PCI Express 6 pin female &gt; PCI Express 8 pin male 20 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-83775</t>
+  </si>
+  <si>
+    <t>Delock SATA Cable, Serial-ATA III, 6 Gbit/s, Internal, 90°, 0.30 m</t>
+  </si>
+  <si>
+    <t>DELOCK-82806</t>
+  </si>
+  <si>
+    <t>Cable DeLock Molex 4 pin to SATA 15 pin, 12 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-60100</t>
+  </si>
+  <si>
+    <t>Cable DeLock Power Cable SATA 15 pin female to 4 pin female, 20 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-60136</t>
+  </si>
+  <si>
+    <t>Cable DeLock Power Molex 4 pin male to SATA 15 pin female + P4 male, 15 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-60127</t>
+  </si>
+  <si>
+    <t>Delock Cable Molex 3 pin female &gt; 2 x Molex 3 pin male (fan) 22 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-89343</t>
+  </si>
+  <si>
+    <t>Cable DeLock Power SATA 15pin to 2x 4pin Molex female, 20cm</t>
+  </si>
+  <si>
+    <t>DELOCK-65159</t>
+  </si>
+  <si>
+    <t>Delock PCI Express power cable 6 pin female &gt; 2 x 8 pin male 30 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-83433</t>
+  </si>
+  <si>
+    <t>Cable DeLock Power Cable SATA 15 pin plug to 4 pin female, 12 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-60115</t>
+  </si>
+  <si>
+    <t>Delock Power cable 2 x 4 pin Molex male &gt; 8 pin EPS male 15 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-83410</t>
+  </si>
+  <si>
+    <t>Cable DeLock Power SATA 15 pin to 6 pin PCI Express,  20 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-82924</t>
+  </si>
+  <si>
+    <t>Delock Cable Power SATA 15 pin male to Molex 4 pin female + SATA 15 pin female</t>
+  </si>
+  <si>
+    <t>DELOCK-65235</t>
+  </si>
+  <si>
+    <t>Delock Extension cable P4 4 pin male &gt; P4 4 pin female 30 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-84954</t>
+  </si>
+  <si>
+    <t>Hama SATA III Data Cable, internal, 0.45 m</t>
+  </si>
+  <si>
+    <t>HAMA-200739</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Cable DeLock Power Molex 4 Pin male to 2 x SATA 15 Pin 16 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-60102</t>
+  </si>
+  <si>
+    <t>Delock DVI HDMI™ Adapter, DVI plug - HDMI™ socket, gold-plated</t>
+  </si>
+  <si>
+    <t>DELOCK-65466</t>
+  </si>
+  <si>
+    <t>Hama SATA Cable, Serial-ATA III, 6 Gbit/s, Internal, 90°, 0.60 m</t>
+  </si>
+  <si>
+    <t>HAMA-200740</t>
+  </si>
+  <si>
+    <t>Cable ACT 1 metre Serial 1:1 connection cable 9 pin RS232 male - 9 pin RS232 female</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK2304</t>
+  </si>
+  <si>
+    <t>Kolink cable 3-pin 5V ARGB Corsair cable - 15 cm</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-MOLS-219</t>
+  </si>
+  <si>
+    <t>Delock Cable SATA 15 pin power plug with latching function &gt; SATA 15 pin power receptacle 4 x down 30 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-60167</t>
+  </si>
+  <si>
+    <t>Spliter DeLock Power 4 pin male to SATA 15 pin female + 4 pin female, 16.5 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-60103</t>
+  </si>
+  <si>
+    <t>Cable DeLock Power SATA 15 pin to 2 x SATA HDD, 15 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-60105</t>
+  </si>
+  <si>
+    <t>Cable ACT AK2315, 1.8 metre Serial 1:1 connection cable 9 pin RS232 female - 9 pin RS232 female</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK2315</t>
+  </si>
+  <si>
+    <t>Cable ACT 1.8 metres Serial 1:1 connection cable 9 pin RS232 male - 9 pin RS232 female</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK2305</t>
+  </si>
+  <si>
+    <t>Cable ACT AK2185 1.8 metres Serial 1:1 connection cable 9 pin RS232 male - 9 pin RS232 male</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK2185</t>
+  </si>
+  <si>
+    <t>Delock Adapter 90° DisplayPort 1.4, 20 pin male to DisplayPort 1.4 20 pin female, 8K 7680 x 4320 @ 60 Hz with DSC support</t>
+  </si>
+  <si>
+    <t>DELOCK-66296</t>
+  </si>
+  <si>
+    <t>Cable ACT AK2316, 3 metre Serial 1:1 connection cable 9 pin RS232 female - 9 pin RS232 female</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK2316</t>
+  </si>
+  <si>
     <t>Extension cable Noctua NA-EC2, 1 x 30 cm</t>
   </si>
   <si>
     <t>NOCTUA-NA-EC2</t>
   </si>
   <si>
-    <t>Cable DeLock Power SATA HDD to 4 pin, angled, 15 cm</t>
-[...182 lines deleted...]
-    <t>EWENT-ACT-CAB-AK2305</t>
+    <t>Delock DisplayPort 1.4 Adapter male to female 90° right angled 8K 60 Hz</t>
+  </si>
+  <si>
+    <t>DELOCK-66297</t>
+  </si>
+  <si>
+    <t>Adapter DeLock D-Sub 9 pin male &gt; D-Sub 9 pin female</t>
+  </si>
+  <si>
+    <t>DELOCK-65255</t>
+  </si>
+  <si>
+    <t>3 metre Serial 1:1 connection cable 9 pin D-sub male - 9 pin D-sub female</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK2306</t>
+  </si>
+  <si>
+    <t>Delock Cable Power SATA 15 pin plug &gt; 4 x SATA 15 pin receptacle 40 cm multicolour</t>
+  </si>
+  <si>
+    <t>DELOCK-60141</t>
+  </si>
+  <si>
+    <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 1 m</t>
+  </si>
+  <si>
+    <t>DELOCK-80261</t>
+  </si>
+  <si>
+    <t>Delock Cable Power Molex 4 pin plug &gt; 4 x SATA 15 pin receptacle 40 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-60142</t>
+  </si>
+  <si>
+    <t>Delock Extension cable SATA 6 Gb/s 22 pin plug &gt; SATA 22 pin receptacle (5 V + 12 V) 30 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-83803</t>
+  </si>
+  <si>
+    <t>Delock Serial Cable RS-232 DB9 F (with screw) - RS-232 RJ45 M - 1m, for consoles of CISCO routers, switches, access points</t>
+  </si>
+  <si>
+    <t>DELOCK-63341</t>
+  </si>
+  <si>
+    <t>Delock Adapter mini DisplayPort 1.2 female &gt; female Gender Changer</t>
+  </si>
+  <si>
+    <t>DELOCK-65450</t>
+  </si>
+  <si>
+    <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 2 m</t>
+  </si>
+  <si>
+    <t>DELOCK-80262</t>
+  </si>
+  <si>
+    <t>5 metre Serial 1:1 connection cable 9 pin D-sub male - 9 pin D-sub female</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK2307</t>
+  </si>
+  <si>
+    <t>Delock Adapter HDMI-A male &gt; VGA female with Audio, Black</t>
+  </si>
+  <si>
+    <t>DELOCK-65901</t>
+  </si>
+  <si>
+    <t>Delock Adapter DisplayPort male &gt; DisplayPort female angled down</t>
+  </si>
+  <si>
+    <t>DELOCK-65382</t>
+  </si>
+  <si>
+    <t>Delock DisplayPort 1.2 extension cable 4K 60 Hz 1 m</t>
+  </si>
+  <si>
+    <t>DELOCK-80001</t>
+  </si>
+  <si>
+    <t>Delock Extension cable DVI 24+1 male &gt; DVI 24+1 female 3 m black</t>
+  </si>
+  <si>
+    <t>DELOCK-83191</t>
+  </si>
+  <si>
+    <t>Delock Extension cable DVI 24+1 male &gt; DVI 24+1 female 5 m black</t>
+  </si>
+  <si>
+    <t>DELOCK-83188</t>
+  </si>
+  <si>
+    <t>Delock FPC Flat Ribbon Cable USB Type-C to DisplayPort (DP Alt Mode) 4K 60 Hz 13.5 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-86731</t>
+  </si>
+  <si>
+    <t>Delock Cable DisplayPort 1.2 male &gt; DisplayPort male 4K 60 Hz 1.5 m</t>
+  </si>
+  <si>
+    <t>DELOCK-85509</t>
+  </si>
+  <si>
+    <t>Cable ACT AK3990, DisplayPort male - HDMI-A male, 1.8 m, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK3990</t>
+  </si>
+  <si>
+    <t>PS/2 to USB Adapter (90cm)</t>
+  </si>
+  <si>
+    <t>ATEN-UC10KM-AT</t>
+  </si>
+  <si>
+    <t>Cable ACT AK2309, 10m Serial 1:1 connection 9 pin D-sub male - 9 pin D-sub female</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK2309</t>
+  </si>
+  <si>
+    <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 3 m</t>
+  </si>
+  <si>
+    <t>DELOCK-80263</t>
+  </si>
+  <si>
+    <t>Cable ACT AK3991, DisplayPort male - HDMI-A male, 3 m, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK3991</t>
+  </si>
+  <si>
+    <t>ACT Cable Display port 2.1 male-male, 8K@60Hz, 4k@240Hz, 1m, black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK4081</t>
+  </si>
+  <si>
+    <t>USB to Serial Converter (Basic version)</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC6000</t>
+  </si>
+  <si>
+    <t>Converter ATEN UC232A1, USB to RS-232, 1.0 m cable</t>
+  </si>
+  <si>
+    <t>ATEN-UC232A1-AT</t>
+  </si>
+  <si>
+    <t>DELOCK-80265</t>
+  </si>
+  <si>
+    <t>Delock Coiled Cable RJ50 male to D-Sub 9 female 1.5 m black</t>
+  </si>
+  <si>
+    <t>DELOCK-87996</t>
+  </si>
+  <si>
+    <t>Delock Cable DisplayPort 1.2 male &gt; DVI 24+1 male passive 2 m black</t>
+  </si>
+  <si>
+    <t>DELOCK-82591</t>
+  </si>
+  <si>
+    <t>Delock DisplayPort cable 8K 60 Hz 2 m DP 8K certified</t>
+  </si>
+  <si>
+    <t>DELOCK-85660</t>
+  </si>
+  <si>
+    <t>j5create 4K DisplayPort Cable</t>
+  </si>
+  <si>
+    <t>J5-JDC42</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>DELOCK-80266</t>
+  </si>
+  <si>
+    <t>JDA154 DisplayPort to HDMI Adapter</t>
+  </si>
+  <si>
+    <t>J5-JDA154</t>
+  </si>
+  <si>
+    <t>Delock Mini DisplayPort to DisplayPort cable 8K 60 Hz 2 m DP 8K certified</t>
+  </si>
+  <si>
+    <t>DELOCK-84928</t>
+  </si>
+  <si>
+    <t>Delock 63482 DisplayPort Adapter for DVI, Ultra HD</t>
+  </si>
+  <si>
+    <t>DELOCK-63482</t>
+  </si>
+  <si>
+    <t>Adapter ACT AC6002, USB-C to Serial, 1.5 m</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC6002</t>
+  </si>
+  <si>
+    <t>Delock USB 2.0 to serial RS-232 adapter D-Sub 9 female with compact connector housing 50 cm FTDI</t>
+  </si>
+  <si>
+    <t>DELOCK-66453</t>
+  </si>
+  <si>
+    <t>Cable Delock HDMI to DisplayPort cable 4K 30 Hz 1 m, Black</t>
+  </si>
+  <si>
+    <t>DELOCK-85963</t>
+  </si>
+  <si>
+    <t>Cable ACT AK3992, DisplayPort male - HDMI-A male, 5 m, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK3992</t>
+  </si>
+  <si>
+    <t>Cable ACT AK3632, DVI-D Plug - DVI-D Plug, 5 m, White</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK3632</t>
+  </si>
+  <si>
+    <t>ACT Cable Display port 2.1 male-male, 8K@60Hz, 4k@240Hz, 2m, black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK4082</t>
+  </si>
+  <si>
+    <t>DELOCK-80267</t>
+  </si>
+  <si>
+    <t>USB-C to VGA Adapter</t>
+  </si>
+  <si>
+    <t>ATEN-UC3002A-AT</t>
+  </si>
+  <si>
+    <t>JDA159 mini DisplayPort to 4K HDMI Adapter</t>
+  </si>
+  <si>
+    <t>J5-JDA159</t>
+  </si>
+  <si>
+    <t>Cable Delock HDMI to DisplayPort cable 4K 30 Hz 2 m, Black</t>
+  </si>
+  <si>
+    <t>DELOCK-85964</t>
+  </si>
+  <si>
+    <t>j5create DisplayPort to 4K HDMI Active Adapter</t>
+  </si>
+  <si>
+    <t>J5-JDA158</t>
+  </si>
+  <si>
+    <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 5 m</t>
+  </si>
+  <si>
+    <t>DELOCK-80268</t>
+  </si>
+  <si>
+    <t>j5create 8K DisplayPort Cable</t>
+  </si>
+  <si>
+    <t>J5-JDC43</t>
+  </si>
+  <si>
+    <t>USB To Serial Converter High Performance</t>
+  </si>
+  <si>
+    <t>EWENT-EM1016</t>
+  </si>
+  <si>
+    <t>Delock Cable Mini SAS SFF-8087 &gt; 4 x SATA 7 pin 0.5 m</t>
+  </si>
+  <si>
+    <t>DELOCK-83057</t>
+  </si>
+  <si>
+    <t>Delock Adapter USB 2.0 Type-A to 1 x Serial RS-232 D-Sub 9 pin</t>
+  </si>
+  <si>
+    <t>DELOCK-62646</t>
+  </si>
+  <si>
+    <t>Delock FPC Flat Ribbon Cable USB Type-C to HDMI (DP Alt Mode) 4K 60 Hz 14 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-86933</t>
+  </si>
+  <si>
+    <t>Cable j5create JCC153G, USB-C Plug - HDMI Plug, White</t>
+  </si>
+  <si>
+    <t>J5-JCC153G</t>
+  </si>
+  <si>
+    <t>ACT USB-C to HDMI 4K Adapter</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC7022</t>
+  </si>
+  <si>
+    <t>Hama Video Recording Stick, USB Plug - HDMI™ Socket, 4K</t>
+  </si>
+  <si>
+    <t>HAMA-74257</t>
   </si>
   <si>
     <t>on route</t>
   </si>
   <si>
-    <t>Cable ACT AK2185 1.8 metres Serial 1:1 connection cable 9 pin RS232 male - 9 pin RS232 male</t>
-[...326 lines deleted...]
-    <t>HAMA-74257</t>
+    <t>Delock Cable USB Type-C™ male &gt; DisplayPort male (DP Alt Mode) 4K 60 Hz 2 m black</t>
+  </si>
+  <si>
+    <t>DELOCK-85256</t>
+  </si>
+  <si>
+    <t>Delock Active USB Type-C to HDMI Cable (DP Alt Mode) 4K 60 Hz 1 m</t>
+  </si>
+  <si>
+    <t>DELOCK-85969</t>
+  </si>
+  <si>
+    <t>Delock USB-A male - RJ12 (RS232) for Skywatcher Telescopes, 2m</t>
+  </si>
+  <si>
+    <t>DELOCK-66735</t>
+  </si>
+  <si>
+    <t>Delock Active DisplayPort 1.2 to HDMI Cable 4K 60 Hz 2 m</t>
+  </si>
+  <si>
+    <t>DELOCK-85956</t>
+  </si>
+  <si>
+    <t>Cable Delock HDMI to DisplayPort cable 4K 30 Hz 3 m, Black</t>
+  </si>
+  <si>
+    <t>DELOCK-85965</t>
+  </si>
+  <si>
+    <t>Адаптер Delock USB 2.0 към Serial RS-422/485</t>
+  </si>
+  <si>
+    <t>DELOCK-62406</t>
+  </si>
+  <si>
+    <t>aUSB-C to 4K HDMI Adapter</t>
+  </si>
+  <si>
+    <t>ATEN-UC3008A1-AT</t>
+  </si>
+  <si>
+    <t>VGA to HDMI Video Audio Adapter j5create JDA214</t>
+  </si>
+  <si>
+    <t>J5-JDA214</t>
+  </si>
+  <si>
+    <t>Delock DisplayPort cable 8K 60 Hz 3 m DP 8K certified</t>
+  </si>
+  <si>
+    <t>DELOCK-85661</t>
+  </si>
+  <si>
+    <t>Delock Active DisplayPort 1.4 to HDMI Adapter 4K 60 Hz (HDR)</t>
+  </si>
+  <si>
+    <t>DELOCK-66436</t>
+  </si>
+  <si>
+    <t>Delock Cable USB Type-C™ male &gt; HDMI male (DP Alt Mode) 4K 30 Hz 2 m black</t>
+  </si>
+  <si>
+    <t>DELOCK-85259</t>
+  </si>
+  <si>
+    <t>Adapter Delock Mini PCIe to M.2 Key E slot</t>
+  </si>
+  <si>
+    <t>DELOCK-63909</t>
+  </si>
+  <si>
+    <t>3in1 Adapter Delock 63925 USB-C - VGA DVI HDMI Socket, Black</t>
+  </si>
+  <si>
+    <t>DELOCK-63925</t>
+  </si>
+  <si>
+    <t>j5create Android USB to HDMI Display Adapter</t>
+  </si>
+  <si>
+    <t>J5-JUA165C</t>
+  </si>
+  <si>
+    <t>j5create USB-C® to Dual USB-C Adapter</t>
+  </si>
+  <si>
+    <t>J5-JCA164</t>
+  </si>
+  <si>
+    <t>RS-232/RS-485 Interface Converter</t>
+  </si>
+  <si>
+    <t>ATEN-IC485S-AT-G</t>
+  </si>
+  <si>
+    <t>Delock Active DisplayPort 1.2 to HDMI Cable 4K 60 Hz 5 m</t>
+  </si>
+  <si>
+    <t>DELOCK-85958</t>
+  </si>
+  <si>
+    <t>ATEN-IC485SN-AT</t>
   </si>
   <si>
     <t>2.7M USB-C to 4K HDMI Converter</t>
   </si>
   <si>
     <t>ATEN-UC3238-AT</t>
   </si>
   <si>
-    <t>Delock Cable USB Type-C™ male &gt; DisplayPort male (DP Alt Mode) 4K 60 Hz 2 m black</t>
-[...77 lines deleted...]
-    <t>DELOCK-63925</t>
+    <t>4in1 Adapter Delock 63129 USB-C - VGA / DVI / Displayport / HDMI Socket, Black</t>
+  </si>
+  <si>
+    <t>DELOCK-63129</t>
+  </si>
+  <si>
+    <t>Delock Cable mini SAS SFF-8087 &gt; 4 x SAS SFF-8482 + power 0.5 m</t>
+  </si>
+  <si>
+    <t>DELOCK-83059</t>
+  </si>
+  <si>
+    <t>Delock adapter HDMI-A male to USB Type-C™ female (DP Alt Mode) 4K 60 Hz</t>
+  </si>
+  <si>
+    <t>DELOCK-63251</t>
   </si>
   <si>
     <t>j5create USB-C to HDMI 2.1 8K Adapter</t>
   </si>
   <si>
     <t>J5-JCA157</t>
   </si>
   <si>
-    <t>Delock Active DisplayPort 1.2 to HDMI Cable 4K 60 Hz 5 m</t>
-[...26 lines deleted...]
-    <t>DELOCK-63251</t>
+    <t>Delock Adapter HDMI-A male to DisplayPort female 4K 60 Hz</t>
+  </si>
+  <si>
+    <t>DELOCK-63206</t>
   </si>
   <si>
     <t>Delock M.2 Key M to PCIe x4 NVMe Adapter with 20 cm cable</t>
   </si>
   <si>
     <t>DELOCK-64131</t>
   </si>
   <si>
     <t>Cable Delock USB-C - HDMI, 2m, Red</t>
   </si>
   <si>
     <t>DELOCK-80096</t>
   </si>
   <si>
+    <t>Delock USB Type-C™ Adapter to HDMI (DP Alt Mode) 8K with HDR function</t>
+  </si>
+  <si>
+    <t>DELOCK-62632</t>
+  </si>
+  <si>
     <t>4in1 Adapter Delock 63929 USB-C - VGA / DVI / Displayport / HDMI Socket, Black</t>
   </si>
   <si>
     <t>DELOCK-63929</t>
   </si>
   <si>
     <t>Delock DisplayPort 1.2 Splitter 1 x DisplayPort in &gt; 2 x DisplayPort out 4K</t>
   </si>
   <si>
     <t>DELOCK-87691</t>
   </si>
   <si>
     <t>Delock USB Isolator with 5 kV Isolation, 1 x USB 1.1 type-A male (host), 1 x USB 1.1 type-A female (device, 1 x DC jack, 15cm</t>
   </si>
   <si>
     <t>DELOCK-62588</t>
+  </si>
+  <si>
+    <t>4-Port USB to RS-232 Hub</t>
+  </si>
+  <si>
+    <t>ATEN-UC2324-AT</t>
   </si>
   <si>
     <t>Delock DisplayPort 1.2 Splitter 1 x DisplayPort in &gt; 2 x HDMI out</t>
   </si>
   <si>
     <t>DELOCK-87666</t>
   </si>
   <si>
     <t>Delock Active Optical Cable DisplayPort 1.4 8K 10 m</t>
   </si>
   <si>
     <t>DELOCK-85885</t>
   </si>
   <si>
     <t>DVI Extender VE600A 1920×1200, 40 m</t>
   </si>
   <si>
     <t>ATEN-VE600A</t>
   </si>
   <si>
     <t>Delock Active Optical Cable DisplayPort 1.4 8K 15 m</t>
   </si>
   <si>
     <t>DELOCK-85886</t>
   </si>
@@ -1126,2614 +1168,2796 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D183"/>
+  <dimension ref="A1:D196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>2.4</v>
+        <v>1.224</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>3.288</v>
+        <v>1.68</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>3.288</v>
+        <v>2.208</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>4.368</v>
+        <v>2.412</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>4.728</v>
+        <v>2.424</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>4.728</v>
+        <v>2.484</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>4.86</v>
+        <v>2.496</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>4.884</v>
+        <v>2.904</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>5.676</v>
+        <v>2.928</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>5.724</v>
+        <v>3.048</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>5.964</v>
+        <v>3.168</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>6.192</v>
+        <v>3.216</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>6.372</v>
+        <v>3.264</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>6.384</v>
+        <v>3.264</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>6.708</v>
+        <v>3.36</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>6.756</v>
+        <v>3.432</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>6.876</v>
+        <v>3.516</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>6.9</v>
+        <v>3.528</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>6.996</v>
+        <v>3.576</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>7.044</v>
+        <v>3.576</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>7.416</v>
+        <v>3.84</v>
       </c>
       <c r="D22" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23">
+        <v>3.84</v>
+      </c>
+      <c r="D23" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>7.512</v>
+        <v>4.08</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>7.932</v>
+        <v>4.212</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>8.244</v>
+        <v>4.704</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>9.204</v>
+        <v>4.728</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>9.252</v>
+        <v>4.884</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>9.564</v>
+        <v>5.016</v>
       </c>
       <c r="D29" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>9.9</v>
+        <v>5.196</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>10.176</v>
+        <v>5.736</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>11.22</v>
+        <v>6.12</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>11.964</v>
+        <v>6.12</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>11.964</v>
+        <v>6.12</v>
       </c>
       <c r="D34" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>11.964</v>
+        <v>6.24</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>12.456</v>
+        <v>6.372</v>
       </c>
       <c r="D36" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>12.576</v>
+        <v>6.432</v>
       </c>
       <c r="D37" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>12.912</v>
+        <v>6.432</v>
       </c>
       <c r="D38" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>13.704</v>
+        <v>6.6</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>14.688</v>
+        <v>7.008</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>15.252</v>
+        <v>7.512</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>15.528</v>
+        <v>7.8</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>15.72</v>
+        <v>7.932</v>
       </c>
       <c r="D43" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>17.676</v>
+        <v>8.04</v>
       </c>
       <c r="D44" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>18.024</v>
+        <v>8.976</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>18.54</v>
+        <v>9.036</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>18.96</v>
+        <v>9.408</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>19.848</v>
+        <v>9.48</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>19.872</v>
+        <v>9.636</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>20.364</v>
+        <v>10.152</v>
       </c>
       <c r="D50" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>23.172</v>
+        <v>10.164</v>
       </c>
       <c r="D51" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>24.66</v>
+        <v>10.416</v>
       </c>
       <c r="D52" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>24.84</v>
+        <v>11.844</v>
       </c>
       <c r="D53" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>26.808</v>
+        <v>12.612</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>27.264</v>
+        <v>12.696</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>29.688</v>
+        <v>13.332</v>
       </c>
       <c r="D56" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>30.6</v>
+        <v>13.704</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>30.852</v>
+        <v>13.944</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>31.2</v>
+        <v>14.616</v>
       </c>
       <c r="D59" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>31.488</v>
+        <v>15.648</v>
       </c>
       <c r="D60" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>86</v>
+        <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>31.74</v>
+        <v>15.78</v>
       </c>
       <c r="D61" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>31.884</v>
+        <v>15.948</v>
       </c>
       <c r="D62" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>32.112</v>
+        <v>16.08</v>
       </c>
       <c r="D63" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>87</v>
+      </c>
+      <c r="B64" t="s">
         <v>131</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>33.492</v>
+        <v>16.224</v>
       </c>
       <c r="D64" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>94</v>
+        <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
-        <v>34.2</v>
+        <v>16.308</v>
       </c>
       <c r="D65" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
-        <v>35.208</v>
+        <v>16.416</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
-        <v>35.676</v>
+        <v>16.5</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
-        <v>36.144</v>
+        <v>17.124</v>
       </c>
       <c r="D68" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>140</v>
+        <v>97</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
-        <v>37.14</v>
+        <v>17.484</v>
       </c>
       <c r="D69" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
-        <v>37.428</v>
+        <v>18.0</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
-        <v>38.604</v>
+        <v>18.48</v>
       </c>
       <c r="D71" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
-        <v>38.856</v>
+        <v>18.996</v>
       </c>
       <c r="D72" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
-        <v>39.168</v>
+        <v>19.14</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
-        <v>39.324</v>
+        <v>19.74</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
-        <v>39.6</v>
+        <v>19.872</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>116</v>
+        <v>154</v>
       </c>
       <c r="B76" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C76">
-        <v>41.004</v>
+        <v>20.028</v>
       </c>
       <c r="D76" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B77" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C77">
-        <v>42.0</v>
+        <v>20.112</v>
       </c>
       <c r="D77" t="s">
-        <v>157</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
-        <v>42.78</v>
+        <v>20.244</v>
       </c>
       <c r="D78" t="s">
-        <v>157</v>
+        <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>121</v>
+      </c>
+      <c r="B79" t="s">
         <v>160</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>43.116</v>
+        <v>20.964</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>161</v>
+      </c>
+      <c r="B80" t="s">
         <v>162</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>43.224</v>
+        <v>21.48</v>
       </c>
       <c r="D80" t="s">
-        <v>48</v>
+        <v>140</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>163</v>
+      </c>
+      <c r="B81" t="s">
         <v>164</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>45.276</v>
+        <v>21.876</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>140</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>165</v>
+      </c>
+      <c r="B82" t="s">
         <v>166</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>46.8</v>
+        <v>22.044</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>167</v>
+      </c>
+      <c r="B83" t="s">
         <v>168</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>48.612</v>
+        <v>22.104</v>
       </c>
       <c r="D83" t="s">
-        <v>157</v>
+        <v>140</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>169</v>
+      </c>
+      <c r="B84" t="s">
         <v>170</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>48.816</v>
+        <v>23.148</v>
       </c>
       <c r="D84" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>171</v>
+      </c>
+      <c r="B85" t="s">
         <v>172</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>48.96</v>
+        <v>24.852</v>
       </c>
       <c r="D85" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>173</v>
+      </c>
+      <c r="B86" t="s">
         <v>174</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>49.752</v>
+        <v>24.96</v>
       </c>
       <c r="D86" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>175</v>
+      </c>
+      <c r="B87" t="s">
         <v>176</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>50.748</v>
+        <v>25.032</v>
       </c>
       <c r="D87" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>177</v>
+      </c>
+      <c r="B88" t="s">
         <v>178</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>50.82</v>
+        <v>25.44</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>179</v>
+      </c>
+      <c r="B89" t="s">
         <v>180</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>51.84</v>
+        <v>25.956</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>181</v>
+      </c>
+      <c r="B90" t="s">
         <v>182</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>52.212</v>
+        <v>25.992</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>183</v>
+      </c>
+      <c r="B91" t="s">
         <v>184</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>53.4</v>
+        <v>26.508</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>185</v>
+      </c>
+      <c r="B92" t="s">
         <v>186</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92">
+        <v>26.7</v>
+      </c>
+      <c r="D92" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
-        <v>54.0</v>
+        <v>27.42</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
-        <v>55.548</v>
+        <v>28.404</v>
       </c>
       <c r="D94" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
-        <v>55.8</v>
+        <v>28.596</v>
       </c>
       <c r="D95" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
-        <v>55.92</v>
+        <v>28.776</v>
       </c>
       <c r="D96" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
-        <v>56.28</v>
+        <v>29.304</v>
       </c>
       <c r="D97" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>198</v>
       </c>
       <c r="B98" t="s">
         <v>199</v>
       </c>
       <c r="C98">
-        <v>57.3</v>
+        <v>30.588</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="B99" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C99">
-        <v>57.36</v>
+        <v>30.672</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B100" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C100">
-        <v>59.832</v>
+        <v>30.972</v>
       </c>
       <c r="D100" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B101" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C101">
-        <v>60.0</v>
+        <v>32.052</v>
       </c>
       <c r="D101" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B102" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C102">
-        <v>4.728</v>
+        <v>1.68</v>
       </c>
       <c r="D102" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B103" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C103">
-        <v>4.728</v>
+        <v>2.412</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B104" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C104">
-        <v>4.86</v>
+        <v>2.424</v>
       </c>
       <c r="D104" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B105" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C105">
-        <v>4.884</v>
+        <v>2.484</v>
       </c>
       <c r="D105" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B106" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C106">
-        <v>5.676</v>
+        <v>2.496</v>
       </c>
       <c r="D106" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B107" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C107">
-        <v>5.964</v>
+        <v>2.904</v>
       </c>
       <c r="D107" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="B108" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="C108">
-        <v>6.372</v>
+        <v>3.048</v>
       </c>
       <c r="D108" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="B109" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="C109">
-        <v>6.9</v>
+        <v>3.264</v>
       </c>
       <c r="D109" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="B110" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="C110">
-        <v>8.244</v>
+        <v>3.528</v>
       </c>
       <c r="D110" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="B111" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="C111">
-        <v>9.564</v>
+        <v>4.212</v>
       </c>
       <c r="D111" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B112" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C112">
-        <v>9.9</v>
+        <v>4.884</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="B113" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="C113">
-        <v>12.576</v>
+        <v>5.016</v>
       </c>
       <c r="D113" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="B114" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="C114">
-        <v>13.704</v>
+        <v>6.24</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="B115" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="C115">
-        <v>14.688</v>
+        <v>6.432</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="B116" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="C116">
-        <v>15.252</v>
+        <v>6.432</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B117" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="C117">
-        <v>15.528</v>
+        <v>7.008</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B118" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C118">
-        <v>15.72</v>
+        <v>7.512</v>
       </c>
       <c r="D118" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B119" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="C119">
-        <v>17.676</v>
+        <v>7.8</v>
       </c>
       <c r="D119" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="B120" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C120">
-        <v>18.024</v>
+        <v>7.932</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B121" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C121">
-        <v>18.54</v>
+        <v>8.04</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B122" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C122">
-        <v>18.96</v>
+        <v>8.976</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B123" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C123">
-        <v>19.848</v>
+        <v>9.036</v>
       </c>
       <c r="D123" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B124" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="C124">
-        <v>19.872</v>
+        <v>9.408</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B125" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="C125">
-        <v>20.364</v>
+        <v>9.48</v>
       </c>
       <c r="D125" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B126" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="C126">
-        <v>23.172</v>
+        <v>9.636</v>
       </c>
       <c r="D126" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="B127" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="C127">
-        <v>24.66</v>
+        <v>10.152</v>
       </c>
       <c r="D127" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="B128" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="C128">
-        <v>24.84</v>
+        <v>10.164</v>
       </c>
       <c r="D128" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="B129" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="C129">
-        <v>29.688</v>
+        <v>10.416</v>
       </c>
       <c r="D129" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="B130" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="C130">
-        <v>30.852</v>
+        <v>11.844</v>
       </c>
       <c r="D130" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="B131" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="C131">
-        <v>31.2</v>
+        <v>12.612</v>
       </c>
       <c r="D131" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="B132" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="C132">
-        <v>31.74</v>
+        <v>12.696</v>
       </c>
       <c r="D132" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="B133" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="C133">
-        <v>31.884</v>
+        <v>13.332</v>
       </c>
       <c r="D133" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>131</v>
+        <v>117</v>
       </c>
       <c r="B134" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="C134">
-        <v>33.492</v>
+        <v>13.704</v>
       </c>
       <c r="D134" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="B135" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="C135">
-        <v>34.2</v>
+        <v>14.616</v>
       </c>
       <c r="D135" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>140</v>
+        <v>125</v>
       </c>
       <c r="B136" t="s">
-        <v>141</v>
+        <v>126</v>
       </c>
       <c r="C136">
-        <v>37.14</v>
+        <v>15.78</v>
       </c>
       <c r="D136" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
       <c r="B137" t="s">
-        <v>143</v>
+        <v>128</v>
       </c>
       <c r="C137">
-        <v>37.428</v>
+        <v>15.948</v>
       </c>
       <c r="D137" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="B138" t="s">
-        <v>145</v>
+        <v>130</v>
       </c>
       <c r="C138">
-        <v>38.604</v>
+        <v>16.08</v>
       </c>
       <c r="D138" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>146</v>
+        <v>87</v>
       </c>
       <c r="B139" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="C139">
-        <v>38.856</v>
+        <v>16.224</v>
       </c>
       <c r="D139" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>152</v>
+        <v>132</v>
       </c>
       <c r="B140" t="s">
-        <v>153</v>
+        <v>133</v>
       </c>
       <c r="C140">
-        <v>39.6</v>
+        <v>16.308</v>
       </c>
       <c r="D140" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="B141" t="s">
-        <v>154</v>
+        <v>139</v>
       </c>
       <c r="C141">
-        <v>41.004</v>
+        <v>17.124</v>
       </c>
       <c r="D141" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>160</v>
+        <v>97</v>
       </c>
       <c r="B142" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="C142">
-        <v>43.116</v>
+        <v>17.484</v>
       </c>
       <c r="D142" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
       <c r="B143" t="s">
-        <v>163</v>
+        <v>147</v>
       </c>
       <c r="C143">
-        <v>43.224</v>
+        <v>18.996</v>
       </c>
       <c r="D143" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>164</v>
+        <v>148</v>
       </c>
       <c r="B144" t="s">
-        <v>165</v>
+        <v>149</v>
       </c>
       <c r="C144">
-        <v>45.276</v>
+        <v>19.14</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="B145" t="s">
-        <v>169</v>
+        <v>151</v>
       </c>
       <c r="C145">
-        <v>48.612</v>
+        <v>19.74</v>
       </c>
       <c r="D145" t="s">
-        <v>157</v>
+        <v>50</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>172</v>
+        <v>152</v>
       </c>
       <c r="B146" t="s">
-        <v>173</v>
+        <v>153</v>
       </c>
       <c r="C146">
-        <v>48.96</v>
+        <v>19.872</v>
       </c>
       <c r="D146" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>174</v>
+        <v>158</v>
       </c>
       <c r="B147" t="s">
-        <v>175</v>
+        <v>159</v>
       </c>
       <c r="C147">
-        <v>49.752</v>
+        <v>20.244</v>
       </c>
       <c r="D147" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>176</v>
+        <v>121</v>
       </c>
       <c r="B148" t="s">
-        <v>177</v>
+        <v>160</v>
       </c>
       <c r="C148">
-        <v>50.748</v>
+        <v>20.964</v>
       </c>
       <c r="D148" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>180</v>
+        <v>161</v>
       </c>
       <c r="B149" t="s">
-        <v>181</v>
+        <v>162</v>
       </c>
       <c r="C149">
-        <v>51.84</v>
+        <v>21.48</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>184</v>
+        <v>165</v>
       </c>
       <c r="B150" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="C150">
-        <v>53.4</v>
+        <v>22.044</v>
       </c>
       <c r="D150" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>188</v>
+        <v>167</v>
       </c>
       <c r="B151" t="s">
-        <v>189</v>
+        <v>168</v>
       </c>
       <c r="C151">
-        <v>54.0</v>
+        <v>22.104</v>
       </c>
       <c r="D151" t="s">
-        <v>6</v>
+        <v>140</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>190</v>
+        <v>169</v>
       </c>
       <c r="B152" t="s">
-        <v>191</v>
+        <v>170</v>
       </c>
       <c r="C152">
-        <v>55.548</v>
+        <v>23.148</v>
       </c>
       <c r="D152" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>192</v>
+        <v>171</v>
       </c>
       <c r="B153" t="s">
-        <v>193</v>
+        <v>172</v>
       </c>
       <c r="C153">
-        <v>55.8</v>
+        <v>24.852</v>
       </c>
       <c r="D153" t="s">
-        <v>6</v>
+        <v>140</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>194</v>
+        <v>175</v>
       </c>
       <c r="B154" t="s">
-        <v>195</v>
+        <v>176</v>
       </c>
       <c r="C154">
-        <v>55.92</v>
+        <v>25.032</v>
       </c>
       <c r="D154" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>198</v>
+        <v>177</v>
       </c>
       <c r="B155" t="s">
-        <v>199</v>
+        <v>178</v>
       </c>
       <c r="C155">
-        <v>57.3</v>
+        <v>25.44</v>
       </c>
       <c r="D155" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="B156" t="s">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="C156">
-        <v>57.36</v>
+        <v>25.956</v>
       </c>
       <c r="D156" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="B157" t="s">
-        <v>202</v>
+        <v>184</v>
       </c>
       <c r="C157">
-        <v>59.832</v>
+        <v>26.508</v>
       </c>
       <c r="D157" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="B158" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="C158">
-        <v>63.6</v>
+        <v>27.42</v>
       </c>
       <c r="D158" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>207</v>
+        <v>190</v>
       </c>
       <c r="B159" t="s">
-        <v>208</v>
+        <v>191</v>
       </c>
       <c r="C159">
-        <v>65.712</v>
+        <v>28.404</v>
       </c>
       <c r="D159" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="B160" t="s">
-        <v>210</v>
+        <v>193</v>
       </c>
       <c r="C160">
-        <v>67.2</v>
+        <v>28.596</v>
       </c>
       <c r="D160" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>211</v>
+        <v>196</v>
       </c>
       <c r="B161" t="s">
-        <v>212</v>
+        <v>197</v>
       </c>
       <c r="C161">
-        <v>70.116</v>
+        <v>29.304</v>
       </c>
       <c r="D161" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>213</v>
+        <v>198</v>
       </c>
       <c r="B162" t="s">
-        <v>214</v>
+        <v>199</v>
       </c>
       <c r="C162">
-        <v>70.8</v>
+        <v>30.588</v>
       </c>
       <c r="D162" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>215</v>
+        <v>200</v>
       </c>
       <c r="B163" t="s">
-        <v>216</v>
+        <v>201</v>
       </c>
       <c r="C163">
-        <v>74.64</v>
+        <v>30.672</v>
       </c>
       <c r="D163" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="B164" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="C164">
-        <v>79.98</v>
+        <v>33.6</v>
       </c>
       <c r="D164" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="B165" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="C165">
-        <v>80.832</v>
+        <v>33.828</v>
       </c>
       <c r="D165" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="B166" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="C166">
-        <v>81.492</v>
+        <v>34.356</v>
       </c>
       <c r="D166" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="B167" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="C167">
-        <v>83.232</v>
+        <v>35.856</v>
       </c>
       <c r="D167" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="B168" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="C168">
-        <v>104.172</v>
+        <v>35.892</v>
       </c>
       <c r="D168" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="B169" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="C169">
-        <v>113.16</v>
+        <v>36.0</v>
       </c>
       <c r="D169" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="B170" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="C170">
-        <v>116.928</v>
+        <v>37.944</v>
       </c>
       <c r="D170" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="B171" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="C171">
-        <v>161.388</v>
+        <v>38.16</v>
       </c>
       <c r="D171" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>233</v>
+        <v>218</v>
       </c>
       <c r="B172" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="C172">
-        <v>167.328</v>
+        <v>38.76</v>
       </c>
       <c r="D172" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="B173" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="C173">
-        <v>191.82</v>
+        <v>41.148</v>
       </c>
       <c r="D173" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="B174" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="C174">
-        <v>230.436</v>
+        <v>41.328</v>
       </c>
       <c r="D174" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="B175" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="C175">
-        <v>241.74</v>
+        <v>41.664</v>
       </c>
       <c r="D175" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="B176" t="s">
-        <v>242</v>
+        <v>230</v>
       </c>
       <c r="C176">
-        <v>249.156</v>
+        <v>42.552</v>
       </c>
       <c r="D176" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="B177" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="C177">
-        <v>289.356</v>
+        <v>43.092</v>
       </c>
       <c r="D177" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>245</v>
+        <v>233</v>
       </c>
       <c r="B178" t="s">
-        <v>246</v>
+        <v>234</v>
       </c>
       <c r="C178">
-        <v>319.596</v>
+        <v>46.56</v>
       </c>
       <c r="D178" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>247</v>
+        <v>235</v>
       </c>
       <c r="B179" t="s">
-        <v>248</v>
+        <v>236</v>
       </c>
       <c r="C179">
-        <v>351.18</v>
+        <v>53.268</v>
       </c>
       <c r="D179" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>249</v>
+        <v>237</v>
       </c>
       <c r="B180" t="s">
-        <v>250</v>
+        <v>238</v>
       </c>
       <c r="C180">
-        <v>474.096</v>
+        <v>57.864</v>
       </c>
       <c r="D180" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>251</v>
+        <v>239</v>
       </c>
       <c r="B181" t="s">
-        <v>252</v>
+        <v>240</v>
       </c>
       <c r="C181">
-        <v>597.012</v>
+        <v>58.14</v>
       </c>
       <c r="D181" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
+        <v>241</v>
+      </c>
+      <c r="B182" t="s">
+        <v>242</v>
+      </c>
+      <c r="C182">
+        <v>59.784</v>
+      </c>
+      <c r="D182" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" t="s">
+        <v>243</v>
+      </c>
+      <c r="B183" t="s">
+        <v>244</v>
+      </c>
+      <c r="C183">
+        <v>82.512</v>
+      </c>
+      <c r="D183" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" t="s">
+        <v>245</v>
+      </c>
+      <c r="B184" t="s">
+        <v>246</v>
+      </c>
+      <c r="C184">
+        <v>85.548</v>
+      </c>
+      <c r="D184" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" t="s">
+        <v>247</v>
+      </c>
+      <c r="B185" t="s">
+        <v>248</v>
+      </c>
+      <c r="C185">
+        <v>94.92</v>
+      </c>
+      <c r="D185" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" t="s">
+        <v>249</v>
+      </c>
+      <c r="B186" t="s">
+        <v>250</v>
+      </c>
+      <c r="C186">
+        <v>98.076</v>
+      </c>
+      <c r="D186" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" t="s">
+        <v>251</v>
+      </c>
+      <c r="B187" t="s">
+        <v>252</v>
+      </c>
+      <c r="C187">
+        <v>117.828</v>
+      </c>
+      <c r="D187" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" t="s">
         <v>253</v>
       </c>
-      <c r="B182" t="s">
+      <c r="B188" t="s">
         <v>254</v>
       </c>
-      <c r="C182">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="C188">
+        <v>123.6</v>
+      </c>
+      <c r="D188" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" t="s">
+        <v>255</v>
+      </c>
+      <c r="B189" t="s">
+        <v>256</v>
+      </c>
+      <c r="C189">
+        <v>127.392</v>
+      </c>
+      <c r="D189" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" t="s">
+        <v>257</v>
+      </c>
+      <c r="B190" t="s">
+        <v>258</v>
+      </c>
+      <c r="C190">
+        <v>147.948</v>
+      </c>
+      <c r="D190" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" t="s">
+        <v>259</v>
+      </c>
+      <c r="B191" t="s">
+        <v>260</v>
+      </c>
+      <c r="C191">
+        <v>163.404</v>
+      </c>
+      <c r="D191" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" t="s">
+        <v>261</v>
+      </c>
+      <c r="B192" t="s">
+        <v>262</v>
+      </c>
+      <c r="C192">
+        <v>179.556</v>
+      </c>
+      <c r="D192" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" t="s">
+        <v>263</v>
+      </c>
+      <c r="B193" t="s">
+        <v>264</v>
+      </c>
+      <c r="C193">
+        <v>210.612</v>
+      </c>
+      <c r="D193" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" t="s">
+        <v>265</v>
+      </c>
+      <c r="B194" t="s">
+        <v>266</v>
+      </c>
+      <c r="C194">
+        <v>305.244</v>
+      </c>
+      <c r="D194" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" t="s">
+        <v>267</v>
+      </c>
+      <c r="B195" t="s">
+        <v>268</v>
+      </c>
+      <c r="C195">
+        <v>398.628</v>
+      </c>
+      <c r="D195" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D183"/>
+  <autoFilter ref="A1:D196"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>