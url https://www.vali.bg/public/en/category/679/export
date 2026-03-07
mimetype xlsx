--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$196</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$192</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Cable  ESTILLO E-Serial ATA (eSATA), 1m</t>
   </si>
   <si>
     <t>EST-SERIAL-CABLE-INT-1M</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Fan spliter Noctua 4 PIN 10cm PWM Y-Split</t>
   </si>
   <si>
@@ -82,161 +82,161 @@
   <si>
     <t>Delock Cable PCI Express power supply 8 pin to 2 x 5¼“ for graphics card</t>
   </si>
   <si>
     <t>DELOCK-82397</t>
   </si>
   <si>
     <t>Delock SATA 6 Gb/s Extension Cable 30 cm red</t>
   </si>
   <si>
     <t>DELOCK-83953</t>
   </si>
   <si>
     <t>Delock Cable SATA 6 Gb/s male straight &gt; SATA male straight 30 cm red metal</t>
   </si>
   <si>
     <t>DELOCK-82676</t>
   </si>
   <si>
     <t>Delock Power Cable SATA 15 pin receptacle &gt; 4 pin floppy male 15 cm</t>
   </si>
   <si>
     <t>DELOCK-83918</t>
   </si>
   <si>
+    <t>Cable DeLock Power Cable SATA 15 pin plug to 4 pin female, 12 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-60115</t>
+  </si>
+  <si>
     <t>Delock Power Cable PCI Express 6 pin female &gt; PCI Express 8 pin male 20 cm</t>
   </si>
   <si>
     <t>DELOCK-83775</t>
   </si>
   <si>
     <t>Delock SATA Cable, Serial-ATA III, 6 Gbit/s, Internal, 90°, 0.30 m</t>
   </si>
   <si>
     <t>DELOCK-82806</t>
   </si>
   <si>
     <t>Cable DeLock Molex 4 pin to SATA 15 pin, 12 cm</t>
   </si>
   <si>
     <t>DELOCK-60100</t>
   </si>
   <si>
     <t>Cable DeLock Power Cable SATA 15 pin female to 4 pin female, 20 cm</t>
   </si>
   <si>
     <t>DELOCK-60136</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Cable DeLock Power Molex 4 pin male to SATA 15 pin female + P4 male, 15 cm</t>
   </si>
   <si>
     <t>DELOCK-60127</t>
   </si>
   <si>
     <t>Delock Cable Molex 3 pin female &gt; 2 x Molex 3 pin male (fan) 22 cm</t>
   </si>
   <si>
     <t>DELOCK-89343</t>
   </si>
   <si>
     <t>Cable DeLock Power SATA 15pin to 2x 4pin Molex female, 20cm</t>
   </si>
   <si>
     <t>DELOCK-65159</t>
   </si>
   <si>
     <t>Delock PCI Express power cable 6 pin female &gt; 2 x 8 pin male 30 cm</t>
   </si>
   <si>
     <t>DELOCK-83433</t>
   </si>
   <si>
-    <t>Cable DeLock Power Cable SATA 15 pin plug to 4 pin female, 12 cm</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock Power cable 2 x 4 pin Molex male &gt; 8 pin EPS male 15 cm</t>
   </si>
   <si>
     <t>DELOCK-83410</t>
   </si>
   <si>
     <t>Cable DeLock Power SATA 15 pin to 6 pin PCI Express,  20 cm</t>
   </si>
   <si>
     <t>DELOCK-82924</t>
   </si>
   <si>
     <t>Delock Cable Power SATA 15 pin male to Molex 4 pin female + SATA 15 pin female</t>
   </si>
   <si>
     <t>DELOCK-65235</t>
   </si>
   <si>
+    <t>Hama SATA III Data Cable, internal, 0.45 m</t>
+  </si>
+  <si>
+    <t>HAMA-200739</t>
+  </si>
+  <si>
     <t>Delock Extension cable P4 4 pin male &gt; P4 4 pin female 30 cm</t>
   </si>
   <si>
     <t>DELOCK-84954</t>
   </si>
   <si>
-    <t>Hama SATA III Data Cable, internal, 0.45 m</t>
-[...7 lines deleted...]
-  <si>
     <t>Cable DeLock Power Molex 4 Pin male to 2 x SATA 15 Pin 16 cm</t>
   </si>
   <si>
     <t>DELOCK-60102</t>
   </si>
   <si>
     <t>Delock DVI HDMI™ Adapter, DVI plug - HDMI™ socket, gold-plated</t>
   </si>
   <si>
     <t>DELOCK-65466</t>
   </si>
   <si>
+    <t>Cable ACT 1 metre Serial 1:1 connection cable 9 pin RS232 male - 9 pin RS232 female</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK2304</t>
+  </si>
+  <si>
     <t>Hama SATA Cable, Serial-ATA III, 6 Gbit/s, Internal, 90°, 0.60 m</t>
   </si>
   <si>
     <t>HAMA-200740</t>
   </si>
   <si>
-    <t>Cable ACT 1 metre Serial 1:1 connection cable 9 pin RS232 male - 9 pin RS232 female</t>
-[...4 lines deleted...]
-  <si>
     <t>Kolink cable 3-pin 5V ARGB Corsair cable - 15 cm</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-219</t>
   </si>
   <si>
     <t>Delock Cable SATA 15 pin power plug with latching function &gt; SATA 15 pin power receptacle 4 x down 30 cm</t>
   </si>
   <si>
     <t>DELOCK-60167</t>
   </si>
   <si>
     <t>Spliter DeLock Power 4 pin male to SATA 15 pin female + 4 pin female, 16.5 cm</t>
   </si>
   <si>
     <t>DELOCK-60103</t>
   </si>
   <si>
     <t>Cable DeLock Power SATA 15 pin to 2 x SATA HDD, 15 cm</t>
   </si>
   <si>
     <t>DELOCK-60105</t>
   </si>
   <si>
     <t>Cable ACT AK2315, 1.8 metre Serial 1:1 connection cable 9 pin RS232 female - 9 pin RS232 female</t>
@@ -277,92 +277,95 @@
   <si>
     <t>Delock DisplayPort 1.4 Adapter male to female 90° right angled 8K 60 Hz</t>
   </si>
   <si>
     <t>DELOCK-66297</t>
   </si>
   <si>
     <t>Adapter DeLock D-Sub 9 pin male &gt; D-Sub 9 pin female</t>
   </si>
   <si>
     <t>DELOCK-65255</t>
   </si>
   <si>
     <t>3 metre Serial 1:1 connection cable 9 pin D-sub male - 9 pin D-sub female</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2306</t>
   </si>
   <si>
     <t>Delock Cable Power SATA 15 pin plug &gt; 4 x SATA 15 pin receptacle 40 cm multicolour</t>
   </si>
   <si>
     <t>DELOCK-60141</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 1 m</t>
   </si>
   <si>
     <t>DELOCK-80261</t>
   </si>
   <si>
     <t>Delock Cable Power Molex 4 pin plug &gt; 4 x SATA 15 pin receptacle 40 cm</t>
   </si>
   <si>
     <t>DELOCK-60142</t>
   </si>
   <si>
     <t>Delock Extension cable SATA 6 Gb/s 22 pin plug &gt; SATA 22 pin receptacle (5 V + 12 V) 30 cm</t>
   </si>
   <si>
     <t>DELOCK-83803</t>
   </si>
   <si>
     <t>Delock Serial Cable RS-232 DB9 F (with screw) - RS-232 RJ45 M - 1m, for consoles of CISCO routers, switches, access points</t>
   </si>
   <si>
     <t>DELOCK-63341</t>
   </si>
   <si>
     <t>Delock Adapter mini DisplayPort 1.2 female &gt; female Gender Changer</t>
   </si>
   <si>
     <t>DELOCK-65450</t>
   </si>
   <si>
+    <t>5 metre Serial 1:1 connection cable 9 pin D-sub male - 9 pin D-sub female</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK2307</t>
+  </si>
+  <si>
     <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 2 m</t>
   </si>
   <si>
     <t>DELOCK-80262</t>
   </si>
   <si>
-    <t>5 metre Serial 1:1 connection cable 9 pin D-sub male - 9 pin D-sub female</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock Adapter HDMI-A male &gt; VGA female with Audio, Black</t>
   </si>
   <si>
     <t>DELOCK-65901</t>
   </si>
   <si>
     <t>Delock Adapter DisplayPort male &gt; DisplayPort female angled down</t>
   </si>
   <si>
     <t>DELOCK-65382</t>
   </si>
   <si>
     <t>Delock DisplayPort 1.2 extension cable 4K 60 Hz 1 m</t>
   </si>
   <si>
     <t>DELOCK-80001</t>
   </si>
   <si>
     <t>Delock Extension cable DVI 24+1 male &gt; DVI 24+1 female 3 m black</t>
   </si>
   <si>
     <t>DELOCK-83191</t>
   </si>
   <si>
     <t>Delock Extension cable DVI 24+1 male &gt; DVI 24+1 female 5 m black</t>
@@ -385,113 +388,113 @@
   <si>
     <t>Cable ACT AK3990, DisplayPort male - HDMI-A male, 1.8 m, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK3990</t>
   </si>
   <si>
     <t>PS/2 to USB Adapter (90cm)</t>
   </si>
   <si>
     <t>ATEN-UC10KM-AT</t>
   </si>
   <si>
     <t>Cable ACT AK2309, 10m Serial 1:1 connection 9 pin D-sub male - 9 pin D-sub female</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2309</t>
   </si>
   <si>
     <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 3 m</t>
   </si>
   <si>
     <t>DELOCK-80263</t>
   </si>
   <si>
+    <t>JDA154 DisplayPort to HDMI Adapter</t>
+  </si>
+  <si>
+    <t>J5-JDA154</t>
+  </si>
+  <si>
     <t>Cable ACT AK3991, DisplayPort male - HDMI-A male, 3 m, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK3991</t>
   </si>
   <si>
     <t>ACT Cable Display port 2.1 male-male, 8K@60Hz, 4k@240Hz, 1m, black</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK4081</t>
   </si>
   <si>
     <t>USB to Serial Converter (Basic version)</t>
   </si>
   <si>
     <t>EWENT-ACT-AC6000</t>
   </si>
   <si>
+    <t>DELOCK-80265</t>
+  </si>
+  <si>
+    <t>Delock Coiled Cable RJ50 male to D-Sub 9 female 1.5 m black</t>
+  </si>
+  <si>
+    <t>DELOCK-87996</t>
+  </si>
+  <si>
     <t>Converter ATEN UC232A1, USB to RS-232, 1.0 m cable</t>
   </si>
   <si>
     <t>ATEN-UC232A1-AT</t>
   </si>
   <si>
-    <t>DELOCK-80265</t>
-[...7 lines deleted...]
-  <si>
     <t>Delock Cable DisplayPort 1.2 male &gt; DVI 24+1 male passive 2 m black</t>
   </si>
   <si>
     <t>DELOCK-82591</t>
   </si>
   <si>
     <t>Delock DisplayPort cable 8K 60 Hz 2 m DP 8K certified</t>
   </si>
   <si>
     <t>DELOCK-85660</t>
   </si>
   <si>
     <t>j5create 4K DisplayPort Cable</t>
   </si>
   <si>
     <t>J5-JDC42</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>DELOCK-80266</t>
   </si>
   <si>
-    <t>JDA154 DisplayPort to HDMI Adapter</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock Mini DisplayPort to DisplayPort cable 8K 60 Hz 2 m DP 8K certified</t>
   </si>
   <si>
     <t>DELOCK-84928</t>
   </si>
   <si>
     <t>Delock 63482 DisplayPort Adapter for DVI, Ultra HD</t>
   </si>
   <si>
     <t>DELOCK-63482</t>
   </si>
   <si>
     <t>Adapter ACT AC6002, USB-C to Serial, 1.5 m</t>
   </si>
   <si>
     <t>EWENT-ACT-AC6002</t>
   </si>
   <si>
     <t>Delock USB 2.0 to serial RS-232 adapter D-Sub 9 female with compact connector housing 50 cm FTDI</t>
   </si>
   <si>
     <t>DELOCK-66453</t>
   </si>
   <si>
     <t>Cable Delock HDMI to DisplayPort cable 4K 30 Hz 1 m, Black</t>
@@ -529,288 +532,294 @@
   <si>
     <t>JDA159 mini DisplayPort to 4K HDMI Adapter</t>
   </si>
   <si>
     <t>J5-JDA159</t>
   </si>
   <si>
     <t>Cable Delock HDMI to DisplayPort cable 4K 30 Hz 2 m, Black</t>
   </si>
   <si>
     <t>DELOCK-85964</t>
   </si>
   <si>
     <t>j5create DisplayPort to 4K HDMI Active Adapter</t>
   </si>
   <si>
     <t>J5-JDA158</t>
   </si>
   <si>
     <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 5 m</t>
   </si>
   <si>
     <t>DELOCK-80268</t>
   </si>
   <si>
+    <t>Cable j5create JCC153G, USB-C Plug - HDMI Plug, White</t>
+  </si>
+  <si>
+    <t>J5-JCC153G</t>
+  </si>
+  <si>
+    <t>ACT Cable Display port 2.1 male - HDMI-A male, 3m, black, bulk packaging</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK4083</t>
+  </si>
+  <si>
     <t>j5create 8K DisplayPort Cable</t>
   </si>
   <si>
     <t>J5-JDC43</t>
   </si>
   <si>
     <t>USB To Serial Converter High Performance</t>
   </si>
   <si>
     <t>EWENT-EM1016</t>
   </si>
   <si>
     <t>Delock Cable Mini SAS SFF-8087 &gt; 4 x SATA 7 pin 0.5 m</t>
   </si>
   <si>
     <t>DELOCK-83057</t>
   </si>
   <si>
     <t>Delock Adapter USB 2.0 Type-A to 1 x Serial RS-232 D-Sub 9 pin</t>
   </si>
   <si>
     <t>DELOCK-62646</t>
   </si>
   <si>
     <t>Delock FPC Flat Ribbon Cable USB Type-C to HDMI (DP Alt Mode) 4K 60 Hz 14 cm</t>
   </si>
   <si>
     <t>DELOCK-86933</t>
   </si>
   <si>
-    <t>Cable j5create JCC153G, USB-C Plug - HDMI Plug, White</t>
-[...2 lines deleted...]
-    <t>J5-JCC153G</t>
+    <t>Hama Video Recording Stick, USB Plug - HDMI™ Socket, 4K</t>
+  </si>
+  <si>
+    <t>HAMA-74257</t>
   </si>
   <si>
     <t>ACT USB-C to HDMI 4K Adapter</t>
   </si>
   <si>
     <t>EWENT-ACT-AC7022</t>
   </si>
   <si>
-    <t>Hama Video Recording Stick, USB Plug - HDMI™ Socket, 4K</t>
-[...7 lines deleted...]
-  <si>
     <t>Delock Cable USB Type-C™ male &gt; DisplayPort male (DP Alt Mode) 4K 60 Hz 2 m black</t>
   </si>
   <si>
     <t>DELOCK-85256</t>
   </si>
   <si>
     <t>Delock Active USB Type-C to HDMI Cable (DP Alt Mode) 4K 60 Hz 1 m</t>
   </si>
   <si>
     <t>DELOCK-85969</t>
   </si>
   <si>
     <t>Delock USB-A male - RJ12 (RS232) for Skywatcher Telescopes, 2m</t>
   </si>
   <si>
     <t>DELOCK-66735</t>
   </si>
   <si>
+    <t>VGA to HDMI Video Audio Adapter j5create JDA214</t>
+  </si>
+  <si>
+    <t>J5-JDA214</t>
+  </si>
+  <si>
     <t>Delock Active DisplayPort 1.2 to HDMI Cable 4K 60 Hz 2 m</t>
   </si>
   <si>
     <t>DELOCK-85956</t>
   </si>
   <si>
     <t>Cable Delock HDMI to DisplayPort cable 4K 30 Hz 3 m, Black</t>
   </si>
   <si>
     <t>DELOCK-85965</t>
   </si>
   <si>
     <t>Адаптер Delock USB 2.0 към Serial RS-422/485</t>
   </si>
   <si>
     <t>DELOCK-62406</t>
   </si>
   <si>
     <t>aUSB-C to 4K HDMI Adapter</t>
   </si>
   <si>
     <t>ATEN-UC3008A1-AT</t>
   </si>
   <si>
-    <t>VGA to HDMI Video Audio Adapter j5create JDA214</t>
-[...8 lines deleted...]
-    <t>DELOCK-85661</t>
+    <t>uRage "Stream Link 4K" Video Capture Stick</t>
+  </si>
+  <si>
+    <t>HAMA-219824</t>
+  </si>
+  <si>
+    <t>j5create Android USB to HDMI Display Adapter</t>
+  </si>
+  <si>
+    <t>J5-JUA165C</t>
+  </si>
+  <si>
+    <t>Delock cable Mini SAS SFF-8087 към 4 x SATA 7-pin 1 m metal</t>
+  </si>
+  <si>
+    <t>DELOCK-85731</t>
+  </si>
+  <si>
+    <t>j5create USB-C® to Dual USB-C Adapter</t>
+  </si>
+  <si>
+    <t>J5-JCA164</t>
   </si>
   <si>
     <t>Delock Active DisplayPort 1.4 to HDMI Adapter 4K 60 Hz (HDR)</t>
   </si>
   <si>
     <t>DELOCK-66436</t>
   </si>
   <si>
-    <t>Delock Cable USB Type-C™ male &gt; HDMI male (DP Alt Mode) 4K 30 Hz 2 m black</t>
-[...4 lines deleted...]
-  <si>
     <t>Adapter Delock Mini PCIe to M.2 Key E slot</t>
   </si>
   <si>
     <t>DELOCK-63909</t>
   </si>
   <si>
     <t>3in1 Adapter Delock 63925 USB-C - VGA DVI HDMI Socket, Black</t>
   </si>
   <si>
     <t>DELOCK-63925</t>
   </si>
   <si>
-    <t>j5create Android USB to HDMI Display Adapter</t>
-[...10 lines deleted...]
-  <si>
     <t>RS-232/RS-485 Interface Converter</t>
   </si>
   <si>
     <t>ATEN-IC485S-AT-G</t>
   </si>
   <si>
     <t>Delock Active DisplayPort 1.2 to HDMI Cable 4K 60 Hz 5 m</t>
   </si>
   <si>
     <t>DELOCK-85958</t>
   </si>
   <si>
     <t>ATEN-IC485SN-AT</t>
   </si>
   <si>
+    <t>Delock Active extension cable USB-C to USB-A female 5m</t>
+  </si>
+  <si>
+    <t>DELOCK-85391</t>
+  </si>
+  <si>
     <t>2.7M USB-C to 4K HDMI Converter</t>
   </si>
   <si>
     <t>ATEN-UC3238-AT</t>
   </si>
   <si>
     <t>4in1 Adapter Delock 63129 USB-C - VGA / DVI / Displayport / HDMI Socket, Black</t>
   </si>
   <si>
     <t>DELOCK-63129</t>
   </si>
   <si>
     <t>Delock Cable mini SAS SFF-8087 &gt; 4 x SAS SFF-8482 + power 0.5 m</t>
   </si>
   <si>
     <t>DELOCK-83059</t>
   </si>
   <si>
     <t>Delock adapter HDMI-A male to USB Type-C™ female (DP Alt Mode) 4K 60 Hz</t>
   </si>
   <si>
     <t>DELOCK-63251</t>
   </si>
   <si>
     <t>j5create USB-C to HDMI 2.1 8K Adapter</t>
   </si>
   <si>
     <t>J5-JCA157</t>
   </si>
   <si>
-    <t>Delock Adapter HDMI-A male to DisplayPort female 4K 60 Hz</t>
-[...2 lines deleted...]
-    <t>DELOCK-63206</t>
+    <t>Delock Active extension cable USB-C to USB-C female 5m</t>
+  </si>
+  <si>
+    <t>DELOCK-85392</t>
   </si>
   <si>
     <t>Delock M.2 Key M to PCIe x4 NVMe Adapter with 20 cm cable</t>
   </si>
   <si>
     <t>DELOCK-64131</t>
   </si>
   <si>
     <t>Cable Delock USB-C - HDMI, 2m, Red</t>
   </si>
   <si>
     <t>DELOCK-80096</t>
   </si>
   <si>
-    <t>Delock USB Type-C™ Adapter to HDMI (DP Alt Mode) 8K with HDR function</t>
-[...4 lines deleted...]
-  <si>
     <t>4in1 Adapter Delock 63929 USB-C - VGA / DVI / Displayport / HDMI Socket, Black</t>
   </si>
   <si>
     <t>DELOCK-63929</t>
   </si>
   <si>
     <t>Delock DisplayPort 1.2 Splitter 1 x DisplayPort in &gt; 2 x DisplayPort out 4K</t>
   </si>
   <si>
     <t>DELOCK-87691</t>
   </si>
   <si>
     <t>Delock USB Isolator with 5 kV Isolation, 1 x USB 1.1 type-A male (host), 1 x USB 1.1 type-A female (device, 1 x DC jack, 15cm</t>
   </si>
   <si>
     <t>DELOCK-62588</t>
   </si>
   <si>
-    <t>4-Port USB to RS-232 Hub</t>
-[...2 lines deleted...]
-    <t>ATEN-UC2324-AT</t>
+    <t>Delock Mini DisplayPort 1.2 Splitter 1 x mini DisplayPort in &gt; 2 x HDMI out 4K</t>
+  </si>
+  <si>
+    <t>DELOCK-87696</t>
   </si>
   <si>
     <t>Delock DisplayPort 1.2 Splitter 1 x DisplayPort in &gt; 2 x HDMI out</t>
   </si>
   <si>
     <t>DELOCK-87666</t>
+  </si>
+  <si>
+    <t>DELOCK-87695</t>
   </si>
   <si>
     <t>Delock Active Optical Cable DisplayPort 1.4 8K 10 m</t>
   </si>
   <si>
     <t>DELOCK-85885</t>
   </si>
   <si>
     <t>DVI Extender VE600A 1920×1200, 40 m</t>
   </si>
   <si>
     <t>ATEN-VE600A</t>
   </si>
   <si>
     <t>Delock Active Optical Cable DisplayPort 1.4 8K 15 m</t>
   </si>
   <si>
     <t>DELOCK-85886</t>
   </si>
   <si>
     <t>Delock Active Optical Cable DisplayPort 1.4 8K 20 m</t>
   </si>
   <si>
     <t>DELOCK-85887</t>
   </si>
@@ -1168,51 +1177,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D196"/>
+  <dimension ref="A1:D192"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1232,51 +1241,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>1.68</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>2.208</v>
+        <v>2.256</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>2.412</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
@@ -1316,317 +1325,317 @@
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>2.904</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>2.928</v>
+        <v>2.988</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>3.048</v>
+        <v>3.024</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>3.168</v>
+        <v>3.048</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>3.216</v>
+        <v>3.168</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>3.264</v>
+        <v>3.216</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>3.264</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>3.36</v>
+        <v>3.264</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>3.432</v>
+        <v>3.36</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>3.516</v>
+        <v>3.504</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>3.528</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>3.576</v>
+        <v>3.648</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>3.576</v>
+        <v>3.66</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>3.84</v>
+        <v>3.684</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
         <v>3.84</v>
       </c>
       <c r="D23" t="s">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>4.08</v>
+        <v>4.152</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>4.212</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>4.704</v>
+        <v>4.728</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>4.728</v>
+        <v>4.788</v>
       </c>
       <c r="D27" t="s">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>4.884</v>
+        <v>4.836</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>5.016</v>
+        <v>5.136</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>5.196</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
@@ -1641,93 +1650,93 @@
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>6.12</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>6.12</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>6.12</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>6.24</v>
       </c>
       <c r="D35" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>6.372</v>
       </c>
       <c r="D36" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>6.432</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>6.432</v>
@@ -1753,2211 +1762,2155 @@
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>7.008</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>7.512</v>
       </c>
       <c r="D41" t="s">
-        <v>50</v>
+        <v>87</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
         <v>7.8</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>7.932</v>
+        <v>7.956</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
         <v>8.04</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
         <v>8.976</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
         <v>9.036</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>9.408</v>
+        <v>9.48</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>9.48</v>
+        <v>9.564</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
         <v>9.636</v>
       </c>
       <c r="D49" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
         <v>10.152</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
         <v>10.164</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
         <v>10.416</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
         <v>11.844</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
         <v>12.612</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
         <v>12.696</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
         <v>13.332</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
         <v>13.704</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
         <v>13.944</v>
       </c>
       <c r="D58" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>14.616</v>
+        <v>14.556</v>
       </c>
       <c r="D59" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>15.648</v>
+        <v>15.432</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>15.78</v>
+        <v>15.648</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>15.948</v>
+        <v>15.78</v>
       </c>
       <c r="D62" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>16.08</v>
+        <v>15.948</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C64">
         <v>16.224</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C65">
         <v>16.308</v>
       </c>
       <c r="D65" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C66">
-        <v>16.416</v>
+        <v>16.344</v>
       </c>
       <c r="D66" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C67">
-        <v>16.5</v>
+        <v>16.416</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C68">
-        <v>17.124</v>
+        <v>16.5</v>
       </c>
       <c r="D68" t="s">
-        <v>140</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>97</v>
+        <v>141</v>
       </c>
       <c r="B69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C69">
-        <v>17.484</v>
+        <v>17.124</v>
       </c>
       <c r="D69" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>142</v>
+        <v>100</v>
       </c>
       <c r="B70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C70">
-        <v>18.0</v>
+        <v>17.484</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C71">
-        <v>18.48</v>
+        <v>18.456</v>
       </c>
       <c r="D71" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C72">
         <v>18.996</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C73">
         <v>19.14</v>
       </c>
       <c r="D73" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C74">
         <v>19.74</v>
       </c>
       <c r="D74" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C75">
         <v>19.872</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C76">
         <v>20.028</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C77">
         <v>20.112</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C78">
         <v>20.244</v>
       </c>
       <c r="D78" t="s">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B79" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C79">
         <v>20.964</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B80" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C80">
         <v>21.48</v>
       </c>
       <c r="D80" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B81" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C81">
         <v>21.876</v>
       </c>
       <c r="D81" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B82" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C82">
         <v>22.044</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B83" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C83">
         <v>22.104</v>
       </c>
       <c r="D83" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B84" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C84">
         <v>23.148</v>
       </c>
       <c r="D84" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B85" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C85">
-        <v>24.852</v>
+        <v>24.132</v>
       </c>
       <c r="D85" t="s">
-        <v>140</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B86" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C86">
-        <v>24.96</v>
+        <v>24.456</v>
       </c>
       <c r="D86" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B87" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C87">
-        <v>25.032</v>
+        <v>24.852</v>
       </c>
       <c r="D87" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B88" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C88">
-        <v>25.44</v>
+        <v>24.96</v>
       </c>
       <c r="D88" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B89" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C89">
-        <v>25.956</v>
+        <v>25.032</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B90" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C90">
-        <v>25.992</v>
+        <v>25.44</v>
       </c>
       <c r="D90" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B91" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C91">
-        <v>26.508</v>
+        <v>25.956</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B92" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C92">
-        <v>26.7</v>
+        <v>26.508</v>
       </c>
       <c r="D92" t="s">
-        <v>187</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
-        <v>27.42</v>
+        <v>26.508</v>
       </c>
       <c r="D93" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
-        <v>28.404</v>
+        <v>27.42</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
-        <v>28.596</v>
+        <v>28.404</v>
       </c>
       <c r="D95" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
-        <v>28.776</v>
+        <v>28.596</v>
       </c>
       <c r="D96" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
-        <v>29.304</v>
+        <v>28.764</v>
       </c>
       <c r="D97" t="s">
-        <v>50</v>
+        <v>87</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>198</v>
       </c>
       <c r="B98" t="s">
         <v>199</v>
       </c>
       <c r="C98">
-        <v>30.588</v>
+        <v>29.256</v>
       </c>
       <c r="D98" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>200</v>
       </c>
       <c r="B99" t="s">
         <v>201</v>
       </c>
       <c r="C99">
-        <v>30.672</v>
+        <v>29.304</v>
       </c>
       <c r="D99" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>202</v>
       </c>
       <c r="B100" t="s">
         <v>203</v>
       </c>
       <c r="C100">
-        <v>30.972</v>
+        <v>30.588</v>
       </c>
       <c r="D100" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>204</v>
       </c>
       <c r="B101" t="s">
         <v>205</v>
       </c>
       <c r="C101">
-        <v>32.052</v>
+        <v>30.672</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="B102" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C102">
-        <v>1.68</v>
+        <v>2.412</v>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B103" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C103">
-        <v>2.412</v>
+        <v>2.424</v>
       </c>
       <c r="D103" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B104" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C104">
-        <v>2.424</v>
+        <v>2.484</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B105" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C105">
-        <v>2.484</v>
+        <v>2.496</v>
       </c>
       <c r="D105" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B106" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C106">
-        <v>2.496</v>
+        <v>2.904</v>
       </c>
       <c r="D106" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B107" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C107">
-        <v>2.904</v>
+        <v>3.048</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="B108" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="C108">
-        <v>3.048</v>
+        <v>3.264</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B109" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C109">
-        <v>3.264</v>
+        <v>3.528</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="B110" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="C110">
-        <v>3.528</v>
+        <v>4.212</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B111" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C111">
-        <v>4.212</v>
+        <v>4.836</v>
       </c>
       <c r="D111" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B112" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C112">
-        <v>4.884</v>
+        <v>5.136</v>
       </c>
       <c r="D112" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="B113" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="C113">
-        <v>5.016</v>
+        <v>6.24</v>
       </c>
       <c r="D113" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B114" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="C114">
-        <v>6.24</v>
+        <v>6.432</v>
       </c>
       <c r="D114" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="B115" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="C115">
-        <v>6.432</v>
+        <v>7.008</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B116" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C116">
-        <v>6.432</v>
+        <v>7.512</v>
       </c>
       <c r="D116" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B117" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C117">
-        <v>7.008</v>
+        <v>7.8</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B118" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C118">
-        <v>7.512</v>
+        <v>7.956</v>
       </c>
       <c r="D118" t="s">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B119" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C119">
-        <v>7.8</v>
+        <v>8.04</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B120" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C120">
-        <v>7.932</v>
+        <v>8.976</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B121" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C121">
-        <v>8.04</v>
+        <v>9.036</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B122" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C122">
-        <v>8.976</v>
+        <v>9.48</v>
       </c>
       <c r="D122" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="B123" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C123">
-        <v>9.036</v>
+        <v>9.564</v>
       </c>
       <c r="D123" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B124" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C124">
-        <v>9.408</v>
+        <v>9.636</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B125" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C125">
-        <v>9.48</v>
+        <v>10.152</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B126" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C126">
-        <v>9.636</v>
+        <v>10.164</v>
       </c>
       <c r="D126" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B127" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C127">
-        <v>10.152</v>
+        <v>10.416</v>
       </c>
       <c r="D127" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B128" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C128">
-        <v>10.164</v>
+        <v>11.844</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B129" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C129">
-        <v>10.416</v>
+        <v>12.612</v>
       </c>
       <c r="D129" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B130" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C130">
-        <v>11.844</v>
+        <v>12.696</v>
       </c>
       <c r="D130" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B131" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C131">
-        <v>12.612</v>
+        <v>13.332</v>
       </c>
       <c r="D131" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="B132" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="C132">
-        <v>12.696</v>
+        <v>14.556</v>
       </c>
       <c r="D132" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="B133" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="C133">
-        <v>13.332</v>
+        <v>15.78</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="B134" t="s">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="C134">
-        <v>13.704</v>
+        <v>15.948</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>121</v>
+        <v>88</v>
       </c>
       <c r="B135" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="C135">
-        <v>14.616</v>
+        <v>16.224</v>
       </c>
       <c r="D135" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="B136" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C136">
-        <v>15.78</v>
+        <v>16.308</v>
       </c>
       <c r="D136" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>127</v>
+        <v>141</v>
       </c>
       <c r="B137" t="s">
-        <v>128</v>
+        <v>142</v>
       </c>
       <c r="C137">
-        <v>15.948</v>
+        <v>17.124</v>
       </c>
       <c r="D137" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>129</v>
+        <v>100</v>
       </c>
       <c r="B138" t="s">
-        <v>130</v>
+        <v>144</v>
       </c>
       <c r="C138">
-        <v>16.08</v>
+        <v>17.484</v>
       </c>
       <c r="D138" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>87</v>
+        <v>147</v>
       </c>
       <c r="B139" t="s">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="C139">
-        <v>16.224</v>
+        <v>18.996</v>
       </c>
       <c r="D139" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>132</v>
+        <v>149</v>
       </c>
       <c r="B140" t="s">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="C140">
-        <v>16.308</v>
+        <v>19.14</v>
       </c>
       <c r="D140" t="s">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="B141" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="C141">
-        <v>17.124</v>
+        <v>19.74</v>
       </c>
       <c r="D141" t="s">
-        <v>140</v>
+        <v>32</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>97</v>
+        <v>153</v>
       </c>
       <c r="B142" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="C142">
-        <v>17.484</v>
+        <v>19.872</v>
       </c>
       <c r="D142" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>146</v>
+        <v>159</v>
       </c>
       <c r="B143" t="s">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="C143">
-        <v>18.996</v>
+        <v>20.244</v>
       </c>
       <c r="D143" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="B144" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="C144">
-        <v>19.14</v>
+        <v>20.964</v>
       </c>
       <c r="D144" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>150</v>
+        <v>166</v>
       </c>
       <c r="B145" t="s">
-        <v>151</v>
+        <v>167</v>
       </c>
       <c r="C145">
-        <v>19.74</v>
+        <v>22.044</v>
       </c>
       <c r="D145" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>152</v>
+        <v>168</v>
       </c>
       <c r="B146" t="s">
-        <v>153</v>
+        <v>169</v>
       </c>
       <c r="C146">
-        <v>19.872</v>
+        <v>22.104</v>
       </c>
       <c r="D146" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="B147" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="C147">
-        <v>20.244</v>
+        <v>23.148</v>
       </c>
       <c r="D147" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>121</v>
+        <v>174</v>
       </c>
       <c r="B148" t="s">
-        <v>160</v>
+        <v>175</v>
       </c>
       <c r="C148">
-        <v>20.964</v>
+        <v>24.456</v>
       </c>
       <c r="D148" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>161</v>
+        <v>176</v>
       </c>
       <c r="B149" t="s">
-        <v>162</v>
+        <v>177</v>
       </c>
       <c r="C149">
-        <v>21.48</v>
+        <v>24.852</v>
       </c>
       <c r="D149" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>165</v>
+        <v>180</v>
       </c>
       <c r="B150" t="s">
-        <v>166</v>
+        <v>181</v>
       </c>
       <c r="C150">
-        <v>22.044</v>
+        <v>25.032</v>
       </c>
       <c r="D150" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>167</v>
+        <v>182</v>
       </c>
       <c r="B151" t="s">
-        <v>168</v>
+        <v>183</v>
       </c>
       <c r="C151">
-        <v>22.104</v>
+        <v>25.44</v>
       </c>
       <c r="D151" t="s">
-        <v>140</v>
+        <v>13</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>169</v>
+        <v>184</v>
       </c>
       <c r="B152" t="s">
-        <v>170</v>
+        <v>185</v>
       </c>
       <c r="C152">
-        <v>23.148</v>
+        <v>25.956</v>
       </c>
       <c r="D152" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>171</v>
+        <v>188</v>
       </c>
       <c r="B153" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C153">
-        <v>24.852</v>
+        <v>26.508</v>
       </c>
       <c r="D153" t="s">
-        <v>140</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>175</v>
+        <v>192</v>
       </c>
       <c r="B154" t="s">
-        <v>176</v>
+        <v>193</v>
       </c>
       <c r="C154">
-        <v>25.032</v>
+        <v>28.404</v>
       </c>
       <c r="D154" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>177</v>
+        <v>194</v>
       </c>
       <c r="B155" t="s">
-        <v>178</v>
+        <v>195</v>
       </c>
       <c r="C155">
-        <v>25.44</v>
+        <v>28.596</v>
       </c>
       <c r="D155" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>179</v>
+        <v>200</v>
       </c>
       <c r="B156" t="s">
-        <v>180</v>
+        <v>201</v>
       </c>
       <c r="C156">
-        <v>25.956</v>
+        <v>29.304</v>
       </c>
       <c r="D156" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>183</v>
+        <v>202</v>
       </c>
       <c r="B157" t="s">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="C157">
-        <v>26.508</v>
+        <v>30.588</v>
       </c>
       <c r="D157" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>188</v>
+        <v>206</v>
       </c>
       <c r="B158" t="s">
-        <v>189</v>
+        <v>207</v>
       </c>
       <c r="C158">
-        <v>27.42</v>
+        <v>30.948</v>
       </c>
       <c r="D158" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>190</v>
+        <v>208</v>
       </c>
       <c r="B159" t="s">
-        <v>191</v>
+        <v>209</v>
       </c>
       <c r="C159">
-        <v>28.404</v>
+        <v>31.104</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>192</v>
+        <v>210</v>
       </c>
       <c r="B160" t="s">
-        <v>193</v>
+        <v>211</v>
       </c>
       <c r="C160">
-        <v>28.596</v>
+        <v>31.32</v>
       </c>
       <c r="D160" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="B161" t="s">
-        <v>197</v>
+        <v>213</v>
       </c>
       <c r="C161">
-        <v>29.304</v>
+        <v>33.432</v>
       </c>
       <c r="D161" t="s">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
       <c r="B162" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="C162">
-        <v>30.588</v>
+        <v>33.6</v>
       </c>
       <c r="D162" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="B163" t="s">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="C163">
-        <v>30.672</v>
+        <v>34.356</v>
       </c>
       <c r="D163" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="B164" t="s">
-        <v>207</v>
+        <v>219</v>
       </c>
       <c r="C164">
-        <v>33.6</v>
+        <v>35.856</v>
       </c>
       <c r="D164" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="B165" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="C165">
-        <v>33.828</v>
+        <v>37.944</v>
       </c>
       <c r="D165" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="B166" t="s">
-        <v>211</v>
+        <v>223</v>
       </c>
       <c r="C166">
-        <v>34.356</v>
+        <v>38.16</v>
       </c>
       <c r="D166" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="B167" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="C167">
-        <v>35.856</v>
+        <v>38.76</v>
       </c>
       <c r="D167" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="B168" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="C168">
-        <v>35.892</v>
+        <v>41.064</v>
       </c>
       <c r="D168" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="B169" t="s">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="C169">
-        <v>36.0</v>
+        <v>41.148</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="B170" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
       <c r="C170">
-        <v>37.944</v>
+        <v>41.328</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>220</v>
+        <v>231</v>
       </c>
       <c r="B171" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="C171">
-        <v>38.16</v>
+        <v>41.664</v>
       </c>
       <c r="D171" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>218</v>
+        <v>233</v>
       </c>
       <c r="B172" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="C172">
-        <v>38.76</v>
+        <v>42.552</v>
       </c>
       <c r="D172" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="B173" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="C173">
-        <v>41.148</v>
+        <v>43.092</v>
       </c>
       <c r="D173" t="s">
-        <v>6</v>
+        <v>87</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="B174" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="C174">
-        <v>41.328</v>
+        <v>46.356</v>
       </c>
       <c r="D174" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="B175" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="C175">
-        <v>41.664</v>
+        <v>53.268</v>
       </c>
       <c r="D175" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="B176" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="C176">
-        <v>42.552</v>
+        <v>57.864</v>
       </c>
       <c r="D176" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="B177" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="C177">
-        <v>43.092</v>
+        <v>59.784</v>
       </c>
       <c r="D177" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="B178" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
       <c r="C178">
-        <v>46.56</v>
+        <v>82.512</v>
       </c>
       <c r="D178" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>235</v>
+        <v>247</v>
       </c>
       <c r="B179" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="C179">
-        <v>53.268</v>
+        <v>85.548</v>
       </c>
       <c r="D179" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>237</v>
+        <v>249</v>
       </c>
       <c r="B180" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="C180">
-        <v>57.864</v>
+        <v>87.84</v>
       </c>
       <c r="D180" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>239</v>
+        <v>251</v>
       </c>
       <c r="B181" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="C181">
-        <v>58.14</v>
+        <v>98.076</v>
       </c>
       <c r="D181" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="B182" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="C182">
-        <v>59.784</v>
+        <v>105.444</v>
       </c>
       <c r="D182" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="B183" t="s">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="C183">
-        <v>82.512</v>
+        <v>117.828</v>
       </c>
       <c r="D183" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>245</v>
+        <v>256</v>
       </c>
       <c r="B184" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="C184">
-        <v>85.548</v>
+        <v>123.6</v>
       </c>
       <c r="D184" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>247</v>
+        <v>258</v>
       </c>
       <c r="B185" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="C185">
-        <v>94.92</v>
+        <v>127.392</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="B186" t="s">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="C186">
-        <v>98.076</v>
+        <v>147.948</v>
       </c>
       <c r="D186" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="B187" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="C187">
-        <v>117.828</v>
+        <v>163.404</v>
       </c>
       <c r="D187" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="B188" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="C188">
-        <v>123.6</v>
+        <v>179.556</v>
       </c>
       <c r="D188" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="B189" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="C189">
-        <v>127.392</v>
+        <v>201.432</v>
       </c>
       <c r="D189" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="B190" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="C190">
-        <v>147.948</v>
+        <v>305.244</v>
       </c>
       <c r="D190" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="B191" t="s">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="C191">
-        <v>163.404</v>
+        <v>398.628</v>
       </c>
       <c r="D191" t="s">
-        <v>50</v>
-[...55 lines deleted...]
-        <v>50</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D196"/>
+  <autoFilter ref="A1:D192"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>