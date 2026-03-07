--- v1 (2025-12-13)
+++ v2 (2026-03-07)
@@ -7,168 +7,189 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$17</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$20</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Artist glove HUION GL200 for graphic tablet</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GLOVES</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>Spare nibs PN04  - 10 pcs. for Digital pen HUION PW100/PW201</t>
   </si>
   <si>
     <t>HUION-TAB-NIBS-PN04</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Spare nibs PN032 - 5 pcs. for Digital pen HUION PW320</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NIBS-PN032</t>
+  </si>
+  <si>
+    <t>Spare nibs PN032A- 5 pcs. for Digital pen HUION PW320</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NIBS-PN032A</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Artist glove HUION GL200 for graphic tablet</t>
-[...7 lines deleted...]
-  <si>
     <t>Spare nibs PN05  - 10 pcs. for Digital pen HUION PW500/PW507</t>
   </si>
   <si>
     <t>HUION-TAB-NIBS-PN05</t>
   </si>
   <si>
-    <t>Spare nibs PN032 - 5 pcs. for Digital pen HUION PW320</t>
-[...8 lines deleted...]
-    <t>HUION-TAB-NIBS-PN032A</t>
+    <t>Digital pen HUION PW201</t>
+  </si>
+  <si>
+    <t>HUION-TAB-PEN-PW201</t>
   </si>
   <si>
     <t>Digital pen HUION PW100</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW100</t>
   </si>
   <si>
-    <t>Digital pen HUION PW201</t>
-[...2 lines deleted...]
-    <t>HUION-TAB-PEN-PW201</t>
+    <t>j5create USI Stylus Pen for Chromebook</t>
+  </si>
+  <si>
+    <t>J5-JITP100</t>
+  </si>
+  <si>
+    <t>call</t>
   </si>
   <si>
     <t>Digital pen HUION Scribo PW320</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW320</t>
   </si>
   <si>
-    <t>not available</t>
-[...7 lines deleted...]
-  <si>
     <t>Digital pen HUION PW500</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW500</t>
   </si>
   <si>
+    <t>Huion HB186S Bluetooth 5.1 Wireless Keyboard</t>
+  </si>
+  <si>
+    <t>HUION-TAB-HB186S</t>
+  </si>
+  <si>
+    <t>Digital pen HUION PW517</t>
+  </si>
+  <si>
+    <t>HUION-TAB-PEN-PW517</t>
+  </si>
+  <si>
     <t>Digital pen HUION PW507</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW507</t>
   </si>
   <si>
-    <t>Huion HB186S Bluetooth 5.1 Wireless Keyboard</t>
-[...10 lines deleted...]
-  <si>
     <t>Huion Keydial Mini K20 Digital Keypad for Graphic Tablet</t>
   </si>
   <si>
     <t>HUION-TAB-K20</t>
   </si>
   <si>
+    <t>Book Folio Cobalt Case for ReMarkable Paper Pro, blue</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO-BFCOBALT</t>
+  </si>
+  <si>
     <t>ReMarkable Paper Pro Marker Basic Pen</t>
   </si>
   <si>
     <t>REM-PAPERPRO-PEN</t>
+  </si>
+  <si>
+    <t>Keyboard case for ReMarkable Paper Pro Type Folio, black</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO-BFBASALTE</t>
+  </si>
+  <si>
+    <t>Marker Plus for ReMarkable Paper Pro</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO-PEN1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -472,290 +493,332 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D17"/>
+  <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>22.776</v>
+        <v>12.576</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>24.6</v>
+        <v>12.9</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>34.728</v>
+        <v>20.964</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>37.02</v>
+        <v>21.612</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>38.16</v>
+        <v>25.128</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>50.172</v>
+        <v>32.028</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>58.404</v>
+        <v>35.22</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>72.24</v>
+        <v>38.436</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
-        <v>75.168</v>
+        <v>40.908</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>75.612</v>
+        <v>43.68</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>94.728</v>
+        <v>48.576</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>95.004</v>
+        <v>54.516</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>99.396</v>
+        <v>57.12</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>118.8</v>
+        <v>60.744</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>221.268</v>
+        <v>105.288</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>9</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17">
+        <v>146.616</v>
+      </c>
+      <c r="D17" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18">
+        <v>189.528</v>
+      </c>
+      <c r="D18" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19">
+        <v>252.696</v>
+      </c>
+      <c r="D19" t="s">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D17"/>
+  <autoFilter ref="A1:D20"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>