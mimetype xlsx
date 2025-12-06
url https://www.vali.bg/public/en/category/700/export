--- v0 (2025-10-19)
+++ v1 (2025-12-06)
@@ -7,234 +7,252 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$36</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$39</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Chairy" Folding Background, green, Ø 130 cm</t>
   </si>
   <si>
     <t>HAMA-21572</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>HUION LED light pad L4S, USB</t>
   </si>
   <si>
     <t>HUION-PAD-L4S</t>
   </si>
   <si>
+    <t>Hama "2in1" Folding Background, Green/Blue, 150 x 200 cm</t>
+  </si>
+  <si>
+    <t>HAMA-21570</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite Education 365-Day Subscription (Single User)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGES365-1</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>Filament dryer for Creality Space Pi Plus 3D printer, for 2 rolls</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X2</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>HUION LED light pad LB3, Lithium Battery/USB</t>
+  </si>
+  <si>
+    <t>HUION-PAD-LB3</t>
+  </si>
+  <si>
+    <t>Hama Green Screen Background with Tripod, 180 x 180 cm, 2 in 1</t>
+  </si>
+  <si>
+    <t>HAMA-21571</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>3D Pen EDUstick</t>
+  </si>
+  <si>
+    <t>3D-PEN-EDUSTICK</t>
+  </si>
+  <si>
+    <t>Filament dryer for 3D printer Creality Space Pi x4, for 4 rolls</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X4</t>
+  </si>
+  <si>
+    <t>Streamplify Screen Lift Green Screen, 200x150cm</t>
+  </si>
+  <si>
+    <t>SPMC-SZ1211G</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Hama "2in1" Folding Background, Green/Blue, 150 x 200 cm</t>
-[...50 lines deleted...]
-    <t>SPMC-SZ1211G</t>
+    <t>3D Printer Creality Ender-3 V3 SE</t>
+  </si>
+  <si>
+    <t>CREALITY-ENDER3-V3-SE</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Inspiroy Dial 2, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-Q630M</t>
   </si>
   <si>
-    <t>3D Printer Creality Ender-3 V3 SE</t>
-[...4 lines deleted...]
-  <si>
     <t>Oculus Meta Quest 3S Advanced All-In-One Virtual Reality Headset 128GB</t>
   </si>
   <si>
     <t>OCULUS-META-QUEST3S-128</t>
   </si>
   <si>
     <t>Creality CR-Scan Ferret Pro 3D Scanner</t>
   </si>
   <si>
     <t>CREALITY-FERRET-PRO</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas Pro 13, USB-C, Black/Silver</t>
   </si>
   <si>
     <t>HUION-TAB-GT133</t>
   </si>
   <si>
+    <t>3D printer FlashForge ADX5 Multi color</t>
+  </si>
+  <si>
+    <t>FLASH-3D-AD5X</t>
+  </si>
+  <si>
     <t>Oculus Quest 3S - Advanced All-In-One Virtual Reality Headset 256GB</t>
   </si>
   <si>
     <t>OCULUS-META-QUEST3S-256</t>
   </si>
   <si>
-    <t>3D printer FlashForge ADX5 Multi color</t>
-[...7 lines deleted...]
-  <si>
     <t>Oculus Quest 3 - Advanced All-In-One Virtual Reality Headset - 512 GB</t>
   </si>
   <si>
     <t>OCULUS-QUEST3-512</t>
   </si>
   <si>
     <t>3D printer FlashForge Adventurer 5M Pro</t>
   </si>
   <si>
     <t>FLASH-3D-ADV5MPRO</t>
   </si>
   <si>
     <t>VR Expert Pico Neo 3 - All-in-One VR Headset</t>
   </si>
   <si>
     <t>PICO-VR-NEO-3</t>
   </si>
   <si>
     <t>3D Printer Creality K1 Max</t>
   </si>
   <si>
     <t>CREALITY-K1-MAX</t>
   </si>
   <si>
     <t>Scan Dimension SOL 3D SCANNER</t>
   </si>
   <si>
     <t>3D-SCAN-SOL</t>
   </si>
   <si>
     <t>Creality CR-Scan Otter 3D scanner</t>
   </si>
   <si>
     <t>CREALITY-OTTER</t>
   </si>
   <si>
+    <t>Revopoint Pop 3 Plus Premium 3D scanner</t>
+  </si>
+  <si>
+    <t>3D-SCAN-REV-POP3PLUS</t>
+  </si>
+  <si>
     <t>Pico 4 Ultra - All-In-One Virtual Reality Headset</t>
   </si>
   <si>
     <t>PICO-VR-4-ULTRA</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Classroom License 15+1 (incl. 1 yr CorelSure Maintenance)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DGSC-151</t>
+  </si>
+  <si>
+    <t>3D scanner Einscan-SE V2</t>
+  </si>
+  <si>
+    <t>3D-SCAN-EINSCAN-SE</t>
+  </si>
+  <si>
+    <t>3D scanner Einstar Shining 3D</t>
+  </si>
+  <si>
+    <t>3D-SCAN-EINSTAR-3D</t>
   </si>
   <si>
     <t>Adobe Creative Cloud Pro for teams All Apps, Multi European Languages, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-CCT</t>
   </si>
   <si>
     <t>Creality K2 PLUS / COMBO 3D color printer</t>
   </si>
   <si>
     <t>CREALITY-K2-PL-COMBO</t>
   </si>
   <si>
     <t>VALI-PC-VR-AMD</t>
   </si>
   <si>
     <t>VR Expert Set of 4 PICO Neo 3 VR headsets, case, router, tablet and accessories</t>
   </si>
   <si>
     <t>PICO-VR-NEO-3-4</t>
   </si>
   <si>
     <t>VR Expert set-4 pcs PICO 4 Ultra VR headsets, case, tablet, router, accessories</t>
   </si>
@@ -589,51 +607,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -642,501 +660,543 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>72.816</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>114.0</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>133.272</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>143.184</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>159.0</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C7">
         <v>174.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>198.216</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
         <v>234.996</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
         <v>329.004</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
         <v>348.996</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12">
+        <v>358.8</v>
+      </c>
+      <c r="D12" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13">
         <v>399.0</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14">
         <v>720.0</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15">
         <v>798.996</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16">
         <v>810.0</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17">
-        <v>888.72</v>
+        <v>898.992</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18">
-        <v>898.992</v>
+        <v>917.268</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>44</v>
       </c>
       <c r="C19">
-        <v>1198.572</v>
+        <v>1187.112</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>45</v>
       </c>
       <c r="B20" t="s">
         <v>46</v>
       </c>
       <c r="C20">
         <v>1198.8</v>
       </c>
       <c r="D20" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21">
         <v>1378.992</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>50</v>
       </c>
       <c r="C22">
         <v>1499.004</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23">
         <v>1599.0</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24">
         <v>1599.0</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25">
-        <v>1800.0</v>
+        <v>1648.992</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26">
-        <v>1899.0</v>
+        <v>1740.0</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
-        <v>2488.992</v>
+        <v>1899.0</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
-        <v>2999.004</v>
+        <v>1906.8</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:4">
-      <c r="A29"/>
+      <c r="A29" t="s">
+        <v>63</v>
+      </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29">
-        <v>3220.14</v>
+        <v>1906.8</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30">
-        <v>7500.0</v>
+        <v>2488.992</v>
       </c>
       <c r="D30" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31">
-        <v>9540.0</v>
+        <v>2999.004</v>
       </c>
       <c r="D31" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
-      <c r="A32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A32"/>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>10500.0</v>
+        <v>3563.472</v>
       </c>
       <c r="D32" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>13440.0</v>
+        <v>7500.0</v>
       </c>
       <c r="D33" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>16980.0</v>
+        <v>9540.0</v>
       </c>
       <c r="D34" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
+        <v>10500.0</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" t="s">
+        <v>77</v>
+      </c>
+      <c r="C36">
+        <v>13440.0</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" t="s">
+        <v>79</v>
+      </c>
+      <c r="C37">
+        <v>16980.0</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38" t="s">
+        <v>81</v>
+      </c>
+      <c r="C38">
         <v>23040.0</v>
       </c>
-      <c r="D35" t="s">
-        <v>14</v>
+      <c r="D38" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D36"/>
+  <autoFilter ref="A1:D39"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>