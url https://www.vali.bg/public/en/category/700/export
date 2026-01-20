--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$39</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$38</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Chairy" Folding Background, green, Ø 130 cm</t>
   </si>
   <si>
     <t>HAMA-21572</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>HUION LED light pad L4S, USB</t>
   </si>
   <si>
@@ -79,132 +79,126 @@
   <si>
     <t>call</t>
   </si>
   <si>
     <t>Filament dryer for Creality Space Pi Plus 3D printer, for 2 rolls</t>
   </si>
   <si>
     <t>CREALITY-SPACE-X2</t>
   </si>
   <si>
     <t>on route</t>
   </si>
   <si>
     <t>HUION LED light pad LB3, Lithium Battery/USB</t>
   </si>
   <si>
     <t>HUION-PAD-LB3</t>
   </si>
   <si>
     <t>Hama Green Screen Background with Tripod, 180 x 180 cm, 2 in 1</t>
   </si>
   <si>
     <t>HAMA-21571</t>
   </si>
   <si>
+    <t>3D Pen EDUstick</t>
+  </si>
+  <si>
+    <t>3D-PEN-EDUSTICK</t>
+  </si>
+  <si>
+    <t>Filament dryer for 3D printer Creality Space Pi x4, for 4 rolls</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X4</t>
+  </si>
+  <si>
+    <t>Streamplify Screen Lift Green Screen, 200x150cm</t>
+  </si>
+  <si>
+    <t>SPMC-SZ1211G</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Graphic Display Tablet HUION Inspiroy Dial 2, 5080 LPI</t>
+  </si>
+  <si>
+    <t>HUION-TAB-Q630M</t>
+  </si>
+  <si>
+    <t>3D Printer Creality Ender-3 V3 SE</t>
+  </si>
+  <si>
+    <t>CREALITY-ENDER3-V3-SE</t>
+  </si>
+  <si>
+    <t>Oculus Meta Quest 3S Advanced All-In-One Virtual Reality Headset 128GB</t>
+  </si>
+  <si>
+    <t>OCULUS-META-QUEST3S-128</t>
+  </si>
+  <si>
+    <t>Creality CR-Scan Ferret Pro 3D Scanner</t>
+  </si>
+  <si>
+    <t>CREALITY-FERRET-PRO</t>
+  </si>
+  <si>
+    <t>Graphic Display Tablet HUION Kamvas Pro 13, USB-C, Black/Silver</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GT133</t>
+  </si>
+  <si>
+    <t>3D printer FlashForge ADX5 Multi color</t>
+  </si>
+  <si>
+    <t>FLASH-3D-AD5X</t>
+  </si>
+  <si>
+    <t>Oculus Quest 3S - Advanced All-In-One Virtual Reality Headset 256GB</t>
+  </si>
+  <si>
+    <t>OCULUS-META-QUEST3S-256</t>
+  </si>
+  <si>
+    <t>3D printer FlashForge Adventurer 5M Pro</t>
+  </si>
+  <si>
+    <t>FLASH-3D-ADV5MPRO</t>
+  </si>
+  <si>
+    <t>VR Expert Pico Neo 3 - All-in-One VR Headset</t>
+  </si>
+  <si>
+    <t>PICO-VR-NEO-3</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...79 lines deleted...]
-    <t>PICO-VR-NEO-3</t>
   </si>
   <si>
     <t>3D Printer Creality K1 Max</t>
   </si>
   <si>
     <t>CREALITY-K1-MAX</t>
   </si>
   <si>
     <t>Scan Dimension SOL 3D SCANNER</t>
   </si>
   <si>
     <t>3D-SCAN-SOL</t>
   </si>
   <si>
     <t>Creality CR-Scan Otter 3D scanner</t>
   </si>
   <si>
     <t>CREALITY-OTTER</t>
   </si>
   <si>
     <t>Revopoint Pop 3 Plus Premium 3D scanner</t>
   </si>
   <si>
     <t>3D-SCAN-REV-POP3PLUS</t>
   </si>
@@ -607,596 +601,582 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>72.816</v>
+        <v>37.236</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>114.0</v>
+        <v>58.284</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>133.272</v>
+        <v>68.148</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>143.184</v>
+        <v>73.212</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>159.0</v>
+        <v>81.3</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>174.0</v>
+        <v>88.968</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>198.216</v>
+        <v>101.712</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>234.996</v>
+        <v>120.156</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>329.004</v>
+        <v>168.216</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11">
+        <v>178.44</v>
+      </c>
+      <c r="D11" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s">
         <v>29</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>358.8</v>
+        <v>204.0</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" t="s">
         <v>31</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>399.0</v>
+        <v>204.0</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" t="s">
         <v>33</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>720.0</v>
+        <v>346.8</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
         <v>35</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>798.996</v>
+        <v>408.516</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
         <v>37</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>810.0</v>
+        <v>414.144</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" t="s">
         <v>39</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>898.992</v>
+        <v>459.648</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" t="s">
         <v>41</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>917.268</v>
+        <v>466.8</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" t="s">
         <v>43</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>1187.112</v>
+        <v>612.936</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" t="s">
         <v>45</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20">
+        <v>705.072</v>
+      </c>
+      <c r="D20" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21">
-        <v>1378.992</v>
+        <v>766.428</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>50</v>
       </c>
       <c r="C22">
-        <v>1499.004</v>
+        <v>817.56</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23">
-        <v>1599.0</v>
+        <v>817.56</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24">
-        <v>1599.0</v>
+        <v>843.12</v>
       </c>
       <c r="D24" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25">
-        <v>1648.992</v>
+        <v>920.328</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26">
-        <v>1740.0</v>
+        <v>970.944</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
-        <v>1899.0</v>
+        <v>974.928</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
-        <v>1906.8</v>
+        <v>974.928</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29">
-        <v>1906.8</v>
+        <v>1272.6</v>
       </c>
       <c r="D29" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>65</v>
       </c>
       <c r="B30" t="s">
         <v>66</v>
       </c>
       <c r="C30">
-        <v>2488.992</v>
+        <v>1533.372</v>
       </c>
       <c r="D30" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:4">
-      <c r="A31" t="s">
+      <c r="A31"/>
+      <c r="B31" t="s">
         <v>67</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31">
+        <v>2177.904</v>
+      </c>
+      <c r="D31" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
         <v>68</v>
       </c>
-      <c r="C31">
-[...7 lines deleted...]
-      <c r="A32"/>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>3563.472</v>
+        <v>3834.684</v>
       </c>
       <c r="D32" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>7500.0</v>
+        <v>4877.724</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>9540.0</v>
+        <v>5368.56</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>10500.0</v>
+        <v>6871.764</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>13440.0</v>
+        <v>8681.736</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>16980.0</v>
+        <v>11780.16</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="38" spans="1:4">
-[...12 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D39"/>
+  <autoFilter ref="A1:D38"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>