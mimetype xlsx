--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -7,222 +7,228 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$38</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$39</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Chairy" Folding Background, green, Ø 130 cm</t>
   </si>
   <si>
     <t>HAMA-21572</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>HUION LED light pad L4S, USB</t>
   </si>
   <si>
     <t>HUION-PAD-L4S</t>
   </si>
   <si>
     <t>Hama "2in1" Folding Background, Green/Blue, 150 x 200 cm</t>
   </si>
   <si>
     <t>HAMA-21570</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Education 365-Day Subscription (Single User)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-1</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>Filament dryer for Creality Space Pi Plus 3D printer, for 2 rolls</t>
   </si>
   <si>
     <t>CREALITY-SPACE-X2</t>
   </si>
   <si>
+    <t>HUION LED light pad LB3, Lithium Battery/USB</t>
+  </si>
+  <si>
+    <t>HUION-PAD-LB3</t>
+  </si>
+  <si>
+    <t>Hama Green Screen Background with Tripod, 180 x 180 cm, 2 in 1</t>
+  </si>
+  <si>
+    <t>HAMA-21571</t>
+  </si>
+  <si>
+    <t>3D Pen EDUstick</t>
+  </si>
+  <si>
+    <t>3D-PEN-EDUSTICK</t>
+  </si>
+  <si>
+    <t>Filament dryer for 3D printer Creality Space Pi x4, for 4 rolls</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X4</t>
+  </si>
+  <si>
+    <t>Streamplify Screen Lift Green Screen, 200x150cm</t>
+  </si>
+  <si>
+    <t>SPMC-SZ1211G</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Graphic Display Tablet HUION Inspiroy Dial 2, 5080 LPI</t>
+  </si>
+  <si>
+    <t>HUION-TAB-Q630M</t>
+  </si>
+  <si>
+    <t>3D Printer Creality Ender-3 V3 SE</t>
+  </si>
+  <si>
+    <t>CREALITY-ENDER3-V3-SE</t>
+  </si>
+  <si>
     <t>on route</t>
   </si>
   <si>
-    <t>HUION LED light pad LB3, Lithium Battery/USB</t>
-[...43 lines deleted...]
-  <si>
     <t>Oculus Meta Quest 3S Advanced All-In-One Virtual Reality Headset 128GB</t>
   </si>
   <si>
     <t>OCULUS-META-QUEST3S-128</t>
   </si>
   <si>
     <t>Creality CR-Scan Ferret Pro 3D Scanner</t>
   </si>
   <si>
     <t>CREALITY-FERRET-PRO</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas Pro 13, USB-C, Black/Silver</t>
   </si>
   <si>
     <t>HUION-TAB-GT133</t>
   </si>
   <si>
+    <t>3D Printer Creality K1C</t>
+  </si>
+  <si>
+    <t>CREALITY-K1C</t>
+  </si>
+  <si>
     <t>3D printer FlashForge ADX5 Multi color</t>
   </si>
   <si>
     <t>FLASH-3D-AD5X</t>
   </si>
   <si>
     <t>Oculus Quest 3S - Advanced All-In-One Virtual Reality Headset 256GB</t>
   </si>
   <si>
     <t>OCULUS-META-QUEST3S-256</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>3D printer FlashForge Adventurer 5M Pro</t>
   </si>
   <si>
     <t>FLASH-3D-ADV5MPRO</t>
   </si>
   <si>
+    <t>Oculus Quest 3 - Advanced All-In-One Virtual Reality Headset - 512 GB</t>
+  </si>
+  <si>
+    <t>OCULUS-QUEST3-512</t>
+  </si>
+  <si>
     <t>VR Expert Pico Neo 3 - All-in-One VR Headset</t>
   </si>
   <si>
     <t>PICO-VR-NEO-3</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>3D Printer Creality K1 Max</t>
   </si>
   <si>
     <t>CREALITY-K1-MAX</t>
   </si>
   <si>
     <t>Scan Dimension SOL 3D SCANNER</t>
   </si>
   <si>
     <t>3D-SCAN-SOL</t>
   </si>
   <si>
     <t>Creality CR-Scan Otter 3D scanner</t>
   </si>
   <si>
     <t>CREALITY-OTTER</t>
-  </si>
-[...4 lines deleted...]
-    <t>3D-SCAN-REV-POP3PLUS</t>
   </si>
   <si>
     <t>Pico 4 Ultra - All-In-One Virtual Reality Headset</t>
   </si>
   <si>
     <t>PICO-VR-4-ULTRA</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Classroom License 15+1 (incl. 1 yr CorelSure Maintenance)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DGSC-151</t>
   </si>
   <si>
     <t>3D scanner Einscan-SE V2</t>
   </si>
   <si>
     <t>3D-SCAN-EINSCAN-SE</t>
   </si>
   <si>
     <t>3D scanner Einstar Shining 3D</t>
   </si>
   <si>
     <t>3D-SCAN-EINSTAR-3D</t>
   </si>
@@ -601,51 +607,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D38"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -693,490 +699,504 @@
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>73.212</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>81.3</v>
+        <v>84.0</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>88.968</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>101.712</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>120.156</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>168.216</v>
+        <v>174.0</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>178.44</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C12">
         <v>204.0</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C13">
         <v>204.0</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
         <v>346.8</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
         <v>408.516</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
         <v>414.144</v>
       </c>
       <c r="D16" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>459.648</v>
+        <v>459.0</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>466.8</v>
+        <v>459.648</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>612.936</v>
+        <v>466.8</v>
       </c>
       <c r="D19" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20">
-        <v>705.072</v>
+        <v>612.936</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21">
-        <v>766.428</v>
+        <v>644.604</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>50</v>
       </c>
       <c r="C22">
-        <v>817.56</v>
+        <v>702.0</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23">
-        <v>817.56</v>
+        <v>768.0</v>
       </c>
       <c r="D23" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24">
-        <v>843.12</v>
+        <v>817.56</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25">
-        <v>920.328</v>
+        <v>817.56</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26">
-        <v>970.944</v>
+        <v>912.0</v>
       </c>
       <c r="D26" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
-        <v>974.928</v>
+        <v>970.944</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
         <v>974.928</v>
       </c>
       <c r="D28" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29">
-        <v>1272.6</v>
+        <v>974.928</v>
       </c>
       <c r="D29" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>65</v>
       </c>
       <c r="B30" t="s">
         <v>66</v>
       </c>
       <c r="C30">
+        <v>1272.6</v>
+      </c>
+      <c r="D30" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>67</v>
+      </c>
+      <c r="B31" t="s">
+        <v>68</v>
+      </c>
+      <c r="C31">
         <v>1533.372</v>
       </c>
-      <c r="D30" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="D31" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:4">
-      <c r="A32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A32"/>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>3834.684</v>
+        <v>2311.656</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>4877.724</v>
+        <v>3840.0</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>5368.56</v>
+        <v>4876.8</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>6871.764</v>
+        <v>5376.0</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>8681.736</v>
+        <v>6864.0</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>11780.16</v>
+        <v>8676.0</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
     </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38" t="s">
+        <v>81</v>
+      </c>
+      <c r="C38">
+        <v>11780.16</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D38"/>
+  <autoFilter ref="A1:D39"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>