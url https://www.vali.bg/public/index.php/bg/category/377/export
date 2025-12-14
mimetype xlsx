--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,879 +7,861 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$177</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$162</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>SSD Team Group MP33, M.2 2280 128GB PCI-e 3.0 x4 NVMe</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-MP33-128GB</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>SSD Team Group GX2, 2.5", 128 GB, SATA 6Gb/s</t>
   </si>
   <si>
     <t>TEAM-SSD-GX2-128GB</t>
   </si>
   <si>
+    <t>SSD Gigabyte 240GB 2.5" SATA III 7mm</t>
+  </si>
+  <si>
+    <t>GA-SSD-240GB</t>
+  </si>
+  <si>
+    <t>SSD SILICON POWER A55, 2.5", 128 GB, SATA3</t>
+  </si>
+  <si>
+    <t>SLP-SSD-A55-128GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group CX1, 240GB, Черен</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-CX1-240GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group GX2, 2.5", 256 GB, SATA 6Gb/s</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-GX2-256GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group CX2, 256GB, Black</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-CX2-256GB</t>
+  </si>
+  <si>
+    <t>SSD Gigabyte 4000E 250GB, NVMe, PCIe 4.0 Gen4</t>
+  </si>
+  <si>
+    <t>GA-SSD-M2-G4000E-250GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group MS30 M.2 2280 256GB SATA III</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-MS30-256GB</t>
+  </si>
+  <si>
+    <t>SSD SILICON POWER S55, 2.5", 120 GB, SATA3</t>
+  </si>
+  <si>
+    <t>SLP-SSD-S55-120GB</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>SSD SILICON POWER S55, 2.5", 240 GB, SATA3</t>
+  </si>
+  <si>
+    <t>SLP-SSD-S55-240GB</t>
+  </si>
+  <si>
+    <t>SSD SILICON POWER A55, M.2 2280, 128 GB, SATA</t>
+  </si>
+  <si>
+    <t>SLP-SSD-A55M28-128GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group Vulcan Z, 2.5", 256GB, SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-VULCAN-Z-256GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group MP33, M.2 2280 256GB PCI-e 3.0 x4 NVMe</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-MP33-256GB</t>
+  </si>
+  <si>
+    <t>SSD Gigabyte 480GB 2.5" SATA III 7mm</t>
+  </si>
+  <si>
+    <t>GA-SSD-480GB</t>
+  </si>
+  <si>
+    <t>SSD Silicon Power UD80 M.2-2280 PCIe Gen 3x4 NVMe 250GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-UD80-250GB</t>
+  </si>
+  <si>
+    <t>SSD Gigabyte 256GB 2.5" SATA III 7mm</t>
+  </si>
+  <si>
+    <t>GA-SSD-256GB</t>
+  </si>
+  <si>
+    <t>SSD SILICON POWER A55, 2.5", 256 GB, SATA3</t>
+  </si>
+  <si>
+    <t>SLP-SSD-A55-256GB</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>SSD Team Group EX2, 512GB, Черен</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-EX2-512GB</t>
+  </si>
+  <si>
+    <t>SSD GIGABYTE NVMe V2 256GB, PCIe 3.0</t>
+  </si>
+  <si>
+    <t>GA-SSD-M2-G3NVMEV2-256G</t>
+  </si>
+  <si>
+    <t>SSD Gigabyte 4000E 500GB, NVMe, PCIe 4.0 Gen4</t>
+  </si>
+  <si>
+    <t>GA-SSD-M2-G4000E-500GB</t>
+  </si>
+  <si>
+    <t>SSD Silicon Power UD85, M.2-2280, PCIe Gen 4x4, NVMe, 250GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-UD85-250GB</t>
+  </si>
+  <si>
+    <t>SSD Silicon Power A60 M.2-2280 PCIe Gen 3x4 NVMe 256GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-P34A60M28-256GB</t>
+  </si>
+  <si>
+    <t>SSD Crucial BX500 240GB 3D NAND 2.5 inch</t>
+  </si>
+  <si>
+    <t>CRU-SSD-240GB-BX500</t>
+  </si>
+  <si>
+    <t>SSD Team Group Vulcan Z, 2.5", 512GB, SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-VULCAN-Z-512GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group MP44L, M.2 2280 NVMe, 500GB, PCI-e 4.0 x4</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-MP44L-500GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group CX2, 512GB</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-CX2-512GB</t>
+  </si>
+  <si>
+    <t>SSD KINGSTON A400, 2.5", 240GB, SATA3</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SA400S37240G</t>
+  </si>
+  <si>
+    <t>SSD Silicon Power P34A80 M.2-2280 PCIe NVMe 512GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-P34A80-512GB</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>SSD SILICON POWER S55, 2.5", 120 GB, SATA3</t>
-[...92 lines deleted...]
-    <t>TEAM-SSD-GX2-256GB</t>
+    <t>SSD Team Group GX2, 2.5", 512 GB, SATA 6Gb/s</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-GX2-512GB</t>
   </si>
   <si>
     <t>SSD SILICON POWER A55, M.2 2280, 256 GB, SATA</t>
   </si>
   <si>
     <t>SLP-SSD-A55M28-256GB</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...11 lines deleted...]
-    <t>KIN-SSD-SA400S37240G</t>
+    <t>SSD Team Group MP33, M.2 2280 512GB PCI-e 3.0 x4 NVMe</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-MP33-512GB</t>
   </si>
   <si>
     <t>SSD Kingston KC600 256 GB</t>
   </si>
   <si>
     <t>KIN-SSD-SKC600-256G</t>
   </si>
   <si>
+    <t>SSD Silicon Power UD80 M.2-2280 PCIe Gen 3x4 NVMe 500GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-UD80-500GB</t>
+  </si>
+  <si>
     <t>SSD KINGSTON KC600, 256GB, mSATA</t>
   </si>
   <si>
     <t>KIN-SSD-SKC600MS-256G</t>
   </si>
   <si>
-    <t>SSD Silicon Power UD80 M.2-2280 PCIe Gen 3x4 NVMe 250GB</t>
-[...28 lines deleted...]
-  <si>
     <t>SSD SILICON POWER A55, 2.5", 512 GB, SATA3 3D NAND flash</t>
   </si>
   <si>
     <t>SLP-SSD-A55-512GB</t>
   </si>
   <si>
-    <t>SSD Team Group MP33, M.2 2280 512GB PCI-e 3.0 x4 NVMe</t>
-[...8 lines deleted...]
-    <t>TEAM-SSD-EX2-512GB</t>
+    <t>SSD SanDisk Plus, 2.5", 480GB, SATA3</t>
+  </si>
+  <si>
+    <t>SD-SSDA-480G-G26</t>
+  </si>
+  <si>
+    <t>SSD Gigabyte 1TB 2.5" SATA III 7mm</t>
+  </si>
+  <si>
+    <t>GA-SSD-1TB</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 870 EVO SATA 2.5”, 250GB, SATA 6 Gb/s, MZ-77E250B/EU</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-77E250B-EU</t>
+  </si>
+  <si>
+    <t>SSD Team Group EX2, 1TB, Черен</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-EX2-1TB</t>
+  </si>
+  <si>
+    <t>SSD KINGSTON A400, 2.5", 480GB, SATA3</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SA400S37480G</t>
+  </si>
+  <si>
+    <t>SSD Team Group MP44L, M.2 2280 NVMe, 1TB, PCI-e 4.0 x4</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-MP44L-1TB</t>
+  </si>
+  <si>
+    <t>SSD SILICON POWER A55, M.2 2280, 512 GB, SATA</t>
+  </si>
+  <si>
+    <t>SLP-SSD-A55M28-512GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group Vulcan Z, 2.5", 1 TB, SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-VULCAN-Z-1TB</t>
+  </si>
+  <si>
+    <t>SSD Gigabyte 4000E 1TB, NVMe, PCIe 4.0 Gen4</t>
+  </si>
+  <si>
+    <t>GA-SSD-M2-G4000E-1TB</t>
+  </si>
+  <si>
+    <t>SSD KINGSTON NV3 M.2-2280 PCIe 4.0 NVMe 500GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SNV3S-500G</t>
   </si>
   <si>
     <t>SSD Silicon Power A60 M.2-2280 PCIe Gen 3x4 NVMe 512GB</t>
   </si>
   <si>
     <t>SLP-SSD-P34A60M28-512GB</t>
   </si>
   <si>
-    <t>SSD Silicon Power UD85, M.2-2280, PCIe Gen 4x4, NVMe, 250GB</t>
-[...16 lines deleted...]
-  <si>
     <t>SSD KINGSTON NV3 PCIe 4.0 NVMe M.2 2230 - 512GB</t>
   </si>
   <si>
     <t>KIN-SSD-SNV3SM3-500G</t>
   </si>
   <si>
-    <t>SSD KINGSTON NV3 M.2-2280 PCIe 4.0 NVMe 500GB</t>
-[...8 lines deleted...]
-    <t>TEAM-SSD-MP44L-500GB</t>
+    <t>SSD Silicon Power UD90, M.2-2280, PCIe Gen 4x4, NVMe, 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-UD90-1000GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group MP33, M.2 2280 1TB PCI-e 3.0 x4 NVMe</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-MP33-1TB</t>
+  </si>
+  <si>
+    <t>SSD Silicon Power P34A80 M.2-2280 PCIe NVMe 1TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-P34A80-1TB</t>
+  </si>
+  <si>
+    <t>SSD Kingston KC600 512 GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SKC600-512G</t>
+  </si>
+  <si>
+    <t>SSD KINGSTON KC600, 512GB, mSATA</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SKC600MS-512G</t>
   </si>
   <si>
     <t>SSD Silicon Power UD85, M.2-2280, PCIe Gen 4x4, NVMe, 500GB</t>
   </si>
   <si>
     <t>SLP-SSD-UD85-500GB</t>
   </si>
   <si>
+    <t>SSD Team Group MP33 PRO, M.2 2280 NVMe, 1TB,  PCIe Gen3x4</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-MP33-P-1TB</t>
+  </si>
+  <si>
+    <t>SSD Silicon Power UD80 M.2-2280 PCIe Gen 3x4 NVMe 1000GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-UD80-1TB</t>
+  </si>
+  <si>
+    <t>SSD Gigabyte Gen3 2500E, 1TB, NVMe, M.2</t>
+  </si>
+  <si>
+    <t>GA-SSD-M2-NVME-G325E-1TB</t>
+  </si>
+  <si>
+    <t>SSD Team Group GX2, 2.5", 1 TB, SATA 6Gb/s</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-GX2-1TB</t>
+  </si>
+  <si>
+    <t>SSD KINGSTON KC3000 M.2-2280 PCIe 4.0 NVMe 512GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SKC3000S-512G</t>
+  </si>
+  <si>
     <t>SSD Silicon Power UD90, M.2-2280, PCIe, Gen 4x4 NVMe, 500GB</t>
   </si>
   <si>
     <t>SLP-SSD-UD90-500GB</t>
   </si>
   <si>
-    <t>SSD SAMSUNG 870 EVO SATA 2.5”, 250GB, SATA 6 Gb/s, MZ-77E250B/EU</t>
-[...56 lines deleted...]
-    <t>GA-SSD-1TB</t>
+    <t>SSD Team Group MP44Q, M.2 2280 NVMe, 1TB, PCI-e 4.0 x4</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-MP44Q-1TB</t>
+  </si>
+  <si>
+    <t>SSD Kingston DC600M SATA Enterprise 480GB - AES 256 bit</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SEDC600M-480G</t>
+  </si>
+  <si>
+    <t>SSD KINGSTON KC600, 1024GB, mSATA</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SKC600MS-1024G</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG PM893 SATA 2.5”, 240 GB SATA III, MZ7L3240HCHQ-00A07, Bulk</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ7L3240HCHQ-A07</t>
+  </si>
+  <si>
+    <t>SSD Team Group T-Force Cardea A440 - 1TB</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-A440-1000GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group T-Force G70 PRO 1TB</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-G70-PRO-1TB</t>
+  </si>
+  <si>
+    <t>SSD Team Group T-Force G50, M.2 2280 1TB PCI-e 4.0 x4 NVMe 1.4</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-G50-PRO-1TB</t>
+  </si>
+  <si>
+    <t>SSD Gigabyte Gen3 2500E, 2TB, NVMe, M.2</t>
+  </si>
+  <si>
+    <t>GA-SSD-M2-NVME-G325E-2TB</t>
+  </si>
+  <si>
+    <t>SSD KINGSTON A400, 2.5", 960GB, SATA3</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SA400S37960G</t>
   </si>
   <si>
     <t>SSD SAMSUNG 870 EVO SATA 2.5”, 500GB, SATA 6 Gb/s, MZ-77E500B/EU</t>
   </si>
   <si>
     <t>SAM-SSD-MZ-77E500B-EU</t>
   </si>
   <si>
-    <t>SSD KINGSTON A400, 2.5", 960GB, SATA3</t>
-[...16 lines deleted...]
-  <si>
     <t>SSD KINGSTON NV3 M.2-2280 PCIe 4.0 NVMe 1000GB</t>
   </si>
   <si>
     <t>KIN-SSD-SNV3S-1000G</t>
   </si>
   <si>
     <t>SSD KINGSTON NV3 PCIe 4.0 NVMe M.2 2230 - 1TB</t>
   </si>
   <si>
     <t>KIN-SSD-SNV3SM3-1TB</t>
   </si>
   <si>
-    <t>SSD Team Group GX2, 2.5", 1 TB, SATA 6Gb/s</t>
-[...10 lines deleted...]
-  <si>
     <t>SSD SILICON POWER A55, 2.5", 1 TB, SATA3 3D NAND flash</t>
   </si>
   <si>
     <t>SLP-SSD-A55-1TB</t>
   </si>
   <si>
-    <t>SSD Team Group MP33 PRO, M.2 2280 NVMe, 1TB,  PCIe Gen3x4</t>
-[...8 lines deleted...]
-    <t>TEAM-SSD-MP33-1TB</t>
+    <t>SSD SILICON POWER S55, 2.5", 960 GB, SATA3</t>
+  </si>
+  <si>
+    <t>SLP-SSD-S55-960GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group T-Force GA PRO, M.2 2280 1TB PCI-e 5.0 x4 NVMe</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-GAPRO-1000GB</t>
+  </si>
+  <si>
+    <t>SSD KINGSTON DC2000B Data Center M.2-2280 PCIe 4.0 NVMe 480GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-DC2000B-480GB</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 990 PRO с Heatsink, 1TB, M.2 Type 2280, MZ-V9P1T0CW</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-V9P1T0CW</t>
+  </si>
+  <si>
+    <t>SSD Kingston Fury Renegade M.2-2280 PCIe 4.0 NVMe 1000GB, Heatsink</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SFYRSK-1000G</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 980 M.2 Type 2280 500GB PCIe Gen3x4 NVMe, V8V500BW</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-V8V500BW</t>
+  </si>
+  <si>
+    <t>SSD Team Group MP44L, M.2 2280 NVMe, 2TB, PCI-e 4.0 x4</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-MP44L-2TB</t>
+  </si>
+  <si>
+    <t>SSD Silicon Power A60 M.2-2280 PCIe Gen 3x4 NVMe 1ТB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-P34A60M28-1TB</t>
+  </si>
+  <si>
+    <t>SSD Silicon Power US75 2TB M.2-2280, PCIe, Gen 4x4 NVMe</t>
+  </si>
+  <si>
+    <t>SLP-SSD-US75-2000GB</t>
+  </si>
+  <si>
+    <t>SSD Kingston KC600 1 TB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SKC600-1024G</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 990 EVO, 2TB - MZ-V9E2T0BW</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-V9E2T0BW</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 980, 1TB, M.2 Type 2280, MZ-V8V1T0BW</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-V8V1T0BW</t>
   </si>
   <si>
     <t>SSD SILICON POWER A55, M.2 2280, 1TB, SATA</t>
   </si>
   <si>
     <t>SLP-SSD-A55M28-1TB</t>
   </si>
   <si>
-    <t>SSD Team Group EX2, 1TB, Черен</t>
-[...68 lines deleted...]
-    <t>SLP-SSD-P34A80-1TB</t>
+    <t>SSD KINGSTON KC3000 M.2-2280 PCIe 4.0 NVMe 1024GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SKC3000S-1024G</t>
   </si>
   <si>
     <t>SSD Silicon Power UD85, M.2-2280, PCIe Gen 4x4, NVMe, 1TB</t>
   </si>
   <si>
     <t>SLP-SSD-UD85-1000GB</t>
   </si>
   <si>
+    <t>SSD SAMSUNG 870 EVO SATA 2.5”, 1TB, SATA 6 Gb/s, MZ-77E1T0B/EU</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-77E1T0B-EU</t>
+  </si>
+  <si>
     <t>SSD Silicon Power US75 1TB M.2-2280, PCIe, Gen 4x4 NVMe</t>
   </si>
   <si>
     <t>SLP-SSD-US75-1000GB</t>
   </si>
   <si>
     <t>SSD SAMSUNG 990 EVO Plus, 1TB, M.2 Type 2280, MZ-V9S1T0BW</t>
   </si>
   <si>
     <t>SAM-SSD-MZ-V9S1T0BW</t>
   </si>
   <si>
+    <t>SSD Team Group T-Force Z540, M.2 2280 1TB PCI-e 5.0 x4 NVMe</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-Z540-1000GB</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 990 PRO, 1TB, M.2 Type 2280, MZ-V9P1T0BW</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-V9P1T0BW</t>
+  </si>
+  <si>
+    <t>SSD Silicon Power UD80, M.2-2280, PCIe, Gen 3x4 NVMe, 2000GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-UD80-2TB</t>
+  </si>
+  <si>
+    <t>SSD SILICON POWER A55, 2.5", 2 TB, SATA3 3D NAND flash</t>
+  </si>
+  <si>
+    <t>SLP-SSD-A55-2TB</t>
+  </si>
+  <si>
     <t>SSD Silicon Power UD90, M.2-2230, PCIe, Gen 4x4 NVMe, 1TB</t>
   </si>
   <si>
     <t>SLP-SSD-UD90-1000GB1</t>
   </si>
   <si>
-    <t>SSD Silicon Power UD80 M.2-2280 PCIe Gen 3x4 NVMe 1000GB</t>
-[...86 lines deleted...]
-    <t>SAM-SSD-MZ-V9P1T0BW</t>
+    <t>SSD Silicon Power UD85, M.2-2280, PCIe Gen 4x4, NVMe, 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-UD85-2000GB</t>
+  </si>
+  <si>
+    <t>SSD KINGSTON DC2000B Data Center M.2-2280 PCIe 4.0 NVMe 960GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-DC2000B-960GB</t>
+  </si>
+  <si>
+    <t>SSD Kingston Fury Renegade G5 NVMe M.2 PCIe 5.0 - 1024GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SFYR2S-1000G</t>
+  </si>
+  <si>
+    <t>SSD Silicon Power UD90, M.2-2280, PCIe Gen 4x4, NVMe, 2000GB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-UD90-2000GB</t>
+  </si>
+  <si>
+    <t>SSD Team Group T-Force G70 PRO 2TB</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-G70-PRO-2TB</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 990 EVO Plus 2TB, M.2 Type 2280, MZ-V9S2T0BW</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-V9S2T0BW</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 9100 PRO 1TB, PCIe 5.0 NVMe M.2 Type 2280 Heatsink</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-VAP1T0CW</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 9100 PRO 1TB, PCIe 5.0 NVMe M.2 Type 2280</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-VAP1T0BW</t>
+  </si>
+  <si>
+    <t>SSD Silicon Power UD90, M.2-2230, PCIe, Gen 4x4 NVMe 2TB</t>
+  </si>
+  <si>
+    <t>SLP-SSD-UD90-2230-2TB</t>
   </si>
   <si>
     <t>SSD KINGSTON NV3 M.2-2280 PCIe 4.0 NVMe 2000GB</t>
   </si>
   <si>
     <t>KIN-SSD-SNV3S-2000G</t>
   </si>
   <si>
     <t>SSD KINGSTON NV3 PCIe 4.0 NVMe M.2 2230 - 2TB</t>
   </si>
   <si>
     <t>KIN-SSD-SNV3SM3-2TB</t>
   </si>
   <si>
-    <t>SSD Kingston Fury Renegade M.2-2280 PCIe 4.0 NVMe 1000GB, Heatsink</t>
-[...92 lines deleted...]
-    <t>SAM-SSD-MZ-VAP1T0BW</t>
+    <t>SSD Team Group T-Force GE PRO, M.2 2280 2TB PCI-e 5.0 x4 NVMe</t>
+  </si>
+  <si>
+    <t>TEAM-SSD-GEPRO2-2000GB</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 9100 PRO 2TB, PCIe 5.0 NVMe M.2 Type 2280 Heatsink</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-VAP2T0CW</t>
+  </si>
+  <si>
+    <t>SSD Silicon Power Ace A55, 2.5", 4 TB, SATA3 3D NAND flash</t>
+  </si>
+  <si>
+    <t>SLP-SSD-A55-4TB</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 9100 PRO 2TB, PCIe 5.0 NVMe M.2 Type 2280</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-VAP2T0BW</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG PM9A3, 2.5”, 1,92 TB, PCIe 4.0, MZQL21T9HCJR00W07</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZQL21T9HCJR</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 990 EVO Plus, 4TB, M.2 Type 2280, MZ-V9S4T0BW</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-V9S4T0BW</t>
+  </si>
+  <si>
+    <t>SSD KINGSTON NV3 M.2-2280 PCIe 4.0 NVMe 4000GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SNV3S-4000G</t>
   </si>
   <si>
     <t>SSD SAMSUNG PM893 SATA 2.5”, 960 GB SATA III, MZ7L3960HCJR-00A07, Bulk</t>
   </si>
   <si>
     <t>SAM-SSD-MZ7L3960HCJR00A07</t>
   </si>
   <si>
-    <t>SSD Silicon Power UD90, M.2-2230, PCIe, Gen 4x4 NVMe 2TB</t>
-[...22 lines deleted...]
-  <si>
     <t>SSD SAMSUNG PM9A3, 2.5”, 960 GB, PCIe 4.0, MZQL2960HCJR</t>
   </si>
   <si>
     <t>SAM-SSD-MZQL2960HCJR</t>
   </si>
   <si>
     <t>SSD Kingston Fury Renegade G5 NVMe M.2 PCIe 5.0 - 2048GB</t>
   </si>
   <si>
     <t>KIN-SSD-SFYR2S-2000G</t>
   </si>
   <si>
-    <t>SSD KINGSTON NV3 M.2-2280 PCIe 4.0 NVMe 4000GB</t>
-[...26 lines deleted...]
-    <t>SAM-SSD-MZ-V9S4T0BW</t>
+    <t>SSD Silicon Power US75 4TB M.2-2280, PCIe, Gen 4x4 NVMe</t>
+  </si>
+  <si>
+    <t>SLP-SSD-US75-4000GB</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 990 PRO, 4TB, M.2 Type 2280, MZ-V9P4T0BW</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-V9P4T0BW</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 990 PRO с Heatsink 4TB, MZ-V9P4T0CW</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-V9P4T0CW</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 9100 PRO 4TB, PCIe 5.0 NVMe M.2 Type 2280 Heatsink</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-VAP4T0CW</t>
   </si>
   <si>
     <t>SSD SAMSUNG PM893 SATA 2.5”, 1.92TB, SATA 6 Gb/s, MZ7L31T9HBLT-00A07, Bulk</t>
   </si>
   <si>
     <t>SAM-SSD-MZ7L31T9HBLT-A07</t>
   </si>
   <si>
-    <t>SSD SAMSUNG 990 PRO, 4TB, M.2 Type 2280, MZ-V9P4T0BW</t>
-[...14 lines deleted...]
-    <t>SAM-SSD-MZ-V9P4T0CW</t>
+    <t>SSD SAMSUNG 9100 PRO 4TB, PCIe 5.0 NVMe M.2 Type 2280</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-VAP4T0BW</t>
   </si>
   <si>
     <t>SSD Kingston Fury Renegade G5 NVMe M.2 PCIe 5.0 - 4096GB</t>
   </si>
   <si>
     <t>KIN-SSD-SFYR2S-4000G</t>
   </si>
   <si>
-    <t>SSD SAMSUNG 9100 PRO 4TB, PCIe 5.0 NVMe M.2 Type 2280</t>
-[...14 lines deleted...]
-    <t>SAM-SSD-MZ-VAP4T0CW</t>
+    <t>SSD Kingston Fury Renegade G5 NVMe M.2 PCIe 5.0 - 8192GB</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SFYR2D-8192G</t>
   </si>
   <si>
     <t>SSD SAMSUNG PM893 SATA 2.5”, 3,84TB, SATA 6 Gb/s, MZ7L33T8HBLT-W07, Bulk</t>
   </si>
   <si>
     <t>SAM-SSD-MZ7L33T8HBLT-W07</t>
   </si>
   <si>
+    <t>SSD SAMSUNG PM9A3, 2.5”, 7.68 TB, PCIe 4.0, MZQL27T6HBLA-00W07</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZQL27T6HBLA00W07</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG PM893 SATA 2.5”, 7,68TB, SATA 6 Gb/s, MZ7L37T6HBLA, Bulk</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ7L37T6HBLA</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG PM1643a SATA 2.5”, 3.8TB, SATA 6 Gb/s, MZILT3T8HBLS-00007 - Bulk</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZILT3T8HBLS-07</t>
+  </si>
+  <si>
     <t>SSD SAMSUNG PM9A3, 2.5”, 3.84 TB, PCIe 4.0, MZQL23T8HCLS-00W7</t>
   </si>
   <si>
     <t>SAM-SSD-MZQL23T8HCLS</t>
-  </si>
-[...10 lines deleted...]
-    <t>SAM-SSD-MZ7L37T6HBLA</t>
   </si>
   <si>
     <t>SSD SAMSUNG PM9A3, 2.5”, 15.36 TB, PCIe 4.0, MZQL215THBLA-00A07</t>
   </si>
   <si>
     <t>SAM-SSD-MZQL215THBLA00A07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1189,2530 +1171,2320 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D177"/>
+  <dimension ref="A1:D162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>24.804</v>
+        <v>29.964</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>26.748</v>
+        <v>32.628</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>27.972</v>
+        <v>34.92</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>29.964</v>
+        <v>41.952</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C6">
-        <v>33.072</v>
+        <v>46.836</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C7">
-        <v>34.92</v>
+        <v>48.072</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C8">
-        <v>37.08</v>
+        <v>48.072</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C9">
-        <v>37.116</v>
+        <v>48.588</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C10">
-        <v>38.04</v>
+        <v>49.812</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C11">
-        <v>38.088</v>
+        <v>50.244</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>38.34</v>
+        <v>52.848</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>38.652</v>
+        <v>53.832</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>45.744</v>
+        <v>58.02</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>45.828</v>
+        <v>60.888</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>46.836</v>
+        <v>61.368</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>48.372</v>
+        <v>61.608</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>48.564</v>
+        <v>66.84</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
+        <v>41</v>
+      </c>
+      <c r="C19">
+        <v>67.596</v>
+      </c>
+      <c r="D19" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>51.168</v>
+        <v>70.656</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>54.924</v>
+        <v>73.08</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>54.924</v>
+        <v>76.716</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>56.112</v>
+        <v>77.616</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>61.368</v>
+        <v>79.644</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>61.716</v>
+        <v>80.4</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>64.104</v>
+        <v>81.564</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>64.104</v>
+        <v>82.116</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>66.42</v>
+        <v>85.644</v>
       </c>
       <c r="D28" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>70.092</v>
+        <v>93.348</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30">
+        <v>96.156</v>
+      </c>
+      <c r="D30" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>72.804</v>
+        <v>96.864</v>
       </c>
       <c r="D31" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>73.32</v>
+        <v>97.296</v>
       </c>
       <c r="D32" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>75.132</v>
+        <v>103.704</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>76.716</v>
+        <v>106.044</v>
       </c>
       <c r="D34" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>79.08</v>
+        <v>108.744</v>
       </c>
       <c r="D35" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>80.748</v>
+        <v>114.816</v>
       </c>
       <c r="D36" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>83.868</v>
+        <v>115.44</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>84.744</v>
+        <v>116.316</v>
       </c>
       <c r="D38" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>84.852</v>
+        <v>117.612</v>
       </c>
       <c r="D39" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>94.764</v>
+        <v>126.048</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>95.7</v>
+        <v>135.792</v>
       </c>
       <c r="D41" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>96.444</v>
+        <v>137.424</v>
       </c>
       <c r="D42" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>109.584</v>
+        <v>142.536</v>
       </c>
       <c r="D43" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>112.428</v>
+        <v>143.772</v>
       </c>
       <c r="D44" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>113.316</v>
+        <v>147.984</v>
       </c>
       <c r="D45" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>113.796</v>
+        <v>148.5</v>
       </c>
       <c r="D46" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>114.876</v>
+        <v>148.512</v>
       </c>
       <c r="D47" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>115.512</v>
+        <v>148.68</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>117.612</v>
+        <v>150.252</v>
       </c>
       <c r="D49" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>118.272</v>
+        <v>153.288</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>119.088</v>
+        <v>156.732</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>120.192</v>
+        <v>159.948</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>122.16</v>
+        <v>160.032</v>
       </c>
       <c r="D53" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>124.836</v>
+        <v>160.032</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>124.836</v>
+        <v>165.264</v>
       </c>
       <c r="D55" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>124.908</v>
+        <v>165.492</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>127.308</v>
+        <v>169.356</v>
       </c>
       <c r="D57" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>128.268</v>
+        <v>170.52</v>
       </c>
       <c r="D58" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>129.048</v>
+        <v>182.232</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>129.396</v>
+        <v>183.36</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>133.752</v>
+        <v>183.852</v>
       </c>
       <c r="D61" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>135.792</v>
+        <v>189.348</v>
       </c>
       <c r="D62" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>137.676</v>
+        <v>190.848</v>
       </c>
       <c r="D63" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>137.904</v>
+        <v>193.164</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>138.084</v>
+        <v>196.848</v>
       </c>
       <c r="D65" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>140.952</v>
+        <v>202.656</v>
       </c>
       <c r="D66" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>141.048</v>
+        <v>207.12</v>
       </c>
       <c r="D67" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>141.156</v>
+        <v>207.12</v>
       </c>
       <c r="D68" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>142.2</v>
+        <v>215.112</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>142.428</v>
+        <v>218.58</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>148.536</v>
+        <v>229.344</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>158.7</v>
+        <v>233.736</v>
       </c>
       <c r="D72" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>159.948</v>
+        <v>236.892</v>
       </c>
       <c r="D73" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>160.356</v>
+        <v>238.02</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>162.528</v>
+        <v>251.232</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
-        <v>164.34</v>
+        <v>251.4</v>
       </c>
       <c r="D76" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>165.396</v>
+        <v>252.384</v>
       </c>
       <c r="D77" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>169.356</v>
+        <v>255.312</v>
       </c>
       <c r="D78" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>171.36</v>
+        <v>258.996</v>
       </c>
       <c r="D79" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>185.712</v>
+        <v>262.752</v>
       </c>
       <c r="D80" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>189.168</v>
+        <v>268.056</v>
       </c>
       <c r="D81" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>190.848</v>
+        <v>270.804</v>
       </c>
       <c r="D82" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>191.628</v>
+        <v>271.452</v>
       </c>
       <c r="D83" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>194.856</v>
+        <v>280.392</v>
       </c>
       <c r="D84" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>198.996</v>
+        <v>285.396</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>201.216</v>
+        <v>285.54</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>207.684</v>
+        <v>288.984</v>
       </c>
       <c r="D87" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>209.952</v>
+        <v>294.0</v>
       </c>
       <c r="D88" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
-        <v>215.112</v>
+        <v>295.668</v>
       </c>
       <c r="D89" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
-        <v>218.364</v>
+        <v>296.016</v>
       </c>
       <c r="D90" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>219.372</v>
+        <v>299.16</v>
       </c>
       <c r="D91" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>221.328</v>
+        <v>307.26</v>
       </c>
       <c r="D92" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>237.144</v>
+        <v>319.308</v>
       </c>
       <c r="D93" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>237.9</v>
+        <v>319.92</v>
       </c>
       <c r="D94" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>240.468</v>
+        <v>321.624</v>
       </c>
       <c r="D95" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
-        <v>247.38</v>
+        <v>335.256</v>
       </c>
       <c r="D96" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
-        <v>255.312</v>
+        <v>344.172</v>
       </c>
       <c r="D97" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
-        <v>261.048</v>
+        <v>344.364</v>
       </c>
       <c r="D98" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
-        <v>267.516</v>
+        <v>370.5</v>
       </c>
       <c r="D99" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
-        <v>269.532</v>
+        <v>378.984</v>
       </c>
       <c r="D100" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>207</v>
       </c>
       <c r="C101">
-        <v>269.76</v>
+        <v>379.44</v>
       </c>
       <c r="D101" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B102" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C102">
-        <v>33.072</v>
+        <v>48.588</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B103" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C103">
-        <v>48.588</v>
+        <v>73.08</v>
       </c>
       <c r="D103" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B104" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="C104">
-        <v>61.716</v>
+        <v>76.716</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B105" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="C105">
-        <v>64.104</v>
+        <v>80.4</v>
       </c>
       <c r="D105" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>68</v>
+        <v>96</v>
       </c>
       <c r="B106" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="C106">
-        <v>73.32</v>
+        <v>148.5</v>
       </c>
       <c r="D106" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>72</v>
+        <v>98</v>
       </c>
       <c r="B107" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="C107">
-        <v>76.716</v>
+        <v>148.512</v>
       </c>
       <c r="D107" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>74</v>
+        <v>102</v>
       </c>
       <c r="B108" t="s">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="C108">
-        <v>79.08</v>
+        <v>150.252</v>
       </c>
       <c r="D108" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>76</v>
+        <v>116</v>
       </c>
       <c r="B109" t="s">
-        <v>77</v>
+        <v>117</v>
       </c>
       <c r="C109">
-        <v>80.748</v>
+        <v>165.492</v>
       </c>
       <c r="D109" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>78</v>
+        <v>128</v>
       </c>
       <c r="B110" t="s">
-        <v>79</v>
+        <v>129</v>
       </c>
       <c r="C110">
-        <v>83.868</v>
+        <v>189.348</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>80</v>
+        <v>130</v>
       </c>
       <c r="B111" t="s">
-        <v>81</v>
+        <v>131</v>
       </c>
       <c r="C111">
-        <v>84.744</v>
+        <v>190.848</v>
       </c>
       <c r="D111" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>88</v>
+        <v>136</v>
       </c>
       <c r="B112" t="s">
-        <v>89</v>
+        <v>137</v>
       </c>
       <c r="C112">
-        <v>96.444</v>
+        <v>202.656</v>
       </c>
       <c r="D112" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>96</v>
+        <v>138</v>
       </c>
       <c r="B113" t="s">
-        <v>97</v>
+        <v>139</v>
       </c>
       <c r="C113">
-        <v>113.796</v>
+        <v>207.12</v>
       </c>
       <c r="D113" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>108</v>
+        <v>140</v>
       </c>
       <c r="B114" t="s">
-        <v>109</v>
+        <v>141</v>
       </c>
       <c r="C114">
-        <v>120.192</v>
+        <v>207.12</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>112</v>
+        <v>142</v>
       </c>
       <c r="B115" t="s">
-        <v>113</v>
+        <v>143</v>
       </c>
       <c r="C115">
-        <v>124.836</v>
+        <v>215.112</v>
       </c>
       <c r="D115" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>114</v>
+        <v>148</v>
       </c>
       <c r="B116" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
       <c r="C116">
-        <v>124.836</v>
+        <v>233.736</v>
       </c>
       <c r="D116" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>122</v>
+        <v>150</v>
       </c>
       <c r="B117" t="s">
-        <v>123</v>
+        <v>151</v>
       </c>
       <c r="C117">
-        <v>129.048</v>
+        <v>236.892</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="B118" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="C118">
-        <v>133.752</v>
+        <v>251.4</v>
       </c>
       <c r="D118" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>132</v>
+        <v>158</v>
       </c>
       <c r="B119" t="s">
-        <v>133</v>
+        <v>159</v>
       </c>
       <c r="C119">
-        <v>137.904</v>
+        <v>252.384</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>134</v>
+        <v>162</v>
       </c>
       <c r="B120" t="s">
-        <v>135</v>
+        <v>163</v>
       </c>
       <c r="C120">
-        <v>138.084</v>
+        <v>258.996</v>
       </c>
       <c r="D120" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>138</v>
+        <v>166</v>
       </c>
       <c r="B121" t="s">
-        <v>139</v>
+        <v>167</v>
       </c>
       <c r="C121">
-        <v>141.048</v>
+        <v>268.056</v>
       </c>
       <c r="D121" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>140</v>
+        <v>170</v>
       </c>
       <c r="B122" t="s">
-        <v>141</v>
+        <v>171</v>
       </c>
       <c r="C122">
-        <v>141.156</v>
+        <v>271.452</v>
       </c>
       <c r="D122" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="B123" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="C123">
-        <v>148.536</v>
+        <v>285.396</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>148</v>
+        <v>178</v>
       </c>
       <c r="B124" t="s">
-        <v>149</v>
+        <v>179</v>
       </c>
       <c r="C124">
-        <v>158.7</v>
+        <v>288.984</v>
       </c>
       <c r="D124" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>152</v>
+        <v>186</v>
       </c>
       <c r="B125" t="s">
-        <v>153</v>
+        <v>187</v>
       </c>
       <c r="C125">
-        <v>160.356</v>
+        <v>299.16</v>
       </c>
       <c r="D125" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="B126" t="s">
-        <v>155</v>
+        <v>189</v>
       </c>
       <c r="C126">
-        <v>162.528</v>
+        <v>307.26</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="B127" t="s">
-        <v>157</v>
+        <v>191</v>
       </c>
       <c r="C127">
-        <v>164.34</v>
+        <v>319.308</v>
       </c>
       <c r="D127" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>158</v>
+        <v>198</v>
       </c>
       <c r="B128" t="s">
-        <v>159</v>
+        <v>199</v>
       </c>
       <c r="C128">
-        <v>165.396</v>
+        <v>344.172</v>
       </c>
       <c r="D128" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>162</v>
+        <v>202</v>
       </c>
       <c r="B129" t="s">
-        <v>163</v>
+        <v>203</v>
       </c>
       <c r="C129">
-        <v>171.36</v>
+        <v>370.5</v>
       </c>
       <c r="D129" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>168</v>
+        <v>204</v>
       </c>
       <c r="B130" t="s">
-        <v>169</v>
+        <v>205</v>
       </c>
       <c r="C130">
-        <v>190.848</v>
+        <v>378.984</v>
       </c>
       <c r="D130" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>172</v>
+        <v>208</v>
       </c>
       <c r="B131" t="s">
-        <v>173</v>
+        <v>209</v>
       </c>
       <c r="C131">
-        <v>194.856</v>
+        <v>384.528</v>
       </c>
       <c r="D131" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>174</v>
+        <v>210</v>
       </c>
       <c r="B132" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="C132">
-        <v>198.996</v>
+        <v>390.564</v>
       </c>
       <c r="D132" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>180</v>
+        <v>212</v>
       </c>
       <c r="B133" t="s">
-        <v>181</v>
+        <v>213</v>
       </c>
       <c r="C133">
-        <v>209.952</v>
+        <v>392.364</v>
       </c>
       <c r="D133" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="B134" t="s">
-        <v>183</v>
+        <v>215</v>
       </c>
       <c r="C134">
-        <v>215.112</v>
+        <v>397.596</v>
       </c>
       <c r="D134" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>184</v>
+        <v>216</v>
       </c>
       <c r="B135" t="s">
-        <v>185</v>
+        <v>217</v>
       </c>
       <c r="C135">
-        <v>218.364</v>
+        <v>421.02</v>
       </c>
       <c r="D135" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>190</v>
+        <v>218</v>
       </c>
       <c r="B136" t="s">
-        <v>191</v>
+        <v>219</v>
       </c>
       <c r="C136">
-        <v>237.144</v>
+        <v>445.944</v>
       </c>
       <c r="D136" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>192</v>
+        <v>220</v>
       </c>
       <c r="B137" t="s">
-        <v>193</v>
+        <v>221</v>
       </c>
       <c r="C137">
-        <v>237.9</v>
+        <v>452.004</v>
       </c>
       <c r="D137" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>194</v>
+        <v>222</v>
       </c>
       <c r="B138" t="s">
-        <v>195</v>
+        <v>223</v>
       </c>
       <c r="C138">
-        <v>240.468</v>
+        <v>544.032</v>
       </c>
       <c r="D138" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>198</v>
+        <v>224</v>
       </c>
       <c r="B139" t="s">
-        <v>199</v>
+        <v>225</v>
       </c>
       <c r="C139">
-        <v>255.312</v>
+        <v>549.168</v>
       </c>
       <c r="D139" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>200</v>
+        <v>226</v>
       </c>
       <c r="B140" t="s">
-        <v>201</v>
+        <v>227</v>
       </c>
       <c r="C140">
-        <v>261.048</v>
+        <v>606.768</v>
       </c>
       <c r="D140" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>202</v>
+        <v>228</v>
       </c>
       <c r="B141" t="s">
-        <v>203</v>
+        <v>229</v>
       </c>
       <c r="C141">
-        <v>267.516</v>
+        <v>633.348</v>
       </c>
       <c r="D141" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>204</v>
+        <v>230</v>
       </c>
       <c r="B142" t="s">
-        <v>205</v>
+        <v>231</v>
       </c>
       <c r="C142">
-        <v>269.532</v>
+        <v>665.652</v>
       </c>
       <c r="D142" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>208</v>
+        <v>232</v>
       </c>
       <c r="B143" t="s">
-        <v>209</v>
+        <v>233</v>
       </c>
       <c r="C143">
-        <v>271.572</v>
+        <v>713.424</v>
       </c>
       <c r="D143" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>210</v>
+        <v>234</v>
       </c>
       <c r="B144" t="s">
-        <v>211</v>
+        <v>235</v>
       </c>
       <c r="C144">
-        <v>290.244</v>
+        <v>725.124</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>212</v>
+        <v>236</v>
       </c>
       <c r="B145" t="s">
-        <v>213</v>
+        <v>237</v>
       </c>
       <c r="C145">
-        <v>305.952</v>
+        <v>771.3</v>
       </c>
       <c r="D145" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>214</v>
+        <v>238</v>
       </c>
       <c r="B146" t="s">
-        <v>215</v>
+        <v>239</v>
       </c>
       <c r="C146">
-        <v>314.784</v>
+        <v>771.612</v>
       </c>
       <c r="D146" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>216</v>
+        <v>240</v>
       </c>
       <c r="B147" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="C147">
-        <v>319.308</v>
+        <v>792.216</v>
       </c>
       <c r="D147" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="B148" t="s">
-        <v>219</v>
+        <v>243</v>
       </c>
       <c r="C148">
-        <v>344.364</v>
+        <v>834.0</v>
       </c>
       <c r="D148" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>220</v>
+        <v>244</v>
       </c>
       <c r="B149" t="s">
-        <v>221</v>
+        <v>245</v>
       </c>
       <c r="C149">
-        <v>367.968</v>
+        <v>842.316</v>
       </c>
       <c r="D149" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>222</v>
+        <v>246</v>
       </c>
       <c r="B150" t="s">
-        <v>223</v>
+        <v>247</v>
       </c>
       <c r="C150">
-        <v>376.596</v>
+        <v>889.212</v>
       </c>
       <c r="D150" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>224</v>
+        <v>248</v>
       </c>
       <c r="B151" t="s">
-        <v>225</v>
+        <v>249</v>
       </c>
       <c r="C151">
-        <v>379.32</v>
+        <v>1057.728</v>
       </c>
       <c r="D151" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>226</v>
+        <v>250</v>
       </c>
       <c r="B152" t="s">
-        <v>227</v>
+        <v>251</v>
       </c>
       <c r="C152">
-        <v>388.224</v>
+        <v>1058.964</v>
       </c>
       <c r="D152" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>228</v>
+        <v>252</v>
       </c>
       <c r="B153" t="s">
-        <v>229</v>
+        <v>253</v>
       </c>
       <c r="C153">
-        <v>391.08</v>
+        <v>1114.104</v>
       </c>
       <c r="D153" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>230</v>
+        <v>254</v>
       </c>
       <c r="B154" t="s">
-        <v>231</v>
+        <v>255</v>
       </c>
       <c r="C154">
-        <v>396.888</v>
+        <v>1468.26</v>
       </c>
       <c r="D154" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>232</v>
+        <v>256</v>
       </c>
       <c r="B155" t="s">
-        <v>233</v>
+        <v>257</v>
       </c>
       <c r="C155">
-        <v>397.644</v>
+        <v>1878.096</v>
       </c>
       <c r="D155" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>234</v>
+        <v>258</v>
       </c>
       <c r="B156" t="s">
-        <v>235</v>
+        <v>259</v>
       </c>
       <c r="C156">
-        <v>427.404</v>
+        <v>2038.476</v>
       </c>
       <c r="D156" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>236</v>
+        <v>260</v>
       </c>
       <c r="B157" t="s">
-        <v>237</v>
+        <v>261</v>
       </c>
       <c r="C157">
-        <v>444.264</v>
+        <v>2040.0</v>
       </c>
       <c r="D157" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>238</v>
+        <v>262</v>
       </c>
       <c r="B158" t="s">
-        <v>239</v>
+        <v>263</v>
       </c>
       <c r="C158">
-        <v>445.704</v>
+        <v>2074.8</v>
       </c>
       <c r="D158" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>240</v>
+        <v>264</v>
       </c>
       <c r="B159" t="s">
-        <v>241</v>
+        <v>265</v>
       </c>
       <c r="C159">
-        <v>487.236</v>
+        <v>2191.188</v>
       </c>
       <c r="D159" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>242</v>
+        <v>266</v>
       </c>
       <c r="B160" t="s">
-        <v>243</v>
+        <v>267</v>
       </c>
       <c r="C160">
-        <v>507.228</v>
+        <v>2253.732</v>
       </c>
       <c r="D160" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>244</v>
+        <v>268</v>
       </c>
       <c r="B161" t="s">
-        <v>245</v>
+        <v>269</v>
       </c>
       <c r="C161">
-        <v>507.456</v>
+        <v>3469.728</v>
       </c>
       <c r="D161" t="s">
-        <v>9</v>
-[...209 lines deleted...]
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D177"/>
+  <autoFilter ref="A1:D162"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>