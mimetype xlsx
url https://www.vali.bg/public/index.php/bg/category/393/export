--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,227 +7,215 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$281</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$108</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Кабел DeLock USB Pin header женско &gt; USB 2.0 type-A женски, 20 cm</t>
   </si>
   <si>
     <t>DELOCK-83291</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Кабел DeLock USB 2.0-A - pin header, 70 cm</t>
   </si>
   <si>
     <t>DELOCK-83078</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Kolink USB адаптер от USB 2.0 8-pin към USB 3.0 19-pin - 0.15m</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUS-173</t>
   </si>
   <si>
     <t>Скоба Delock, За монтаж в PC, USB 10 pin към 2 x USB 2.0 type A</t>
   </si>
   <si>
     <t>DELOCK-71000</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Удължителен кабел SATA III DeLock, SATA 6 Gb/s 22 pin мъжко - SATA 22 pin женско, (3.3 V + 5 V + 12 V), 20 cm</t>
   </si>
   <si>
     <t>DELOCK-84918</t>
   </si>
   <si>
     <t>Удължителен кабел за вентилатор Noctua NA-SEC1, 3 x 30 cm, за вентилатори 4-pin PWM</t>
   </si>
   <si>
     <t>NOCTUA-NA-SEC1</t>
   </si>
   <si>
     <t>Държач за графична карта COOLMOON CM-VT192, Алуминий, Черен</t>
   </si>
   <si>
     <t>COOLMOON-VT192-BL</t>
   </si>
   <si>
     <t>Държач за графична карта COOLMOON CM-VT192, Алуминий, Сребрист</t>
   </si>
   <si>
     <t>COOLMOON-VT192-GR</t>
   </si>
   <si>
     <t>Кабел Seasonic 12VHPWR 600W 16-Pin към 2x8 Pin за Seasonic захранвания</t>
   </si>
   <si>
     <t>SS-PS-CAB-12VHPWR</t>
   </si>
   <si>
-    <t>Kolink 20-Pin USB-3.0 Header към USB Type-C header</t>
-[...7 lines deleted...]
-  <si>
     <t>Държач за графична карта Estillo 12cm, Алуминий, Черен</t>
   </si>
   <si>
     <t>EST-GPU-STAND</t>
   </si>
   <si>
     <t>Държач за графична карта Estillo 12cm, Алуминий, Бял</t>
   </si>
   <si>
     <t>EST-GPU-STAND-WHT</t>
   </si>
   <si>
     <t>Конвертор Estillo Riser Card 6 Pin, PCI-Е x 1 към PCI-Е x16, USB 3.0</t>
   </si>
   <si>
     <t>EST-PCIE-RISER-CARD</t>
   </si>
   <si>
     <t>RGB лента Kolink Inspire L1 ARGB LED Strip (300mm)</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-211</t>
   </si>
   <si>
+    <t>Държач за видео карта Kolink - Core Aadept GPU Support</t>
+  </si>
+  <si>
+    <t>KOLINK-GEKL-126</t>
+  </si>
+  <si>
     <t>Държач на видео карта за Дънна платка Estillo Anti-Sag Bracket - Бял</t>
   </si>
   <si>
     <t>EST-GPU-DA-GCB-WH</t>
   </si>
   <si>
     <t>Държач на видео карта за Дънна платка Estillo Anti-Sag Bracket - Черен</t>
   </si>
   <si>
     <t>EST-GPU-SG-GCB-BK</t>
   </si>
   <si>
-    <t>Кабел Kolink Internes USB 3.1, USB-C 250mm</t>
-[...4 lines deleted...]
-  <si>
     <t>Скоба за графични карти Lian Li GB-002, VGA, Anti-Sag, Черен</t>
   </si>
   <si>
     <t>LL-AC-GELI-868</t>
   </si>
   <si>
     <t>Защитен модул ASUS TPM-SPI</t>
   </si>
   <si>
     <t>ASUS-TPM-SPI</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Конвертор ESTILLO IDE - SATA</t>
   </si>
   <si>
     <t>EST-CONV-IDE-SATA</t>
   </si>
   <si>
     <t>Защитен модул ASRock TPM-SPI, 13 pin</t>
   </si>
   <si>
     <t>ASR-TPM-SPI</t>
   </si>
   <si>
     <t>Lian Li GPU Брекет за Вертикален монтаж за O11DEXL-1X</t>
   </si>
   <si>
     <t>LL-CASE-ACC-GELI-936</t>
   </si>
   <si>
     <t>Jonsbo VC-20 Mini GPU bracket - black</t>
   </si>
   <si>
     <t>JONSBO-GAZU-792</t>
   </si>
   <si>
-    <t>Държач за видео карта Kolink - Core Aadept GPU Support</t>
-[...4 lines deleted...]
-  <si>
     <t>Контролер ESTILLO PCI 2S serial port + 1paralel</t>
   </si>
   <si>
     <t>EST-PCI-SER-PAR</t>
   </si>
   <si>
     <t>Lian Li PW-U2HB USB Конвертор 1 USB към 3 USB</t>
   </si>
   <si>
     <t>LL-AC-ZUAD-1336</t>
   </si>
   <si>
     <t>Хъб Delock USB 2.0 9-Pin женско към Две 9-Pin мъжко</t>
   </si>
   <si>
     <t>DELOCK-60045</t>
   </si>
   <si>
     <t>Адаптер Delock 64105, PCI Express x1 към M.2 Key M</t>
   </si>
   <si>
     <t>DELOCK-64105</t>
   </si>
   <si>
     <t>Метален панел 3.5" DeLock, 2 x USB 2.0, Контролер за вентилатори</t>
@@ -388,50 +376,56 @@
   <si>
     <t>EZDIY-FAB адаптер за видеокарта 12VHPWR 600W - STD 90° White</t>
   </si>
   <si>
     <t>EZ-EZDPI189-35</t>
   </si>
   <si>
     <t>Контролер Lian Li UNI FAN Wireless Controller V2 - Бял</t>
   </si>
   <si>
     <t>LL-FAN-LULI-122</t>
   </si>
   <si>
     <t>Контролер Lian Li UNI FAN Wireless Controller V2 - Черен</t>
   </si>
   <si>
     <t>LL-FAN-LULI-121</t>
   </si>
   <si>
     <t>Кабел за захранване NZXT 12VHPWR към 2x8Pin PCI-E</t>
   </si>
   <si>
     <t>NZXT-BB-CG1BB</t>
   </si>
   <si>
+    <t>Докинг станция ACT, USB-C - M.2 NVMe/PCIe SSD, 10 Gbps</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC1501</t>
+  </si>
+  <si>
     <t>Контролер ESTILLO AXAGON PCES-SJ2, PCI-ex, За 2 бр. вътрешни SATA 6G порта</t>
   </si>
   <si>
     <t>EST-PCIEX-AXAGON-2Sata</t>
   </si>
   <si>
     <t>Контролер ESTILLO PCI-Express 2x Dual RS-232 Serial Port and 1x Parallel Port</t>
   </si>
   <si>
     <t>EST-PCIEX-2xSER-PAR</t>
   </si>
   <si>
     <t>Конвертор Delock, USB-C / USB-A - SATA 6 Gb/s</t>
   </si>
   <si>
     <t>DELOCK-61042</t>
   </si>
   <si>
     <t>USB хъб за вграждане NZXT AC-IUSBH-M3</t>
   </si>
   <si>
     <t>NZXT-AC-IUSBH-M3</t>
   </si>
   <si>
     <t>Кабел Seasonic 90° 12VHPWR 600W 16-Pin към 2x8 Pin за Seasonic захранвания</t>
@@ -442,83 +436,74 @@
   <si>
     <t>Държач за графична карта EZDIY-FAB - Бял</t>
   </si>
   <si>
     <t>EZ-YIHPI341-3</t>
   </si>
   <si>
     <t>Държач за графична карта EZDIY-FAB - Черен</t>
   </si>
   <si>
     <t>EZ-YIHPI341-2</t>
   </si>
   <si>
     <t>Конвертор Delock, USB Type-C - 22 pin SATA 6 Gb/s</t>
   </si>
   <si>
     <t>DELOCK-63803</t>
   </si>
   <si>
     <t>Конвертор DeLock, SATA 22 pin - M.2 с чекмедже, 2.5"</t>
   </si>
   <si>
     <t>DELOCK-62688</t>
   </si>
   <si>
-    <t>Докинг станция ACT, USB-C - M.2 NVMe/PCIe SSD, 10 Gbps</t>
-[...4 lines deleted...]
-  <si>
     <t>Адаптер Inter-Tech USB Type-C към M.2 SSD</t>
   </si>
   <si>
     <t>INTER-TECH-AC-K-1696-P2</t>
   </si>
   <si>
     <t>Ръчен превключвател DeLock, RS-232 / RS-422 / RS-485 2-port</t>
   </si>
   <si>
     <t>DELOCK-87729</t>
   </si>
   <si>
+    <t>Карта PCI Express x4 Delock към 1x M.2 Key B + 1x  M.2 NVMe M.2 Key M, Low Profile</t>
+  </si>
+  <si>
+    <t>DELOCK-89047</t>
+  </si>
+  <si>
     <t>Карта за разширение на слотове Delock, PCI Express Card към 4 x Serial RS-232</t>
   </si>
   <si>
     <t>DELOCK-90410</t>
   </si>
   <si>
-    <t>на път</t>
-[...7 lines deleted...]
-  <si>
     <t>PCI Express x16 (x1 / x4 / x8) карта Delock, за M.2 NVMe M.2 Key M, RGB LED</t>
   </si>
   <si>
     <t>DELOCK-90566</t>
   </si>
   <si>
     <t>Адаптер Delock, M.2 Key B+M мъжко към 1 x USB 5 Gbps Pin Header</t>
   </si>
   <si>
     <t>DELOCK-62842</t>
   </si>
   <si>
     <t>Cooler Master ARGB GPU Support Bracket</t>
   </si>
   <si>
     <t>CM-MCA-U000R-GSBTG-00</t>
   </si>
   <si>
     <t>Държач за графична карта EZDIY-FAB ARGB - Черен</t>
   </si>
   <si>
     <t>EZ-YIHPI341</t>
   </si>
   <si>
     <t>Държач за графична карта EZDIY-FAB ARGB - Бял</t>
@@ -637,342 +622,90 @@
   <si>
     <t>Комплект оплетени кабели Kolink Core, Red</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUAD-1280</t>
   </si>
   <si>
     <t>Адаптер Delock, M.2 Key B+M мъжко към 2 x USB 5 Gbps Pin Header</t>
   </si>
   <si>
     <t>DELOCK-62843</t>
   </si>
   <si>
     <t>Карта Delock, PCI Express x1 към 2 port SATA, RAID</t>
   </si>
   <si>
     <t>DELOCK-90392</t>
   </si>
   <si>
     <t>Конвертор Delock, USB 5 Gbps - SATA 6 Gb/s / IDE 40 pin / IDE 44 pin, backup функция</t>
   </si>
   <si>
     <t>DELOCK-61486</t>
   </si>
   <si>
-    <t>Кабел за вертикален монтаж за видео карта Kolink Riser Cable 220mm PCI-E x16 4.0</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел EZDIY-FAB Riser Cable Straight Connector 200mm PCI-E x16 4.0</t>
   </si>
   <si>
     <t>EZ-EZDPC172-2</t>
   </si>
   <si>
     <t>Кабел EZDIY-FAB Riser Cable Right Angle 200mm PCI-E x16 4.0</t>
   </si>
   <si>
     <t>EZ-EZDPC172</t>
   </si>
   <si>
     <t>Кабел ASRock 90° 12V-2x6 600W ATX 3.1 and PCIe 5.1</t>
   </si>
   <si>
     <t>ASR-CB-12V2X6L600W</t>
   </si>
   <si>
-    <t>Докинг станция Delock, USB-C - M.2 NVMe / SATA SSD, 10 Gbps</t>
-[...46 lines deleted...]
-  <si>
     <t>Контролер тип хъб NZXT AC-CRFR1-B1</t>
   </si>
   <si>
     <t>NZXT-AC-CRFR1-B1</t>
   </si>
   <si>
-    <t>Конвертор Delock, USB-C - M.2 NVMe PCIe / SATA SSD, 10 Gbps</t>
-[...212 lines deleted...]
-    <t>MATROX-Q2G-H4K2</t>
+    <t>Кабел Lian Li PCI-e 5.0 x16 Riser Cable 200mm - Черен</t>
+  </si>
+  <si>
+    <t>LL-AC-PCI-520X</t>
+  </si>
+  <si>
+    <t>Брекет и кабел Lian Li 4 Slots Vertical GPU Kit v3, PCIe 5.0 за вертикален монтаж на видео карта - Бял</t>
+  </si>
+  <si>
+    <t>LL-AC-GPU-VG4V3</t>
+  </si>
+  <si>
+    <t>Брекет и кабел Lian Li 4 Slots Vertical GPU Kit v3, PCIe 5.0 за вертикален монтаж на видео карта - Черен</t>
+  </si>
+  <si>
+    <t>LL-AC-GPU-VG4V3-BL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1276,61 +1009,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D281"/>
+  <dimension ref="A1:D108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -1343,667 +1076,667 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>6.432</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>9.0</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>9.432</v>
+        <v>9.156</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>11.184</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>14.544</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>15.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>15.0</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>15.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>15.0</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>15.0</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>15.0</v>
+        <v>17.016</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>17.016</v>
+        <v>18.0</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>18.0</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>18.996</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>18.996</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>19.2</v>
+        <v>19.8</v>
       </c>
       <c r="D18" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>19.8</v>
+        <v>20.232</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>20.232</v>
+        <v>21.456</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>21.456</v>
+        <v>21.948</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>21.96</v>
+        <v>24.0</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>24.0</v>
+        <v>24.996</v>
       </c>
       <c r="D23" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>24.996</v>
+        <v>26.4</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>24.996</v>
+        <v>26.604</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>26.4</v>
+        <v>27.552</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>26.604</v>
+        <v>27.804</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>27.552</v>
+        <v>28.968</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>27.804</v>
+        <v>28.992</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>28.968</v>
+        <v>28.992</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
         <v>28.992</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>28.992</v>
+        <v>30.648</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>28.992</v>
+        <v>31.2</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>30.648</v>
+        <v>31.2</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>31.2</v>
+        <v>34.992</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>31.2</v>
+        <v>34.992</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
         <v>34.992</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
         <v>34.992</v>
       </c>
       <c r="D38" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>34.992</v>
+        <v>36.0</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>34.992</v>
+        <v>36.0</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
         <v>36.0</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>36.0</v>
+        <v>36.72</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>36.0</v>
+        <v>36.78</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>36.744</v>
+        <v>38.46</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>36.78</v>
+        <v>39.0</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>38.46</v>
+        <v>39.0</v>
       </c>
       <c r="D46" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
         <v>39.0</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
         <v>39.0</v>
       </c>
       <c r="D48" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
         <v>39.0</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
         <v>39.0</v>
@@ -2057,3205 +1790,783 @@
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
         <v>39.0</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
         <v>39.0</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
         <v>39.0</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>39.0</v>
+        <v>40.2</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>39.0</v>
+        <v>42.0</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>40.2</v>
+        <v>43.2</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>43.2</v>
+        <v>43.824</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>43.824</v>
+        <v>48.924</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>48.924</v>
+        <v>48.996</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
         <v>48.996</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
         <v>48.996</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
         <v>48.996</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>48.996</v>
+        <v>49.02</v>
       </c>
       <c r="D66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>49.02</v>
+        <v>49.692</v>
       </c>
       <c r="D67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>49.692</v>
+        <v>50.28</v>
       </c>
       <c r="D68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>49.932</v>
+        <v>51.42</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>50.28</v>
+        <v>56.064</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>51.42</v>
+        <v>56.376</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>55.992</v>
+        <v>57.948</v>
       </c>
       <c r="D72" t="s">
-        <v>150</v>
+        <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>150</v>
+      </c>
+      <c r="B73" t="s">
         <v>151</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>56.064</v>
+        <v>58.584</v>
       </c>
       <c r="D73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>152</v>
+      </c>
+      <c r="B74" t="s">
         <v>153</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>57.948</v>
+        <v>58.992</v>
       </c>
       <c r="D74" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>154</v>
+      </c>
+      <c r="B75" t="s">
         <v>155</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>58.584</v>
+        <v>58.992</v>
       </c>
       <c r="D75" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>156</v>
+      </c>
+      <c r="B76" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C76">
         <v>58.992</v>
       </c>
       <c r="D76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>158</v>
+      </c>
+      <c r="B77" t="s">
         <v>159</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>58.992</v>
+        <v>60.0</v>
       </c>
       <c r="D77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>160</v>
+      </c>
+      <c r="B78" t="s">
         <v>161</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>58.992</v>
+        <v>62.4</v>
       </c>
       <c r="D78" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>162</v>
+      </c>
+      <c r="B79" t="s">
         <v>163</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>60.0</v>
+        <v>63.0</v>
       </c>
       <c r="D79" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>164</v>
+      </c>
+      <c r="B80" t="s">
         <v>165</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>62.4</v>
+        <v>64.236</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>166</v>
+      </c>
+      <c r="B81" t="s">
         <v>167</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>63.0</v>
+        <v>69.0</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>168</v>
+      </c>
+      <c r="B82" t="s">
         <v>169</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>64.236</v>
+        <v>69.0</v>
       </c>
       <c r="D82" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>170</v>
+      </c>
+      <c r="B83" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="C83">
         <v>69.0</v>
       </c>
       <c r="D83" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>172</v>
+      </c>
+      <c r="B84" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="C84">
         <v>69.0</v>
       </c>
       <c r="D84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>174</v>
+      </c>
+      <c r="B85" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C85">
         <v>69.0</v>
       </c>
       <c r="D85" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>176</v>
+      </c>
+      <c r="B86" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="C86">
         <v>69.0</v>
       </c>
       <c r="D86" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>178</v>
+      </c>
+      <c r="B87" t="s">
         <v>179</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>69.0</v>
+        <v>69.444</v>
       </c>
       <c r="D87" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>180</v>
+      </c>
+      <c r="B88" t="s">
         <v>181</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>69.0</v>
+        <v>72.756</v>
       </c>
       <c r="D88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>182</v>
+      </c>
+      <c r="B89" t="s">
         <v>183</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>69.444</v>
+        <v>76.68</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>184</v>
+      </c>
+      <c r="B90" t="s">
         <v>185</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>72.756</v>
+        <v>77.448</v>
       </c>
       <c r="D90" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>186</v>
+      </c>
+      <c r="B91" t="s">
         <v>187</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>76.68</v>
+        <v>78.996</v>
       </c>
       <c r="D91" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>188</v>
+      </c>
+      <c r="B92" t="s">
         <v>189</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>77.448</v>
+        <v>78.996</v>
       </c>
       <c r="D92" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>190</v>
+      </c>
+      <c r="B93" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C93">
         <v>78.996</v>
       </c>
       <c r="D93" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>192</v>
+      </c>
+      <c r="B94" t="s">
         <v>193</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>78.996</v>
+        <v>81.672</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>194</v>
+      </c>
+      <c r="B95" t="s">
         <v>195</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>78.996</v>
+        <v>84.996</v>
       </c>
       <c r="D95" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>196</v>
+      </c>
+      <c r="B96" t="s">
         <v>197</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>81.672</v>
+        <v>85.86</v>
       </c>
       <c r="D96" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>198</v>
+      </c>
+      <c r="B97" t="s">
         <v>199</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>84.996</v>
+        <v>86.436</v>
       </c>
       <c r="D97" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>200</v>
+      </c>
+      <c r="B98" t="s">
         <v>201</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>85.86</v>
+        <v>88.32</v>
       </c>
       <c r="D98" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>202</v>
+      </c>
+      <c r="B99" t="s">
         <v>203</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>86.436</v>
+        <v>88.992</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>204</v>
+      </c>
+      <c r="B100" t="s">
         <v>205</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>88.32</v>
+        <v>88.992</v>
       </c>
       <c r="D100" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>206</v>
+      </c>
+      <c r="B101" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="C101">
         <v>88.992</v>
       </c>
       <c r="D101" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>7</v>
+        <v>35</v>
       </c>
       <c r="B102" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="C102">
-        <v>6.432</v>
+        <v>18.996</v>
       </c>
       <c r="D102" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="B103" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="C103">
-        <v>9.0</v>
+        <v>18.996</v>
       </c>
       <c r="D103" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>12</v>
+        <v>208</v>
       </c>
       <c r="B104" t="s">
-        <v>13</v>
+        <v>209</v>
       </c>
       <c r="C104">
-        <v>9.432</v>
+        <v>99.0</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>14</v>
+        <v>210</v>
       </c>
       <c r="B105" t="s">
-        <v>15</v>
+        <v>211</v>
       </c>
       <c r="C105">
-        <v>11.184</v>
+        <v>148.992</v>
       </c>
       <c r="D105" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>22</v>
+        <v>212</v>
       </c>
       <c r="B106" t="s">
-        <v>23</v>
+        <v>213</v>
       </c>
       <c r="C106">
-        <v>15.0</v>
+        <v>159.0</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>24</v>
+        <v>214</v>
       </c>
       <c r="B107" t="s">
-        <v>25</v>
+        <v>215</v>
       </c>
       <c r="C107">
-        <v>15.0</v>
+        <v>159.0</v>
       </c>
       <c r="D107" t="s">
-        <v>26</v>
-[...2421 lines deleted...]
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D281"/>
+  <autoFilter ref="A1:D108"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>