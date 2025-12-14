--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,1650 +7,960 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$635</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$152</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="531">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Пад за мишка ESTILLO, EST-MP-1-BLACK</t>
   </si>
   <si>
     <t>EST-MP-1-BLACK</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Пад за мишка ESTILLO, EST-MP-PICTURES</t>
   </si>
   <si>
     <t>EST-MP-PICTURES</t>
   </si>
   <si>
+    <t>Слушалки тапи MAXELL EB-98  бели</t>
+  </si>
+  <si>
+    <t>ML-AH-EB-98-WHITE</t>
+  </si>
+  <si>
     <t>Слушалки  MAXELL color BUDS EB-95</t>
   </si>
   <si>
     <t>ML-AH-EB-95</t>
   </si>
   <si>
     <t>Слушалки  MAXELL EB-98</t>
   </si>
   <si>
     <t>ML-AH-EB-98-BLACK</t>
   </si>
   <si>
     <t>ML-AH-EB-98-BLUE</t>
   </si>
   <si>
+    <t>Пад за мишка Hama "Landscape", 12 бр. в кашон, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>HAMA-126871</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Animal", 12 бр. в кашон, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>HAMA-126872</t>
+  </si>
+  <si>
+    <t>Слушалки  с микрофон MAXELL PLUGZ черна</t>
+  </si>
+  <si>
+    <t>ML-AH-PLUGZ-BLACK</t>
+  </si>
+  <si>
+    <t>HAMA Пад за мишка текстилен "Easy", 126858</t>
+  </si>
+  <si>
+    <t>HAMA-126858</t>
+  </si>
+  <si>
+    <t>Слушалки  MAXELL PLUGZ</t>
+  </si>
+  <si>
+    <t>ML-AH-PLUGZ-WHITE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Слушалки с микрофон MAXELL EB-875 </t>
+  </si>
+  <si>
+    <t>ML-AH-EB-875-WH</t>
+  </si>
+  <si>
     <t>USB памет Rotate, 16GB, HAMA-94175</t>
   </si>
   <si>
     <t>HAMA-94175</t>
   </si>
   <si>
-    <t>HAMA Пад за мишка текстилен "Easy", 126858</t>
-[...2 lines deleted...]
-    <t>HAMA-126858</t>
+    <t>Пад за мишка, HAMA-126861</t>
+  </si>
+  <si>
+    <t>HAMA-126861</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-01, 32 GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD01-32GB-W</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-25F, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD25F-32</t>
+  </si>
+  <si>
+    <t>Пад за лазерна мишка, тънък, самозалепващ, 126865</t>
+  </si>
+  <si>
+    <t>HAMA-126865</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-03, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD03-32GB</t>
+  </si>
+  <si>
+    <t>USB памет Laeta, USB 2.0, 16GB, HAMA-90983</t>
+  </si>
+  <si>
+    <t>HAMA-90983</t>
+  </si>
+  <si>
+    <t>USB памет HAMA "Fancy", 16GB, HAMA-90894</t>
+  </si>
+  <si>
+    <t>HAMA-90894</t>
+  </si>
+  <si>
+    <t>USB памет Smartly, 16GB, HAMA-94169</t>
+  </si>
+  <si>
+    <t>HAMA-94169</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-100, 3 бутона, 182600</t>
+  </si>
+  <si>
+    <t>HAMA-182600</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL Speedboat, USB 2.0, 16GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-16GB</t>
+  </si>
+  <si>
+    <t>USB памет Rotate, 32GB, HAMA-108029</t>
+  </si>
+  <si>
+    <t>HAMA-108029</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, 4GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-4GB</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, USB 2.0, 8GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-8GB</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, USB 2.0, 8GB Бял цвят</t>
+  </si>
+  <si>
+    <t>ML-USB-E100-8GB-WHITE</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD01C, 32 GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD01C-32GB-BL</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD44, 32GB, USB 2.0 черен, без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD44-32GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD44, 32GB, USB 2.0, син, без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD44-32GB-BLUE</t>
+  </si>
+  <si>
+    <t>Пад за мишка Hama "Holiday", 12 бр. в кашон, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>HAMA-126873</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP25 FStyler, Розов</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP25-PINK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USB памет Team Group C141 16GB, </t>
+  </si>
+  <si>
+    <t>TEAM-USB-C141-16GB-BLUE</t>
+  </si>
+  <si>
+    <t>USB памет Team Group Elite C141, 8GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C141-8GB-RED</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-03, 64GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD03-64GB-W</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-01, 64 GB без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD01-64GB-W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Слушалки MAXELL KIDS </t>
+  </si>
+  <si>
+    <t>ML-AH-KIDS-BLUE</t>
+  </si>
+  <si>
+    <t>Слушалки MAXELL KIDS</t>
+  </si>
+  <si>
+    <t>ML-AH-KIDS-PINK</t>
+  </si>
+  <si>
+    <t>Слушалки тапи с микрофон MAXELL IN-TIPS RED</t>
+  </si>
+  <si>
+    <t>ML-AH-IN-TIPS-RED</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C141 32GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C141-32GB-YELLOW</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD03-32GB-F</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Smartly, 32GB, HAMA-108044</t>
+  </si>
+  <si>
+    <t>HAMA-108044</t>
+  </si>
+  <si>
+    <t>USB памет "Fancy", 64GB, HAMA-108062</t>
+  </si>
+  <si>
+    <t>HAMA-108062</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-200, 3 бутона, 182603</t>
+  </si>
+  <si>
+    <t>HAMA-182603</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C175 16GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C175-16GB-BLACK</t>
+  </si>
+  <si>
+    <t>Пад за мишка A4tech FP25 FStyler, Зелен</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP25-GREEN</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Ultima U02, 8GB,USB 2.0 Черен</t>
+  </si>
+  <si>
+    <t>SLP-USB-U02V1K-8GB</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Тип USB-C/ USB-A 3.0 Laeta, 16GB, 40Mb/s</t>
+  </si>
+  <si>
+    <t>HAMA-124161</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Smartly, 64GB, HAMA-108045</t>
+  </si>
+  <si>
+    <t>HAMA-108045</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 64GB, 10 MB/s, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-104302</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD82, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD82-32GB</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-200, 3 бутона, 182602</t>
+  </si>
+  <si>
+    <t>HAMA-182602</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 16GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-16GB</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL Speedboat, 32GB</t>
+  </si>
+  <si>
+    <t>ML-USB-E300-32GB</t>
+  </si>
+  <si>
+    <t>Флаш памет 32Gb USB 2.0 SD-34B, бяла, Без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD34B</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C211 16GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C211-16GB-BL</t>
+  </si>
+  <si>
+    <t>HAMA "Fancy" USB флаш памет, USB 2.0, 16 GB, 181081</t>
+  </si>
+  <si>
+    <t>HAMA-181081</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка HAMA AMW-200, 3 бутона, 134960</t>
+  </si>
+  <si>
+    <t>HAMA-134960</t>
+  </si>
+  <si>
+    <t>Пад за лазерна мишка HAMA Laser, Самозалепващ, 54751</t>
+  </si>
+  <si>
+    <t>HAMA-54751</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL FLIX, USB 2.0, 4GB, Черна</t>
+  </si>
+  <si>
+    <t>ML-USB-FLIX-4GB</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL Speedboat, 32GB USB 3.1 черна</t>
+  </si>
+  <si>
+    <t>ML-USB3.1-32GB-BLACK</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 16GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-16GB</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Тип USB-C/USB-A 3.0 Laeta, 32GB, 40 MB/s, silver</t>
+  </si>
+  <si>
+    <t>HAMA-124162</t>
+  </si>
+  <si>
+    <t>Микрофон HAMA, За ревер с клипс Clip-On, 3.5мм, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-139901</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 64GB, USB 3.0 70 MB/s, Петролно синьо</t>
+  </si>
+  <si>
+    <t>HAMA-182464</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C175 64GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C175-64GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C211 32GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C211-32GB-BL</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Ultima II, 16GB,USB 2.0 Черен</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF2M01V1K-16GB</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C175 32GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C175-32GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 32GB, UBS 3.0 70 MB/s, Петролно синьо</t>
+  </si>
+  <si>
+    <t>HAMA-182463</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-32GB</t>
+  </si>
+  <si>
+    <t>Четец за карти HAMA 181056, USB 2.0</t>
+  </si>
+  <si>
+    <t>HAMA-181056</t>
+  </si>
+  <si>
+    <t>Флаш памет 32Gb USB 2.0 SD-Y32B, бяла, Без лого</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SDY23</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL FLIX, USB 2.0, 8GB, ЧЕРЕН</t>
+  </si>
+  <si>
+    <t>ML-USB-FLIX-8GB</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL FLIX, USB 2.0, 16GB, Черен</t>
+  </si>
+  <si>
+    <t>ML-USB-FLIX-16GB</t>
+  </si>
+  <si>
+    <t>Оптична мишка A4tech OP 620DS, безшумен клик, USB. черна</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-OP-620DS</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Office Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-OFFL-32GB</t>
+  </si>
+  <si>
+    <t>Слушалки тапи HAMA "Gloss", In Ear, Бели, 184132</t>
+  </si>
+  <si>
+    <t>HAMA-184132</t>
+  </si>
+  <si>
+    <t>Безжична оптична мишка HAMA MW-110, 3 бутона, 182618</t>
+  </si>
+  <si>
+    <t>HAMA-182618</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Exodia 64GB</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTX-64GB-W</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Ultra Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-UL-32GB</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-25T, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD25T-32</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C211 64GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C211-64GB-BL</t>
+  </si>
+  <si>
+    <t>Оптична мишка HAMA MC-300, безшумна, 182606</t>
+  </si>
+  <si>
+    <t>HAMA-182606</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Jet Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-JL-32GB</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Ultima II, 32GB, USB 2.0 Черен</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF2M01V1K-32GB</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C222, 32GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C222-32GB-SIL</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Premium Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-PL-32GB</t>
+  </si>
+  <si>
+    <t>USB памет Team Group C171, 64GB</t>
+  </si>
+  <si>
+    <t>TEAM-USB-C171-64GB-BLACK</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Rotate, 128GB,10 MB/s, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-108071</t>
+  </si>
+  <si>
+    <t>USB памет HAMA Тип USB-C/UBS 3.0  Laeta, 64GB, 40GB/s</t>
+  </si>
+  <si>
+    <t>HAMA-124163</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-301, 32GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD301-32GB</t>
+  </si>
+  <si>
+    <t>USB памет SanDisk Cruzer Blade, 32GB</t>
+  </si>
+  <si>
+    <t>SD-USB-CZ50-032G-B35</t>
+  </si>
+  <si>
+    <t>A4tech Illuminate N530S Жична безшумна мишкa черна, 1200 dpi</t>
+  </si>
+  <si>
+    <t>A4-MOUSE-N-530S</t>
+  </si>
+  <si>
+    <t>Жична оптична мишка LOGITECH B100</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-B100BK</t>
+  </si>
+  <si>
+    <t>USB памет SILICON POWER Blaze B07, 16GB, USB 3.2, Черна</t>
+  </si>
+  <si>
+    <t>SLP-USB-UF3B07V1K-16GB</t>
+  </si>
+  <si>
+    <t>Жична оптична мишка LOGITECH M90</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-M90-BK</t>
+  </si>
+  <si>
+    <t>USB памет MAXELL SPEEDBOAT, 64GB</t>
+  </si>
+  <si>
+    <t>ML-USB3.1-SPEEDBOAT-64GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Speed Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-SL-64GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-32GB</t>
+  </si>
+  <si>
+    <t>USB памет ESTILLO SD-03, 128GB</t>
+  </si>
+  <si>
+    <t>RAM-HAN-SD03-128GB-W</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 32GB cMobile Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-CM-32GB</t>
+  </si>
+  <si>
+    <t>AC четец за карти NITROX CI-02 3,5" вътрешен  USB2.0</t>
+  </si>
+  <si>
+    <t>INTER-TECH-READER</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-64GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 64GB cMobile Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-CM-64GB</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-128GB</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun II", On-Ear, 3.5 мм жак, Черни</t>
+  </si>
+  <si>
+    <t>HAMA-221784</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 128GB cMobile Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-CM-128GB</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge , черна, 6 бут.,800/1200/1600 dpi, безшумна</t>
+  </si>
+  <si>
+    <t>HAMA-173081</t>
+  </si>
+  <si>
+    <t>HAMA Безжична оптична мишка WM-500 Recharge, 6 бут.,800/1200/1600 dpi, безшумна, лилаво</t>
+  </si>
+  <si>
+    <t>HAMA-173083</t>
+  </si>
+  <si>
+    <t>Intenso USB Flash Drive 3.2 256GB Twist Line</t>
+  </si>
+  <si>
+    <t>INTENSO-USB-TWL-256GB</t>
+  </si>
+  <si>
+    <t>Флаш памет MAXELL VENTURE, 256GB USB 3.2 black</t>
+  </si>
+  <si>
+    <t>ML-USB-256GB-BLACK</t>
+  </si>
+  <si>
+    <t>Слушалки HP Poly Blackwire 3220 USB-C - Черен</t>
+  </si>
+  <si>
+    <t>POLY-HEAD-8X228AA</t>
   </si>
   <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Слушалки  MAXELL PLUGZ</t>
-[...1532 lines deleted...]
-    <t>INTENSO-HDD-5TB-EX-MD</t>
+    <t>HAMA Безжична Ергономична вертикална мишка "EMW-700", мулти-устройство, антрацит</t>
+  </si>
+  <si>
+    <t>HAMA-173095</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE A6NEO RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A6NEO</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE A8V RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A8V</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE K669 PRO2 RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-K669PRO2</t>
+  </si>
+  <si>
+    <t>Микрофон със стойка FIFINE A8T RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A8T</t>
+  </si>
+  <si>
+    <t>Микрофон със стойка FIFINE A6T RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A6T</t>
+  </si>
+  <si>
+    <t>Безжична микрофонна система BOYA Mini 2-02 с USB-C</t>
+  </si>
+  <si>
+    <t>BOYA-MINI-2-02</t>
+  </si>
+  <si>
+    <t>Безжична микрофонна система BOYA Mini 2-03 с Lightning</t>
+  </si>
+  <si>
+    <t>BOYA-MINI-2-03</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE AM8 Dynamic RGB XLR/USB- Black</t>
+  </si>
+  <si>
+    <t>FIFINE-AM8</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE AM8 Dynamic RGB XLR/USB - White</t>
+  </si>
+  <si>
+    <t>FIFINE-AM8W</t>
+  </si>
+  <si>
+    <t>Комплект клавиатура и мишка Keychron B33 Deep Black и BM25 Wireless/BT/Wired Combo - TKL</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-KCBD1</t>
+  </si>
+  <si>
+    <t>USB памет KINGSTON DataTraveler Kyson 512GB USB 3.2 Gen1</t>
+  </si>
+  <si>
+    <t>KIN-USB-DTKN-512GB</t>
+  </si>
+  <si>
+    <t>Комплект клавиатура и мишка Keychron B36 Deep Black и BM25 Wireless/BT/Wired Combo - TKL</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-KCBD2</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE AM6 RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-AM6</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE AM6 RGB - White</t>
+  </si>
+  <si>
+    <t>FIFINE-AM6W</t>
+  </si>
+  <si>
+    <t>CHERRY KW9100 SLIM за MAC</t>
+  </si>
+  <si>
+    <t>CHERRY-KEY-JK-9110US-1</t>
+  </si>
+  <si>
+    <t>Флаш памет Kingston Dual USB-A/C Portable SSD 512GB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-512GB</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE K658 Dynamic RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-K658</t>
+  </si>
+  <si>
+    <t>Микрофон със стойка FIFINE AM8T Dynamic RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-AM8T</t>
+  </si>
+  <si>
+    <t>ROCWARE RC08P Уеб камера 2K,90 градуса,4x зуум, USB 2.0,USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RC08P</t>
+  </si>
+  <si>
+    <t>Настолен микрофон FIFINE A9 RGB 4 Polar Patterns- Black</t>
+  </si>
+  <si>
+    <t>FIFINE-A9</t>
+  </si>
+  <si>
+    <t>Микрофон със стойка FIFINE T658 Dynamic RGB - Black</t>
+  </si>
+  <si>
+    <t>FIFINE-T658</t>
+  </si>
+  <si>
+    <t>Logitech BRIO 500 Grafite Full HD уеб камера, микрофон, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500</t>
+  </si>
+  <si>
+    <t>Флаш памет Kingston Dual USB-A/C Portable SSD 1TB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-1TB</t>
+  </si>
+  <si>
+    <t>Безжична лазерна мишка LOGITECH MX MASTER 4 Pale Gray</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-MX-4P</t>
+  </si>
+  <si>
+    <t>Безжична лазерна мишка LOGITECH MX MASTER 4 Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-MOUSE-MX-4G</t>
+  </si>
+  <si>
+    <t>ROCWARE RC16 Уеб камера, 4K UHD, 110 градуса,8x зуум, USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RC16</t>
+  </si>
+  <si>
+    <t>Комплект клавиатура и мишка  Wireless Combo Logitech MK850</t>
+  </si>
+  <si>
+    <t>LOGITECH-KEY-MK850-1</t>
+  </si>
+  <si>
+    <t>Външен хард диск SEAGATE Expansion Desktop External Drive 8TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKP8000400-8</t>
+  </si>
+  <si>
+    <t>Флаш памет Kingston Dual USB-A/C Portable SSD 2TB - Black/Red</t>
+  </si>
+  <si>
+    <t>KIN-SSD-SPSD-2TB</t>
+  </si>
+  <si>
+    <t>Външен хард диск SEAGATE Expansion Desktop External Drive 10 TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKP10000400</t>
+  </si>
+  <si>
+    <t>Външен хард диск SEAGATE Expansion Desktop External Drive 24 TB</t>
+  </si>
+  <si>
+    <t>SEAG-HDD-STKP24000400-24</t>
+  </si>
+  <si>
+    <t>ROCWARE RB10 Камера за видеоконференции,20Mpix,4К, 120градуса, 5x зуум, USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RB10</t>
+  </si>
+  <si>
+    <t>Външен хард диск Western Digital Elements 26TB</t>
+  </si>
+  <si>
+    <t>WD-HDD-ELM-26TB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1954,61 +1264,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D635"/>
+  <dimension ref="A1:D152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="104.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -2018,8878 +1328,2116 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>2.94</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>3.6</v>
+        <v>3.0</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>3.996</v>
+        <v>3.6</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C6">
         <v>3.996</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7">
-        <v>5.556</v>
+        <v>3.996</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8">
-        <v>5.736</v>
+        <v>5.34</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" t="s">
         <v>19</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>5.88</v>
+        <v>5.34</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C10">
-        <v>5.88</v>
+        <v>5.4</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C11">
-        <v>5.916</v>
+        <v>5.628</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C12">
-        <v>5.94</v>
+        <v>5.88</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C13">
-        <v>6.156</v>
+        <v>5.88</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C14">
-        <v>6.204</v>
+        <v>6.216</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C15">
-        <v>6.24</v>
+        <v>6.216</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C16">
         <v>6.24</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="s">
         <v>36</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>6.276</v>
+        <v>6.24</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" t="s">
         <v>38</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>6.276</v>
+        <v>6.288</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" t="s">
         <v>40</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>6.3</v>
+        <v>6.312</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" t="s">
         <v>42</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>6.312</v>
+        <v>6.432</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" t="s">
         <v>44</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>6.588</v>
+        <v>6.528</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" t="s">
         <v>46</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>6.6</v>
+        <v>6.528</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" t="s">
         <v>48</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>6.6</v>
+        <v>6.588</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" t="s">
         <v>50</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>6.672</v>
+        <v>6.6</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>51</v>
+      </c>
+      <c r="B25" t="s">
         <v>52</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>6.744</v>
+        <v>6.792</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C26">
         <v>6.84</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C27">
         <v>6.84</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C28">
         <v>6.84</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>59</v>
+      </c>
+      <c r="B29" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C29">
         <v>6.924</v>
       </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C30">
         <v>6.936</v>
       </c>
       <c r="D30" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C31">
         <v>6.936</v>
       </c>
       <c r="D31" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
         <v>67</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>7.2</v>
+        <v>7.176</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
         <v>69</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>7.272</v>
+        <v>7.2</v>
       </c>
       <c r="D33" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
         <v>71</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>7.356</v>
+        <v>7.272</v>
       </c>
       <c r="D34" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
         <v>73</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>7.404</v>
+        <v>7.464</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>7.428</v>
+        <v>7.632</v>
       </c>
       <c r="D36" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" t="s">
         <v>77</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>7.572</v>
+        <v>7.68</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
         <v>79</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>7.572</v>
+        <v>7.8</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
         <v>81</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>7.632</v>
+        <v>7.8</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
         <v>83</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>7.716</v>
+        <v>7.8</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
         <v>85</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>7.8</v>
+        <v>7.824</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C42">
         <v>7.824</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>42</v>
+        <v>87</v>
       </c>
       <c r="B43" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C43">
-        <v>7.824</v>
+        <v>7.872</v>
       </c>
       <c r="D43" t="s">
-        <v>90</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C44">
-        <v>7.992</v>
+        <v>7.932</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C45">
-        <v>8.004</v>
+        <v>7.992</v>
       </c>
       <c r="D45" t="s">
-        <v>90</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C46">
         <v>8.004</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C47">
-        <v>8.064</v>
+        <v>8.004</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C48">
-        <v>8.124</v>
+        <v>8.076</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49" t="s">
+        <v>100</v>
+      </c>
+      <c r="C49">
+        <v>8.088</v>
+      </c>
+      <c r="D49" t="s">
         <v>101</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" t="s">
         <v>103</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>8.208</v>
+        <v>8.1</v>
       </c>
       <c r="D50" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s">
         <v>105</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>8.22</v>
+        <v>8.16</v>
       </c>
       <c r="D51" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
         <v>107</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>8.256</v>
+        <v>8.22</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s">
         <v>109</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>8.304</v>
+        <v>8.34</v>
       </c>
       <c r="D53" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" t="s">
         <v>111</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>8.34</v>
+        <v>8.388</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" t="s">
         <v>113</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>8.388</v>
+        <v>8.4</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" t="s">
         <v>115</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>8.4</v>
+        <v>8.568</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" t="s">
         <v>117</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>8.46</v>
+        <v>8.628</v>
       </c>
       <c r="D57" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" t="s">
         <v>119</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>8.472</v>
+        <v>8.796</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" t="s">
         <v>121</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>8.508</v>
+        <v>8.988</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" t="s">
         <v>123</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>8.568</v>
+        <v>9.0</v>
       </c>
       <c r="D60" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" t="s">
         <v>125</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>8.592</v>
+        <v>9.0</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" t="s">
         <v>127</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>8.712</v>
+        <v>9.0</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" t="s">
         <v>129</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>8.748</v>
+        <v>9.048</v>
       </c>
       <c r="D63" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" t="s">
         <v>131</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>8.796</v>
+        <v>9.192</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" t="s">
         <v>133</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>8.796</v>
+        <v>9.228</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" t="s">
         <v>135</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>8.916</v>
+        <v>9.252</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" t="s">
         <v>137</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>8.988</v>
+        <v>9.264</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" t="s">
         <v>139</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>9.0</v>
+        <v>9.312</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" t="s">
         <v>141</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>9.0</v>
+        <v>9.42</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" t="s">
         <v>143</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>9.024</v>
+        <v>9.516</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" t="s">
         <v>145</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>9.048</v>
+        <v>9.552</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" t="s">
         <v>147</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>9.228</v>
+        <v>9.552</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" t="s">
         <v>149</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>9.228</v>
+        <v>9.564</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" t="s">
         <v>151</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>9.24</v>
+        <v>9.588</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" t="s">
         <v>153</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>9.264</v>
+        <v>9.6</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" t="s">
         <v>155</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>9.264</v>
+        <v>9.6</v>
       </c>
       <c r="D76" t="s">
-        <v>90</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" t="s">
         <v>157</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>9.396</v>
+        <v>9.768</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" t="s">
         <v>159</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>9.516</v>
+        <v>9.888</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" t="s">
         <v>161</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>9.54</v>
+        <v>9.924</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" t="s">
         <v>163</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>9.588</v>
+        <v>9.984</v>
       </c>
       <c r="D80" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" t="s">
         <v>165</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>9.756</v>
+        <v>10.044</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" t="s">
         <v>167</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>9.756</v>
+        <v>10.224</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" t="s">
         <v>169</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>9.768</v>
+        <v>10.332</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" t="s">
         <v>171</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>9.78</v>
+        <v>10.368</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" t="s">
         <v>173</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>9.804</v>
+        <v>10.488</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" t="s">
         <v>175</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>9.912</v>
+        <v>10.56</v>
       </c>
       <c r="D86" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" t="s">
         <v>177</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>9.924</v>
+        <v>10.692</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" t="s">
         <v>179</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>9.984</v>
+        <v>10.704</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" t="s">
         <v>181</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>10.008</v>
+        <v>10.728</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>127</v>
+        <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
-        <v>10.044</v>
+        <v>10.74</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
-        <v>10.068</v>
+        <v>10.8</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
-        <v>10.2</v>
+        <v>10.98</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
-        <v>10.2</v>
+        <v>10.98</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>61</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
-        <v>10.332</v>
+        <v>11.064</v>
       </c>
       <c r="D94" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
-        <v>10.488</v>
+        <v>11.112</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
-        <v>10.536</v>
+        <v>11.136</v>
       </c>
       <c r="D96" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
-        <v>10.644</v>
+        <v>11.136</v>
       </c>
       <c r="D97" t="s">
-        <v>6</v>
+        <v>101</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>198</v>
       </c>
       <c r="B98" t="s">
         <v>199</v>
       </c>
       <c r="C98">
-        <v>10.692</v>
+        <v>11.268</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>200</v>
       </c>
       <c r="B99" t="s">
         <v>201</v>
       </c>
       <c r="C99">
-        <v>10.692</v>
+        <v>11.4</v>
       </c>
       <c r="D99" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>202</v>
       </c>
       <c r="B100" t="s">
         <v>203</v>
       </c>
       <c r="C100">
-        <v>10.74</v>
+        <v>11.4</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>204</v>
       </c>
       <c r="B101" t="s">
         <v>205</v>
       </c>
       <c r="C101">
-        <v>10.836</v>
+        <v>11.4</v>
       </c>
       <c r="D101" t="s">
-        <v>90</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B102" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C102">
-        <v>5.736</v>
+        <v>3.0</v>
       </c>
       <c r="D102" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="B103" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="C103">
-        <v>6.276</v>
+        <v>7.68</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>38</v>
+        <v>126</v>
       </c>
       <c r="B104" t="s">
-        <v>39</v>
+        <v>127</v>
       </c>
       <c r="C104">
-        <v>6.276</v>
+        <v>9.0</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>40</v>
+        <v>206</v>
       </c>
       <c r="B105" t="s">
-        <v>41</v>
+        <v>207</v>
       </c>
       <c r="C105">
-        <v>6.3</v>
+        <v>12.54</v>
       </c>
       <c r="D105" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>48</v>
+        <v>208</v>
       </c>
       <c r="B106" t="s">
-        <v>49</v>
+        <v>209</v>
       </c>
       <c r="C106">
-        <v>6.6</v>
+        <v>12.744</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>56</v>
+        <v>210</v>
       </c>
       <c r="B107" t="s">
-        <v>57</v>
+        <v>211</v>
       </c>
       <c r="C107">
-        <v>6.84</v>
+        <v>13.116</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>58</v>
+        <v>212</v>
       </c>
       <c r="B108" t="s">
-        <v>59</v>
+        <v>213</v>
       </c>
       <c r="C108">
-        <v>6.84</v>
+        <v>13.248</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>60</v>
+        <v>214</v>
       </c>
       <c r="B109" t="s">
-        <v>61</v>
+        <v>215</v>
       </c>
       <c r="C109">
-        <v>6.924</v>
+        <v>14.748</v>
       </c>
       <c r="D109" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>63</v>
+        <v>216</v>
       </c>
       <c r="B110" t="s">
-        <v>64</v>
+        <v>217</v>
       </c>
       <c r="C110">
-        <v>6.936</v>
+        <v>20.952</v>
       </c>
       <c r="D110" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>65</v>
+        <v>218</v>
       </c>
       <c r="B111" t="s">
-        <v>66</v>
+        <v>219</v>
       </c>
       <c r="C111">
-        <v>6.936</v>
+        <v>22.8</v>
       </c>
       <c r="D111" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>73</v>
+        <v>220</v>
       </c>
       <c r="B112" t="s">
-        <v>74</v>
+        <v>221</v>
       </c>
       <c r="C112">
-        <v>7.404</v>
+        <v>23.976</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>85</v>
+        <v>222</v>
       </c>
       <c r="B113" t="s">
-        <v>86</v>
+        <v>223</v>
       </c>
       <c r="C113">
-        <v>7.8</v>
+        <v>25.5</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>99</v>
+        <v>224</v>
       </c>
       <c r="B114" t="s">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="C114">
-        <v>8.124</v>
+        <v>25.5</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>105</v>
+        <v>226</v>
       </c>
       <c r="B115" t="s">
-        <v>106</v>
+        <v>227</v>
       </c>
       <c r="C115">
-        <v>8.22</v>
+        <v>36.384</v>
       </c>
       <c r="D115" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>113</v>
+        <v>228</v>
       </c>
       <c r="B116" t="s">
-        <v>114</v>
+        <v>229</v>
       </c>
       <c r="C116">
-        <v>8.388</v>
+        <v>38.4</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>119</v>
+        <v>230</v>
       </c>
       <c r="B117" t="s">
-        <v>120</v>
+        <v>231</v>
       </c>
       <c r="C117">
-        <v>8.472</v>
+        <v>52.8</v>
       </c>
       <c r="D117" t="s">
-        <v>6</v>
+        <v>232</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>123</v>
+        <v>233</v>
       </c>
       <c r="B118" t="s">
-        <v>124</v>
+        <v>234</v>
       </c>
       <c r="C118">
-        <v>8.568</v>
+        <v>69.888</v>
       </c>
       <c r="D118" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>125</v>
+        <v>235</v>
       </c>
       <c r="B119" t="s">
-        <v>126</v>
+        <v>236</v>
       </c>
       <c r="C119">
-        <v>8.592</v>
+        <v>88.992</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>133</v>
+        <v>237</v>
       </c>
       <c r="B120" t="s">
-        <v>134</v>
+        <v>238</v>
       </c>
       <c r="C120">
-        <v>8.796</v>
+        <v>88.992</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>135</v>
+        <v>239</v>
       </c>
       <c r="B121" t="s">
-        <v>136</v>
+        <v>240</v>
       </c>
       <c r="C121">
-        <v>8.916</v>
+        <v>99.0</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>141</v>
+        <v>241</v>
       </c>
       <c r="B122" t="s">
-        <v>142</v>
+        <v>242</v>
       </c>
       <c r="C122">
-        <v>9.0</v>
+        <v>99.0</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>101</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>145</v>
+        <v>243</v>
       </c>
       <c r="B123" t="s">
-        <v>146</v>
+        <v>244</v>
       </c>
       <c r="C123">
-        <v>9.048</v>
+        <v>99.0</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>149</v>
+        <v>245</v>
       </c>
       <c r="B124" t="s">
-        <v>150</v>
+        <v>246</v>
       </c>
       <c r="C124">
-        <v>9.228</v>
+        <v>118.992</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>151</v>
+        <v>247</v>
       </c>
       <c r="B125" t="s">
-        <v>152</v>
+        <v>248</v>
       </c>
       <c r="C125">
-        <v>9.24</v>
+        <v>118.992</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>161</v>
+        <v>249</v>
       </c>
       <c r="B126" t="s">
-        <v>162</v>
+        <v>250</v>
       </c>
       <c r="C126">
-        <v>9.54</v>
+        <v>129.0</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>163</v>
+        <v>251</v>
       </c>
       <c r="B127" t="s">
-        <v>164</v>
+        <v>252</v>
       </c>
       <c r="C127">
-        <v>9.588</v>
+        <v>129.0</v>
       </c>
       <c r="D127" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>169</v>
+        <v>253</v>
       </c>
       <c r="B128" t="s">
-        <v>170</v>
+        <v>254</v>
       </c>
       <c r="C128">
-        <v>9.768</v>
+        <v>129.0</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>175</v>
+        <v>255</v>
       </c>
       <c r="B129" t="s">
-        <v>176</v>
+        <v>256</v>
       </c>
       <c r="C129">
-        <v>9.912</v>
+        <v>133.884</v>
       </c>
       <c r="D129" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>177</v>
+        <v>257</v>
       </c>
       <c r="B130" t="s">
-        <v>178</v>
+        <v>258</v>
       </c>
       <c r="C130">
-        <v>9.924</v>
+        <v>138.996</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>181</v>
+        <v>259</v>
       </c>
       <c r="B131" t="s">
-        <v>182</v>
+        <v>260</v>
       </c>
       <c r="C131">
-        <v>10.008</v>
+        <v>148.992</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>127</v>
+        <v>261</v>
       </c>
       <c r="B132" t="s">
-        <v>183</v>
+        <v>262</v>
       </c>
       <c r="C132">
-        <v>10.044</v>
+        <v>148.992</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>190</v>
+        <v>263</v>
       </c>
       <c r="B133" t="s">
-        <v>191</v>
+        <v>264</v>
       </c>
       <c r="C133">
-        <v>10.332</v>
+        <v>150.564</v>
       </c>
       <c r="D133" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>196</v>
+        <v>265</v>
       </c>
       <c r="B134" t="s">
-        <v>197</v>
+        <v>266</v>
       </c>
       <c r="C134">
-        <v>10.644</v>
+        <v>156.516</v>
       </c>
       <c r="D134" t="s">
-        <v>6</v>
+        <v>101</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>200</v>
+        <v>267</v>
       </c>
       <c r="B135" t="s">
-        <v>201</v>
+        <v>268</v>
       </c>
       <c r="C135">
-        <v>10.692</v>
+        <v>159.0</v>
       </c>
       <c r="D135" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>206</v>
+        <v>269</v>
       </c>
       <c r="B136" t="s">
-        <v>207</v>
+        <v>270</v>
       </c>
       <c r="C136">
-        <v>10.956</v>
+        <v>159.0</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>208</v>
+        <v>271</v>
       </c>
       <c r="B137" t="s">
-        <v>209</v>
+        <v>272</v>
       </c>
       <c r="C137">
-        <v>10.98</v>
+        <v>159.0</v>
       </c>
       <c r="D137" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>210</v>
+        <v>273</v>
       </c>
       <c r="B138" t="s">
-        <v>211</v>
+        <v>274</v>
       </c>
       <c r="C138">
-        <v>11.016</v>
+        <v>178.992</v>
       </c>
       <c r="D138" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>212</v>
+        <v>275</v>
       </c>
       <c r="B139" t="s">
-        <v>213</v>
+        <v>276</v>
       </c>
       <c r="C139">
-        <v>11.112</v>
+        <v>178.992</v>
       </c>
       <c r="D139" t="s">
-        <v>6</v>
+        <v>101</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>214</v>
+        <v>277</v>
       </c>
       <c r="B140" t="s">
-        <v>215</v>
+        <v>278</v>
       </c>
       <c r="C140">
-        <v>11.268</v>
+        <v>217.608</v>
       </c>
       <c r="D140" t="s">
-        <v>6</v>
+        <v>101</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>216</v>
+        <v>279</v>
       </c>
       <c r="B141" t="s">
-        <v>217</v>
+        <v>280</v>
       </c>
       <c r="C141">
-        <v>11.58</v>
+        <v>233.544</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>218</v>
+        <v>281</v>
       </c>
       <c r="B142" t="s">
-        <v>219</v>
+        <v>282</v>
       </c>
       <c r="C142">
-        <v>11.58</v>
+        <v>287.508</v>
       </c>
       <c r="D142" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>220</v>
+        <v>283</v>
       </c>
       <c r="B143" t="s">
-        <v>221</v>
+        <v>284</v>
       </c>
       <c r="C143">
-        <v>11.712</v>
+        <v>287.508</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>222</v>
+        <v>285</v>
       </c>
       <c r="B144" t="s">
-        <v>223</v>
+        <v>286</v>
       </c>
       <c r="C144">
-        <v>11.712</v>
+        <v>294.0</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>224</v>
+        <v>287</v>
       </c>
       <c r="B145" t="s">
-        <v>225</v>
+        <v>288</v>
       </c>
       <c r="C145">
-        <v>11.892</v>
+        <v>319.2</v>
       </c>
       <c r="D145" t="s">
-        <v>6</v>
+        <v>101</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>226</v>
+        <v>289</v>
       </c>
       <c r="B146" t="s">
-        <v>227</v>
+        <v>290</v>
       </c>
       <c r="C146">
-        <v>11.904</v>
+        <v>374.412</v>
       </c>
       <c r="D146" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>228</v>
+        <v>291</v>
       </c>
       <c r="B147" t="s">
-        <v>229</v>
+        <v>292</v>
       </c>
       <c r="C147">
-        <v>12.0</v>
+        <v>385.164</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>101</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>230</v>
+        <v>293</v>
       </c>
       <c r="B148" t="s">
-        <v>231</v>
+        <v>294</v>
       </c>
       <c r="C148">
-        <v>12.0</v>
+        <v>508.968</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>232</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>232</v>
+        <v>295</v>
       </c>
       <c r="B149" t="s">
-        <v>233</v>
+        <v>296</v>
       </c>
       <c r="C149">
-        <v>12.036</v>
+        <v>1140.396</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>101</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>234</v>
+        <v>297</v>
       </c>
       <c r="B150" t="s">
-        <v>235</v>
+        <v>298</v>
       </c>
       <c r="C150">
-        <v>12.12</v>
+        <v>1258.992</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>236</v>
+        <v>299</v>
       </c>
       <c r="B151" t="s">
-        <v>237</v>
+        <v>300</v>
       </c>
       <c r="C151">
-        <v>12.36</v>
+        <v>1502.364</v>
       </c>
       <c r="D151" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="152" spans="1:4">
-[...6760 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D635"/>
+  <autoFilter ref="A1:D152"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>