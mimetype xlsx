--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,714 +7,678 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$124</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$112</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>Безжичен рутер Cudy WR300 N300  802.11b/g/n,300Mbps/ 2.4GHz, 4 x 10/100Mbp, 2 x 5dBi fixed антени</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR300</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>Безжичен рутер TP-LINK TL-WR820N, 2.4 GHz, 300Mbps, 10/100</t>
   </si>
   <si>
     <t>TP-TL-WR820N</t>
   </si>
   <si>
-    <t>наличен</t>
-[...1 lines deleted...]
-  <si>
     <t>Безжичен рутер Cudy WR300S N300  802.11b/g/n,300Mbps/ 2.4GHz, 5 × 10/100Mbp, 4 × 5dBi fixed антени</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR300S</t>
   </si>
   <si>
+    <t>Безжичен рутер TP-LINK TL-WR844N, 2.4 GHz, 300Mbps, 10/100</t>
+  </si>
+  <si>
+    <t>TP-TL-WR844N</t>
+  </si>
+  <si>
+    <t>Безжичен рутер TP-LINK TL-WR840N, 2.4 GHz, 300Mbps, 10/100</t>
+  </si>
+  <si>
+    <t>TP-TL-WR840N</t>
+  </si>
+  <si>
+    <t>Безжичен рутер TP-LINK TL-WR841N, 2.4 GHz, 300Mbps, 10/100</t>
+  </si>
+  <si>
+    <t>TP-TL-WR841N</t>
+  </si>
+  <si>
+    <t>Безжичен рутер Cudy WR1200E, V1.0, 2.4/5 GHz, 300 - 867 Mbps, 10/100/</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR1200E</t>
+  </si>
+  <si>
+    <t>Безжичен рутер EDIMAX BR-6428NS v5, 2.4 GHz, 300Mbps</t>
+  </si>
+  <si>
+    <t>EDIM-BR-6428NS-V5</t>
+  </si>
+  <si>
+    <t>Безжичен рутер CUDY Travel TR1200, AC1200, 2 x 10/100 Mbps, USB3.0, червен</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-TR1200</t>
+  </si>
+  <si>
+    <t>Безжичен рутер Cudy WR1200, V2.0, 2.4/5 GHz, 300 - 867 Mbps, 10/100/</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR1200</t>
+  </si>
+  <si>
+    <t>Безжичен рутер TP-Link Archer C20 AC750, 2.4/5 GHz, 300 - 433 Mbps, 10/100</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-C20</t>
+  </si>
+  <si>
+    <t>Безжичен рутер CUDY WR1300E, Двубандов AC1200, 300+867 Mbps, 3xGigabit</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR1300E</t>
+  </si>
+  <si>
+    <t>Безжична Mesh система Cudy M1200 2, AC1200 Dual Band, 2.4/5 GHz, 300 -  867 Mbps, 1 брой</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M1200-1</t>
+  </si>
+  <si>
+    <t>Безжичен рутер TP-Link Archer C54 AC1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100/</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-C54</t>
+  </si>
+  <si>
+    <t>Безжичен рутер TP-Link Archer AX12 AX1500, WiFi 6</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-AX12</t>
+  </si>
+  <si>
+    <t>Безжичен рутер CUDY WR1300, Двубандов AC1200, 300+867 Mbps, 5x10/100/1000, Бял</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR1300</t>
+  </si>
+  <si>
+    <t>Безжичен рутер TP-Link Archer A5 AC1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-A5</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Безжичен рутер TP-LINK TL-WR844N, 2.4 GHz, 300Mbps, 10/100</t>
-[...76 lines deleted...]
-  <si>
     <t>Безжичен рутер TP-Link Archer C50 AC1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-C50</t>
   </si>
   <si>
     <t>Безжичен рутер Cudy WR1500, AX1500, Gigabit Wi-Fi 6, 4×10/100/1000</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR1500</t>
   </si>
   <si>
+    <t>Безжичен рутер EDIMAX BR-6476AC, 4 в 1, AC1200</t>
+  </si>
+  <si>
+    <t>EDIM-BR-6476AC</t>
+  </si>
+  <si>
     <t>Безжичен двулентов TP-Link Archer C64, 2.4/5 GHz, 400 - 867 Mbps, Gigabit</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-C64</t>
   </si>
   <si>
     <t>Безжичен рутер TP-Link Archer C6 AC1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100/1000</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-C6-A6</t>
   </si>
   <si>
+    <t>Безжичен рутер Cudy GP1200, AC1200, GPON/EPON, 1xPON, 4xGigabit</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-GP1200</t>
+  </si>
+  <si>
+    <t>Безжична MESH система Cudy M1500-1 pack AX1500, WiFi 6 мрежа за цял дом</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M1500-1</t>
+  </si>
+  <si>
     <t>Безжичен рутер D-Link R15, AX1500 Wi-Fi 6,  AI-based Mesh</t>
   </si>
   <si>
     <t>D-LINK-R15</t>
   </si>
   <si>
-    <t>Безжичен рутер TP-Link Archer AX12 AX1500, WiFi 6</t>
-[...14 lines deleted...]
-    <t>CUDY-ROUT-GP1200</t>
+    <t>Безжичен рутер Cudy GP3000V,xPon, WiFi6, AX3000, 4xGigabit RJ45, 1xRJ11</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-GP3000V</t>
+  </si>
+  <si>
+    <t>Безжичен рутер TP-Link Archer AX23 AX1800 WiFi6, 2.4/5 GHz, 574 - 1201 Mbps, 10/100/1000</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-AX23</t>
   </si>
   <si>
     <t>Рутер MikroTik SXTsq Lite5 RBSXTsq5HPnD, 5GHz, 10/100, POE, Бял</t>
   </si>
   <si>
     <t>MIKROTIK-RB-SXTsq5nD</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
+    <t>Безжичен рутер Cudy WR3000H, AX3000, 2.4/5 GHz, 1x 2.5Ghz WAN port, 10/100/1000</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3000H</t>
+  </si>
+  <si>
     <t>Безжичен мобилен рутер D-Link DWR-932W, 4G LTE N300 Wifi Mobile Hotspot</t>
   </si>
   <si>
     <t>D-LINK-DWR-932W</t>
   </si>
   <si>
     <t>Безжичен рутер TP-Link Archer C86 AC1900 Dual Band</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-C86</t>
   </si>
   <si>
     <t>Безжичен рутер TP-Link Archer C80 AC1900, 2.4/5 GHz, 600 - 1300 Mbps, 10/100/1000</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-C80</t>
   </si>
   <si>
-    <t>Безжичен рутер TP-Link Archer AX23 AX1800 WiFi6, 2.4/5 GHz, 574 - 1201 Mbps, 10/100/1000</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжичен рутер Cudy WR3000, AX3000, 2.4/5 GHz, 574 - 2402 Mbps, 10/100/1000</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3000</t>
   </si>
   <si>
     <t>Безжичен рутер Cudy WR3000 WiFi6, AX3000, 4 Gigabit WAN/LAN Ports, 4 x 5dBi антени</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3000S</t>
   </si>
   <si>
+    <t>Безжичен рутер Cudy WR3000P 2.5G,AX3000, Mesh Poe Рутер, 4 x 10/100/1000Mbps Ports, 4 x 5dBi fixed антена</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3000P</t>
+  </si>
+  <si>
     <t>Безжичен рутер Cudy LT400, 4G LTE, 2.4GHz, 300 Mbps, 10/100</t>
   </si>
   <si>
     <t>CUDY-ROUT-LT400</t>
   </si>
   <si>
+    <t>Безжичен рутер Cudy BE3600 Gigabit Dual Band Wi-Fi 7, 4x10/100/1000, 4x5dBi антени, бял</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3600E</t>
+  </si>
+  <si>
+    <t>Безжичен рутер Cudy M1300, 2-pack, AC1200 Dual Band, 2.4/5 GHz, 300 -  867 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M1300-2</t>
+  </si>
+  <si>
     <t>Безжична MESH система Cudy M3000, 1 брой, AX3000 Dual Band, 2.4/5 GHz, 574 -  2402 Mbps</t>
   </si>
   <si>
     <t>CUDY-ROUT-M3000-1</t>
   </si>
   <si>
+    <t>Мобилен 4G LTE рутер TP-Link M720</t>
+  </si>
+  <si>
+    <t>TP-TL-M7200-4G</t>
+  </si>
+  <si>
     <t>Безжичен рутер ASUS RT-AX52 AX1800 Dual Band WiFi 6 (802.11ax), AiMesh Compatible, Buil-in VPN</t>
   </si>
   <si>
     <t>ASUS-RT-AX52</t>
   </si>
   <si>
+    <t>Безжичен рутер Cudy WR3600H, 1× 2.5GbE, 4× GbE, 2882 Mbps + 688 Mbps, 3.6 Gbps, Dual-Band Wi-Fi 7 ,  VPN Server and Client, 10/100/1000</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3600H</t>
+  </si>
+  <si>
+    <t>Безжичен рутер TP-Link Archer BE220 Dual-Band Wi-Fi 7</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-BE220</t>
+  </si>
+  <si>
+    <t>Безжичен рутер и access Point CUDY C200P 2 in 1, 1xGigabit, 4xGigabit POE+PSU, USB 3.0</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-C200P</t>
+  </si>
+  <si>
+    <t>Безжичен рутер Cudy WR3600, Gigabit Wi-Fi 7, 2882 Mbps + 688 Mbps, 5× Gigabit Ethernet Ports, VPN Server and Client, 10/100/1000</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3600</t>
+  </si>
+  <si>
     <t>Безжична Mesh система Cudy M1200 2, AC1200 Dual Band, 2.4/5 GHz, 300 -  867 Mbps, 2 броя</t>
   </si>
   <si>
     <t>CUDY-ROUT-M1200-2</t>
   </si>
   <si>
+    <t>Рутер MikroTik hap ac Lite RB952Ui5ac2nDTC, CPU 650MHz, 2.4/5GHz AP, 5x10/100, POE, USB, WiFi</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB952Ui5AC2NDTC</t>
+  </si>
+  <si>
     <t>Рутер MikroTik hAP ax lite L41G-2axD, CPU 1GHz, 2.4GHz, 4x10/100/1000, WiFi</t>
   </si>
   <si>
     <t>MIKROTIK-L41G-2axD-HAP</t>
   </si>
   <si>
-    <t>Безжичен рутер Cudy M1300, 2-pack, AC1200 Dual Band, 2.4/5 GHz, 300 -  867 Mbps</t>
-[...2 lines deleted...]
-    <t>CUDY-ROUT-M1300-2</t>
+    <t>Безжична MESH система Cudy M1200 3, AC1200 Dual Band, 2.4/5 GHz, 300 -  867 Mbps, 3 броя</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M1200-3</t>
   </si>
   <si>
     <t>Безжичен рутер Cudy LT400 Outdoor, N300, 4G LTE,  2.4 GHz, 300 Mbps за външна употреба</t>
   </si>
   <si>
     <t>CUDY-ROUT-LT400-OUT</t>
   </si>
   <si>
-    <t>Мобилен 4G LTE рутер TP-Link M720</t>
-[...22 lines deleted...]
-  <si>
     <t>Безжичен рутер TP-Link Archer AX53 AX3000, 2.4/5 GHz, 574 - 2402 Mbps, 10/100/1000</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-AX53</t>
   </si>
   <si>
-    <t>Безжичен рутер Cudy BE3600 Gigabit Dual Band Wi-Fi 7, 4x10/100/1000, 4x5dBi антени, бял</t>
-[...2 lines deleted...]
-    <t>CUDY-ROUT-WR3600E</t>
+    <t>Безжичен рутер TP-Link Archer AX55, AX3000, Wi-Fi 6, Dual-Band Gigabit</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-AX55</t>
   </si>
   <si>
     <t>Безжичен рутер Cudy LT500 Outdoor, AC1200, 4G, LTE CAT 4, 2.4/5 GHz, 300 - 867 Mbps за външна употреба</t>
   </si>
   <si>
     <t>CUDY-ROUT-LT500-OUT-EU</t>
   </si>
   <si>
-    <t>Безжичен рутер Cudy WR3600, Gigabit Wi-Fi 7, 2882 Mbps + 688 Mbps, 5× Gigabit Ethernet Ports, VPN Server and Client, 10/100/1000</t>
-[...10 lines deleted...]
-  <si>
     <t>Безжичен рутер Cudy TR3000 VPN Travel router AX3000,2.5Ghz WAN,USB-C, 2 x антени,син</t>
   </si>
   <si>
     <t>CUDY-ROUT-TR3000</t>
   </si>
   <si>
     <t>Безжична MESH система Cudy M1500-2-pack AX1500, WiFi 6 мрежа за цял дом</t>
   </si>
   <si>
     <t>CUDY-ROUT-M1500-2</t>
   </si>
   <si>
+    <t>Безжична MESH система рутер Cudy M3600-1-pack BE3600 WiFi 7 система за цял дом</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M3600-1</t>
+  </si>
+  <si>
     <t>Безжичен рутер Cudy LT500, 4G LTE AC1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100</t>
   </si>
   <si>
     <t>CUDY-ROUT-LT500</t>
   </si>
   <si>
-    <t>Безжична MESH система Cudy M1200 3, AC1200 Dual Band, 2.4/5 GHz, 300 -  867 Mbps, 3 броя</t>
-[...14 lines deleted...]
-    <t>TP-TL-ARCHER-BE220</t>
+    <t>Безжичен рутер TP-Link Archer AX72, AX5400, 2.4/5 GHz, 574 - 4804 Mbps, Gigabit</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-AX72</t>
+  </si>
+  <si>
+    <t>Безжичен рутер Cudy M1300, 3-pack, AC1200 Dual Band, 2.4/5 GHz, 300 -  867 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M1300-3</t>
+  </si>
+  <si>
+    <t>Безжичен рутер TP-Link Archer AX55 Pro, AX3000, Wi-Fi 6, Multi Gigabit</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-AX55-Pro</t>
   </si>
   <si>
     <t>Безжичен рутер TP-Link Deco M4, AC1200, 2.4/5 GHz, 300 -  867 Mbps, Gigabit, 2 бр. в комплект</t>
   </si>
   <si>
     <t>TP-TL-DECO-M4-2PACK</t>
   </si>
   <si>
-    <t>Безжичен рутер TP-Link Archer AX55 Pro, AX3000, Wi-Fi 6, Multi Gigabit</t>
-[...14 lines deleted...]
-    <t>CUDY-ROUT-M1300-3</t>
+    <t>Безжичен рутер ASUS TUF Gaming AX3000 V2</t>
+  </si>
+  <si>
+    <t>ASUS-RT-TUF-AX3000-V2</t>
+  </si>
+  <si>
+    <t>Безжичен рутер TP-Link Archer BE230 Dual-Band Wi-Fi 7</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-BE230</t>
+  </si>
+  <si>
+    <t>Меш система TP-Link Deco S7 AC1900 - 2бр</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-S7-2PACK</t>
+  </si>
+  <si>
+    <t>Безжичен портативен рутер ASUS RT-AX57 GO AX3000 WiFi 6</t>
+  </si>
+  <si>
+    <t>ASUS-RT-AX57-GO</t>
   </si>
   <si>
     <t>Меш система TP-Link Deco X10 Wi-Fi 6 AX1500 - 2бр</t>
   </si>
   <si>
     <t>TP-TL-DECO-X10-2PACK</t>
   </si>
   <si>
-    <t>Меш система TP-Link Deco S7 AC1900 - 2бр</t>
-[...20 lines deleted...]
-    <t>TP-TL-ARCHER-BE230</t>
+    <t>ТП Линк /TP-LINK/  Точка за достъп DECO S7 (3-pack), AC1900</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-S7-3PACK</t>
+  </si>
+  <si>
+    <t>Безжичен рутер Cudy BE6500 2.5Ghz  Gigabit Dual Band Wi-Fi 7, 1x1Gbps WAN порт,4x10/100/1000, 6x5dBi антени, черен</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR6500</t>
   </si>
   <si>
     <t>Рутер MikroTik hAP ax2 C52iG-5HaxD2HaxD-TC, 2.4/5GHz, Eternet LAN, Черен</t>
   </si>
   <si>
     <t>MIKROTIK-C52iG-5HaxD2HaxD</t>
   </si>
   <si>
+    <t>Безжичен рутер Cudy LT700E, AC1200, 4G, LTE CAT 6, 2.4/5 GHz, 300 - 867 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-LT700E</t>
+  </si>
+  <si>
     <t>Рутер MikroTik L41G-2axD&amp;FG621-EA hAP ax lite, LTE6, 2.4GHz, 4x10/100/1000, WiFi</t>
   </si>
   <si>
     <t>MIKROTIK-L41G-2axD-FG621</t>
   </si>
   <si>
     <t>Безжичен рутер D-Link EAGLE PRO AI N300 4G Smart G403, 4G LTE, SIM слот</t>
   </si>
   <si>
     <t>D-LINK-G403-E</t>
   </si>
   <si>
     <t>Безжична MESH система Cudy M3000, 2 броя, AX3000 Dual Band, 2.4/5 GHz, 574 -  2402 Mbps</t>
   </si>
   <si>
     <t>CUDY-ROUT-M3000-2</t>
   </si>
   <si>
+    <t>Безжичен рутер TP-Link Archer AX73, AX5400, 2.4/5 GHz, 574 - 4804 Mbps, Gigabit</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-AX73</t>
+  </si>
+  <si>
     <t>Рутер MikroTik RBD53iG-5HacD2HnD, 2.4/5 GHz, PoE, Черен</t>
   </si>
   <si>
     <t>MIKROTIK-RBD53iG5HacD2</t>
   </si>
   <si>
-    <t>Безжичен рутер TP-Link Archer AX72, AX5400, 2.4/5 GHz, 574 - 4804 Mbps, Gigabit</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжичен рутер Cudy WR6500H, BE6500 двубандов Wi-Fi 7, 1x2.5Gbps WAN порт,4x10/100/1000, 6x5dBi антени</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR6500H</t>
   </si>
   <si>
     <t>Безжичен рутер TP-Link Deco M4, AC1200, 2.4/5 GHz, 300 -  867 Mbps, Gigabit, 3 бр. в комплект</t>
   </si>
   <si>
     <t>TP-TL-DECO-M4-3PACK</t>
   </si>
   <si>
     <t>Безжичен рутер TP-Link Deco X60 V2, AX3000, 2.4/5 GHz, 574 -  2402 Mbps, Gigabit</t>
   </si>
   <si>
     <t>TP-TL-DECO-X60-1PACK</t>
   </si>
   <si>
-    <t>Безжичен рутер Cudy LT700E, AC1200, 4G, LTE CAT 6, 2.4/5 GHz, 300 - 867 Mbps</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжичен рутер ASUS RT-AX59U AX4200 Dual Band WiFi 6 (802.11ax), AiProtectionn Pro</t>
   </si>
   <si>
     <t>ASUS-RT-AX59U</t>
   </si>
   <si>
     <t>Безжичен рутер Cudy LT700, AC1200, 4G, LTE CAT 6, 2.4/5 GHz, 300 - 867 Mbps</t>
   </si>
   <si>
     <t>CUDY-ROUT-LT700</t>
   </si>
   <si>
     <t>Рутер MikroTik L009UiGS-2HaxD-IN, 2.4 GHz, PoE</t>
   </si>
   <si>
     <t>MIKROTIK-L009UiGS-2HaxD</t>
   </si>
   <si>
-    <t>Безжичен рутер TP-Link Archer AX73, AX5400, 2.4/5 GHz, 574 - 4804 Mbps, Gigabit</t>
-[...8 lines deleted...]
-    <t>CUDY-ROUT-LT15E</t>
+    <t>Безжична MESH система Asus ZenWiFi XD4 PLUS (W-2-PK) AX1800 (802.11ax), MU-MIMO, OFDMA, Ai Mesh</t>
+  </si>
+  <si>
+    <t>ASUS-MESH-XD4-P-W-2PK</t>
   </si>
   <si>
     <t>Безжична MESH система рутер Cudy M3600-2-pack BE3600 WiFi 7 система за цял дом</t>
   </si>
   <si>
     <t>CUDY-ROUT-M3600-2</t>
   </si>
   <si>
-    <t>Безжична MESH система Asus ZenWiFi XD4 PLUS (W-2-PK) AX1800 (802.11ax), MU-MIMO, OFDMA, Ai Mesh</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжичен рутер Cudy WR11000, BE11000 Tri Band Wi-Fi 7, 4x2.5Gbps порт, 6x5dBi антени</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR11000</t>
   </si>
   <si>
     <t>Рутер MikroTik hAP ax3, 2.4/5 GHz, 574 - 1200 Mbps, 1x PoE-out, Черен</t>
   </si>
   <si>
     <t>MIKROTIK-C53UiG-5HPaxD2H</t>
   </si>
   <si>
+    <t>ТП Линк /TP-LINK/  Точка за достъп DECO X10 (3-pack), AX1500, 2xGbE, MU-MIMO, WiFi</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-X10-3PACK</t>
+  </si>
+  <si>
     <t>Безжичен рутер TP-Link Archer AX80, AX6000, Wi-Fi 6, 2.5G порт</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-AX80</t>
   </si>
   <si>
     <t>Рутер MikroTik D53G-5HacD2HnD-TC&amp;FG621-EA, 2.4/5GHz, 5 x Gigabit, WiFi</t>
   </si>
   <si>
     <t>MIKROTIK-D53G5HacD2HnD-TC</t>
   </si>
   <si>
     <t>Безжичен рутер ASUS 4G-AX56 AX1800 Dual Band WiFi 6 (802.11ax) 4G+</t>
   </si>
   <si>
     <t>ASUS-RT-4G-AX56</t>
   </si>
   <si>
     <t>Безжичен рутер ASUS ExpertWiFi EBR63 AX3000 WiFi 6</t>
   </si>
   <si>
     <t>ASUS-RT-EBR63</t>
   </si>
   <si>
     <t>Access point - Точка за достъп MikroTik Wi-Fi 6 (802.11ax), 2400 Mbit/s - 5 GHz, 2.5 Gigabit SFP port, PoE,  IP66, -40°C to 70°C</t>
   </si>
   <si>
     <t>MIKRO-L23UGSR-5HaxD2HaxD</t>
   </si>
   <si>
     <t>Безжичен рутер ASUS RT-BE58U WiFi7</t>
   </si>
   <si>
     <t>ASUS-RT-BE58U</t>
   </si>
   <si>
     <t>Безжична MESH система Asus ZenWiFi XD4 PLUS AX1800 (802.11ax), MU-MIMO, OFDMA, Ai Mesh</t>
   </si>
   <si>
     <t>ASUS-MESH-XD4-PL-2PK</t>
   </si>
   <si>
-    <t>Безжичен рутер ZYXEL LTE3301-PLUS, SIM, 4G, 4x 1Gb порта, AC1200</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжична MESH система Cudy M3000, 3 броя, AX3000 Dual Band, 2.4/5 GHz, 574 -  2402 Mbps</t>
   </si>
   <si>
     <t>CUDY-ROUT-M3000-3</t>
   </si>
   <si>
     <t>Безжичен Рутер ZYXEL SCR50AXE с облачна защитна стена, WiFi 6 AXE5400, 4xGb порта</t>
   </si>
   <si>
     <t>ZYXEL-SCR50AXE</t>
   </si>
   <si>
     <t>Безжичен рутер MikroTik S53UG-5HaxD2HaxD-TC, LTE6, 2.4/5GHz, 4G</t>
   </si>
   <si>
     <t>MIKR-S53UG-5HaxD2HaxD-TC</t>
   </si>
   <si>
+    <t>Безжична MESH система рутер Cudy M3600-3-pack BE3600 WiFi 7 система за цял дом</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M3600-3</t>
+  </si>
+  <si>
     <t>Access point - Точка за достъп MikroTik Wi-Fi 6, IEEE 802.11 b/g/n/ax (2.4 GHz), IEEE 802.11 a/n/ac/ax (5 GHz), 1x USB 3.0 Type A,6 dB,</t>
   </si>
   <si>
     <t>MIKROT-H53UiG-5HaxQ2HaxQ</t>
   </si>
   <si>
-    <t>Безжичен рутер ASUS TUF Gaming AX6000 WiFi 6</t>
-[...40 lines deleted...]
-  <si>
     <t>Безжичен рутер TP-Link Archer BE550 Tri-Band Wi-Fi 7</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-BE550</t>
   </si>
   <si>
     <t>Меш система TP-LINK Deco BE25 (3-pack), BE3600, 2x 2.5GbE, Wi-Fi 7</t>
   </si>
   <si>
     <t>TP-TL-DECO-BE25-3PACK</t>
-  </si>
-[...28 lines deleted...]
-    <t>TP-TL-DECO-BE65-3PACK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1018,1788 +982,1620 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D124"/>
+  <dimension ref="A1:D112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>29.52</v>
+        <v>28.584</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>29.988</v>
+        <v>29.52</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>33.6</v>
+        <v>29.988</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>34.2</v>
+        <v>33.6</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>39.0</v>
+        <v>34.2</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>43.2</v>
+        <v>39.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>46.98</v>
+        <v>42.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>48.996</v>
+        <v>43.2</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>52.8</v>
+        <v>45.0</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
         <v>24</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>54.6</v>
+        <v>48.996</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
         <v>26</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>54.984</v>
+        <v>54.6</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" t="s">
         <v>28</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>56.196</v>
+        <v>54.984</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
         <v>30</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>58.992</v>
+        <v>54.984</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" t="s">
         <v>32</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>59.988</v>
+        <v>56.196</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" t="s">
         <v>34</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>60.0</v>
+        <v>58.992</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="s">
         <v>36</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>61.8</v>
+        <v>59.988</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" t="s">
         <v>38</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18">
+        <v>60.0</v>
+      </c>
+      <c r="D18" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>70.956</v>
+        <v>61.8</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>71.844</v>
+        <v>64.992</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>74.4</v>
+        <v>66.0</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>78.996</v>
+        <v>70.956</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>83.04</v>
+        <v>71.844</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>87.3</v>
+        <v>72.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
-        <v>89.268</v>
+        <v>72.0</v>
       </c>
       <c r="D25" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>96.036</v>
+        <v>74.4</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>98.4</v>
+        <v>75.0</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" t="s">
         <v>59</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>99.0</v>
+        <v>88.992</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>61</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29">
+        <v>89.268</v>
+      </c>
+      <c r="D29" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>99.0</v>
+        <v>94.8</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>99.0</v>
+        <v>96.036</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>99.984</v>
+        <v>98.4</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>108.984</v>
+        <v>99.0</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>108.996</v>
+        <v>99.0</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>109.992</v>
+        <v>99.0</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>116.16</v>
+        <v>99.0</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>117.6</v>
+        <v>99.984</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>118.992</v>
+        <v>99.984</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>118.992</v>
+        <v>102.0</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>118.992</v>
+        <v>108.984</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>119.004</v>
+        <v>108.996</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>123.036</v>
+        <v>108.996</v>
       </c>
       <c r="D42" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>129.0</v>
+        <v>108.996</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>129.0</v>
+        <v>108.996</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>138.492</v>
+        <v>108.996</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>138.996</v>
+        <v>109.98</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>138.996</v>
+        <v>109.992</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>138.996</v>
+        <v>114.564</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>138.996</v>
+        <v>116.16</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>141.6</v>
+        <v>117.6</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>147.0</v>
+        <v>118.992</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>159.0</v>
+        <v>129.0</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>163.86</v>
+        <v>129.0</v>
       </c>
       <c r="D53" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>168.996</v>
+        <v>135.564</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>168.996</v>
+        <v>138.996</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>178.992</v>
+        <v>138.996</v>
       </c>
       <c r="D56" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>180.0</v>
+        <v>138.996</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>184.992</v>
+        <v>141.6</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>189.0</v>
+        <v>148.992</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>189.0</v>
+        <v>159.0</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>198.996</v>
+        <v>159.0</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>198.996</v>
+        <v>168.996</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>207.996</v>
+        <v>174.0</v>
       </c>
       <c r="D63" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>211.2</v>
+        <v>178.992</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>213.576</v>
+        <v>189.0</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>214.8</v>
+        <v>189.0</v>
       </c>
       <c r="D66" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>221.544</v>
+        <v>189.072</v>
       </c>
       <c r="D67" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>228.996</v>
+        <v>198.996</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>228.996</v>
+        <v>198.996</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>228.996</v>
+        <v>201.12</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>229.548</v>
+        <v>204.0</v>
       </c>
       <c r="D71" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>234.0</v>
+        <v>211.2</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>238.992</v>
+        <v>213.576</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>239.988</v>
+        <v>214.8</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>244.356</v>
+        <v>219.0</v>
       </c>
       <c r="D75" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>249.0</v>
+        <v>221.544</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>258.996</v>
+        <v>228.996</v>
       </c>
       <c r="D77" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>268.992</v>
+        <v>228.996</v>
       </c>
       <c r="D78" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>279.0</v>
+        <v>229.548</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>279.0</v>
+        <v>238.992</v>
       </c>
       <c r="D80" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>286.404</v>
+        <v>239.988</v>
       </c>
       <c r="D81" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>294.0</v>
+        <v>241.8</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
-        <v>296.928</v>
+        <v>252.0</v>
       </c>
       <c r="D83" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
-        <v>299.004</v>
+        <v>258.996</v>
       </c>
       <c r="D84" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
-        <v>299.004</v>
+        <v>279.0</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>314.232</v>
+        <v>281.28</v>
       </c>
       <c r="D86" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>318.996</v>
+        <v>283.356</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>328.992</v>
+        <v>294.0</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
-        <v>330.0</v>
+        <v>296.928</v>
       </c>
       <c r="D89" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
-        <v>330.0</v>
+        <v>299.004</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
-        <v>345.864</v>
+        <v>299.004</v>
       </c>
       <c r="D91" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
-        <v>347.436</v>
+        <v>314.232</v>
       </c>
       <c r="D92" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
-        <v>354.42</v>
+        <v>318.996</v>
       </c>
       <c r="D93" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
-        <v>359.004</v>
+        <v>328.992</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
-        <v>399.0</v>
+        <v>330.0</v>
       </c>
       <c r="D95" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
-        <v>399.0</v>
+        <v>345.864</v>
       </c>
       <c r="D96" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
-        <v>436.368</v>
+        <v>347.436</v>
       </c>
       <c r="D97" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
-        <v>459.0</v>
+        <v>348.996</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
-        <v>460.608</v>
+        <v>354.42</v>
       </c>
       <c r="D99" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
-        <v>498.996</v>
+        <v>358.992</v>
       </c>
       <c r="D100" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
-        <v>499.908</v>
+        <v>358.992</v>
       </c>
       <c r="D101" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B102" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C102">
-        <v>29.988</v>
+        <v>28.584</v>
       </c>
       <c r="D102" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B103" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C103">
-        <v>96.036</v>
+        <v>72.0</v>
       </c>
       <c r="D103" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>91</v>
+        <v>56</v>
       </c>
       <c r="B104" t="s">
-        <v>92</v>
+        <v>57</v>
       </c>
       <c r="C104">
-        <v>129.0</v>
+        <v>75.0</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B105" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C105">
-        <v>138.996</v>
+        <v>108.996</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="B106" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="C106">
         <v>138.996</v>
       </c>
       <c r="D106" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>101</v>
+        <v>139</v>
       </c>
       <c r="B107" t="s">
-        <v>102</v>
+        <v>140</v>
       </c>
       <c r="C107">
-        <v>138.996</v>
+        <v>198.996</v>
       </c>
       <c r="D107" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>109</v>
+        <v>141</v>
       </c>
       <c r="B108" t="s">
-        <v>110</v>
+        <v>142</v>
       </c>
       <c r="C108">
-        <v>163.86</v>
+        <v>198.996</v>
       </c>
       <c r="D108" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>127</v>
+        <v>159</v>
       </c>
       <c r="B109" t="s">
-        <v>128</v>
+        <v>160</v>
       </c>
       <c r="C109">
-        <v>198.996</v>
+        <v>228.996</v>
       </c>
       <c r="D109" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="B110" t="s">
-        <v>142</v>
+        <v>178</v>
       </c>
       <c r="C110">
-        <v>228.996</v>
+        <v>283.356</v>
       </c>
       <c r="D110" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>143</v>
+        <v>199</v>
       </c>
       <c r="B111" t="s">
-        <v>144</v>
+        <v>200</v>
       </c>
       <c r="C111">
-        <v>228.996</v>
+        <v>348.996</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="112" spans="1:4">
-[...166 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D124"/>
+  <autoFilter ref="A1:D112"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>