--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$26</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Електрически екран за стена CELEXON Electric Economy, с дист. управление, 180 x 180 cm, Matte white</t>
   </si>
   <si>
     <t>CELEXON-1090065</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Електрически екран за стена CELEXON Electric Economy, с дист. управление, 200 x 200 cm, 1:1, Matte white</t>
   </si>
   <si>
@@ -109,99 +109,93 @@
   <si>
     <t>Електрически екран за стена CELEXON Electric Expert XL, 400 x 300 cm, 4:3, matt white, PVC</t>
   </si>
   <si>
     <t>CELEXON-1090218</t>
   </si>
   <si>
     <t>Електрически екран за стена CELEXON Electric Expert XL, 450 x 340 cm, 4:3, matt white, PVC</t>
   </si>
   <si>
     <t>CELEXON-1090219</t>
   </si>
   <si>
     <t>Електрически екран за стена CELEXON Electric Expert XL, 400 x 250 cm, 16:10, matt white, PVC</t>
   </si>
   <si>
     <t>CELEXON-1000000299</t>
   </si>
   <si>
     <t>Екран на стойка 125x125 cm, 2 в 1, мобилен комплект, 21575</t>
   </si>
   <si>
     <t>HAMA-21575</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Екран на стойка ESTILLO, 180 x 180, 1:1, Бял</t>
+  </si>
+  <si>
+    <t>EST-SCREEN-TRIPOD-180</t>
   </si>
   <si>
     <t>Екран на стойка 155x155 cm, 2 в 1, 21574</t>
   </si>
   <si>
     <t>HAMA-21574</t>
   </si>
   <si>
-    <t>на път</t>
-[...10 lines deleted...]
-  <si>
     <t>Проекторен екран за стена ESTILLO Roller Projector, 180 x 180, 1:1</t>
   </si>
   <si>
     <t>EST-SCREEN-ROLLER</t>
   </si>
   <si>
     <t>Екран на стойка 180x180 cm, 2 в 1, мобилен комплект, 21573</t>
   </si>
   <si>
     <t>HAMA-21573</t>
   </si>
   <si>
     <t>Екран за стена Roll-up, 175 x 175 cm; 1:1, мобилен, 21576</t>
   </si>
   <si>
     <t>HAMA-21576</t>
   </si>
   <si>
+    <t>Estillo Екран за стена 240x240 см, бял, черна рамка, 11кг</t>
+  </si>
+  <si>
+    <t>EST-SCREEN-ROLLER-240</t>
+  </si>
+  <si>
     <t>Екран на стойка  ESTILLO 244 х 183 см,120", бял, с черна рамка, 4:3, 11 кг</t>
   </si>
   <si>
     <t>EST-SCREEN-TRIPOD-240</t>
-  </si>
-[...4 lines deleted...]
-    <t>EST-SCREEN-ROLLER-240</t>
   </si>
   <si>
     <t>Estillo Електрически екран за стена  200см х 200 см,бял, черна рамка, дистанционно,11кг</t>
   </si>
   <si>
     <t>EST-SCREEN-ELECTRIC-200</t>
   </si>
   <si>
     <t>Estillo Електрически екран за стена 240 см х240 см, бял, черна рамка, дистанционно, 12кг</t>
   </si>
   <si>
     <t>EST-SCREEN-ELECTRIC-240</t>
   </si>
   <si>
     <t>Estillo Електрически екран за стена 300 см х 225 см, бял, черна рамка, дистанционно,14кг</t>
   </si>
   <si>
     <t>EST-SCREEN-ELECTRIC-300</t>
   </si>
   <si>
     <t>Ръчен екран за стена CELEXON Manual Economy,300 x 225 cm, 4:3, matt white, PVC</t>
   </si>
   <si>
     <t>CELEXON-1090038</t>
   </si>
@@ -540,51 +534,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>0.0</v>
@@ -733,202 +727,202 @@
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13">
         <v>0.0</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14">
-        <v>141.492</v>
+        <v>141.372</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>155.808</v>
+        <v>144.0</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>174.0</v>
+        <v>155.688</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C17">
         <v>180.0</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C18">
-        <v>183.624</v>
+        <v>183.852</v>
       </c>
       <c r="D18" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C19">
-        <v>198.288</v>
+        <v>198.12</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C20">
-        <v>300.0</v>
+        <v>240.0</v>
       </c>
       <c r="D20" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C21">
         <v>300.0</v>
       </c>
       <c r="D21" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C22">
-        <v>498.996</v>
+        <v>420.0</v>
       </c>
       <c r="D22" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C23">
         <v>549.0</v>
       </c>
       <c r="D23" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C24">
-        <v>798.996</v>
+        <v>636.0</v>
       </c>
       <c r="D24" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C25">
         <v>0.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D26"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 