--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -14,125 +14,122 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$11</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Мултимедиен плеър Amazon Fire TV Stick HD Gen3</t>
   </si>
   <si>
     <t>AMAZON-TV-STICK-FIR-G3-24</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Мултимедиен плеър AMAZON Fire TV Stick 4K Gen2, Wi-Fi 6, Alexa Voice Remote, Черен</t>
+  </si>
+  <si>
+    <t>AMAZON-TV-STICK-FIRE</t>
+  </si>
+  <si>
+    <t>ScreenCast адаптер j5create JVAW76, 4K, Wireless, 2.4 GHz, 5 GHz</t>
+  </si>
+  <si>
+    <t>J5-JVAW76</t>
+  </si>
+  <si>
+    <t>Мултимедиен плеър AMAZON Fire TV Stick Max Gen2, Wi-Fi 6, Alexa, Черен</t>
+  </si>
+  <si>
+    <t>AMAZON-TV-STICK-FIR-G2-23</t>
+  </si>
+  <si>
+    <t>j5 create JVAW61  Screencast Безжичен USB-C  към HDMI екстендер</t>
+  </si>
+  <si>
+    <t>J5-JVAW61</t>
+  </si>
+  <si>
+    <t>j5 create Адаптер JVAW76 MAX, ScreenCast 4K, HDMI</t>
+  </si>
+  <si>
+    <t>J5-JVAW76MAX</t>
+  </si>
+  <si>
+    <t>Адаптер ScreenCast  j5create JVAW62, 1920 × 1080 , Wireless, 2.4 GHz, 5 GHz, WPA2</t>
+  </si>
+  <si>
+    <t>J5-JVAW62</t>
+  </si>
+  <si>
+    <t>Мултимедиен плеър Google TV Streamer 4K, 32GB, с дистанционно</t>
+  </si>
+  <si>
+    <t>GOOGLE-TV-STREAMER-WH</t>
+  </si>
+  <si>
+    <t>j5 create 4K JVAW575 - безжичен HDMI удължител</t>
+  </si>
+  <si>
+    <t>J5-JVAW75</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...52 lines deleted...]
-    <t>J5-JVAW75</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -472,166 +469,166 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>69.024</v>
+        <v>70.896</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>96.348</v>
+        <v>94.044</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>116.976</v>
+        <v>114.0</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C5">
-        <v>132.012</v>
+        <v>125.88</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C6">
-        <v>170.82</v>
+        <v>150.0</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C7">
-        <v>176.028</v>
+        <v>156.0</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C8">
-        <v>190.692</v>
+        <v>168.0</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C9">
-        <v>228.636</v>
+        <v>235.38</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C10">
         <v>276.456</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D11"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>