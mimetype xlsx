--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$625</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$360</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="710">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="589">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Мастилница UPRINT LC970.LC1000 BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1000CY-UP</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Мастилница UPRINT LC970, LC10000 BROTHER, Magenta</t>
   </si>
   <si>
@@ -361,116 +361,128 @@
   <si>
     <t>Мастилница UPRINT CLI 571XL-M CANON, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI571M-XL-UP</t>
   </si>
   <si>
     <t>Мастилница UPRINT CLI 571XL-M CANON, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI571Y-XL-UP</t>
   </si>
   <si>
     <t>Касета за матричен принтер OKI 182/280/320/321/390/391/3320/3321, Black</t>
   </si>
   <si>
     <t>LF-CAS-OKI-182-390</t>
   </si>
   <si>
     <t>Бутилка с мастило INKTEC за Canon CL-511/CL-211 /CL-811/CL-513, 100 ml, Cyan</t>
   </si>
   <si>
     <t>INKTEC-CAN-2011-100MC</t>
   </si>
   <si>
+    <t>Бутилка с мастило INKTEC за Canon CL-511/CL-211 /CL-811/CL-513, 100 ml, Червен</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-2011-100MM</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC за Canon CL-511/CL-211 /CL-811/CL-513, 100 ml, Жълт</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-2011-100MY</t>
+  </si>
+  <si>
     <t>Мастилница UPRINT CN684 HP No364XL , Черен</t>
   </si>
   <si>
     <t>LF-INK-HP-CN684EE-UP</t>
   </si>
   <si>
     <t>Мастилница UPRINT CN685 HP No364XL , Cyan</t>
   </si>
   <si>
     <t>LF-INK-HP-CN685-UP</t>
   </si>
   <si>
     <t>Мастилница UPRINT CN686 HP No364XL, Magenta</t>
   </si>
   <si>
     <t>LF-INK-HP-CN686-UP</t>
   </si>
   <si>
     <t>Мастилница UPRINT CN687 HP No364XL, Yellow</t>
   </si>
   <si>
     <t>LF-INK-HP-CN687-UP</t>
   </si>
   <si>
+    <t>Бутилка с мастило INKTEC за Epson C64/C84,T0321, T0431, T044, T0461, 100 ml, Черен</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-004-100B</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC за Epson C64/C84,T0322, T0422, T0442, T0472, 100 ml, Cyan</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-004-100C</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC за Epson C64/C84,T0323, T0423, T0443, T0473, 100 ml, Червен</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-004-100M</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC за Epson C64/C84,T0324, T0424, T0444, T0474, 100 ml, Жълт</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-004-100Y</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC за HP C6657,C8728A, 51649, 100ml, Cyan</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-0006-100MC</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC за Epson D68/D88/ DX3800/D78/D92/SX215, 100 ml, Черен</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-007-100B</t>
+  </si>
+  <si>
     <t>Касета за матричен принтер EPSON LX 350, Black</t>
   </si>
   <si>
     <t>LF-CAS-EPS-LX350</t>
   </si>
   <si>
-    <t>Бутилка с мастило INKTEC за Epson C64/C84,T0321, T0431, T044, T0461, 100 ml, Черен</t>
-[...34 lines deleted...]
-  <si>
     <t>Мастилница UPRINT 14N1095, LEXMARK 100XL/Lex S305/S405/S505/S605/Pro705/Pro805, Yellow</t>
   </si>
   <si>
     <t>LF-INK-LEX-14N1071E-UP</t>
   </si>
   <si>
     <t>Бутилка с мастило INKTEC за Brother LC1100Bk/LC980Bk/LC67BK/C/M/Y, 100 ml, Червен</t>
   </si>
   <si>
     <t>INKTEC-BR-1100-100MM</t>
   </si>
   <si>
     <t>Бутилка с мастило INKTEC за  HP CB319/CB324/No564/364, 100 ml, Жълт</t>
   </si>
   <si>
     <t>INKTEC-HP-7064-100MY</t>
   </si>
   <si>
     <t>Бутилка с мастило INKTEC за  HP и Samsung, H05,C6656,C8727, C9351, 100 ml, Черен</t>
   </si>
   <si>
     <t>INKTEC-H05-100M</t>
   </si>
   <si>
     <t>Бутилка с мастило INKTEC за Canon CLI-8Y/PG-41/51, 100 ml, Жълт</t>
@@ -631,896 +643,695 @@
   <si>
     <t>Бутилка с мастило INKTEC за Canon GI-490/790/890/990, 100 ml, Жълт</t>
   </si>
   <si>
     <t>INKTEC-CAN-0090-100MY</t>
   </si>
   <si>
     <t>Бутилка с мастило INKTEC за Canon GI-490/790/890/990, 100 ml, Черен</t>
   </si>
   <si>
     <t>INKTEC-CAN-0090-100MB</t>
   </si>
   <si>
     <t>Бутилка с мастило INKTEC за Canon PGI-1200/1300/1400/1500/2500, MB2020/5020/5070/iB4020, Pigment, 100 ml, Син</t>
   </si>
   <si>
     <t>INKTEC-CAN-5000-100MC</t>
   </si>
   <si>
     <t>Бутилка с мастило INKTEC за Canon PGI-1200/1300/1400/1500/2500, MB2020/5020/5070/iB4020, Pigment, 100 ml, Червен</t>
   </si>
   <si>
     <t>INKTEC-CAN-5000-100MM</t>
   </si>
   <si>
-    <t>Бутилка с мастило INKTEC за  HP-5088,C9387A,C9392A-HP OfficetJet K550/K5300/L7380, 100 ml, Червен</t>
-[...118 lines deleted...]
-  <si>
     <t>Бутилка с мастило за Epson L4150/L4160/L6160/L6170/L6190 WiFi MFP, 70 ml, Cyan</t>
   </si>
   <si>
     <t>EPS-INK-C13T03V24A</t>
   </si>
   <si>
     <t>Тонер касета ORINK MLT-D116L, SAMSUNG M2625/2825 / M2675/2875 ,3000 k, черен</t>
   </si>
   <si>
     <t>ORINK-TON-SAM-CAS-D116L</t>
   </si>
   <si>
+    <t>Гел INKTEC Ricoh GC21K / GC31K / GC41K - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100мл, черен</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0002-100MB</t>
+  </si>
+  <si>
+    <t>Гел INKTEC Ricoh GC21M / GC31M / GC41M - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100мл, magenta</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0002-100MM</t>
+  </si>
+  <si>
+    <t>Гел INKTEC Ricoh GC21C / GC31C / GC41C - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100мл, cyan</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0001-100MC</t>
+  </si>
+  <si>
+    <t>Гел INKTEC Ricoh RC-1MS1/ RC-1M01/ RC-1M11/ GC21MS/ GC21M/ GC21MH, 100мл, magenta</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0001-100MM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гел INKTEC Ricoh GC21Y / GC31Y / GC41Y - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100мл, Yellow </t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0001-100MY</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Черен</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581BK-XXL-U</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581C-XXL-U</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581M-XXL-U</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581Y-XXL-U</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT CLI-581 XXL Photo Blue, CANON PIXMA TS9150/TS6151/TS8152/TS6150</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581PHBL-XXL</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT PGI-580 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Черен</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PGI580BK-XXL-U</t>
+  </si>
+  <si>
+    <t>Тонер ORINK CF280A, HP LJ Pro 400/ M401/M425, 2700k, Черен</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF280A</t>
+  </si>
+  <si>
+    <t>Ролка етикети залепващи за STICK EASY UP21, 14х40мм, 180 бр, бели</t>
+  </si>
+  <si>
+    <t>LF-LABEL-STICK-UP21-W</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Ролка етикети залепващи за STICK EASY UP21, 14х40мм, 180 бр, Прозрачни</t>
+  </si>
+  <si>
+    <t>LF-LABEL-STICK-UP21-TRSP</t>
+  </si>
+  <si>
+    <t>Тонер касета GENERINK Тонер-касета, HP LJ Pro M15/M15a/M15w/MFP M28/M28a/M28w, 1000 k., Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF244A</t>
+  </si>
+  <si>
+    <t>Тонер касета ORINK SAMSUNG MLT-D101S, CSX-3400/3405/ML-2160/2162/2165, 1500 k.,Черен</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D101S</t>
+  </si>
+  <si>
+    <t>Тонер касета-универсална UPRINT HP CB435A/CB436A/CE285A/CE278A/Canon 725- P1005/1006/M1120/P1102/M1132/P1505/P1566/P1606/, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-35-36-85</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC, за Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, 100ml, Black</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100B</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC за Canon PGI-1200/1300/1400/1500/2500, MB2020/5020/5070/iB4020, Pigment, 100 ml, Жълт</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-5000-100MY</t>
+  </si>
+  <si>
     <t>Тонер касета ORINK TK-1170, KYOCERA M2040DN/2540DN/2640DN, 7200 k, Черен</t>
   </si>
   <si>
     <t>ORINK-TON-KYO-CAS-TK1170</t>
   </si>
   <si>
-    <t>Тонер касета KYOCERA TK1125, за FS-1061DN/ FS-1325MFP, 2100 k. ORINK</t>
-[...2 lines deleted...]
-    <t>ORINK-TON-KYO-CAS-TK1125</t>
+    <t>Бутилка с мастило INKTEC, за Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, 100ml, Cyan</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100C</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC, за Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, 100ml, Magenta</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100M</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC, за Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, 100ml, Yellow</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100Y</t>
+  </si>
+  <si>
+    <t>Тонер касета ORINK CF283X, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 2200k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF283X</t>
+  </si>
+  <si>
+    <t>Тонер ORINK CF226X,  HP LJ Pro M402/MFP M426 series,  Canon LBP212DW, 9000 k, Черен</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF226X</t>
+  </si>
+  <si>
+    <t>Мастило гел UPRINT GC41K, RICOH, 36ml, 2500 копия, 405761, Черен</t>
+  </si>
+  <si>
+    <t>LF-INK-RICOH-GC41K</t>
+  </si>
+  <si>
+    <t>Мастило гел UPRINT GC41M, RICOH, 36ml, 2500 копия, 405763, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-RICOH-GC41M</t>
+  </si>
+  <si>
+    <t>Мастило гел UPRINT GC41M, RICOH, 36ml, 2500 копия, 405762, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-RICOH-GC41C</t>
+  </si>
+  <si>
+    <t>Мастило гел UPRINT GC41M, RICOH, 36ml, 2500 копия, 405764, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-RICOH-GC41Y</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT L0S70AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 50 ml, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-L0S70AE-UP</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT F6U18AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 25 ml, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-F6U18AE-UP</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT F6U17AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 25 ml, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-F6U17AE-UP</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT F6U16AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 25 ml, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-F6U16AE-UP</t>
+  </si>
+  <si>
+    <t>Тонер касета ORINK KYOCERA TK-160- FS1120D/ P2035D, 2500, Черен</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK160</t>
+  </si>
+  <si>
+    <t>Мастилници UPRINT комплект CANON PGI-570 + CLI-571BK/C/M/Y XL</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-570-571-PACK</t>
   </si>
   <si>
     <t>Тонер касета ORINK TN2220/2210/2010, BROTHER HL2240 /2250/ 2270/2130/DCP-7060/7065/7070/MFC-7360/7460, 2600k., Черен</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN2220</t>
   </si>
   <si>
-    <t>Мастилница UPRINT CN047AE HP, Magenta</t>
-[...296 lines deleted...]
-    <t>LF-INK-CAN-570-571-PACK</t>
+    <t>Тонер касета UPRINT TK-1150, KYOCERA M2135dn/ M2635dn/ M2735dw/P2235, 3000k, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK1150</t>
+  </si>
+  <si>
+    <t>Тонер касета UPRINT MLT-D111L, SAMSUNG M2020/M2022/М2070/M2026, 1800 k, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-D111L-UP</t>
+  </si>
+  <si>
+    <t>Тонер касета UPRINT CF279A, HP LJ Pro M12/MFP M26, 1000к, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF279A</t>
+  </si>
+  <si>
+    <t>Тонер касета ORINK Xerox Phaser 3020, WorkCentre 3025, 1500 k.,106R02773,Черен</t>
+  </si>
+  <si>
+    <t>TON-XER-CAS-3025</t>
+  </si>
+  <si>
+    <t>Тонер касета ORINK CE255X,  HP LJ P3015/ MFP M525 /Canon LBP 6750-CRG-724 , CE255X, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CE255X</t>
+  </si>
+  <si>
+    <t>Тонер ORINK CF280X, HP LJ Pro 400/ M401/M425, 6900k, Черен</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF280X</t>
+  </si>
+  <si>
+    <t>Тонер касета UPRINT CF217X, HP LJ Pro M102/M130, 5000 k, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF217X-UP</t>
+  </si>
+  <si>
+    <t>Мастилница HP 650, CZ102AE, 3 цвята, DJ Advantage 2515/  2515 e-All-in-One Printers</t>
+  </si>
+  <si>
+    <t>HP-INK-CZ102AE</t>
+  </si>
+  <si>
+    <t>Тонер касета GENERINK TK-1160, KYOCERA P2040dn/dw, 7200 k, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK1160</t>
+  </si>
+  <si>
+    <t>Мастилница HP 650, CZ101AE Черно, 360 к.</t>
+  </si>
+  <si>
+    <t>HP-INK-CZ101AE</t>
+  </si>
+  <si>
+    <t>Бутилка за остатъчен тонер DEVELOP WB-P05, Ineo C3350, C3850, +3351</t>
+  </si>
+  <si>
+    <t>DEV-TON-WASTE-B-P05</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC за Epson, T2421,T2431,T2561, T2611, T2631, T2691, T2731, 1000 ml, Black</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-014-1LB</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT HP 304XL, HP DJ 2620/2630/ 750/ 3760/ 3762, Черeн</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-N9K08AE-UP</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT, HP 305XL, 3YM62AE, Черен</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-3YM62AE</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT, HP 305XL, 3YM63AE, Цветна</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-3YM63AE</t>
+  </si>
+  <si>
+    <t>Тонер касета UPRINT CF210X/731, HP/CANON, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF210X-UP</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT HP 304XL, HP DJ 2620/2630/ 3750/ 3760/ 3762, 400 копия, Color</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-N9K07AE-UP</t>
+  </si>
+  <si>
+    <t>Мастилница CANON PG-545XL Black, Canon IP2850/ MG2450/MG2550/TS335x, 450k, 18ml, Черен</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-545XL-UP</t>
+  </si>
+  <si>
+    <t>Тонер касета GENERINK 408294, Ricoh SP230SFNW, 3000 k, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP230SFNW-G</t>
+  </si>
+  <si>
+    <t>Тонер касета GENERINK TN2421, BROTHER, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN2421</t>
+  </si>
+  <si>
+    <t>Тонер UPRINT CF226X,  HP LJ Pro M402/MFP M426 series, 9000 k, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF226X-UP</t>
+  </si>
+  <si>
+    <t>Тонер касета XEROX Phaser 3020/ WC 3025, 106R02773 , 1500 k.</t>
+  </si>
+  <si>
+    <t>LF-TON-XER-CAS-106R02773</t>
+  </si>
+  <si>
+    <t>Тонер касета ORINK SP 150HE, RICOH, 1500 копия, Черна</t>
+  </si>
+  <si>
+    <t>ORINK-TON-RICOH-SP150HE</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC за Canon PGI-1200/1300/1400/1500/2500, MB2020/5020/5070/iB4020, Pigment, 1L, Черен</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-5000-01LB</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC BT6000Bk, за Brother DCP-700W,DCP-T300,DCP-T500W, 1L, Черен</t>
+  </si>
+  <si>
+    <t>INKTEC-BR-6000-01LB</t>
+  </si>
+  <si>
+    <t>Консуматив барабан Brother DR3400 Drum Unit, 30000 копия</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR3400</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC, за Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, 1L, Black</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LB</t>
+  </si>
+  <si>
+    <t>Мастилница Uprint за CANON PG-575XL, черно</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-575XL-BK</t>
+  </si>
+  <si>
+    <t>Консуматив Ricoh C2011SP, за събиране на отпадъчен тонер, RICOH MP C2003,C4503, C5503</t>
+  </si>
+  <si>
+    <t>RICOH-TON-C2011SP</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC, за Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, 1L, Cyan</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LC</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC, за Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, 1L, Magenta</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LM</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC, за Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, 1L, Yellow</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LY</t>
+  </si>
+  <si>
+    <t>Мастилница CANON CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, 360k, 15ml, C/M/Y</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CL-546XL-UP</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT, CANON PG-560XL, Черен</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-560XL-BK</t>
+  </si>
+  <si>
+    <t>Тонер касета ORINK TN2421, BROTHER, 3000 k. Черен</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN2421</t>
+  </si>
+  <si>
+    <t>Консуматив барабан HP CF232A 32A , 23 000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-HP-CF232A</t>
+  </si>
+  <si>
+    <t>Тонер касета UPRINT TK-160-170, KYOCERA TK-130/TK-140/TK-160/ TK-170, 2500p, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK160-170</t>
+  </si>
+  <si>
+    <t>Тонер касета съвместима BLACK HP W1410A, HP 142A,  LJ M110,  MFP M140 , Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W1420A</t>
+  </si>
+  <si>
+    <t>Мастилница Uprint за COLOR CANON CL-576XL</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CL-576XL-C</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC Т6732-C13T67324A, за Epson L800/ L810/ L850/ L1800, 1L, Cyan</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LC</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC T6733-C13T67334A, за Epson L800/ L810/ L850/ L1800, 1L, Magenta</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LM</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC Т6734-C13T67344A, за Epson L800/ L810/ L850/ L1800, 1L, Yellow</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LY</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC T6735-C13T67354A, за Epson L800/ L810/ L850/ L1800, 1L, Light Cyan</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LLC</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC T6736-C13T67364A, за Epson L800/ L810/ L850/ L1800, 1L, Light Magenta</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LLM</t>
+  </si>
+  <si>
+    <t>Консуматив Ricoh IMC6000, за събиране на отпадъчен тонер, RICOH MC 2000/IM C2000/C2500/C3000, 100000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC6000</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC за Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, 1000 ml, Cyan</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-C5041-1LC</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC за Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, 1000 ml, Червен</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-C5041-1LM</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC за Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, 1000 ml, Жълт</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-C5041-1LY</t>
+  </si>
+  <si>
+    <t>Мастилница UPRINT, CANON C-561XL, Цветна</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-561XL-CL</t>
+  </si>
+  <si>
+    <t>Бутилка с мастило INKTEC T6731-C13T67314A, за Epson L800/ L810/ L850/ L1800, 1L, Черен</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LB</t>
+  </si>
+  <si>
+    <t>Барабан за Ricoh SP311/SP330/ SP325/ 3400/3410/3500/3510 SCC</t>
+  </si>
+  <si>
+    <t>DRUM-RICOH-SP3500-SCC</t>
+  </si>
+  <si>
+    <t>Бутилка с тонер за RICOH MP 2501E, 2001SP, 9000 копия, Черен</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP2501E</t>
+  </si>
+  <si>
+    <t>Тонер касета ORINK Q5949X, HP LJ 1320/3390/3392, 6000k, Черен</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-Q5949X</t>
+  </si>
+  <si>
+    <t>Тонер касета UPRINT HP W1106A, HP 106A, MFP135a/137fnw/ LJ107, 1000 к.,Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W1106A</t>
+  </si>
+  <si>
+    <t>Тонер касета UPRINT HP W2070A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 1000k, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2070A</t>
+  </si>
+  <si>
+    <t>Тонер касета GENERINK RICOH SP330SN - SP330SN/330SFN/P310/M320/M320FB, 7000 к, Черен</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP330SN-G</t>
+  </si>
+  <si>
+    <t>Тонер касета UPRINT HP W2072A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Yellow</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2072A</t>
+  </si>
+  <si>
+    <t>Комплект 4 бр. ролки етикети залепващи за STICK EASY UP21, 4х 180 бр. , розова, жълта, синя, прозрачна</t>
+  </si>
+  <si>
+    <t>LF-LABEL-STICK-UP21-PACK</t>
+  </si>
+  <si>
+    <t>Тонер касета DEVELOP TNP51K, Black, ineo+ 3110, A0X54D5, 5000 k.</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP51K</t>
+  </si>
+  <si>
+    <t>Тонер касета Orink SP220SNW, SP 201LE, RICOH, Черна, 2600 копия, Черен</t>
+  </si>
+  <si>
+    <t>ORINK-TON-RICOH-SP201LE</t>
+  </si>
+  <si>
+    <t>Консуматив барабан Brother DR2401 Drum Unit, 12000 копия</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR2401</t>
+  </si>
+  <si>
+    <t>Мултипак мастилници съвместими Uprint CANON PG40 XL+ CL41XL Black/Color</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG40-CL41XL-UP</t>
+  </si>
+  <si>
+    <t>Консуматив барабан Brother DR 1090 Drum Unit, 12000 копия</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR1090</t>
   </si>
   <si>
     <t>Консуматив барабан SAMSUNG MLT-R116 Drum Unit, 9000 копия</t>
   </si>
   <si>
     <t>DRUM-SAM-MLT-R116</t>
   </si>
   <si>
-    <t>Тонер касета UPRINT TK-1150, KYOCERA M2135dn/ M2635dn/ M2735dw/P2235, 3000k, Черен</t>
-[...298 lines deleted...]
-  <si>
     <t>Тонер касета Ricoh RICT301, 8000 копия, MP301SP, MP301SPF, Черен</t>
   </si>
   <si>
     <t>RICOH-TON-MP301</t>
   </si>
   <si>
-    <t>Тонер касета UPRINT HP W2072A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Yellow</t>
-[...46 lines deleted...]
-  <si>
     <t>Тонер касета SAMSUNG MLT-D205L, ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833, 5000k, Черен</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-MLT-D205L</t>
   </si>
   <si>
     <t>Бутилка за остатъчен тонер за RICOH SP C352, SPC352/ SPC353DN/C360SFNW/C361</t>
   </si>
   <si>
     <t>RICOH-PART-SPC353-WT</t>
   </si>
   <si>
     <t>Консуматив Ricoh IM460, За отпадъчен тонер, RICOH IM370/ IM 370F, 50000 к.</t>
   </si>
   <si>
     <t>RICOH-WASTE-IM460</t>
   </si>
   <si>
-    <t>МФУ Ricoh IM 2702, 3 в 1, A3, 27ppm- под наем за 36 месеца</t>
-[...4 lines deleted...]
-  <si>
     <t>Консуматив за отпадъчен тонер Ricoh  IM C530FB, 30000 копия</t>
   </si>
   <si>
     <t>RICOH-TON-IMC350FB</t>
   </si>
   <si>
-    <t>Тонер касета съвместима BLACK HP W1410A, HP 142A,  LJ M110,  MFP M140 , Uprint</t>
-[...4 lines deleted...]
-  <si>
     <t>Бутилка с тонер за RICOH MP 201, 7000 копия, Черен</t>
   </si>
   <si>
     <t>RICOH-TON-MP201</t>
   </si>
   <si>
     <t>Тонер касета GENERINK SP 311XE, RICOH, Черна, 6400 копия</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP311UHY</t>
   </si>
   <si>
     <t>Тонер касета UPRINT HP W2071A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Cyan</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2071A</t>
   </si>
   <si>
     <t>Тонер касета UPRINT HP W2073A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2073A</t>
   </si>
   <si>
     <t>Етикетен мини принтер STICK EASY UP21, безжичен монохромен , бял</t>
@@ -1531,651 +1342,477 @@
   <si>
     <t>Етикетен мини принтер STICK EASY UP21, безжичен монохромен , тюркоаз</t>
   </si>
   <si>
     <t>LF-PRN-LABEL-STICK-UP21-T</t>
   </si>
   <si>
     <t>Етикетен мини принтер STICK EASY UP21, безжичен монохромен , черен</t>
   </si>
   <si>
     <t>LF-PRN-LABEL-STICK-UP21-K</t>
   </si>
   <si>
     <t>Етикетен мини принтер STICK EASY UP21, безжичен монохромен, Розов</t>
   </si>
   <si>
     <t>LF-PRN-LABEL-STICK-UP21-P</t>
   </si>
   <si>
     <t>Тонер касета Ricoh MP305+, MP305+SPF, 9000 копия, Черен</t>
   </si>
   <si>
     <t>RICOH-TON-MP305</t>
   </si>
   <si>
-    <t>Консуматив за 3D принтер XYZprinting RFPLCXEU0LA, PLA (NFC) filament , 1.75 mm, Зелен</t>
-[...10 lines deleted...]
-  <si>
     <t>Консуматив за 3D принтер XYZprinting - ABS рефил, NFC, 1.75 mm, Черен</t>
   </si>
   <si>
     <t>3D-XYZ-ABS-600GR-BL-NFC</t>
   </si>
   <si>
     <t>Консуматив за 3D принтер XYZprinting - PETG (NFC) filament , 1.75 mm, NATURE</t>
   </si>
   <si>
     <t>3D-XYZ-PETG-600GR-NATURE</t>
   </si>
   <si>
     <t>Консуматив за 3D принтер XYZ printing RF10CXEU06A, ABS, 1.75 mm, 600 gr, Bottle GREEN</t>
   </si>
   <si>
     <t>3D-XYZ-ABS-600GR-GR-NFC</t>
   </si>
   <si>
     <t>Тонер касета Generink Ricoh SP 3710X, 7000 копия, Черен M320F</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP3710X-G</t>
   </si>
   <si>
     <t>Консуматив за 3D принтер XYZ printing RF10CXEU02H, ABS, 1.75 mm, 600 gr, Pure white</t>
   </si>
   <si>
     <t>3D-XYZ-ABS-600GR-SN-NFC</t>
   </si>
   <si>
+    <t>Консуматив за 3D принтер XYZ printing RFPLCXEU0TH, PLA, 1.75 mm, 600 gr, AQUA GREEN</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600GR-AGR-NFC</t>
+  </si>
+  <si>
+    <t>Консуматив за 3D принтер XYZ printing RFPLCXEU0SK, PLA, 1.75 mm, 600 gr, Sky blue</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600GR-BLUE-NFC</t>
+  </si>
+  <si>
     <t>Консуматив за 3D принтер XYZ printing RF10CXEU01K, ABS, 1.75 mm, 600 gr, Nature</t>
   </si>
   <si>
     <t>3D-XYZ-ABS-600GR-NAT-NFC</t>
   </si>
   <si>
+    <t>Консуматив за 3D принтер XYZprinting - Filament PLA(NFC) 600gr, Pink, за DaVinci Super и da Vinci Jr Pro x+</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600PINK-NFC</t>
+  </si>
+  <si>
     <t>Консуматив барабан Generink RICOH Photo Conductor Unit SP 230, 12000 копия</t>
   </si>
   <si>
     <t>LF-DRUM-RICOH-SP230-G</t>
   </si>
   <si>
+    <t>Консуматив Ricoh за събиране на отпадъчен тонер MC 240FW/P C200W</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC240</t>
+  </si>
+  <si>
+    <t>Тонер касета DEVELOP TNP49K, ineo+ 3351, +3851, 13000 k., Черен</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP49K</t>
+  </si>
+  <si>
+    <t>Мастилница CANON PG-545XL/CL-546XL, Комплект, Canon IP2850/ MG2450/MG2550/TS335x, BK/C/M/Y</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-545-546-Pack</t>
+  </si>
+  <si>
     <t>Тонер касета BROTHER TN2590XL, HL-L2402/L2442/L2460/ L2600/ L2640 /MFC- L2802/ L2862/ L2922, 3000k.</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN2590XL</t>
   </si>
   <si>
+    <t>Тонер касета DEVELOP TNP81K, ineo +3300i, +4000i, 13 000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP81K</t>
+  </si>
+  <si>
+    <t>Тонер касета Ricoh MP401, 401, 402, 401 SPF, 4520, 4520 DN, 11900 копия, Черен</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP401</t>
+  </si>
+  <si>
     <t>Тонер касета RICOH MP3353, Type 2220D, 11000, Черен</t>
   </si>
   <si>
     <t>RICOH-TON-MP3353</t>
   </si>
   <si>
+    <t>Тонер Ricoh MC2000, за RICOH M C2000, 2500 копия, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC2000L-MAG</t>
+  </si>
+  <si>
+    <t>Tонер Ricoh MC2000, за RICOH M C2000, 2500 копия, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC2000L-CYAN</t>
+  </si>
+  <si>
+    <t>Tонер Ricoh MC2000, за RICOH M C2000, 2500 копия, Yellow</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC2000L-YEL</t>
+  </si>
+  <si>
     <t>Тонер касета Ricoh IM460, 9000 копия, IM 370/370F, Черен</t>
   </si>
   <si>
     <t>RICOH-TON-IM460</t>
   </si>
   <si>
+    <t>Мастилница UPRINT HP 953XL, Комплект, OfficeJet Pro 8210/8710/7720, (Bk+C+Y+M)</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-953XL-Pack-UP</t>
+  </si>
+  <si>
     <t>Тонер касета BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 3000 k. Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-BK</t>
   </si>
   <si>
+    <t>Консуматив за 3D писалка Magic Filament PLA 36 бр. x 5 m, различни цветове</t>
+  </si>
+  <si>
+    <t>3D-PEN-MAGIC-PLA</t>
+  </si>
+  <si>
     <t>Тонер касета BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Cyan</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-C</t>
   </si>
   <si>
     <t>Тонер касета BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Magenta</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-M</t>
   </si>
   <si>
     <t>Тонер касета BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Yellow</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-Y</t>
   </si>
   <si>
     <t>Тонер- касета съвместима LEXMARK MS510/MS610/MX310/MX410/MX415/MX510/MX610 - 10000k, 50F2X00</t>
   </si>
   <si>
     <t>LF-TON-LEX-CAS-50F2X00</t>
   </si>
   <si>
-    <t>Бутилка за остатъчен тонер DEVELOP WB-P08, C33xxi, C40xxi</t>
-[...4 lines deleted...]
-  <si>
     <t>Тонер касета RICOH  IM C320F за 11700 стр, черен</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-BL</t>
   </si>
   <si>
-    <t>Тонер касета Ricoh IM C2010/2510/3510  5500 копия, Yellow</t>
-[...16 lines deleted...]
-  <si>
     <t>Тонер касета RICOH Black MP C305H, 12000 стр.- MP C305, C305 SP, C305 SPF</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-BL</t>
   </si>
   <si>
-    <t>Тонер касета Ricoh IM C2010/C2510/C3510 18000 копия, Черен</t>
-[...8 lines deleted...]
-    <t>DEV-TON-CAS-TN324K</t>
+    <t>Тонер касета DEVELOP TN-328K, ineo + 251i, + 301i, + 361i, 28000 к., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN328K</t>
+  </si>
+  <si>
+    <t>Барабан BROTHER DR248CL, Brother HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 30000 k.</t>
+  </si>
+  <si>
+    <t>LF-DRUM-BR-DR248CL</t>
+  </si>
+  <si>
+    <t>Тонер касета RICOH Yellow MP C305, 4000 стр.- MP C305, C305 SP, C305 SPF, 842080</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC305H-Y</t>
+  </si>
+  <si>
+    <t>Тонер касета RICOH Magenta MP C305, 4000 стр.- MP C305, C305 SP, C305 SPF, 842081</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC305H-M</t>
+  </si>
+  <si>
+    <t>Тонер касета RICOH Cyan MP C305 ,4000 стр.- MP C305, C305 SP, C305 SPF</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC305H-C</t>
+  </si>
+  <si>
+    <t>Тонер-касета съвмест. MAGENTA HP W2193X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2193X</t>
+  </si>
+  <si>
+    <t>Тонер-касета съвмест. YELLOW  HP W2192X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2192X</t>
+  </si>
+  <si>
+    <t>Тонер-касета съвмест. CYAN  HP W2191X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2191X</t>
+  </si>
+  <si>
+    <t>Тонер-касета съвмест. BLACK  HP W2190X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 3150k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2190X</t>
+  </si>
+  <si>
+    <t>Тонер касета RICOH  IM C320F за 7500 стр, синьо</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC320F-C</t>
+  </si>
+  <si>
+    <t>Тонер касета RICOH   IM C320F за 7500 стр, червено</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC320F-M</t>
+  </si>
+  <si>
+    <t>Тонер касета RICOH   IM C320F за 7500 стр, жълт</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC320F-Y</t>
+  </si>
+  <si>
+    <t>Сушилня за филаменти за 3D принтер Creality Space Pi Plus, за 2 ролки</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X2</t>
+  </si>
+  <si>
+    <t>Тонер касета DEVELOP TN-328M, ineo + 251i, + 301i, + 361i, 28000 к., Magenta</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN328M</t>
+  </si>
+  <si>
+    <t>Тонер касета RICOH черен P C375, 10500 стр</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-BL</t>
+  </si>
+  <si>
+    <t>Консуматив барабан DEVELOP/ KM, DR 312 - Ineo/bizhub 367/287/227, 105 000 копия</t>
+  </si>
+  <si>
+    <t>DEV-DRUM-DR-312</t>
+  </si>
+  <si>
+    <t>IRIScan Book 7</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-BOOK7</t>
+  </si>
+  <si>
+    <t>Поставкa/пиедестал/ за RICOH машина/High cabinet 81- IM370, IM370F, IM460F</t>
+  </si>
+  <si>
+    <t>RICOH-PART-CABINET-81</t>
+  </si>
+  <si>
+    <t>Сушилня за филаменти за 3D принтер Creality Space Pi x4, за 4 ролки</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X4</t>
+  </si>
+  <si>
+    <t>Тонер касета RICOH червен P C375H, 5700стр</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-M</t>
+  </si>
+  <si>
+    <t>Тонер касета RICOH жълт P C375H, 5700стр</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-Y</t>
+  </si>
+  <si>
+    <t>Тонер касета RICOH синьо P 375, 5700 стр.</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-C</t>
+  </si>
+  <si>
+    <t>Документна камера с преносим скенер-визуализатор IRIScan VISUALIZER 7 Dislexic , 4K, USB-C</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-VISUALIZER-DYSL</t>
+  </si>
+  <si>
+    <t>3D Принтер Creality Ender-3 V3 SE</t>
+  </si>
+  <si>
+    <t>CREALITY-ENDER3-V3-SE</t>
+  </si>
+  <si>
+    <t>Мултиф.у-во принтер/скенер/копир RICOH M320SE USB,LAN,ADF,A4, 32стр</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-M320SE</t>
+  </si>
+  <si>
+    <t>Лазерен принтер RICOH P311SE, A4, LAN, 32 стр/мин, 7000 стр стартов тонер</t>
+  </si>
+  <si>
+    <t>RICOH-LJ-P311SE</t>
+  </si>
+  <si>
+    <t>3D скенер Creality CR-Scan Ferret Pro</t>
+  </si>
+  <si>
+    <t>CREALITY-FERRET-PRO</t>
+  </si>
+  <si>
+    <t>Мулти-функционален скенер и камера IRIScan Desk 7 Business</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-DESK7-BUSINESS</t>
+  </si>
+  <si>
+    <t>Мултиф.у-во принтер/скенер/копир RICOH M 320FSE, А4,32стр/мин, LAN,USB, 7000 стр,ARDF</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-M320FSE</t>
+  </si>
+  <si>
+    <t>3D Принтер FlashForge ADX5 Multi color</t>
+  </si>
+  <si>
+    <t>FLASH-3D-AD5X</t>
+  </si>
+  <si>
+    <t>Скенер Ricoh ScanSnap iX2400,A4, USB 3.2, Duplex ADF/100 листа/, 45ppm/90 ipm, бял</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-iX2400</t>
+  </si>
+  <si>
+    <t>Скенер Ricoh ScanSnap iX2500,A4, USB 3.2,Wi-Fi, Duplex ADF, 45ppm/90 ipm, 5" тъч дисплей;бял</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-iX2500</t>
+  </si>
+  <si>
+    <t>Машина за лазерно гравиране Creality CR-Falcon A1 10w</t>
+  </si>
+  <si>
+    <t>CREALITY-FALCON-A1-10W</t>
+  </si>
+  <si>
+    <t>Лазерен цветен принтер RICOH P C375, Цветен, A4, USB 2.0, LAN, WiFi, 32 ppm</t>
+  </si>
+  <si>
+    <t>RICOH-LJ-PC375</t>
+  </si>
+  <si>
+    <t>3D Принтер Creality K1 Max</t>
+  </si>
+  <si>
+    <t>CREALITY-K1-MAX</t>
+  </si>
+  <si>
+    <t>3D скенер Creality CR-Scan Otter</t>
+  </si>
+  <si>
+    <t>CREALITY-OTTER</t>
+  </si>
+  <si>
+    <t>3D скенер Revopoint Pop 3 Plus Premium</t>
+  </si>
+  <si>
+    <t>3D-SCAN-REV-POP3PLUS</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
-    <t>Тонер касета DEVELOP TN221MH, ineo+227, +287, 10500 k., A8K335H, Magenta</t>
-[...442 lines deleted...]
-  <si>
     <t>МФУ цветно у-во принтер/скенер/копир RICOH M C320FSE, 32 стр/мин, SPDF/50стр/,LAN,Bluetooth, 4.3"тъч дисплей</t>
   </si>
   <si>
     <t>RICOH-MFC-MC320FSE</t>
+  </si>
+  <si>
+    <t>3D скенер Einscan-SE V2</t>
+  </si>
+  <si>
+    <t>3D-SCAN-EINSCAN-SE</t>
+  </si>
+  <si>
+    <t>3D скенер Einstar Shining 3D</t>
+  </si>
+  <si>
+    <t>3D-SCAN-EINSTAR-3D</t>
+  </si>
+  <si>
+    <t>Мултифункционалнo цветно устройствo Ricoh IMC320F, A4, 32ppm, 1200dpi, 7" панел</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IMC320F</t>
   </si>
   <si>
     <t>3D цветен принтер Creality K2 PLUS / COMBO</t>
   </si>
   <si>
     <t>CREALITY-K2-PL-COMBO</t>
   </si>
   <si>
     <t>МФУ копир, принтер, скенер Ricoh IM 550F</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-550F</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2491,51 +2128,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D625"/>
+  <dimension ref="A1:D360"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2810,79 +2447,79 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>6.6</v>
       </c>
       <c r="D21" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>6.6</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>6.6</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>6.6</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>7.2</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>7.2</v>
@@ -3104,65 +2741,65 @@
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>7.2</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>7.2</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>7.2</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>7.2</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>7.2</v>
@@ -3272,135 +2909,135 @@
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>8.4</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>9.0</v>
       </c>
       <c r="D55" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>9.6</v>
+        <v>9.0</v>
       </c>
       <c r="D56" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>9.6</v>
+        <v>9.0</v>
       </c>
       <c r="D57" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>9.6</v>
       </c>
       <c r="D58" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>9.6</v>
       </c>
       <c r="D59" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>9.6</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>9.6</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
         <v>9.6</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>9.6</v>
@@ -3423,121 +3060,121 @@
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
         <v>9.6</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>9.9</v>
+        <v>9.6</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>10.2</v>
+        <v>9.9</v>
       </c>
       <c r="D67" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
         <v>10.2</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>10.776</v>
+        <v>10.2</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>10.8</v>
+        <v>10.2</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>10.8</v>
+        <v>10.776</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
         <v>10.8</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
@@ -3566,177 +3203,177 @@
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>10.8</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>10.8</v>
       </c>
       <c r="D76" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
         <v>10.8</v>
       </c>
       <c r="D77" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
         <v>10.8</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
         <v>10.8</v>
       </c>
       <c r="D79" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
         <v>10.8</v>
       </c>
       <c r="D80" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
         <v>10.8</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
         <v>10.8</v>
       </c>
       <c r="D82" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
         <v>10.8</v>
       </c>
       <c r="D83" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
         <v>10.8</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
         <v>10.8</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
         <v>10.8</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
         <v>10.8</v>
@@ -3902,7391 +3539,3681 @@
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
         <v>10.8</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
         <v>10.8</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
-        <v>10.848</v>
+        <v>10.8</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>47</v>
+        <v>135</v>
       </c>
       <c r="B102" t="s">
-        <v>48</v>
+        <v>136</v>
       </c>
       <c r="C102">
-        <v>6.6</v>
+        <v>9.6</v>
       </c>
       <c r="D102" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>49</v>
+        <v>207</v>
       </c>
       <c r="B103" t="s">
-        <v>50</v>
+        <v>208</v>
       </c>
       <c r="C103">
-        <v>6.6</v>
+        <v>10.8</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>51</v>
+        <v>209</v>
       </c>
       <c r="B104" t="s">
-        <v>52</v>
+        <v>210</v>
       </c>
       <c r="C104">
-        <v>6.6</v>
+        <v>16.08</v>
       </c>
       <c r="D104" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>89</v>
+        <v>211</v>
       </c>
       <c r="B105" t="s">
-        <v>90</v>
+        <v>212</v>
       </c>
       <c r="C105">
-        <v>7.2</v>
+        <v>16.8</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>91</v>
+        <v>213</v>
       </c>
       <c r="B106" t="s">
-        <v>92</v>
+        <v>214</v>
       </c>
       <c r="C106">
-        <v>7.2</v>
+        <v>18.0</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>93</v>
+        <v>215</v>
       </c>
       <c r="B107" t="s">
-        <v>94</v>
+        <v>216</v>
       </c>
       <c r="C107">
-        <v>7.2</v>
+        <v>18.0</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>95</v>
+        <v>217</v>
       </c>
       <c r="B108" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="C108">
-        <v>7.2</v>
+        <v>18.0</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>97</v>
+        <v>219</v>
       </c>
       <c r="B109" t="s">
-        <v>98</v>
+        <v>220</v>
       </c>
       <c r="C109">
-        <v>7.2</v>
+        <v>18.0</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>133</v>
+        <v>221</v>
       </c>
       <c r="B110" t="s">
-        <v>134</v>
+        <v>222</v>
       </c>
       <c r="C110">
-        <v>9.6</v>
+        <v>18.0</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>135</v>
+        <v>223</v>
       </c>
       <c r="B111" t="s">
-        <v>136</v>
+        <v>224</v>
       </c>
       <c r="C111">
-        <v>9.9</v>
+        <v>18.0</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>141</v>
+        <v>225</v>
       </c>
       <c r="B112" t="s">
-        <v>142</v>
+        <v>226</v>
       </c>
       <c r="C112">
-        <v>10.776</v>
+        <v>18.0</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>171</v>
+        <v>227</v>
       </c>
       <c r="B113" t="s">
-        <v>172</v>
+        <v>228</v>
       </c>
       <c r="C113">
-        <v>10.8</v>
+        <v>18.0</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>173</v>
+        <v>229</v>
       </c>
       <c r="B114" t="s">
-        <v>174</v>
+        <v>230</v>
       </c>
       <c r="C114">
-        <v>10.8</v>
+        <v>18.0</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>175</v>
+        <v>231</v>
       </c>
       <c r="B115" t="s">
-        <v>176</v>
+        <v>232</v>
       </c>
       <c r="C115">
-        <v>10.8</v>
+        <v>18.0</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>177</v>
+        <v>233</v>
       </c>
       <c r="B116" t="s">
-        <v>178</v>
+        <v>234</v>
       </c>
       <c r="C116">
-        <v>10.8</v>
+        <v>18.0</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>179</v>
+        <v>235</v>
       </c>
       <c r="B117" t="s">
-        <v>180</v>
+        <v>236</v>
       </c>
       <c r="C117">
-        <v>10.8</v>
+        <v>18.912</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>181</v>
+        <v>237</v>
       </c>
       <c r="B118" t="s">
-        <v>182</v>
+        <v>238</v>
       </c>
       <c r="C118">
-        <v>10.8</v>
+        <v>19.2</v>
       </c>
       <c r="D118" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>183</v>
+        <v>240</v>
       </c>
       <c r="B119" t="s">
-        <v>184</v>
+        <v>241</v>
       </c>
       <c r="C119">
-        <v>10.8</v>
+        <v>19.2</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>185</v>
+        <v>242</v>
       </c>
       <c r="B120" t="s">
-        <v>186</v>
+        <v>243</v>
       </c>
       <c r="C120">
-        <v>10.8</v>
+        <v>19.608</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>187</v>
+        <v>244</v>
       </c>
       <c r="B121" t="s">
-        <v>188</v>
+        <v>245</v>
       </c>
       <c r="C121">
-        <v>10.8</v>
+        <v>19.716</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>189</v>
+        <v>246</v>
       </c>
       <c r="B122" t="s">
-        <v>190</v>
+        <v>247</v>
       </c>
       <c r="C122">
-        <v>10.8</v>
+        <v>21.6</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>191</v>
+        <v>248</v>
       </c>
       <c r="B123" t="s">
-        <v>192</v>
+        <v>249</v>
       </c>
       <c r="C123">
-        <v>10.8</v>
+        <v>22.464</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>193</v>
+        <v>250</v>
       </c>
       <c r="B124" t="s">
-        <v>194</v>
+        <v>251</v>
       </c>
       <c r="C124">
-        <v>10.8</v>
+        <v>22.62</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>195</v>
+        <v>252</v>
       </c>
       <c r="B125" t="s">
-        <v>196</v>
+        <v>253</v>
       </c>
       <c r="C125">
-        <v>10.8</v>
+        <v>22.668</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>197</v>
+        <v>254</v>
       </c>
       <c r="B126" t="s">
-        <v>198</v>
+        <v>255</v>
       </c>
       <c r="C126">
-        <v>10.8</v>
+        <v>22.68</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>199</v>
+        <v>256</v>
       </c>
       <c r="B127" t="s">
-        <v>200</v>
+        <v>257</v>
       </c>
       <c r="C127">
-        <v>10.8</v>
+        <v>22.68</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>201</v>
+        <v>258</v>
       </c>
       <c r="B128" t="s">
-        <v>202</v>
+        <v>259</v>
       </c>
       <c r="C128">
-        <v>10.8</v>
+        <v>22.68</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>203</v>
+        <v>260</v>
       </c>
       <c r="B129" t="s">
-        <v>204</v>
+        <v>261</v>
       </c>
       <c r="C129">
-        <v>10.8</v>
+        <v>23.76</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>207</v>
+        <v>262</v>
       </c>
       <c r="B130" t="s">
-        <v>208</v>
+        <v>263</v>
       </c>
       <c r="C130">
-        <v>10.848</v>
+        <v>25.212</v>
       </c>
       <c r="D130" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>209</v>
+        <v>264</v>
       </c>
       <c r="B131" t="s">
-        <v>210</v>
+        <v>265</v>
       </c>
       <c r="C131">
-        <v>12.0</v>
+        <v>26.4</v>
       </c>
       <c r="D131" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>211</v>
+        <v>266</v>
       </c>
       <c r="B132" t="s">
-        <v>212</v>
+        <v>267</v>
       </c>
       <c r="C132">
-        <v>12.0</v>
+        <v>26.4</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>213</v>
+        <v>268</v>
       </c>
       <c r="B133" t="s">
-        <v>214</v>
+        <v>269</v>
       </c>
       <c r="C133">
-        <v>12.0</v>
+        <v>26.4</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>215</v>
+        <v>270</v>
       </c>
       <c r="B134" t="s">
-        <v>216</v>
+        <v>271</v>
       </c>
       <c r="C134">
-        <v>12.0</v>
+        <v>26.4</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>217</v>
+        <v>272</v>
       </c>
       <c r="B135" t="s">
-        <v>218</v>
+        <v>273</v>
       </c>
       <c r="C135">
-        <v>12.0</v>
+        <v>27.6</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>219</v>
+        <v>274</v>
       </c>
       <c r="B136" t="s">
-        <v>220</v>
+        <v>275</v>
       </c>
       <c r="C136">
-        <v>12.0</v>
+        <v>27.6</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>221</v>
+        <v>276</v>
       </c>
       <c r="B137" t="s">
-        <v>222</v>
+        <v>277</v>
       </c>
       <c r="C137">
-        <v>12.0</v>
+        <v>27.6</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>223</v>
+        <v>278</v>
       </c>
       <c r="B138" t="s">
-        <v>224</v>
+        <v>279</v>
       </c>
       <c r="C138">
-        <v>12.0</v>
+        <v>27.6</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>225</v>
+        <v>280</v>
       </c>
       <c r="B139" t="s">
-        <v>226</v>
+        <v>281</v>
       </c>
       <c r="C139">
-        <v>12.0</v>
+        <v>28.8</v>
       </c>
       <c r="D139" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>227</v>
+        <v>282</v>
       </c>
       <c r="B140" t="s">
-        <v>228</v>
+        <v>283</v>
       </c>
       <c r="C140">
-        <v>12.0</v>
+        <v>28.8</v>
       </c>
       <c r="D140" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>229</v>
+        <v>284</v>
       </c>
       <c r="B141" t="s">
-        <v>230</v>
+        <v>285</v>
       </c>
       <c r="C141">
-        <v>12.0</v>
+        <v>28.8</v>
       </c>
       <c r="D141" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>231</v>
+        <v>286</v>
       </c>
       <c r="B142" t="s">
-        <v>232</v>
+        <v>287</v>
       </c>
       <c r="C142">
-        <v>12.288</v>
+        <v>30.0</v>
       </c>
       <c r="D142" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>233</v>
+        <v>288</v>
       </c>
       <c r="B143" t="s">
-        <v>234</v>
+        <v>289</v>
       </c>
       <c r="C143">
-        <v>14.4</v>
+        <v>30.0</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>235</v>
+        <v>290</v>
       </c>
       <c r="B144" t="s">
-        <v>236</v>
+        <v>291</v>
       </c>
       <c r="C144">
-        <v>14.4</v>
+        <v>30.0</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>237</v>
+        <v>292</v>
       </c>
       <c r="B145" t="s">
-        <v>238</v>
+        <v>293</v>
       </c>
       <c r="C145">
-        <v>14.4</v>
+        <v>30.0</v>
       </c>
       <c r="D145" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>239</v>
+        <v>294</v>
       </c>
       <c r="B146" t="s">
-        <v>240</v>
+        <v>295</v>
       </c>
       <c r="C146">
-        <v>14.556</v>
+        <v>30.144</v>
       </c>
       <c r="D146" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>241</v>
+        <v>296</v>
       </c>
       <c r="B147" t="s">
-        <v>242</v>
+        <v>297</v>
       </c>
       <c r="C147">
-        <v>14.688</v>
+        <v>32.076</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>243</v>
+        <v>298</v>
       </c>
       <c r="B148" t="s">
-        <v>244</v>
+        <v>299</v>
       </c>
       <c r="C148">
-        <v>15.96</v>
+        <v>32.4</v>
       </c>
       <c r="D148" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>245</v>
+        <v>300</v>
       </c>
       <c r="B149" t="s">
-        <v>246</v>
+        <v>301</v>
       </c>
       <c r="C149">
-        <v>16.08</v>
+        <v>33.6</v>
       </c>
       <c r="D149" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>247</v>
+        <v>302</v>
       </c>
       <c r="B150" t="s">
-        <v>248</v>
+        <v>303</v>
       </c>
       <c r="C150">
-        <v>16.104</v>
+        <v>33.6</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>249</v>
+        <v>304</v>
       </c>
       <c r="B151" t="s">
-        <v>250</v>
+        <v>305</v>
       </c>
       <c r="C151">
-        <v>16.128</v>
+        <v>33.6</v>
       </c>
       <c r="D151" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>251</v>
+        <v>306</v>
       </c>
       <c r="B152" t="s">
-        <v>252</v>
+        <v>307</v>
       </c>
       <c r="C152">
-        <v>17.364</v>
+        <v>33.6</v>
       </c>
       <c r="D152" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>253</v>
+        <v>308</v>
       </c>
       <c r="B153" t="s">
-        <v>254</v>
+        <v>309</v>
       </c>
       <c r="C153">
-        <v>17.724</v>
+        <v>34.8</v>
       </c>
       <c r="D153" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>255</v>
+        <v>310</v>
       </c>
       <c r="B154" t="s">
-        <v>256</v>
+        <v>311</v>
       </c>
       <c r="C154">
-        <v>18.0</v>
+        <v>34.8</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>257</v>
+        <v>312</v>
       </c>
       <c r="B155" t="s">
-        <v>258</v>
+        <v>313</v>
       </c>
       <c r="C155">
-        <v>18.0</v>
+        <v>34.8</v>
       </c>
       <c r="D155" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>259</v>
+        <v>314</v>
       </c>
       <c r="B156" t="s">
-        <v>260</v>
+        <v>315</v>
       </c>
       <c r="C156">
-        <v>18.0</v>
+        <v>34.8</v>
       </c>
       <c r="D156" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>261</v>
+        <v>316</v>
       </c>
       <c r="B157" t="s">
-        <v>262</v>
+        <v>317</v>
       </c>
       <c r="C157">
-        <v>18.0</v>
+        <v>36.0</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>263</v>
+        <v>318</v>
       </c>
       <c r="B158" t="s">
-        <v>264</v>
+        <v>319</v>
       </c>
       <c r="C158">
-        <v>18.0</v>
+        <v>36.0</v>
       </c>
       <c r="D158" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>265</v>
+        <v>320</v>
       </c>
       <c r="B159" t="s">
-        <v>266</v>
+        <v>321</v>
       </c>
       <c r="C159">
-        <v>18.0</v>
+        <v>36.0</v>
       </c>
       <c r="D159" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>267</v>
+        <v>322</v>
       </c>
       <c r="B160" t="s">
-        <v>268</v>
+        <v>323</v>
       </c>
       <c r="C160">
-        <v>18.0</v>
+        <v>36.0</v>
       </c>
       <c r="D160" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>269</v>
+        <v>324</v>
       </c>
       <c r="B161" t="s">
-        <v>270</v>
+        <v>325</v>
       </c>
       <c r="C161">
-        <v>18.0</v>
+        <v>37.2</v>
       </c>
       <c r="D161" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>271</v>
+        <v>326</v>
       </c>
       <c r="B162" t="s">
-        <v>272</v>
+        <v>327</v>
       </c>
       <c r="C162">
-        <v>18.0</v>
+        <v>37.2</v>
       </c>
       <c r="D162" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>273</v>
+        <v>328</v>
       </c>
       <c r="B163" t="s">
-        <v>274</v>
+        <v>329</v>
       </c>
       <c r="C163">
-        <v>18.0</v>
+        <v>37.2</v>
       </c>
       <c r="D163" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>275</v>
+        <v>330</v>
       </c>
       <c r="B164" t="s">
-        <v>276</v>
+        <v>331</v>
       </c>
       <c r="C164">
-        <v>18.0</v>
+        <v>38.76</v>
       </c>
       <c r="D164" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>277</v>
+        <v>332</v>
       </c>
       <c r="B165" t="s">
-        <v>278</v>
+        <v>333</v>
       </c>
       <c r="C165">
-        <v>18.0</v>
+        <v>38.988</v>
       </c>
       <c r="D165" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>279</v>
+        <v>334</v>
       </c>
       <c r="B166" t="s">
-        <v>280</v>
+        <v>335</v>
       </c>
       <c r="C166">
-        <v>18.912</v>
+        <v>38.988</v>
       </c>
       <c r="D166" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>281</v>
+        <v>336</v>
       </c>
       <c r="B167" t="s">
-        <v>282</v>
+        <v>337</v>
       </c>
       <c r="C167">
-        <v>19.2</v>
+        <v>39.0</v>
       </c>
       <c r="D167" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>283</v>
+        <v>338</v>
       </c>
       <c r="B168" t="s">
-        <v>284</v>
+        <v>339</v>
       </c>
       <c r="C168">
-        <v>19.2</v>
+        <v>39.0</v>
       </c>
       <c r="D168" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>285</v>
+        <v>340</v>
       </c>
       <c r="B169" t="s">
-        <v>286</v>
+        <v>341</v>
       </c>
       <c r="C169">
-        <v>19.416</v>
+        <v>40.2</v>
       </c>
       <c r="D169" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>287</v>
+        <v>342</v>
       </c>
       <c r="B170" t="s">
-        <v>288</v>
+        <v>343</v>
       </c>
       <c r="C170">
-        <v>19.608</v>
+        <v>40.584</v>
       </c>
       <c r="D170" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>289</v>
+        <v>344</v>
       </c>
       <c r="B171" t="s">
-        <v>290</v>
+        <v>345</v>
       </c>
       <c r="C171">
-        <v>19.716</v>
+        <v>40.668</v>
       </c>
       <c r="D171" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>291</v>
+        <v>346</v>
       </c>
       <c r="B172" t="s">
-        <v>292</v>
+        <v>347</v>
       </c>
       <c r="C172">
-        <v>19.836</v>
+        <v>40.668</v>
       </c>
       <c r="D172" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>293</v>
+        <v>348</v>
       </c>
       <c r="B173" t="s">
-        <v>294</v>
+        <v>349</v>
       </c>
       <c r="C173">
-        <v>20.424</v>
+        <v>40.668</v>
       </c>
       <c r="D173" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>295</v>
+        <v>350</v>
       </c>
       <c r="B174" t="s">
-        <v>296</v>
+        <v>351</v>
       </c>
       <c r="C174">
-        <v>20.7</v>
+        <v>40.8</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>297</v>
+        <v>352</v>
       </c>
       <c r="B175" t="s">
-        <v>298</v>
+        <v>353</v>
       </c>
       <c r="C175">
-        <v>20.76</v>
+        <v>41.424</v>
       </c>
       <c r="D175" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>299</v>
+        <v>354</v>
       </c>
       <c r="B176" t="s">
-        <v>300</v>
+        <v>355</v>
       </c>
       <c r="C176">
-        <v>21.228</v>
+        <v>42.0</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>301</v>
+        <v>356</v>
       </c>
       <c r="B177" t="s">
-        <v>302</v>
+        <v>357</v>
       </c>
       <c r="C177">
-        <v>21.276</v>
+        <v>42.0</v>
       </c>
       <c r="D177" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>303</v>
+        <v>358</v>
       </c>
       <c r="B178" t="s">
-        <v>304</v>
+        <v>359</v>
       </c>
       <c r="C178">
-        <v>21.276</v>
+        <v>43.2</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>305</v>
+        <v>360</v>
       </c>
       <c r="B179" t="s">
-        <v>306</v>
+        <v>361</v>
       </c>
       <c r="C179">
-        <v>21.312</v>
+        <v>44.4</v>
       </c>
       <c r="D179" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>307</v>
+        <v>362</v>
       </c>
       <c r="B180" t="s">
-        <v>308</v>
+        <v>363</v>
       </c>
       <c r="C180">
-        <v>21.36</v>
+        <v>44.7</v>
       </c>
       <c r="D180" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>309</v>
+        <v>364</v>
       </c>
       <c r="B181" t="s">
-        <v>310</v>
+        <v>365</v>
       </c>
       <c r="C181">
-        <v>21.6</v>
+        <v>45.756</v>
       </c>
       <c r="D181" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>311</v>
+        <v>366</v>
       </c>
       <c r="B182" t="s">
-        <v>312</v>
+        <v>367</v>
       </c>
       <c r="C182">
-        <v>21.6</v>
+        <v>45.756</v>
       </c>
       <c r="D182" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>313</v>
+        <v>368</v>
       </c>
       <c r="B183" t="s">
-        <v>314</v>
+        <v>369</v>
       </c>
       <c r="C183">
-        <v>21.636</v>
+        <v>45.756</v>
       </c>
       <c r="D183" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>315</v>
+        <v>370</v>
       </c>
       <c r="B184" t="s">
-        <v>316</v>
+        <v>371</v>
       </c>
       <c r="C184">
-        <v>22.464</v>
+        <v>45.756</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>317</v>
+        <v>372</v>
       </c>
       <c r="B185" t="s">
-        <v>318</v>
+        <v>373</v>
       </c>
       <c r="C185">
-        <v>22.62</v>
+        <v>45.756</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>319</v>
+        <v>374</v>
       </c>
       <c r="B186" t="s">
-        <v>320</v>
+        <v>375</v>
       </c>
       <c r="C186">
-        <v>22.68</v>
+        <v>46.176</v>
       </c>
       <c r="D186" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>321</v>
+        <v>376</v>
       </c>
       <c r="B187" t="s">
-        <v>322</v>
+        <v>377</v>
       </c>
       <c r="C187">
-        <v>22.68</v>
+        <v>46.98</v>
       </c>
       <c r="D187" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>323</v>
+        <v>378</v>
       </c>
       <c r="B188" t="s">
-        <v>324</v>
+        <v>379</v>
       </c>
       <c r="C188">
-        <v>22.68</v>
+        <v>46.98</v>
       </c>
       <c r="D188" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>325</v>
+        <v>380</v>
       </c>
       <c r="B189" t="s">
-        <v>326</v>
+        <v>381</v>
       </c>
       <c r="C189">
-        <v>22.68</v>
+        <v>46.98</v>
       </c>
       <c r="D189" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>327</v>
+        <v>382</v>
       </c>
       <c r="B190" t="s">
-        <v>328</v>
+        <v>383</v>
       </c>
       <c r="C190">
-        <v>24.996</v>
+        <v>47.004</v>
       </c>
       <c r="D190" t="s">
-        <v>13</v>
+        <v>239</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>329</v>
+        <v>384</v>
       </c>
       <c r="B191" t="s">
-        <v>330</v>
+        <v>385</v>
       </c>
       <c r="C191">
-        <v>25.212</v>
+        <v>47.316</v>
       </c>
       <c r="D191" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>331</v>
+        <v>386</v>
       </c>
       <c r="B192" t="s">
-        <v>332</v>
+        <v>387</v>
       </c>
       <c r="C192">
-        <v>26.4</v>
+        <v>48.0</v>
       </c>
       <c r="D192" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>333</v>
+        <v>388</v>
       </c>
       <c r="B193" t="s">
-        <v>334</v>
+        <v>389</v>
       </c>
       <c r="C193">
-        <v>26.4</v>
+        <v>49.308</v>
       </c>
       <c r="D193" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>335</v>
+        <v>390</v>
       </c>
       <c r="B194" t="s">
-        <v>336</v>
+        <v>391</v>
       </c>
       <c r="C194">
-        <v>26.4</v>
+        <v>49.968</v>
       </c>
       <c r="D194" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>337</v>
+        <v>392</v>
       </c>
       <c r="B195" t="s">
-        <v>338</v>
+        <v>393</v>
       </c>
       <c r="C195">
-        <v>26.4</v>
+        <v>50.4</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>339</v>
+        <v>394</v>
       </c>
       <c r="B196" t="s">
-        <v>340</v>
+        <v>395</v>
       </c>
       <c r="C196">
-        <v>26.4</v>
+        <v>50.4</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>341</v>
+        <v>396</v>
       </c>
       <c r="B197" t="s">
-        <v>342</v>
+        <v>397</v>
       </c>
       <c r="C197">
-        <v>26.652</v>
+        <v>50.4</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>343</v>
+        <v>398</v>
       </c>
       <c r="B198" t="s">
-        <v>344</v>
+        <v>399</v>
       </c>
       <c r="C198">
-        <v>27.036</v>
+        <v>52.8</v>
       </c>
       <c r="D198" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>345</v>
+        <v>400</v>
       </c>
       <c r="B199" t="s">
-        <v>346</v>
+        <v>401</v>
       </c>
       <c r="C199">
-        <v>27.6</v>
+        <v>52.8</v>
       </c>
       <c r="D199" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>347</v>
+        <v>402</v>
       </c>
       <c r="B200" t="s">
-        <v>348</v>
+        <v>403</v>
       </c>
       <c r="C200">
-        <v>27.6</v>
+        <v>52.824</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>349</v>
+        <v>404</v>
       </c>
       <c r="B201" t="s">
-        <v>350</v>
+        <v>405</v>
       </c>
       <c r="C201">
-        <v>27.6</v>
+        <v>54.0</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>245</v>
+        <v>209</v>
       </c>
       <c r="B202" t="s">
-        <v>246</v>
+        <v>210</v>
       </c>
       <c r="C202">
         <v>16.08</v>
       </c>
       <c r="D202" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="B203" t="s">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="C203">
-        <v>16.104</v>
+        <v>18.0</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>249</v>
+        <v>225</v>
       </c>
       <c r="B204" t="s">
-        <v>250</v>
+        <v>226</v>
       </c>
       <c r="C204">
-        <v>16.128</v>
+        <v>18.0</v>
       </c>
       <c r="D204" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>253</v>
+        <v>227</v>
       </c>
       <c r="B205" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="C205">
-        <v>17.724</v>
+        <v>18.0</v>
       </c>
       <c r="D205" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>267</v>
+        <v>229</v>
       </c>
       <c r="B206" t="s">
-        <v>268</v>
+        <v>230</v>
       </c>
       <c r="C206">
         <v>18.0</v>
       </c>
       <c r="D206" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>269</v>
+        <v>231</v>
       </c>
       <c r="B207" t="s">
-        <v>270</v>
+        <v>232</v>
       </c>
       <c r="C207">
         <v>18.0</v>
       </c>
       <c r="D207" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>271</v>
+        <v>233</v>
       </c>
       <c r="B208" t="s">
-        <v>272</v>
+        <v>234</v>
       </c>
       <c r="C208">
         <v>18.0</v>
       </c>
       <c r="D208" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>273</v>
+        <v>237</v>
       </c>
       <c r="B209" t="s">
-        <v>274</v>
+        <v>238</v>
       </c>
       <c r="C209">
-        <v>18.0</v>
+        <v>19.2</v>
       </c>
       <c r="D209" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>275</v>
+        <v>240</v>
       </c>
       <c r="B210" t="s">
-        <v>276</v>
+        <v>241</v>
       </c>
       <c r="C210">
-        <v>18.0</v>
+        <v>19.2</v>
       </c>
       <c r="D210" t="s">
-        <v>13</v>
+        <v>239</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>277</v>
+        <v>242</v>
       </c>
       <c r="B211" t="s">
-        <v>278</v>
+        <v>243</v>
       </c>
       <c r="C211">
-        <v>18.0</v>
+        <v>19.608</v>
       </c>
       <c r="D211" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>279</v>
+        <v>248</v>
       </c>
       <c r="B212" t="s">
-        <v>280</v>
+        <v>249</v>
       </c>
       <c r="C212">
-        <v>18.912</v>
+        <v>22.464</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>281</v>
+        <v>252</v>
       </c>
       <c r="B213" t="s">
-        <v>282</v>
+        <v>253</v>
       </c>
       <c r="C213">
-        <v>19.2</v>
+        <v>22.668</v>
       </c>
       <c r="D213" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>283</v>
+        <v>254</v>
       </c>
       <c r="B214" t="s">
-        <v>284</v>
+        <v>255</v>
       </c>
       <c r="C214">
-        <v>19.2</v>
+        <v>22.68</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>287</v>
+        <v>256</v>
       </c>
       <c r="B215" t="s">
-        <v>288</v>
+        <v>257</v>
       </c>
       <c r="C215">
-        <v>19.608</v>
+        <v>22.68</v>
       </c>
       <c r="D215" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>289</v>
+        <v>258</v>
       </c>
       <c r="B216" t="s">
-        <v>290</v>
+        <v>259</v>
       </c>
       <c r="C216">
-        <v>19.716</v>
+        <v>22.68</v>
       </c>
       <c r="D216" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>299</v>
+        <v>288</v>
       </c>
       <c r="B217" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="C217">
-        <v>21.228</v>
+        <v>30.0</v>
       </c>
       <c r="D217" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>311</v>
+        <v>290</v>
       </c>
       <c r="B218" t="s">
-        <v>312</v>
+        <v>291</v>
       </c>
       <c r="C218">
-        <v>21.6</v>
+        <v>30.0</v>
       </c>
       <c r="D218" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>315</v>
+        <v>292</v>
       </c>
       <c r="B219" t="s">
-        <v>316</v>
+        <v>293</v>
       </c>
       <c r="C219">
-        <v>22.464</v>
+        <v>30.0</v>
       </c>
       <c r="D219" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>321</v>
+        <v>298</v>
       </c>
       <c r="B220" t="s">
-        <v>322</v>
+        <v>299</v>
       </c>
       <c r="C220">
-        <v>22.68</v>
+        <v>32.4</v>
       </c>
       <c r="D220" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>323</v>
+        <v>306</v>
       </c>
       <c r="B221" t="s">
-        <v>324</v>
+        <v>307</v>
       </c>
       <c r="C221">
-        <v>22.68</v>
+        <v>33.6</v>
       </c>
       <c r="D221" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>325</v>
+        <v>310</v>
       </c>
       <c r="B222" t="s">
-        <v>326</v>
+        <v>311</v>
       </c>
       <c r="C222">
-        <v>22.68</v>
+        <v>34.8</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>351</v>
+        <v>312</v>
       </c>
       <c r="B223" t="s">
-        <v>352</v>
+        <v>313</v>
       </c>
       <c r="C223">
-        <v>27.6</v>
+        <v>34.8</v>
       </c>
       <c r="D223" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>353</v>
+        <v>314</v>
       </c>
       <c r="B224" t="s">
-        <v>354</v>
+        <v>315</v>
       </c>
       <c r="C224">
-        <v>28.8</v>
+        <v>34.8</v>
       </c>
       <c r="D224" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>355</v>
+        <v>318</v>
       </c>
       <c r="B225" t="s">
-        <v>356</v>
+        <v>319</v>
       </c>
       <c r="C225">
-        <v>28.8</v>
+        <v>36.0</v>
       </c>
       <c r="D225" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>357</v>
+        <v>320</v>
       </c>
       <c r="B226" t="s">
-        <v>358</v>
+        <v>321</v>
       </c>
       <c r="C226">
-        <v>30.0</v>
+        <v>36.0</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>359</v>
+        <v>322</v>
       </c>
       <c r="B227" t="s">
-        <v>360</v>
+        <v>323</v>
       </c>
       <c r="C227">
-        <v>30.0</v>
+        <v>36.0</v>
       </c>
       <c r="D227" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>361</v>
+        <v>328</v>
       </c>
       <c r="B228" t="s">
-        <v>362</v>
+        <v>329</v>
       </c>
       <c r="C228">
-        <v>30.0</v>
+        <v>37.2</v>
       </c>
       <c r="D228" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>363</v>
+        <v>330</v>
       </c>
       <c r="B229" t="s">
-        <v>364</v>
+        <v>331</v>
       </c>
       <c r="C229">
-        <v>30.0</v>
+        <v>38.76</v>
       </c>
       <c r="D229" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>365</v>
+        <v>336</v>
       </c>
       <c r="B230" t="s">
-        <v>366</v>
+        <v>337</v>
       </c>
       <c r="C230">
-        <v>32.4</v>
+        <v>39.0</v>
       </c>
       <c r="D230" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>367</v>
+        <v>338</v>
       </c>
       <c r="B231" t="s">
-        <v>368</v>
+        <v>339</v>
       </c>
       <c r="C231">
-        <v>33.6</v>
+        <v>39.0</v>
       </c>
       <c r="D231" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>369</v>
+        <v>340</v>
       </c>
       <c r="B232" t="s">
-        <v>370</v>
+        <v>341</v>
       </c>
       <c r="C232">
-        <v>33.6</v>
+        <v>40.2</v>
       </c>
       <c r="D232" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>371</v>
+        <v>342</v>
       </c>
       <c r="B233" t="s">
-        <v>372</v>
+        <v>343</v>
       </c>
       <c r="C233">
-        <v>33.6</v>
+        <v>40.584</v>
       </c>
       <c r="D233" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>373</v>
+        <v>344</v>
       </c>
       <c r="B234" t="s">
-        <v>374</v>
+        <v>345</v>
       </c>
       <c r="C234">
-        <v>33.6</v>
+        <v>40.668</v>
       </c>
       <c r="D234" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>375</v>
+        <v>346</v>
       </c>
       <c r="B235" t="s">
-        <v>376</v>
+        <v>347</v>
       </c>
       <c r="C235">
-        <v>33.636</v>
+        <v>40.668</v>
       </c>
       <c r="D235" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>377</v>
+        <v>348</v>
       </c>
       <c r="B236" t="s">
-        <v>378</v>
+        <v>349</v>
       </c>
       <c r="C236">
-        <v>34.8</v>
+        <v>40.668</v>
       </c>
       <c r="D236" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>379</v>
+        <v>350</v>
       </c>
       <c r="B237" t="s">
-        <v>380</v>
+        <v>351</v>
       </c>
       <c r="C237">
-        <v>34.8</v>
+        <v>40.8</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>381</v>
+        <v>352</v>
       </c>
       <c r="B238" t="s">
-        <v>382</v>
+        <v>353</v>
       </c>
       <c r="C238">
-        <v>34.8</v>
+        <v>41.424</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>383</v>
+        <v>354</v>
       </c>
       <c r="B239" t="s">
-        <v>384</v>
+        <v>355</v>
       </c>
       <c r="C239">
-        <v>36.0</v>
+        <v>42.0</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>385</v>
+        <v>356</v>
       </c>
       <c r="B240" t="s">
-        <v>386</v>
+        <v>357</v>
       </c>
       <c r="C240">
-        <v>36.0</v>
+        <v>42.0</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>387</v>
+        <v>358</v>
       </c>
       <c r="B241" t="s">
-        <v>388</v>
+        <v>359</v>
       </c>
       <c r="C241">
-        <v>36.0</v>
+        <v>43.2</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>389</v>
+        <v>360</v>
       </c>
       <c r="B242" t="s">
-        <v>390</v>
+        <v>361</v>
       </c>
       <c r="C242">
-        <v>37.2</v>
+        <v>44.4</v>
       </c>
       <c r="D242" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>391</v>
+        <v>362</v>
       </c>
       <c r="B243" t="s">
-        <v>392</v>
+        <v>363</v>
       </c>
       <c r="C243">
-        <v>37.2</v>
+        <v>44.7</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>393</v>
+        <v>374</v>
       </c>
       <c r="B244" t="s">
-        <v>394</v>
+        <v>375</v>
       </c>
       <c r="C244">
-        <v>38.76</v>
+        <v>46.176</v>
       </c>
       <c r="D244" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>395</v>
+        <v>376</v>
       </c>
       <c r="B245" t="s">
-        <v>396</v>
+        <v>377</v>
       </c>
       <c r="C245">
-        <v>38.988</v>
+        <v>46.98</v>
       </c>
       <c r="D245" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>397</v>
+        <v>378</v>
       </c>
       <c r="B246" t="s">
-        <v>398</v>
+        <v>379</v>
       </c>
       <c r="C246">
-        <v>39.0</v>
+        <v>46.98</v>
       </c>
       <c r="D246" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>399</v>
+        <v>380</v>
       </c>
       <c r="B247" t="s">
-        <v>400</v>
+        <v>381</v>
       </c>
       <c r="C247">
-        <v>39.0</v>
+        <v>46.98</v>
       </c>
       <c r="D247" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>401</v>
+        <v>382</v>
       </c>
       <c r="B248" t="s">
-        <v>402</v>
+        <v>383</v>
       </c>
       <c r="C248">
-        <v>39.6</v>
+        <v>47.004</v>
       </c>
       <c r="D248" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>403</v>
+        <v>386</v>
       </c>
       <c r="B249" t="s">
-        <v>404</v>
+        <v>387</v>
       </c>
       <c r="C249">
-        <v>40.2</v>
+        <v>48.0</v>
       </c>
       <c r="D249" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>405</v>
+        <v>388</v>
       </c>
       <c r="B250" t="s">
-        <v>406</v>
+        <v>389</v>
       </c>
       <c r="C250">
-        <v>40.584</v>
+        <v>49.308</v>
       </c>
       <c r="D250" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>407</v>
+        <v>392</v>
       </c>
       <c r="B251" t="s">
-        <v>408</v>
+        <v>393</v>
       </c>
       <c r="C251">
-        <v>40.668</v>
+        <v>50.4</v>
       </c>
       <c r="D251" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>409</v>
+        <v>394</v>
       </c>
       <c r="B252" t="s">
-        <v>410</v>
+        <v>395</v>
       </c>
       <c r="C252">
-        <v>40.668</v>
+        <v>50.4</v>
       </c>
       <c r="D252" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>411</v>
+        <v>396</v>
       </c>
       <c r="B253" t="s">
-        <v>412</v>
+        <v>397</v>
       </c>
       <c r="C253">
-        <v>40.668</v>
+        <v>50.4</v>
       </c>
       <c r="D253" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="B254" t="s">
-        <v>414</v>
+        <v>399</v>
       </c>
       <c r="C254">
-        <v>41.424</v>
+        <v>52.8</v>
       </c>
       <c r="D254" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>415</v>
+        <v>400</v>
       </c>
       <c r="B255" t="s">
-        <v>416</v>
+        <v>401</v>
       </c>
       <c r="C255">
-        <v>42.0</v>
+        <v>52.8</v>
       </c>
       <c r="D255" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>417</v>
+        <v>402</v>
       </c>
       <c r="B256" t="s">
-        <v>418</v>
+        <v>403</v>
       </c>
       <c r="C256">
-        <v>42.0</v>
+        <v>52.824</v>
       </c>
       <c r="D256" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>419</v>
+        <v>406</v>
       </c>
       <c r="B257" t="s">
-        <v>420</v>
+        <v>407</v>
       </c>
       <c r="C257">
-        <v>43.2</v>
+        <v>54.0</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>421</v>
+        <v>408</v>
       </c>
       <c r="B258" t="s">
-        <v>422</v>
+        <v>409</v>
       </c>
       <c r="C258">
-        <v>44.7</v>
+        <v>54.0</v>
       </c>
       <c r="D258" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>423</v>
+        <v>410</v>
       </c>
       <c r="B259" t="s">
-        <v>424</v>
+        <v>411</v>
       </c>
       <c r="C259">
-        <v>45.756</v>
+        <v>54.0</v>
       </c>
       <c r="D259" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>425</v>
+        <v>412</v>
       </c>
       <c r="B260" t="s">
-        <v>426</v>
+        <v>413</v>
       </c>
       <c r="C260">
-        <v>45.756</v>
+        <v>54.0</v>
       </c>
       <c r="D260" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>427</v>
+        <v>414</v>
       </c>
       <c r="B261" t="s">
-        <v>428</v>
+        <v>415</v>
       </c>
       <c r="C261">
-        <v>45.756</v>
+        <v>54.66</v>
       </c>
       <c r="D261" t="s">
-        <v>13</v>
+        <v>239</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>429</v>
+        <v>416</v>
       </c>
       <c r="B262" t="s">
-        <v>430</v>
+        <v>417</v>
       </c>
       <c r="C262">
-        <v>45.756</v>
+        <v>56.4</v>
       </c>
       <c r="D262" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>431</v>
+        <v>418</v>
       </c>
       <c r="B263" t="s">
-        <v>432</v>
+        <v>419</v>
       </c>
       <c r="C263">
-        <v>45.756</v>
+        <v>56.46</v>
       </c>
       <c r="D263" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>433</v>
+        <v>420</v>
       </c>
       <c r="B264" t="s">
-        <v>434</v>
+        <v>421</v>
       </c>
       <c r="C264">
-        <v>46.176</v>
+        <v>58.62</v>
       </c>
       <c r="D264" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>435</v>
+        <v>422</v>
       </c>
       <c r="B265" t="s">
-        <v>436</v>
+        <v>423</v>
       </c>
       <c r="C265">
-        <v>46.98</v>
+        <v>58.908</v>
       </c>
       <c r="D265" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>437</v>
+        <v>424</v>
       </c>
       <c r="B266" t="s">
-        <v>438</v>
+        <v>425</v>
       </c>
       <c r="C266">
-        <v>46.98</v>
+        <v>60.132</v>
       </c>
       <c r="D266" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>439</v>
+        <v>426</v>
       </c>
       <c r="B267" t="s">
-        <v>440</v>
+        <v>427</v>
       </c>
       <c r="C267">
-        <v>46.98</v>
+        <v>61.008</v>
       </c>
       <c r="D267" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>441</v>
+        <v>428</v>
       </c>
       <c r="B268" t="s">
-        <v>442</v>
+        <v>429</v>
       </c>
       <c r="C268">
-        <v>47.004</v>
+        <v>62.16</v>
       </c>
       <c r="D268" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>443</v>
+        <v>430</v>
       </c>
       <c r="B269" t="s">
-        <v>444</v>
+        <v>431</v>
       </c>
       <c r="C269">
-        <v>47.316</v>
+        <v>62.16</v>
       </c>
       <c r="D269" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>445</v>
+        <v>432</v>
       </c>
       <c r="B270" t="s">
-        <v>446</v>
+        <v>433</v>
       </c>
       <c r="C270">
-        <v>48.0</v>
+        <v>62.4</v>
       </c>
       <c r="D270" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>447</v>
+        <v>434</v>
       </c>
       <c r="B271" t="s">
-        <v>448</v>
+        <v>435</v>
       </c>
       <c r="C271">
-        <v>49.308</v>
+        <v>62.4</v>
       </c>
       <c r="D271" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>449</v>
+        <v>436</v>
       </c>
       <c r="B272" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="C272">
-        <v>49.968</v>
+        <v>62.4</v>
       </c>
       <c r="D272" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>451</v>
+        <v>438</v>
       </c>
       <c r="B273" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="C273">
-        <v>50.4</v>
+        <v>62.4</v>
       </c>
       <c r="D273" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>453</v>
+        <v>440</v>
       </c>
       <c r="B274" t="s">
-        <v>454</v>
+        <v>441</v>
       </c>
       <c r="C274">
-        <v>50.4</v>
+        <v>62.58</v>
       </c>
       <c r="D274" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>455</v>
+        <v>442</v>
       </c>
       <c r="B275" t="s">
-        <v>456</v>
+        <v>443</v>
       </c>
       <c r="C275">
-        <v>50.4</v>
+        <v>64.8</v>
       </c>
       <c r="D275" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>457</v>
+        <v>444</v>
       </c>
       <c r="B276" t="s">
-        <v>458</v>
+        <v>445</v>
       </c>
       <c r="C276">
-        <v>51.924</v>
+        <v>64.8</v>
       </c>
       <c r="D276" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>459</v>
+        <v>446</v>
       </c>
       <c r="B277" t="s">
-        <v>460</v>
+        <v>447</v>
       </c>
       <c r="C277">
-        <v>52.8</v>
+        <v>64.8</v>
       </c>
       <c r="D277" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>461</v>
+        <v>448</v>
       </c>
       <c r="B278" t="s">
-        <v>462</v>
+        <v>449</v>
       </c>
       <c r="C278">
-        <v>52.8</v>
+        <v>64.8</v>
       </c>
       <c r="D278" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>463</v>
+        <v>450</v>
       </c>
       <c r="B279" t="s">
-        <v>464</v>
+        <v>451</v>
       </c>
       <c r="C279">
-        <v>52.824</v>
+        <v>65.4</v>
       </c>
       <c r="D279" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>465</v>
+        <v>452</v>
       </c>
       <c r="B280" t="s">
-        <v>466</v>
+        <v>453</v>
       </c>
       <c r="C280">
-        <v>54.0</v>
+        <v>65.4</v>
       </c>
       <c r="D280" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>467</v>
+        <v>454</v>
       </c>
       <c r="B281" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
       <c r="C281">
-        <v>54.0</v>
+        <v>65.4</v>
       </c>
       <c r="D281" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>469</v>
+        <v>456</v>
       </c>
       <c r="B282" t="s">
-        <v>470</v>
+        <v>457</v>
       </c>
       <c r="C282">
-        <v>54.0</v>
+        <v>65.4</v>
       </c>
       <c r="D282" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>471</v>
+        <v>458</v>
       </c>
       <c r="B283" t="s">
-        <v>472</v>
+        <v>459</v>
       </c>
       <c r="C283">
-        <v>54.0</v>
+        <v>65.4</v>
       </c>
       <c r="D283" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>473</v>
+        <v>460</v>
       </c>
       <c r="B284" t="s">
-        <v>474</v>
+        <v>461</v>
       </c>
       <c r="C284">
-        <v>55.164</v>
+        <v>66.0</v>
       </c>
       <c r="D284" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>475</v>
+        <v>462</v>
       </c>
       <c r="B285" t="s">
-        <v>476</v>
+        <v>463</v>
       </c>
       <c r="C285">
-        <v>56.4</v>
+        <v>66.204</v>
       </c>
       <c r="D285" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>477</v>
+        <v>464</v>
       </c>
       <c r="B286" t="s">
-        <v>478</v>
+        <v>465</v>
       </c>
       <c r="C286">
-        <v>56.46</v>
+        <v>69.264</v>
       </c>
       <c r="D286" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>479</v>
+        <v>466</v>
       </c>
       <c r="B287" t="s">
-        <v>480</v>
+        <v>467</v>
       </c>
       <c r="C287">
-        <v>58.62</v>
+        <v>69.6</v>
       </c>
       <c r="D287" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>481</v>
+        <v>468</v>
       </c>
       <c r="B288" t="s">
-        <v>482</v>
+        <v>469</v>
       </c>
       <c r="C288">
-        <v>58.8</v>
+        <v>69.6</v>
       </c>
       <c r="D288" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>483</v>
+        <v>470</v>
       </c>
       <c r="B289" t="s">
-        <v>484</v>
+        <v>471</v>
       </c>
       <c r="C289">
-        <v>58.908</v>
+        <v>70.104</v>
       </c>
       <c r="D289" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>485</v>
+        <v>472</v>
       </c>
       <c r="B290" t="s">
-        <v>486</v>
+        <v>473</v>
       </c>
       <c r="C290">
-        <v>60.0</v>
+        <v>71.568</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>487</v>
+        <v>474</v>
       </c>
       <c r="B291" t="s">
-        <v>488</v>
+        <v>475</v>
       </c>
       <c r="C291">
-        <v>60.132</v>
+        <v>72.204</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>489</v>
+        <v>476</v>
       </c>
       <c r="B292" t="s">
-        <v>490</v>
+        <v>477</v>
       </c>
       <c r="C292">
-        <v>61.008</v>
+        <v>74.544</v>
       </c>
       <c r="D292" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>491</v>
+        <v>478</v>
       </c>
       <c r="B293" t="s">
-        <v>492</v>
+        <v>479</v>
       </c>
       <c r="C293">
-        <v>62.16</v>
+        <v>74.544</v>
       </c>
       <c r="D293" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>493</v>
+        <v>480</v>
       </c>
       <c r="B294" t="s">
-        <v>494</v>
+        <v>481</v>
       </c>
       <c r="C294">
-        <v>62.16</v>
+        <v>74.544</v>
       </c>
       <c r="D294" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>495</v>
+        <v>482</v>
       </c>
       <c r="B295" t="s">
-        <v>496</v>
+        <v>483</v>
       </c>
       <c r="C295">
-        <v>62.4</v>
+        <v>74.88</v>
       </c>
       <c r="D295" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>497</v>
+        <v>484</v>
       </c>
       <c r="B296" t="s">
-        <v>498</v>
+        <v>485</v>
       </c>
       <c r="C296">
-        <v>62.4</v>
+        <v>76.26</v>
       </c>
       <c r="D296" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>499</v>
+        <v>486</v>
       </c>
       <c r="B297" t="s">
-        <v>500</v>
+        <v>487</v>
       </c>
       <c r="C297">
-        <v>62.4</v>
+        <v>76.8</v>
       </c>
       <c r="D297" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>501</v>
+        <v>488</v>
       </c>
       <c r="B298" t="s">
-        <v>502</v>
+        <v>489</v>
       </c>
       <c r="C298">
-        <v>62.4</v>
+        <v>78.0</v>
       </c>
       <c r="D298" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>503</v>
+        <v>490</v>
       </c>
       <c r="B299" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="C299">
-        <v>62.58</v>
+        <v>80.4</v>
       </c>
       <c r="D299" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>505</v>
+        <v>492</v>
       </c>
       <c r="B300" t="s">
-        <v>506</v>
+        <v>493</v>
       </c>
       <c r="C300">
-        <v>63.6</v>
+        <v>80.4</v>
       </c>
       <c r="D300" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="B301" t="s">
-        <v>508</v>
+        <v>495</v>
       </c>
       <c r="C301">
-        <v>64.8</v>
+        <v>80.4</v>
       </c>
       <c r="D301" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>245</v>
+        <v>292</v>
       </c>
       <c r="B302" t="s">
-        <v>246</v>
+        <v>293</v>
       </c>
       <c r="C302">
-        <v>16.08</v>
+        <v>30.0</v>
       </c>
       <c r="D302" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>247</v>
+        <v>328</v>
       </c>
       <c r="B303" t="s">
-        <v>248</v>
+        <v>329</v>
       </c>
       <c r="C303">
-        <v>16.104</v>
+        <v>37.2</v>
       </c>
       <c r="D303" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>249</v>
+        <v>340</v>
       </c>
       <c r="B304" t="s">
-        <v>250</v>
+        <v>341</v>
       </c>
       <c r="C304">
-        <v>16.128</v>
+        <v>40.2</v>
       </c>
       <c r="D304" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>253</v>
+        <v>354</v>
       </c>
       <c r="B305" t="s">
-        <v>254</v>
+        <v>355</v>
       </c>
       <c r="C305">
-        <v>17.724</v>
+        <v>42.0</v>
       </c>
       <c r="D305" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>267</v>
+        <v>356</v>
       </c>
       <c r="B306" t="s">
-        <v>268</v>
+        <v>357</v>
       </c>
       <c r="C306">
-        <v>18.0</v>
+        <v>42.0</v>
       </c>
       <c r="D306" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>269</v>
+        <v>360</v>
       </c>
       <c r="B307" t="s">
-        <v>270</v>
+        <v>361</v>
       </c>
       <c r="C307">
-        <v>18.0</v>
+        <v>44.4</v>
       </c>
       <c r="D307" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>271</v>
+        <v>362</v>
       </c>
       <c r="B308" t="s">
-        <v>272</v>
+        <v>363</v>
       </c>
       <c r="C308">
-        <v>18.0</v>
+        <v>44.7</v>
       </c>
       <c r="D308" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>273</v>
+        <v>410</v>
       </c>
       <c r="B309" t="s">
-        <v>274</v>
+        <v>411</v>
       </c>
       <c r="C309">
-        <v>18.0</v>
+        <v>54.0</v>
       </c>
       <c r="D309" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>275</v>
+        <v>412</v>
       </c>
       <c r="B310" t="s">
-        <v>276</v>
+        <v>413</v>
       </c>
       <c r="C310">
-        <v>18.0</v>
+        <v>54.0</v>
       </c>
       <c r="D310" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>277</v>
+        <v>458</v>
       </c>
       <c r="B311" t="s">
-        <v>278</v>
+        <v>459</v>
       </c>
       <c r="C311">
-        <v>18.0</v>
+        <v>65.4</v>
       </c>
       <c r="D311" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>279</v>
+        <v>468</v>
       </c>
       <c r="B312" t="s">
-        <v>280</v>
+        <v>469</v>
       </c>
       <c r="C312">
-        <v>18.912</v>
+        <v>69.6</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>281</v>
+        <v>488</v>
       </c>
       <c r="B313" t="s">
-        <v>282</v>
+        <v>489</v>
       </c>
       <c r="C313">
-        <v>19.2</v>
+        <v>78.0</v>
       </c>
       <c r="D313" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>283</v>
+        <v>496</v>
       </c>
       <c r="B314" t="s">
-        <v>284</v>
+        <v>497</v>
       </c>
       <c r="C314">
-        <v>19.2</v>
+        <v>81.6</v>
       </c>
       <c r="D314" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>287</v>
+        <v>498</v>
       </c>
       <c r="B315" t="s">
-        <v>288</v>
+        <v>499</v>
       </c>
       <c r="C315">
-        <v>19.608</v>
+        <v>86.484</v>
       </c>
       <c r="D315" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>299</v>
+        <v>500</v>
       </c>
       <c r="B316" t="s">
-        <v>300</v>
+        <v>501</v>
       </c>
       <c r="C316">
-        <v>21.228</v>
+        <v>90.516</v>
       </c>
       <c r="D316" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>311</v>
+        <v>502</v>
       </c>
       <c r="B317" t="s">
-        <v>312</v>
+        <v>503</v>
       </c>
       <c r="C317">
-        <v>21.6</v>
+        <v>99.876</v>
       </c>
       <c r="D317" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>315</v>
+        <v>504</v>
       </c>
       <c r="B318" t="s">
-        <v>316</v>
+        <v>505</v>
       </c>
       <c r="C318">
-        <v>22.464</v>
+        <v>105.6</v>
       </c>
       <c r="D318" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>321</v>
+        <v>506</v>
       </c>
       <c r="B319" t="s">
-        <v>322</v>
+        <v>507</v>
       </c>
       <c r="C319">
-        <v>22.68</v>
+        <v>111.66</v>
       </c>
       <c r="D319" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>323</v>
+        <v>508</v>
       </c>
       <c r="B320" t="s">
-        <v>324</v>
+        <v>509</v>
       </c>
       <c r="C320">
-        <v>22.68</v>
+        <v>111.66</v>
       </c>
       <c r="D320" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>325</v>
+        <v>510</v>
       </c>
       <c r="B321" t="s">
-        <v>326</v>
+        <v>511</v>
       </c>
       <c r="C321">
-        <v>22.68</v>
+        <v>111.66</v>
       </c>
       <c r="D321" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>355</v>
+        <v>512</v>
       </c>
       <c r="B322" t="s">
-        <v>356</v>
+        <v>513</v>
       </c>
       <c r="C322">
-        <v>28.8</v>
+        <v>124.8</v>
       </c>
       <c r="D322" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>357</v>
+        <v>514</v>
       </c>
       <c r="B323" t="s">
-        <v>358</v>
+        <v>515</v>
       </c>
       <c r="C323">
-        <v>30.0</v>
+        <v>124.8</v>
       </c>
       <c r="D323" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>359</v>
+        <v>516</v>
       </c>
       <c r="B324" t="s">
-        <v>360</v>
+        <v>517</v>
       </c>
       <c r="C324">
-        <v>30.0</v>
+        <v>124.8</v>
       </c>
       <c r="D324" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>361</v>
+        <v>518</v>
       </c>
       <c r="B325" t="s">
-        <v>362</v>
+        <v>519</v>
       </c>
       <c r="C325">
-        <v>30.0</v>
+        <v>124.8</v>
       </c>
       <c r="D325" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>363</v>
+        <v>520</v>
       </c>
       <c r="B326" t="s">
-        <v>364</v>
+        <v>521</v>
       </c>
       <c r="C326">
-        <v>30.0</v>
+        <v>152.904</v>
       </c>
       <c r="D326" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>365</v>
+        <v>522</v>
       </c>
       <c r="B327" t="s">
-        <v>366</v>
+        <v>523</v>
       </c>
       <c r="C327">
-        <v>32.4</v>
+        <v>152.904</v>
       </c>
       <c r="D327" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>367</v>
+        <v>524</v>
       </c>
       <c r="B328" t="s">
-        <v>368</v>
+        <v>525</v>
       </c>
       <c r="C328">
-        <v>33.6</v>
+        <v>152.904</v>
       </c>
       <c r="D328" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>369</v>
+        <v>526</v>
       </c>
       <c r="B329" t="s">
-        <v>370</v>
+        <v>527</v>
       </c>
       <c r="C329">
-        <v>33.6</v>
+        <v>159.0</v>
       </c>
       <c r="D329" t="s">
-        <v>13</v>
+        <v>239</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>371</v>
+        <v>528</v>
       </c>
       <c r="B330" t="s">
-        <v>372</v>
+        <v>529</v>
       </c>
       <c r="C330">
-        <v>33.6</v>
+        <v>246.432</v>
       </c>
       <c r="D330" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>373</v>
+        <v>530</v>
       </c>
       <c r="B331" t="s">
-        <v>374</v>
+        <v>531</v>
       </c>
       <c r="C331">
-        <v>33.6</v>
+        <v>257.208</v>
       </c>
       <c r="D331" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>375</v>
+        <v>532</v>
       </c>
       <c r="B332" t="s">
-        <v>376</v>
+        <v>533</v>
       </c>
       <c r="C332">
-        <v>33.636</v>
+        <v>276.936</v>
       </c>
       <c r="D332" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>377</v>
+        <v>534</v>
       </c>
       <c r="B333" t="s">
-        <v>378</v>
+        <v>535</v>
       </c>
       <c r="C333">
-        <v>34.8</v>
+        <v>316.872</v>
       </c>
       <c r="D333" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>379</v>
+        <v>536</v>
       </c>
       <c r="B334" t="s">
-        <v>380</v>
+        <v>537</v>
       </c>
       <c r="C334">
-        <v>34.8</v>
+        <v>324.0</v>
       </c>
       <c r="D334" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>381</v>
+        <v>538</v>
       </c>
       <c r="B335" t="s">
-        <v>382</v>
+        <v>539</v>
       </c>
       <c r="C335">
-        <v>34.8</v>
+        <v>329.004</v>
       </c>
       <c r="D335" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>383</v>
+        <v>540</v>
       </c>
       <c r="B336" t="s">
-        <v>384</v>
+        <v>541</v>
       </c>
       <c r="C336">
-        <v>36.0</v>
+        <v>333.06</v>
       </c>
       <c r="D336" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>385</v>
+        <v>542</v>
       </c>
       <c r="B337" t="s">
-        <v>386</v>
+        <v>543</v>
       </c>
       <c r="C337">
-        <v>36.0</v>
+        <v>333.06</v>
       </c>
       <c r="D337" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>387</v>
+        <v>544</v>
       </c>
       <c r="B338" t="s">
-        <v>388</v>
+        <v>545</v>
       </c>
       <c r="C338">
-        <v>36.0</v>
+        <v>333.072</v>
       </c>
       <c r="D338" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>389</v>
+        <v>546</v>
       </c>
       <c r="B339" t="s">
-        <v>390</v>
+        <v>547</v>
       </c>
       <c r="C339">
-        <v>37.2</v>
+        <v>353.208</v>
       </c>
       <c r="D339" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>391</v>
+        <v>548</v>
       </c>
       <c r="B340" t="s">
-        <v>392</v>
+        <v>549</v>
       </c>
       <c r="C340">
-        <v>37.2</v>
+        <v>399.0</v>
       </c>
       <c r="D340" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>393</v>
+        <v>550</v>
       </c>
       <c r="B341" t="s">
-        <v>394</v>
+        <v>551</v>
       </c>
       <c r="C341">
-        <v>38.76</v>
+        <v>498.996</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>395</v>
+        <v>552</v>
       </c>
       <c r="B342" t="s">
-        <v>396</v>
+        <v>553</v>
       </c>
       <c r="C342">
-        <v>38.988</v>
+        <v>528.996</v>
       </c>
       <c r="D342" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>397</v>
+        <v>554</v>
       </c>
       <c r="B343" t="s">
-        <v>398</v>
+        <v>555</v>
       </c>
       <c r="C343">
-        <v>39.0</v>
+        <v>798.996</v>
       </c>
       <c r="D343" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>399</v>
+        <v>556</v>
       </c>
       <c r="B344" t="s">
-        <v>400</v>
+        <v>557</v>
       </c>
       <c r="C344">
-        <v>39.0</v>
+        <v>838.8</v>
       </c>
       <c r="D344" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>401</v>
+        <v>558</v>
       </c>
       <c r="B345" t="s">
-        <v>402</v>
+        <v>559</v>
       </c>
       <c r="C345">
-        <v>39.6</v>
+        <v>849.0</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>403</v>
+        <v>560</v>
       </c>
       <c r="B346" t="s">
-        <v>404</v>
+        <v>561</v>
       </c>
       <c r="C346">
-        <v>40.2</v>
+        <v>898.992</v>
       </c>
       <c r="D346" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>405</v>
+        <v>562</v>
       </c>
       <c r="B347" t="s">
-        <v>406</v>
+        <v>563</v>
       </c>
       <c r="C347">
-        <v>40.584</v>
+        <v>918.996</v>
       </c>
       <c r="D347" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>407</v>
+        <v>564</v>
       </c>
       <c r="B348" t="s">
-        <v>408</v>
+        <v>565</v>
       </c>
       <c r="C348">
-        <v>40.668</v>
+        <v>984.0</v>
       </c>
       <c r="D348" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>409</v>
+        <v>566</v>
       </c>
       <c r="B349" t="s">
-        <v>410</v>
+        <v>567</v>
       </c>
       <c r="C349">
-        <v>40.668</v>
+        <v>999.0</v>
       </c>
       <c r="D349" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>411</v>
+        <v>568</v>
       </c>
       <c r="B350" t="s">
-        <v>412</v>
+        <v>569</v>
       </c>
       <c r="C350">
-        <v>40.668</v>
+        <v>1488.996</v>
       </c>
       <c r="D350" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>413</v>
+        <v>570</v>
       </c>
       <c r="B351" t="s">
-        <v>414</v>
+        <v>571</v>
       </c>
       <c r="C351">
-        <v>41.424</v>
+        <v>1499.004</v>
       </c>
       <c r="D351" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>415</v>
+        <v>572</v>
       </c>
       <c r="B352" t="s">
-        <v>416</v>
+        <v>573</v>
       </c>
       <c r="C352">
-        <v>42.0</v>
+        <v>1599.0</v>
       </c>
       <c r="D352" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>417</v>
+        <v>574</v>
       </c>
       <c r="B353" t="s">
-        <v>418</v>
+        <v>575</v>
       </c>
       <c r="C353">
-        <v>42.0</v>
+        <v>1648.992</v>
       </c>
       <c r="D353" t="s">
-        <v>6</v>
+        <v>576</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>419</v>
+        <v>577</v>
       </c>
       <c r="B354" t="s">
-        <v>420</v>
+        <v>578</v>
       </c>
       <c r="C354">
-        <v>43.2</v>
+        <v>1728.996</v>
       </c>
       <c r="D354" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>421</v>
+        <v>579</v>
       </c>
       <c r="B355" t="s">
-        <v>422</v>
+        <v>580</v>
       </c>
       <c r="C355">
-        <v>44.7</v>
+        <v>1906.8</v>
       </c>
       <c r="D355" t="s">
-        <v>6</v>
+        <v>576</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>423</v>
+        <v>581</v>
       </c>
       <c r="B356" t="s">
-        <v>424</v>
+        <v>582</v>
       </c>
       <c r="C356">
-        <v>45.756</v>
+        <v>1906.8</v>
       </c>
       <c r="D356" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>425</v>
+        <v>583</v>
       </c>
       <c r="B357" t="s">
-        <v>426</v>
+        <v>584</v>
       </c>
       <c r="C357">
-        <v>45.756</v>
+        <v>2499.0</v>
       </c>
       <c r="D357" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>427</v>
+        <v>585</v>
       </c>
       <c r="B358" t="s">
-        <v>428</v>
+        <v>586</v>
       </c>
       <c r="C358">
-        <v>45.756</v>
+        <v>2999.004</v>
       </c>
       <c r="D358" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>429</v>
+        <v>587</v>
       </c>
       <c r="B359" t="s">
-        <v>430</v>
+        <v>588</v>
       </c>
       <c r="C359">
-        <v>45.756</v>
+        <v>3198.996</v>
       </c>
       <c r="D359" t="s">
-        <v>6</v>
-[...96 lines deleted...]
-      <c r="D366" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="367" spans="1:4">
-[...3610 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D625"/>
+  <autoFilter ref="A1:D360"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>