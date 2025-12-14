--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$215</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Мастилница UPRINT LC970.LC1000 BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1000CY-UP</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Мастилница UPRINT LC970, LC10000 BROTHER, Magenta</t>
   </si>
   <si>
@@ -673,50 +673,53 @@
   <si>
     <t>Мастилница UPRINT LC1280XL / LC1240, BROTHER, (BK+C+M+Y)</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1240-Pack</t>
   </si>
   <si>
     <t>Мастилници UPRINT комплект CANON PGI-570 + CLI-571BK/C/M/Y XL</t>
   </si>
   <si>
     <t>LF-INK-CAN-570-571-PACK</t>
   </si>
   <si>
     <t>Мастилница UPRINT CN045AE HP, Черно</t>
   </si>
   <si>
     <t>LF-INK-HP-CN045AE-UP</t>
   </si>
   <si>
     <t>Мастилница UPRINT PG-40XL CANON, Черен</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-40XL-UP</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Мастило гел ORINK GC41K, RICOH, 32 ml, 2500 копия, Черен</t>
   </si>
   <si>
     <t>ORINK-INK-RICOH-GC41K</t>
   </si>
   <si>
     <t>Мастило гел ORINK GC41M, RICOH, 32 ml, 2500 копия, Magenta</t>
   </si>
   <si>
     <t>ORINK-INK-RICOH-GC41M</t>
   </si>
   <si>
     <t>Мастило гел ORINK GC41C, RICOH, 32 ml, 2500 копия, Cyan</t>
   </si>
   <si>
     <t>ORINK-INK-RICOH-GC41C</t>
   </si>
   <si>
     <t>Мастило гел ORINK GC41Y, RICOH, 32 ml, 2500 копия, Yellow</t>
   </si>
   <si>
     <t>ORINK-INK-RICOH-GC41Y</t>
   </si>
   <si>
     <t>Мастилница UPRINT CC656A HP, Cyan/Magenta/Yellow</t>
@@ -817,60 +820,60 @@
   <si>
     <t>Мастилница CANON PG-545XL Black, Canon IP2850/ MG2450/MG2550/TS335x, 450k, 18ml, Черен</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-545XL-UP</t>
   </si>
   <si>
     <t>Мастилница UPRINT CL-41 CANON, Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-41-UP</t>
   </si>
   <si>
     <t>Тонер касета GENERINK CB540A / EP716, HP Color LaserJet  CP1215/1312/1515/Canon LBP5050, Черен</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CB540A-G</t>
   </si>
   <si>
     <t>Мастилница Uprint PG-540XL CANON , Черен</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-540XL-UP</t>
   </si>
   <si>
+    <t>Мастилница Uprint за CANON PG-575XL, черно</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-575XL-BK</t>
+  </si>
+  <si>
     <t>Мастилница CANON CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, 360k, 15ml, C/M/Y</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-546XL-UP</t>
-  </si>
-[...4 lines deleted...]
-    <t>LF-INK-CAN-PG-575XL-BK</t>
   </si>
   <si>
     <t>Мастилница UPRINT, CANON PG-560XL, Черен</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-560XL-BK</t>
   </si>
   <si>
     <t>Мастилница UPRINT CL-541XL CANON, Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-541XL-UP</t>
   </si>
   <si>
     <t>Мастилница Uprint за COLOR CANON CL-576XL</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-576XL-C</t>
   </si>
   <si>
     <t>Мастилница UPRINT, CANON C-561XL, Цветна</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-561XL-CL</t>
   </si>
@@ -1535,79 +1538,79 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>6.6</v>
       </c>
       <c r="D21" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>6.6</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>6.6</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>6.6</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>7.2</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>7.2</v>
@@ -1829,65 +1832,65 @@
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>7.2</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>7.2</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>7.2</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>7.2</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>7.2</v>
@@ -2025,51 +2028,51 @@
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>9.6</v>
       </c>
       <c r="D56" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>10.2</v>
       </c>
       <c r="D57" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>12.0</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>12.0</v>
@@ -2193,51 +2196,51 @@
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
         <v>18.0</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
         <v>18.0</v>
       </c>
       <c r="D69" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
         <v>18.0</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
         <v>18.0</v>
@@ -2249,121 +2252,121 @@
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
         <v>18.0</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
         <v>18.0</v>
       </c>
       <c r="D73" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
         <v>18.0</v>
       </c>
       <c r="D74" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>18.0</v>
       </c>
       <c r="D75" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>18.0</v>
       </c>
       <c r="D76" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
         <v>18.0</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
         <v>18.0</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
         <v>20.4</v>
       </c>
       <c r="D79" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
         <v>20.4</v>
@@ -2375,51 +2378,51 @@
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
         <v>21.6</v>
       </c>
       <c r="D81" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
         <v>21.6</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
         <v>21.6</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
         <v>21.6</v>
@@ -2473,79 +2476,79 @@
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
         <v>22.8</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
         <v>24.0</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
         <v>24.0</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
         <v>24.0</v>
       </c>
       <c r="D91" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
         <v>25.2</v>
       </c>
       <c r="D92" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
         <v>26.4</v>
@@ -2585,51 +2588,51 @@
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
         <v>26.4</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
         <v>27.6</v>
       </c>
       <c r="D97" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
         <v>27.6</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
         <v>27.6</v>
@@ -2641,107 +2644,107 @@
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
         <v>27.6</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
         <v>28.8</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>41</v>
       </c>
       <c r="B102" t="s">
         <v>42</v>
       </c>
       <c r="C102">
         <v>6.0</v>
       </c>
       <c r="D102" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>47</v>
       </c>
       <c r="B103" t="s">
         <v>48</v>
       </c>
       <c r="C103">
         <v>6.6</v>
       </c>
       <c r="D103" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>49</v>
       </c>
       <c r="B104" t="s">
         <v>50</v>
       </c>
       <c r="C104">
         <v>6.6</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>51</v>
       </c>
       <c r="B105" t="s">
         <v>52</v>
       </c>
       <c r="C105">
         <v>6.6</v>
       </c>
       <c r="D105" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>69</v>
       </c>
       <c r="B106" t="s">
         <v>70</v>
       </c>
       <c r="C106">
         <v>7.2</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>71</v>
       </c>
       <c r="B107" t="s">
         <v>72</v>
       </c>
       <c r="C107">
         <v>7.2</v>
@@ -2851,65 +2854,65 @@
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>87</v>
       </c>
       <c r="B115" t="s">
         <v>88</v>
       </c>
       <c r="C115">
         <v>7.2</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>89</v>
       </c>
       <c r="B116" t="s">
         <v>90</v>
       </c>
       <c r="C116">
         <v>7.2</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>91</v>
       </c>
       <c r="B117" t="s">
         <v>92</v>
       </c>
       <c r="C117">
         <v>7.2</v>
       </c>
       <c r="D117" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>93</v>
       </c>
       <c r="B118" t="s">
         <v>94</v>
       </c>
       <c r="C118">
         <v>7.2</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>95</v>
       </c>
       <c r="B119" t="s">
         <v>96</v>
       </c>
       <c r="C119">
         <v>7.2</v>
@@ -2991,51 +2994,51 @@
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>107</v>
       </c>
       <c r="B125" t="s">
         <v>108</v>
       </c>
       <c r="C125">
         <v>8.4</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>117</v>
       </c>
       <c r="B126" t="s">
         <v>118</v>
       </c>
       <c r="C126">
         <v>10.2</v>
       </c>
       <c r="D126" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>123</v>
       </c>
       <c r="B127" t="s">
         <v>124</v>
       </c>
       <c r="C127">
         <v>12.0</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>125</v>
       </c>
       <c r="B128" t="s">
         <v>126</v>
       </c>
       <c r="C128">
         <v>12.288</v>
@@ -3075,51 +3078,51 @@
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>131</v>
       </c>
       <c r="B131" t="s">
         <v>132</v>
       </c>
       <c r="C131">
         <v>14.4</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>141</v>
       </c>
       <c r="B132" t="s">
         <v>142</v>
       </c>
       <c r="C132">
         <v>18.0</v>
       </c>
       <c r="D132" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>143</v>
       </c>
       <c r="B133" t="s">
         <v>144</v>
       </c>
       <c r="C133">
         <v>18.0</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>145</v>
       </c>
       <c r="B134" t="s">
         <v>146</v>
       </c>
       <c r="C134">
         <v>18.0</v>
@@ -3131,163 +3134,163 @@
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>147</v>
       </c>
       <c r="B135" t="s">
         <v>148</v>
       </c>
       <c r="C135">
         <v>18.0</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>149</v>
       </c>
       <c r="B136" t="s">
         <v>150</v>
       </c>
       <c r="C136">
         <v>18.0</v>
       </c>
       <c r="D136" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>151</v>
       </c>
       <c r="B137" t="s">
         <v>152</v>
       </c>
       <c r="C137">
         <v>18.0</v>
       </c>
       <c r="D137" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>153</v>
       </c>
       <c r="B138" t="s">
         <v>154</v>
       </c>
       <c r="C138">
         <v>18.0</v>
       </c>
       <c r="D138" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>155</v>
       </c>
       <c r="B139" t="s">
         <v>156</v>
       </c>
       <c r="C139">
         <v>18.0</v>
       </c>
       <c r="D139" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>157</v>
       </c>
       <c r="B140" t="s">
         <v>158</v>
       </c>
       <c r="C140">
         <v>18.0</v>
       </c>
       <c r="D140" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>159</v>
       </c>
       <c r="B141" t="s">
         <v>160</v>
       </c>
       <c r="C141">
         <v>18.0</v>
       </c>
       <c r="D141" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>161</v>
       </c>
       <c r="B142" t="s">
         <v>162</v>
       </c>
       <c r="C142">
         <v>20.4</v>
       </c>
       <c r="D142" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>163</v>
       </c>
       <c r="B143" t="s">
         <v>164</v>
       </c>
       <c r="C143">
         <v>20.4</v>
       </c>
       <c r="D143" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>167</v>
       </c>
       <c r="B144" t="s">
         <v>168</v>
       </c>
       <c r="C144">
         <v>21.6</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>169</v>
       </c>
       <c r="B145" t="s">
         <v>170</v>
       </c>
       <c r="C145">
         <v>21.6</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>171</v>
       </c>
       <c r="B146" t="s">
         <v>172</v>
       </c>
       <c r="C146">
         <v>21.6</v>
@@ -3341,79 +3344,79 @@
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>179</v>
       </c>
       <c r="B150" t="s">
         <v>180</v>
       </c>
       <c r="C150">
         <v>22.8</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>181</v>
       </c>
       <c r="B151" t="s">
         <v>182</v>
       </c>
       <c r="C151">
         <v>24.0</v>
       </c>
       <c r="D151" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>183</v>
       </c>
       <c r="B152" t="s">
         <v>184</v>
       </c>
       <c r="C152">
         <v>24.0</v>
       </c>
       <c r="D152" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>185</v>
       </c>
       <c r="B153" t="s">
         <v>186</v>
       </c>
       <c r="C153">
         <v>24.0</v>
       </c>
       <c r="D153" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
         <v>187</v>
       </c>
       <c r="B154" t="s">
         <v>188</v>
       </c>
       <c r="C154">
         <v>25.2</v>
       </c>
       <c r="D154" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
         <v>189</v>
       </c>
       <c r="B155" t="s">
         <v>190</v>
       </c>
       <c r="C155">
         <v>26.4</v>
@@ -3453,51 +3456,51 @@
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>195</v>
       </c>
       <c r="B158" t="s">
         <v>196</v>
       </c>
       <c r="C158">
         <v>26.4</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>197</v>
       </c>
       <c r="B159" t="s">
         <v>198</v>
       </c>
       <c r="C159">
         <v>27.6</v>
       </c>
       <c r="D159" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>199</v>
       </c>
       <c r="B160" t="s">
         <v>200</v>
       </c>
       <c r="C160">
         <v>27.6</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>201</v>
       </c>
       <c r="B161" t="s">
         <v>202</v>
       </c>
       <c r="C161">
         <v>27.6</v>
@@ -3537,737 +3540,737 @@
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>209</v>
       </c>
       <c r="B164" t="s">
         <v>210</v>
       </c>
       <c r="C164">
         <v>28.8</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>211</v>
       </c>
       <c r="B165" t="s">
         <v>212</v>
       </c>
       <c r="C165">
         <v>28.8</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
         <v>213</v>
       </c>
       <c r="B166" t="s">
         <v>214</v>
       </c>
       <c r="C166">
         <v>28.8</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>215</v>
       </c>
       <c r="B167" t="s">
         <v>216</v>
       </c>
       <c r="C167">
         <v>30.0</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
         <v>217</v>
       </c>
       <c r="B168" t="s">
         <v>218</v>
       </c>
       <c r="C168">
         <v>30.0</v>
       </c>
       <c r="D168" t="s">
-        <v>16</v>
+        <v>219</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B169" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C169">
         <v>30.0</v>
       </c>
       <c r="D169" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B170" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C170">
         <v>30.0</v>
       </c>
       <c r="D170" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B171" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C171">
         <v>30.0</v>
       </c>
       <c r="D171" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B172" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C172">
         <v>30.0</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B173" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C173">
         <v>31.2</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B174" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C174">
         <v>32.4</v>
       </c>
       <c r="D174" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B175" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C175">
         <v>32.4</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B176" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C176">
         <v>32.4</v>
       </c>
       <c r="D176" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B177" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C177">
         <v>32.4</v>
       </c>
       <c r="D177" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B178" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C178">
         <v>33.6</v>
       </c>
       <c r="D178" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B179" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C179">
         <v>33.6</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B180" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C180">
         <v>33.6</v>
       </c>
       <c r="D180" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B181" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C181">
         <v>33.6</v>
       </c>
       <c r="D181" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B182" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C182">
         <v>34.8</v>
       </c>
       <c r="D182" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B183" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C183">
         <v>34.8</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B184" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C184">
         <v>34.8</v>
       </c>
       <c r="D184" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B185" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C185">
         <v>34.8</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B186" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C186">
         <v>35.4</v>
       </c>
       <c r="D186" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B187" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C187">
         <v>36.0</v>
       </c>
       <c r="D187" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B188" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C188">
         <v>36.0</v>
       </c>
       <c r="D188" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B189" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C189">
         <v>36.0</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B190" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C190">
         <v>37.2</v>
       </c>
       <c r="D190" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B191" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C191">
         <v>38.4</v>
       </c>
       <c r="D191" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B192" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C192">
         <v>39.6</v>
       </c>
       <c r="D192" t="s">
-        <v>16</v>
+        <v>219</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B193" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C193">
-        <v>39.6</v>
+        <v>40.2</v>
       </c>
       <c r="D193" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B194" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C194">
-        <v>40.2</v>
+        <v>40.8</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B195" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C195">
         <v>41.424</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B196" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C196">
         <v>44.4</v>
       </c>
       <c r="D196" t="s">
-        <v>6</v>
+        <v>219</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B197" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C197">
         <v>44.7</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B198" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C198">
         <v>47.004</v>
       </c>
       <c r="D198" t="s">
-        <v>16</v>
+        <v>219</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B199" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C199">
         <v>54.0</v>
       </c>
       <c r="D199" t="s">
-        <v>13</v>
+        <v>219</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B200" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C200">
         <v>60.0</v>
       </c>
       <c r="D200" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B201" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C201">
         <v>69.6</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>149</v>
       </c>
       <c r="B202" t="s">
         <v>150</v>
       </c>
       <c r="C202">
         <v>18.0</v>
       </c>
       <c r="D202" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>151</v>
       </c>
       <c r="B203" t="s">
         <v>152</v>
       </c>
       <c r="C203">
         <v>18.0</v>
       </c>
       <c r="D203" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
         <v>153</v>
       </c>
       <c r="B204" t="s">
         <v>154</v>
       </c>
       <c r="C204">
         <v>18.0</v>
       </c>
       <c r="D204" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
         <v>155</v>
       </c>
       <c r="B205" t="s">
         <v>156</v>
       </c>
       <c r="C205">
         <v>18.0</v>
       </c>
       <c r="D205" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>157</v>
       </c>
       <c r="B206" t="s">
         <v>158</v>
       </c>
       <c r="C206">
         <v>18.0</v>
       </c>
       <c r="D206" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
         <v>159</v>
       </c>
       <c r="B207" t="s">
         <v>160</v>
       </c>
       <c r="C207">
         <v>18.0</v>
       </c>
       <c r="D207" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B208" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C208">
         <v>34.8</v>
       </c>
       <c r="D208" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B209" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C209">
         <v>34.8</v>
       </c>
       <c r="D209" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
+        <v>268</v>
+      </c>
+      <c r="B210" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="C210">
         <v>40.2</v>
       </c>
       <c r="D210" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B211" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C211">
         <v>41.424</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B212" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C212">
         <v>44.7</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B213" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C213">
         <v>47.004</v>
       </c>
       <c r="D213" t="s">
-        <v>16</v>
+        <v>219</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B214" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C214">
         <v>54.0</v>
       </c>
       <c r="D214" t="s">
-        <v>13</v>
+        <v>219</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D215"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>