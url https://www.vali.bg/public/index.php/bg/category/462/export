--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,366 +7,372 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$57</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$58</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Зарядно за кола HAMA, 10-24V, Micro USB, 1.2 A, Черен</t>
   </si>
   <si>
     <t>HAMA-183253</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>HAMA Зарядно за кола /камион, 6 W,  201634</t>
   </si>
   <si>
     <t>HAMA-201634</t>
   </si>
   <si>
     <t>Мрежово зарядно Hama, USB-A, 6 W, Черен</t>
   </si>
   <si>
     <t>HAMA-201644</t>
   </si>
   <si>
+    <t>Зарядно за кола HAMA, 2 x USB, 2.4 A, Различни цветове</t>
+  </si>
+  <si>
+    <t>HAMA-210545</t>
+  </si>
+  <si>
     <t>Мрежово зарядно HAMA, USB-A, 6 W, Бял</t>
   </si>
   <si>
     <t>HAMA-201645</t>
   </si>
   <si>
-    <t>Зарядно за кола HAMA, 2 x USB, 2.4 A, Различни цветове</t>
-[...2 lines deleted...]
-    <t>HAMA-210545</t>
+    <t>Зарядно за кола HAMA "Eco", USB-C, 25 W, 187279</t>
+  </si>
+  <si>
+    <t>HAMA-187279</t>
   </si>
   <si>
     <t>Зарядно за кола SKROSS, USB-A, USB-C, PD, 20W</t>
   </si>
   <si>
     <t>SKROSS-SKCHCA0120WPDCN</t>
   </si>
   <si>
+    <t>HAMA Зарядно за кола, 2x USB-A, 12 W, 201636</t>
+  </si>
+  <si>
+    <t>HAMA-201636</t>
+  </si>
+  <si>
+    <t>Бързо мини зарядно HAMA "Eco", USB-C, 25 W, 187278</t>
+  </si>
+  <si>
+    <t>HAMA-187278</t>
+  </si>
+  <si>
     <t>Бързо зарядно за кола, USB-A, HAMA-201633</t>
   </si>
   <si>
     <t>HAMA-201633</t>
   </si>
   <si>
     <t>Зарядно HAMA 220V, 2 x USB-A, 12W, Черен</t>
   </si>
   <si>
     <t>HAMA-201971</t>
   </si>
   <si>
+    <t>Зарядно 220V с кабел micro-USB, HAMA-201617</t>
+  </si>
+  <si>
+    <t>HAMA-201617</t>
+  </si>
+  <si>
+    <t>Зарядно устройство с USB-C, 12 W, HAMA-201618</t>
+  </si>
+  <si>
+    <t>HAMA-201618</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Зарядно 220V с кабел micro-USB, HAMA-201617</t>
-[...19 lines deleted...]
-  <si>
     <t>HAMA-201627</t>
   </si>
   <si>
     <t>Мрежово зарядно Qualcomm Quick Charge, HAMA-201641</t>
   </si>
   <si>
     <t>HAMA-201641</t>
   </si>
   <si>
-    <t>Бързо мини зарядно HAMA "Eco", USB-C, 25 W, 187278</t>
-[...8 lines deleted...]
-    <t>HAMA-187279</t>
+    <t>HAMA Бързо мини зарядно 1x USB-C, 1x USB-A, PD, 20 W, бяло</t>
+  </si>
+  <si>
+    <t>HAMA-201991</t>
   </si>
   <si>
     <t>Мрежово супер мини-зарядно, USB-C, 20W, 201980</t>
   </si>
   <si>
     <t>HAMA-201980</t>
   </si>
   <si>
     <t>Зарядно за кола HAMA, с USB-C кабел, 12 W, 201609</t>
   </si>
   <si>
     <t>HAMA-201609</t>
   </si>
   <si>
+    <t>Зарядно за кола, USB-C, Qualcomm, 25W, HAMA-201638</t>
+  </si>
+  <si>
+    <t>HAMA-201638</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Зарядно за кола, USB-C, Qualcomm, 25W, HAMA-201638</t>
-[...4 lines deleted...]
-  <si>
     <t>Зарядно за кола USB-C, 20W, HAMA-201637</t>
   </si>
   <si>
     <t>HAMA-201637</t>
   </si>
   <si>
     <t>Бързо супер мини зарядно, 25W, 201981</t>
   </si>
   <si>
     <t>HAMA-201981</t>
   </si>
   <si>
     <t>HAMA Бързо мини зарядно 220V, USB-C, PD/Qualcomm, 25 W, черен</t>
   </si>
   <si>
     <t>HAMA-201985</t>
   </si>
   <si>
+    <t>USB захранване/разклонител, 1,9 м, HAMA-223203</t>
+  </si>
+  <si>
+    <t>HAMA-223203</t>
+  </si>
+  <si>
     <t>Зарядно устройство 220V micro USB + кабел, 3 A, 201621</t>
   </si>
   <si>
     <t>HAMA-201621</t>
   </si>
   <si>
+    <t>Мрежово зарядно HAMA, 220V, USB-C, Qualcomm, Quick Charge, 19.5W, Вкл. кабел, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-201625</t>
+  </si>
+  <si>
     <t>Зарядно за кола HAMA 12-24 V /USB-C 3A, 19.5W + кабел, 201615</t>
   </si>
   <si>
     <t>HAMA-201615</t>
   </si>
   <si>
-    <t>Мрежово зарядно HAMA, 220V, USB-C, Qualcomm, Quick Charge, 19.5W, Вкл. кабел, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжично зарядно устройство "QI-FC10", 10W, HAMA-201683</t>
   </si>
   <si>
     <t>HAMA-201683</t>
   </si>
   <si>
+    <t>USB захранване/разклонител 1,9 м, HAMA-223202</t>
+  </si>
+  <si>
+    <t>HAMA-223202</t>
+  </si>
+  <si>
     <t>Безжично зарядно Hama "Eco-10", 10 W, 187280</t>
   </si>
   <si>
     <t>HAMA-187280</t>
   </si>
   <si>
-    <t>USB захранване/разклонител, 1,9 м, HAMA-223203</t>
-[...14 lines deleted...]
-    <t>HAMA-223202</t>
+    <t>Мрежово зарядно 33 W, 4xUSB, HAMA-201629</t>
+  </si>
+  <si>
+    <t>HAMA-201629</t>
+  </si>
+  <si>
+    <t>Зарядно за кола SKROSS, USB-A, USB-C, PD, 65W</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCHCA0365WPDCN</t>
   </si>
   <si>
     <t>HAMA Бързо мини Gan зарядно, 30 W, 1x USB-C, 1x USB-A, PD, бял</t>
   </si>
   <si>
     <t>HAMA-201992</t>
   </si>
   <si>
-    <t>Мрежово зарядно 33 W, 4xUSB, HAMA-201629</t>
-[...10 lines deleted...]
-  <si>
     <t>Модул Delock, USB-C порт за зареждане, За монтаж на панел Keystone</t>
   </si>
   <si>
     <t>DELOCK-87792</t>
   </si>
   <si>
     <t>Бързо зарядно за кола HAMA, 2x USB-C Qualcomm®, 45 W, 201632</t>
   </si>
   <si>
     <t>HAMA-201632</t>
   </si>
   <si>
     <t>HAMA Бързо зарядно за кола, 1x USB-C PD, 1x USB-A QC, 38 W, 201639</t>
   </si>
   <si>
     <t>HAMA-201639</t>
   </si>
   <si>
     <t>HAMA Бързо супер мини GaN зарядно, 45W, 201983</t>
   </si>
   <si>
     <t>HAMA-201983</t>
   </si>
   <si>
+    <t>Безжично зарядно-комплект HAMA QI-FC10, 10W</t>
+  </si>
+  <si>
+    <t>HAMA-201688</t>
+  </si>
+  <si>
+    <t>HAMA Безжично зарядно устройство Qi2, 15 W, черно, за Apple</t>
+  </si>
+  <si>
+    <t>HAMA-201725</t>
+  </si>
+  <si>
     <t>HAMA Мини Зарядно 220V 35 W, 1x USB-C PD, 3x USB-A, Черно</t>
   </si>
   <si>
     <t>HAMA-201990</t>
   </si>
   <si>
     <t>HAMA Бързо мини зарядно, 45 W, 1x USB-C - 1x USB-A, PD, бяло</t>
   </si>
   <si>
     <t>HAMA-201993</t>
   </si>
   <si>
+    <t>HAMA Безжично зарядно устройство "QI-FC10S-Fab", 10 W, 201685</t>
+  </si>
+  <si>
+    <t>HAMA-201685</t>
+  </si>
+  <si>
+    <t>Безжично зарядно RAPOO XC260, Qi, Двойно, 7.5W/10W, Черен</t>
+  </si>
+  <si>
+    <t>RAPOO-11963</t>
+  </si>
+  <si>
     <t>Разклонител HAMA 6 х USB-A порта, 34 W</t>
   </si>
   <si>
     <t>HAMA-223201</t>
   </si>
   <si>
-    <t>Безжично зарядно-комплект HAMA QI-FC10, 10W</t>
-[...14 lines deleted...]
-    <t>HAMA-201685</t>
+    <t>HAMA Бързо мини зарядно, 65W, GaN, PD, 201996</t>
+  </si>
+  <si>
+    <t>HAMA-201996</t>
   </si>
   <si>
     <t>Бързо мини заряднo HAMA, GaN, 65 W, 125130</t>
   </si>
   <si>
     <t>HAMA-125130</t>
   </si>
   <si>
-    <t>HAMA Бързо мини зарядно, 65W, GaN, PD, 201996</t>
-[...10 lines deleted...]
-  <si>
     <t>Зарядно за лаптоп за кола HAMA, USB-C, (PD), 5-20 V/ 65 W, 200018</t>
   </si>
   <si>
     <t>HAMA-200018</t>
   </si>
   <si>
     <t>Безжично зарядно и стойка за кола HAMA FC10 Motion, 10W, Qi, Черен</t>
   </si>
   <si>
     <t>HAMA-201678</t>
   </si>
   <si>
+    <t>HAMA Зарядна станция 4 порта, 60W, 2 x USB-C, 2 x USB-A, PD, Fast Charge</t>
+  </si>
+  <si>
+    <t>HAMA-201628</t>
+  </si>
+  <si>
     <t>Мрежово зарядно j5create JUP3365E 65W, 3 порта, USB-C, USB-A</t>
   </si>
   <si>
     <t>J5-JUP3365E</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Delock Зарядно устройство GaN, 2 x USB-C, PD 65 W, адаптер за EU / US / UK</t>
   </si>
   <si>
     <t>DELOCK-41443</t>
   </si>
   <si>
     <t>Универсално зарядно за лаптоп Hama USB-C, GaN, Power Del. (PD), 5-20V/65W</t>
   </si>
   <si>
     <t>HAMA-200016</t>
   </si>
   <si>
     <t>HAMA Бързо зарядно 220V, 100 W GaN, 2x USB-C PD, 1x USB-A QC</t>
   </si>
   <si>
     <t>HAMA-201997</t>
   </si>
   <si>
     <t>Мрежово зарядно j5create JUP43130E 130W, 4 порта, USB-C, USB-A</t>
   </si>
   <si>
     <t>J5-JUP43130E-EN</t>
   </si>
@@ -712,51 +718,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D57"/>
+  <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="98.976" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -776,786 +782,800 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>9.528</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>13.332</v>
+        <v>12.12</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>13.596</v>
+        <v>12.66</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>14.076</v>
+        <v>13.596</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>14.844</v>
+        <v>14.4</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>15.876</v>
+        <v>14.844</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>16.164</v>
+        <v>15.0</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>16.704</v>
+        <v>15.6</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
         <v>24</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>17.16</v>
+        <v>15.864</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C12">
-        <v>17.244</v>
+        <v>16.08</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C13">
-        <v>17.4</v>
+        <v>16.704</v>
       </c>
       <c r="D13" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
         <v>30</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14">
+        <v>16.956</v>
+      </c>
+      <c r="D14" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" t="s">
         <v>32</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>18.0</v>
+        <v>17.208</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" t="s">
         <v>34</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>18.0</v>
+        <v>18.024</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="s">
         <v>36</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>18.996</v>
+        <v>18.216</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" t="s">
         <v>38</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>19.692</v>
+        <v>18.996</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C19">
-        <v>20.208</v>
+        <v>19.236</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" t="s">
+        <v>42</v>
+      </c>
+      <c r="C20">
+        <v>19.992</v>
+      </c>
+      <c r="D20" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>21.0</v>
+        <v>20.4</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C22">
         <v>21.0</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>23.292</v>
+        <v>21.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>23.544</v>
+        <v>22.992</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>23.652</v>
+        <v>23.292</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>24.276</v>
+        <v>23.46</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>25.98</v>
+        <v>23.46</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" t="s">
         <v>59</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>27.048</v>
+        <v>23.916</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>61</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>27.6</v>
+        <v>24.0</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
         <v>63</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>27.684</v>
+        <v>25.98</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" t="s">
         <v>65</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>28.344</v>
+        <v>28.356</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
         <v>67</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>28.356</v>
+        <v>28.416</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
         <v>69</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>30.0</v>
+        <v>28.452</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="C34">
         <v>31.584</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="C35">
         <v>32.76</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>32.964</v>
+        <v>33.168</v>
       </c>
       <c r="D36" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C37">
         <v>36.996</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
         <v>79</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>39.0</v>
+        <v>37.2</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
         <v>81</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>39.012</v>
+        <v>38.4</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
         <v>83</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>43.92</v>
+        <v>39.0</v>
       </c>
       <c r="D40" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
         <v>85</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>43.968</v>
+        <v>39.012</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" t="s">
         <v>87</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>45.6</v>
+        <v>41.244</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" t="s">
         <v>89</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>48.516</v>
+        <v>42.0</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" t="s">
         <v>91</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>52.044</v>
+        <v>43.896</v>
       </c>
       <c r="D44" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
         <v>93</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>58.656</v>
+        <v>48.72</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
         <v>95</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>59.7</v>
+        <v>52.044</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" t="s">
         <v>97</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>65.052</v>
+        <v>65.04</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="C48">
         <v>66.504</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" t="s">
         <v>101</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>77.808</v>
+        <v>69.6</v>
       </c>
       <c r="D49" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" t="s">
         <v>103</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50">
+        <v>77.808</v>
+      </c>
+      <c r="D50" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>88.644</v>
+        <v>86.004</v>
       </c>
       <c r="D51" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>96.336</v>
+        <v>88.644</v>
       </c>
       <c r="D52" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>130.764</v>
+        <v>96.0</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>178.992</v>
+        <v>130.764</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>249.0</v>
+        <v>138.0</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
+        <v>198.0</v>
+      </c>
+      <c r="D56" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
+        <v>118</v>
+      </c>
+      <c r="C57">
         <v>294.108</v>
       </c>
-      <c r="D56" t="s">
-        <v>21</v>
+      <c r="D57" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D57"/>
+  <autoFilter ref="A1:D58"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>