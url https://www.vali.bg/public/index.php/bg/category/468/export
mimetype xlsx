--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -34,246 +34,246 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Резервни метални пластини за автомобилна стойка, HAMA-201501</t>
   </si>
   <si>
     <t>HAMA-201501</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Стойка за телефон Hama Magnet, За кола, Въртене на 360 градуса, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-201517</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Универсална стойка за телефон, HAMA-201520</t>
+  </si>
+  <si>
+    <t>HAMA-201520</t>
+  </si>
+  <si>
     <t>Холдер за смартфони HAMA, 8.2 cm, 1/4", Черен</t>
   </si>
   <si>
     <t>HAMA-04637</t>
   </si>
   <si>
-    <t>Стойка за телефон Hama Magnet, За кола, Въртене на 360 градуса, Черен</t>
-[...10 lines deleted...]
-  <si>
     <t>HAMA Стойка за смартфон "Pro II", 9,5 см, 1/4", 04648</t>
   </si>
   <si>
     <t>HAMA-04648</t>
   </si>
   <si>
-    <t>Стойка за велосипед HAMA, За телефони с ширина 6-8 и височина 13-15 см, Черна</t>
-[...2 lines deleted...]
-    <t>HAMA-183250</t>
+    <t>HAMA Стойка за мобилен телефон "Magnet" за табло, 201518</t>
+  </si>
+  <si>
+    <t>HAMA-201518</t>
+  </si>
+  <si>
+    <t>Универсална стойка за таблет HAMA, от 7 - 12,9", 125120</t>
+  </si>
+  <si>
+    <t>HAMA-125120</t>
+  </si>
+  <si>
+    <t>Поставка за телефон HAMA Flipper, За кола, За  размер 6 - 8 см, 201515</t>
+  </si>
+  <si>
+    <t>HAMA-201515</t>
+  </si>
+  <si>
+    <t>Магнитна стойка за телефон HAMA "Magnet Alu", За кола, 201516</t>
+  </si>
+  <si>
+    <t>HAMA-201516</t>
+  </si>
+  <si>
+    <t>HAMA Магнитна стойка за телефон за кола "Magnet"</t>
+  </si>
+  <si>
+    <t>HAMA-201972</t>
+  </si>
+  <si>
+    <t>Комплект стойка за кола "Multi" 2 в 1, HAMA-201521</t>
+  </si>
+  <si>
+    <t>HAMA-201521</t>
+  </si>
+  <si>
+    <t>Стойка за мобилен телефон "Gravity Pro" за кола, HAMA-201511</t>
+  </si>
+  <si>
+    <t>HAMA-201511</t>
+  </si>
+  <si>
+    <t>Стойка за мобилен телефон "Easy Snap" за кола, HAMA-201510</t>
+  </si>
+  <si>
+    <t>HAMA-201510</t>
+  </si>
+  <si>
+    <t>Стойка за мобилен телефон HAMA "Move" за кола, с вендуза, 201513</t>
+  </si>
+  <si>
+    <t>HAMA-201513</t>
+  </si>
+  <si>
+    <t>Магнитна стойка за стъкло и кола за телефон "Magnet", 201512</t>
+  </si>
+  <si>
+    <t>HAMA-201512</t>
+  </si>
+  <si>
+    <t>HAMA Магнитна стойка за кола за телефон MagLock, За предното стъкло, Черна</t>
+  </si>
+  <si>
+    <t>HAMA-210106</t>
+  </si>
+  <si>
+    <t>HAMA Стойка за кола "Lock", магнитна, за вентилацията, за Apple</t>
+  </si>
+  <si>
+    <t>HAMA-210105</t>
+  </si>
+  <si>
+    <t>HAMA Стойка за мобилен телефон "Puck", магнитна, 04655</t>
+  </si>
+  <si>
+    <t>HAMA-04655</t>
+  </si>
+  <si>
+    <t>Поставка за телефон или таблет Rain Design iSlider, Черна</t>
+  </si>
+  <si>
+    <t>RD-10042</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Универсална стойка за таблет HAMA, от 7 - 12,9", 125120</t>
-[...61 lines deleted...]
-  <si>
     <t>Поставка за смартфон DeLock 18426, Място за магнитно зарядно MagSafe, Алуминий, Сребрист</t>
   </si>
   <si>
     <t>DELOCK-18426</t>
   </si>
   <si>
-    <t>HAMA Магнитна стойка за кола за телефон MagLock, За предното стъкло, Черна</t>
-[...16 lines deleted...]
-  <si>
     <t>Поставка за телефон или таблет Rain Design mStand mobile, Сребрист</t>
   </si>
   <si>
     <t>RD-10059</t>
   </si>
   <si>
     <t>Поставка за телефон или таблет Rain Design mStand mobile, Черен</t>
   </si>
   <si>
     <t>RD-10065</t>
   </si>
   <si>
     <t>Поставка за телефон или таблет Rain Design mStand mobile, Златист</t>
   </si>
   <si>
     <t>RD-10060</t>
   </si>
   <si>
     <t>Поставка за телефон или таблет Rain Design mStand mobile, Астро сив</t>
   </si>
   <si>
     <t>RD-10061</t>
   </si>
   <si>
     <t>Поставка за таблет Rain Design mStand tablet, Златист</t>
   </si>
   <si>
     <t>RD-10051</t>
   </si>
   <si>
     <t>Поставка за таблет Rain Design mStand tablet, Астро сив</t>
   </si>
   <si>
     <t>RD-10052</t>
   </si>
   <si>
+    <t>Поставка за таблет Rain Design mStand tablet pro за iPad Pro/Air 12.9", Астро сив</t>
+  </si>
+  <si>
+    <t>RD-10064</t>
+  </si>
+  <si>
     <t>Безжично зарядно и стойка за кола HAMA FC10 Motion, 10W, Qi, Черен</t>
   </si>
   <si>
     <t>HAMA-201678</t>
   </si>
   <si>
     <t>Поставка за таблет Rain Design mStand tablet plus, Сребрист</t>
   </si>
   <si>
     <t>RD-10053</t>
   </si>
   <si>
     <t>Поставка за таблет Rain Design mStand tablet plus, Златист</t>
   </si>
   <si>
     <t>RD-10054</t>
   </si>
   <si>
     <t>Поставка за таблет Rain Design mStand tablet pro за iPad Pro/Air 12.9", Сребрист</t>
   </si>
   <si>
     <t>RD-10062</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Поставка за таблет Rain Design mStand tablet plus, Астро сив</t>
   </si>
   <si>
     <t>RD-10055</t>
-  </si>
-[...4 lines deleted...]
-    <t>RD-10064</t>
   </si>
   <si>
     <t>Поставка за телефон или таблет Rain Design iSlider, Сребрист</t>
   </si>
   <si>
     <t>RD-10040</t>
   </si>
   <si>
     <t>Основа на стойка Elgato Multi Mount, Черна</t>
   </si>
   <si>
     <t>ELGATO-10AAD9901</t>
   </si>
   <si>
     <t>Поставка за таблет Rain Design mStand tablet pro за iPad Pro/Air 9.7", Сребрист</t>
   </si>
   <si>
     <t>RD-10056</t>
   </si>
   <si>
     <t>Поставка за таблет Rain Design mStand tablet pro за iPad Pro/Air 9.7", Астро сива</t>
   </si>
   <si>
     <t>RD-10058</t>
   </si>
@@ -651,530 +651,530 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>8.568</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>10.2</v>
+        <v>11.808</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>11.772</v>
+        <v>15.42</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>15.576</v>
+        <v>16.044</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>16.296</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>20.532</v>
+        <v>19.2</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>22.008</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>23.544</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>23.652</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>24.36</v>
+        <v>24.0</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>24.66</v>
+        <v>24.864</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>29.412</v>
+        <v>25.2</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>29.58</v>
+        <v>29.412</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>29.904</v>
+        <v>29.604</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>29.904</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>37.212</v>
+        <v>32.4</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>37.908</v>
+        <v>33.6</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>38.484</v>
+        <v>34.8</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20">
+        <v>36.0</v>
+      </c>
+      <c r="D20" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>48.0</v>
+        <v>37.908</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>52.8</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>52.8</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>52.8</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>52.8</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>59.004</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>59.004</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>66.504</v>
+        <v>66.0</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>67.2</v>
+        <v>66.504</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>67.2</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>73.956</v>
+        <v>67.2</v>
       </c>
       <c r="D31" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32">
+        <v>73.956</v>
+      </c>
+      <c r="D32" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>81.6</v>
+        <v>78.996</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
         <v>98.4</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
         <v>108.996</v>
       </c>
       <c r="D35" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
         <v>130.8</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
         <v>130.8</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D38"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>