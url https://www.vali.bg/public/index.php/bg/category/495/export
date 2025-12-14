--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,924 +7,861 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$277</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$190</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
-    <t>Кабел ACT SB0005, USB-A мъжко - micro USB-B женско, 0.50 м, Черен</t>
-[...2 lines deleted...]
-    <t>EWENT-ACT-CAB-SB0005</t>
+    <t>А4Tech Адаптер 3.5 mm жак женско - 2 x 3.5 mm жак мъжко</t>
+  </si>
+  <si>
+    <t>A4-ADAP-AD-4P</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Удължителен кабел HAMA, USB-A женско - USB-A мъжко, 1.5 м, булк опаковка</t>
+  </si>
+  <si>
+    <t>HAMA-200905</t>
+  </si>
+  <si>
+    <t>Удължителен кабел HAMA, USB-A женско - USB-A мъжко, 3 м, Стандарт</t>
+  </si>
+  <si>
+    <t>HAMA-200906</t>
+  </si>
+  <si>
+    <t>Кабел DeLock, USB-A мъжко - MicroUSB-B мъжко, USB 2.0, 1 м, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-82299</t>
+  </si>
+  <si>
+    <t>Кабел Skross, USB-C - USB-A 2.0 мъжко, 1.2м, Бял</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCA0001A-C120CN</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>A4Tech Адаптер AD-3P 3.5mm жак мъжко - 2 х 3.5мм жак женско</t>
-[...40 lines deleted...]
-  <si>
     <t>Удължителен кабел HAMA, USB-A женско - USB-A мъжко, 1.5 м, 480 Mbit/s, Черен</t>
   </si>
   <si>
     <t>HAMA-200619</t>
   </si>
   <si>
+    <t>USB A-A кабел, 480 Mbit/s, HAMA-200601</t>
+  </si>
+  <si>
+    <t>HAMA-200601</t>
+  </si>
+  <si>
     <t>Удължителен кабел HAMA, USB-A женско - USB-A мъжко, 1.5 м, 480 Mbit/s, Черен , 0.75м</t>
   </si>
   <si>
     <t>HAMA-200618</t>
   </si>
   <si>
     <t>Кабел HAMA  USB-C мъжко - USB 2.0 A мъжко, 480Mbit/s,0.75 м, Черен</t>
   </si>
   <si>
     <t>HAMA-200631</t>
   </si>
   <si>
     <t>Кабел HAMA USB-C мъжко -USB 2.0 A мъжко, 0.9 м., 480Mbit/s,булк опаковка</t>
   </si>
   <si>
     <t>HAMA-200907</t>
   </si>
   <si>
+    <t>Кабел HAMA Flexi-Slim, USB 2.0 мъжко - micro USB мъжко, 0.75 м., Позлатени конектори, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200610</t>
+  </si>
+  <si>
+    <t>Кабел DeLock, EASY-USB 2.0 Type-A мъжко - EASY-USB Micro-B мъжко</t>
+  </si>
+  <si>
+    <t>DELOCK-85269</t>
+  </si>
+  <si>
+    <t>Кабел HAMA USB 2.0- micro USB, Позлатени конектори, 0.75 м., 480 Mbit / сек, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200607</t>
+  </si>
+  <si>
     <t>Кабел DeLock EASY, USB 2.0 Type-A мъжко &gt; USB 2.0 Type Mini-B мъжко 0.5 m</t>
   </si>
   <si>
     <t>DELOCK-85159</t>
   </si>
   <si>
-    <t>Кабел DeLock, EASY-USB 2.0 Type-A мъжко - EASY-USB Micro-B мъжко</t>
-[...8 lines deleted...]
-    <t>HAMA-200610</t>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Кабел HAMA, USB-C мъжко - micro USB B мъжко, 480Mbit/s, 0.75 м., Essential, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200644</t>
+  </si>
+  <si>
+    <t>Кабел DeLock, USB-A мъжко - USB-B мъжко, USB 2.0, 2 м, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-84914</t>
   </si>
   <si>
     <t>HAMA Кабел  USB-C - USB А, 0,5 м, 480Мbit/ 3А, черен</t>
   </si>
   <si>
     <t>HAMA-201705</t>
   </si>
   <si>
-    <t>USB A-A кабел, 480 Mbit/s, HAMA-200601</t>
-[...20 lines deleted...]
-    <t>HAMA-200607</t>
+    <t>Кабел Delock EASY-USB-A 2.0 мъжко към USB Mini-B мъжко, 1m , бял</t>
+  </si>
+  <si>
+    <t>DELOCK-85157</t>
   </si>
   <si>
     <t>Кабел HAMA, USB 2.0 OTG micro USB - женско USB 2.0, 480 Mbit/s, Черен</t>
   </si>
   <si>
     <t>HAMA-200308</t>
   </si>
   <si>
+    <t>Кабел HAMA, USB 2.0 - micro USB, 1.5 м., Черен, екраниран</t>
+  </si>
+  <si>
+    <t>HAMA-200608</t>
+  </si>
+  <si>
+    <t>HAMA Кабел  USB-C - USB 2.0 A, HAMA-201594</t>
+  </si>
+  <si>
+    <t>HAMA-201594</t>
+  </si>
+  <si>
+    <t>Кабел Skross, micro-USB - USB-A 2.0 мъжко, 1.2м, Бял</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCA0001A-M120CN</t>
+  </si>
+  <si>
+    <t>Кабел HAMA USB-C мъжко - USB-C мъжко, 0.75 м, 480Mb/s, USB 2.0, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200629</t>
+  </si>
+  <si>
     <t>Адаптер Delock, USB 2.0, USB Type-A мъжко - USB Type-C женско, Черен</t>
   </si>
   <si>
     <t>DELOCK-60002</t>
   </si>
   <si>
-    <t>Кабел Skross, micro-USB - USB-A 2.0 мъжко, 1.2м, Бял</t>
-[...20 lines deleted...]
-    <t>HAMA-200637</t>
+    <t>Кабел HAMA USB-A мъжко - USB-B mini мъжко, 1.5 м</t>
+  </si>
+  <si>
+    <t>HAMA-200606</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA USB-C мъжко - USB 3.2 Gen 1 A женско, 5Gbit/s, 0.15 м., Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200312</t>
+  </si>
+  <si>
+    <t>Удължителен кабел DeLock, USB-B женско - USB-B мъжко, USB 2.0, 1 м</t>
+  </si>
+  <si>
+    <t>DELOCK-82667</t>
   </si>
   <si>
     <t>Удължителен кабел HAMA, USB-A женско - USB-A мъжко, 3 м, 480 Mbit/s, Черен</t>
   </si>
   <si>
     <t>HAMA-200620</t>
   </si>
   <si>
-    <t>Удължителен кабел DeLock, USB-B женско - USB-B мъжко, USB 2.0, 1 м</t>
-[...20 lines deleted...]
-    <t>HAMA-200606</t>
+    <t>Кабел DeLock, USB-C мъжко - USB-B мъжко, USB 2.0, 1.0 м, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-83603</t>
   </si>
   <si>
     <t>Кабел HAMA USB-C мъжко-USB-A мъжко, USB 3.2 Gen 1, 5Gbit/s, 0.25 м., Черен</t>
   </si>
   <si>
     <t>HAMA-200650</t>
   </si>
   <si>
-    <t>Кабел DeLock, USB-C мъжко - USB-B мъжко, USB 2.0, 1.0 м, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Адаптер HAMA OTG USB-C мъжко-USB 3.2 Gen 1 A женско, 5Gbit/s Черен</t>
   </si>
   <si>
     <t>HAMA-200311</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Кабел HAMA USB-C мъжко - USB-C мъжко,1.5 м,черен,3A,60W,480Mb/s</t>
   </si>
   <si>
     <t>HAMA-200630</t>
   </si>
   <si>
     <t>Кабел HAMA USB-C мъжко- USB A, 90°, 0.75 м, USB 2.0, 480Mbit/s, Черен</t>
   </si>
   <si>
     <t>HAMA-200646</t>
   </si>
   <si>
+    <t>Кабел Skross, USB-A - microUSB, Метална оплетка, 1.20 м, Сив</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCA0010A-M120CN</t>
+  </si>
+  <si>
     <t>HAMA Кабел за зареждане, USB-C - USB-C, 0,5 м, черен</t>
   </si>
   <si>
     <t>HAMA-201706</t>
   </si>
   <si>
     <t>Кабел Hama Flexi-Slim USB-C - USB-A 2.0 мъжко, 0.75м,тънък, позлатен, черен</t>
   </si>
   <si>
     <t>HAMA-200634</t>
   </si>
   <si>
-    <t>Кабел Hama Flexi-Slim USB-C - USB-A 2.0 мъжко, 0.75м,тънък, позлатен, червен</t>
-[...2 lines deleted...]
-    <t>HAMA-200636</t>
+    <t>Кабел за зареждане HAMA "Eco", USB-A - USB-C, 1 м, 187281</t>
+  </si>
+  <si>
+    <t>HAMA-187281</t>
   </si>
   <si>
     <t>Удължителен кабел HAMA, USB 3.0 A мъжко - USB-А женско,1.5 м, Екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-200628</t>
   </si>
   <si>
+    <t>Кабел DeLock, USB-C мъжко - USB-B мъжко, USB 2.0, 0.5 м, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-83335</t>
+  </si>
+  <si>
     <t>Кабел Skross, USB-C - USB-C 2.0 мъжко, 0.15 м, Бял</t>
   </si>
   <si>
     <t>SKROSS-SKCA0007C-C15CN</t>
   </si>
   <si>
-    <t>Кабел DeLock, USB-C мъжко - USB-B мъжко, USB 2.0, 0.5 м, Черен</t>
-[...2 lines deleted...]
-    <t>DELOCK-83335</t>
+    <t>Delock Адаптер USB-C мъжко към Lightning женско PD 3.0</t>
+  </si>
+  <si>
+    <t>DELOCK-60688</t>
   </si>
   <si>
     <t>Удължителен кабел HAMA, USB-A женско - USB-A мъжко, 5 м, екраниран, черен</t>
   </si>
   <si>
     <t>HAMA-200621</t>
   </si>
   <si>
+    <t>Кабел за зареждане HAMA "Eco", USB-C - USB-C, 1 м, 187282</t>
+  </si>
+  <si>
+    <t>HAMA-187282</t>
+  </si>
+  <si>
     <t>Адаптер HAMA USB-A мъжко - USB-C женско, USB 3.2 Gen 2, 10 Gbit/s, Черен</t>
   </si>
   <si>
     <t>HAMA-200357</t>
   </si>
   <si>
     <t>Кабел HAMA  USB 3.0, USB-A мъжко - USB-А мъжко, 1.5 м, 5Gbit/s, екраниран</t>
   </si>
   <si>
     <t>HAMA-200624</t>
   </si>
   <si>
     <t>HAMA Кабел USB-C мъжко - USB-C мъжко, 1.0 м, 480 MBit/s, Черен</t>
   </si>
   <si>
     <t>HAMA-201589</t>
   </si>
   <si>
-    <t>Кабел Skross, USB-A - microUSB, Метална оплетка, 1.20 м, Сив</t>
-[...2 lines deleted...]
-    <t>SKROSS-SKCA0010A-M120CN</t>
+    <t>Кабел HAMA USB-C мъжко-USB-A мъжко, USB 3.2 Gen 1, 5Gbit/s, 0.75 м., Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200651</t>
+  </si>
+  <si>
+    <t>Кабел Skross, USB-C - USB-C 2.0 мъжко, 1.20 м, Бял</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCA0008C-C120CN</t>
+  </si>
+  <si>
+    <t>Кабел HAMA, USB 3.0 A мъжко - USB 3.0 Micro-B мъжко, 1.5 м, 5Gbit/s, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200627</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCA0002A-C120CN</t>
   </si>
   <si>
     <t>HAMA Кабел за зареждане, USB-A - Micro-USB, 3 m, черен</t>
   </si>
   <si>
     <t>HAMA-201588</t>
   </si>
   <si>
-    <t>Кабел HAMA, USB 3.0 A мъжко - USB 3.0 Micro-B мъжко, 1.5 м, 5Gbit/s, Черен</t>
-[...19 lines deleted...]
-  <si>
     <t>HAMA Кабел за зареждане, USB-C -USB A, 0.2м, черен</t>
   </si>
   <si>
     <t>HAMA-201600</t>
   </si>
   <si>
     <t>Кабел HAMA USB-A мъжко - USB-C мъжко за зареждане на SONY PS5, 0.75 m, Черен</t>
   </si>
   <si>
     <t>HAMA-54461</t>
   </si>
   <si>
-    <t>Кабел за зареждане HAMA "Eco", USB-A - USB-C, 1 м, 187281</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел HAMA USB-C мъжко-USB- A  3.2 Gen.1 мъжко , 5Gbit/s, 1.5 м., Черен</t>
   </si>
   <si>
     <t>HAMA-200652</t>
   </si>
   <si>
     <t>HAMA Кабел за зареждане USB Type-C - USB Type-C, 201590</t>
   </si>
   <si>
     <t>HAMA-201590</t>
   </si>
   <si>
     <t>Кабел HAMA USB-C мъжко– USB-C мъжко, 1.5м,480Mb/s, позл.конектори, черен</t>
   </si>
   <si>
     <t>HAMA-201591</t>
   </si>
   <si>
+    <t>Кабел Skross, USB-C - USB-C 2.0 мъжко, 2.0 м, Бял</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCA0009C-C200CN</t>
+  </si>
+  <si>
     <t>Кабел за зареждане, USB-C - USB-C,1.5м, позл.конектори</t>
   </si>
   <si>
     <t>HAMA-201592</t>
   </si>
   <si>
-    <t>Кабел Skross, USB-C - USB-C 2.0 мъжко, 2.0 м, Бял</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Преходник от USB-C - USB-A, 480 Mbit/s, 3 бр, 201532</t>
   </si>
   <si>
     <t>HAMA-201532</t>
   </si>
   <si>
     <t>HAMA Кабел за зареждане, USB-C -USB-C, 0.2м, черен</t>
   </si>
   <si>
     <t>HAMA-201604</t>
   </si>
   <si>
-    <t>Кабел за зареждане HAMA "Eco", USB-C - USB-C, 1 м, 187282</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел HAMA USB 3.0 -A мъжко -B мъжко, 1.5 м, 1 звезда</t>
   </si>
   <si>
     <t>HAMA-200625</t>
   </si>
   <si>
     <t>Кабел Skross, USB-C - USB-A 2.0 мъжко, 2.0м, Бял</t>
   </si>
   <si>
     <t>SKROSS-SKCA0003A-C200CN</t>
   </si>
   <si>
+    <t>Кабел HAMA Reflective, USB-C мъжко - USB-C мъжко, 1.5 м., Червен</t>
+  </si>
+  <si>
+    <t>HAMA-201560</t>
+  </si>
+  <si>
     <t>Адаптер Delock, USB 2.0, Micro-B мъжко - USB Type-C женско, Черен</t>
   </si>
   <si>
     <t>DELOCK-65927</t>
   </si>
   <si>
     <t>Кабел Delock,  За монтиране върху панел, USB-A женско - USB-А женско, 25см</t>
   </si>
   <si>
     <t>DELOCK-85111</t>
   </si>
   <si>
+    <t>Кабел HAMA, USB-C мъжко - USB-A мъжко, 0.75 м., 5 звезди, 480Mbit/s, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200502</t>
+  </si>
+  <si>
     <t>HAMA Адаптер OTG  USB-C мъжко - USB-A женско, 0.15m, черен</t>
   </si>
   <si>
     <t>HAMA-201605</t>
   </si>
   <si>
-    <t>Кабел HAMA, USB-C мъжко - USB-A мъжко, 0.75 м., 5 звезди, 480Mbit/s, Черен</t>
-[...2 lines deleted...]
-    <t>HAMA-200502</t>
+    <t>Кабел Delock USB-C мъжко - USB 3.2 A мъжко, 0.5 м</t>
+  </si>
+  <si>
+    <t>DELOCK-83869</t>
   </si>
   <si>
     <t>Delock Кабел удължителен екраниран USB 3.0 Type-A мъжко &gt; USB 3.0 Type-A женско 2.0 m black</t>
   </si>
   <si>
     <t>DELOCK-85056</t>
   </si>
   <si>
-    <t>Кабел HAMA Reflective, USB-C мъжко - USB-C мъжко, 1.5 м., Червен</t>
-[...2 lines deleted...]
-    <t>HAMA-201560</t>
+    <t>Кабел HAMA Reflective, USB-C мъжко - USB-A мъжко, 1.5м, 201558</t>
+  </si>
+  <si>
+    <t>HAMA-201558</t>
   </si>
   <si>
     <t>HAMA uRage Кабел USB uFlex, USB-A - USB-C, 2.20 m, черен</t>
   </si>
   <si>
     <t>HAMA-219820</t>
   </si>
   <si>
     <t>Кабел Skross, USB-C - USB-C мъжко, USB 2.0, 1.2м, Бял</t>
   </si>
   <si>
     <t>SKROSS-SKCA0019C-C120CN</t>
   </si>
   <si>
-    <t>Кабел HAMA Reflective, USB-C мъжко - USB-A мъжко, 1.5м, 201558</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел за зареждане "Reflective" USB-A - USB-C, 201559</t>
   </si>
   <si>
     <t>HAMA-201559</t>
   </si>
   <si>
     <t>HAMA Адаптер, Micro-USB - USB-C, USB 2.0, OTG, 480 Mbit/s</t>
   </si>
   <si>
     <t>HAMA-300095</t>
   </si>
   <si>
-    <t>Кабел Skross, USB-C - USB-C, Метална оплетка, 1.20 м, Сив</t>
-[...2 lines deleted...]
-    <t>SKROSS-SKCA0017C-C120CN</t>
+    <t>Delock Адаптер USB-C мъжко към женско USB-C, под  180° ,  40 Gbps PD 3.1 240 W ,  U-образен 8K 60 Hz metal</t>
+  </si>
+  <si>
+    <t>DELOCK-60737</t>
   </si>
   <si>
     <t>Кабел за зареждане DeLock PD, USB-C мъжко &gt;USB-C мъжко, 100W, 15 cm</t>
   </si>
   <si>
     <t>DELOCK-85357</t>
   </si>
   <si>
     <t>Адаптер  j5create JUCX05, USB-C 3.1 мъжко - USB-A женско 5Gb/s, 90см</t>
   </si>
   <si>
     <t>J5-JUCX05</t>
   </si>
   <si>
     <t>HAMA Кабел USB-C - USB-A, 3.0 м, 480 Mbit/s</t>
   </si>
   <si>
     <t>HAMA-201597</t>
   </si>
   <si>
     <t>ACT Кабел USB-C - USB-C, 0.5 м / USB4, 20Gbps, 240W</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AC7420</t>
   </si>
   <si>
     <t>Кабел Skross, USB-A - USB-C, Метална оплетка, 1.20 м, Сив</t>
   </si>
   <si>
     <t>SKROSS-SKCA0012A-C120CN</t>
   </si>
   <si>
     <t>Кабел Skross, USB-C - USB-C мъжко, USB 2.0, 2.0 м, Бял</t>
   </si>
   <si>
     <t>SKROSS-SKCA0020C-C200CN</t>
   </si>
   <si>
-    <t>Кабел Skross, USB-C - USB-C, Метална оплетка, 2.0 м, Сив</t>
-[...2 lines deleted...]
-    <t>SKROSS-SKCA0018C-C200CN</t>
+    <t>HAMA Кабел за зареждане "Fabric", USB-C - USB-C, 1 m, Nylon, сив</t>
+  </si>
+  <si>
+    <t>HAMA-201728</t>
   </si>
   <si>
     <t>HAMA Кабел за зареждане "Fabric", USB-C - USB-C, 1 m, Nylon, зелен</t>
   </si>
   <si>
     <t>HAMA-201726</t>
   </si>
   <si>
-    <t>HAMA Кабел за зареждане "Fabric", USB-C - USB-C, 1 m, Nylon, сив</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Кабел за зареждане "Fabric", USB-C - USB-C, 1 m, Nylon, оранжев</t>
   </si>
   <si>
     <t>HAMA-201727</t>
   </si>
   <si>
-    <t>Кабел Delock USB-C мъжко - USB 3.2 A мъжко, 0.5 м</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел HAMA USB-C мъжко-USB- A  3.2 Gen.1 мъжко , 5Gbit/s, 3 м., Черен</t>
   </si>
   <si>
     <t>HAMA-200653</t>
   </si>
   <si>
     <t>Кабел за зареждане Delock  3 в 1, USB-C - 3 x USB-C, 1м, Черен/Червен</t>
   </si>
   <si>
     <t>DELOCK-86713</t>
   </si>
   <si>
     <t>ACT Кабел USB-C - USB-C, 1 м / USB4, 20Gbps, 240W</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AC7421</t>
   </si>
   <si>
+    <t>Кабел за зареждане HAMA "Eco", USB-A - Lightning, 1 м, 187283</t>
+  </si>
+  <si>
+    <t>HAMA-187283</t>
+  </si>
+  <si>
     <t>Кабел HAMA USB 3.2 Gen 2, USB-C мъжко - USB-A мъжко, 1 м, 10 Gbit/s.,3А</t>
   </si>
   <si>
     <t>HAMA-200657</t>
   </si>
   <si>
     <t>Кабел Delock SuperSpeed, USB-A мъжко - USB-C мъжко, (USB 3.2 Gen 2), 10 Gbps, 2 м</t>
   </si>
   <si>
     <t>DELOCK-84004</t>
   </si>
   <si>
     <t>Кабел HAMA eMarker чип  USB 3.2 Gen 1, USB-C, 0.75 м, 100W,5A</t>
   </si>
   <si>
     <t>HAMA-200648</t>
   </si>
   <si>
     <t>Удължителен кабел Delock USB-A мъжко - USB-А женско, 3 м, Екраниран, Син</t>
   </si>
   <si>
     <t>DELOCK-82540</t>
   </si>
   <si>
     <t>Удължителен кабел Delock USB-A мъжко - USB-А женско, 5 м, Екраниран, Син</t>
   </si>
   <si>
     <t>DELOCK-82541</t>
   </si>
   <si>
+    <t>HAMA uRage Кабел USB uFlex, USB-C - USB-C, 3 m, черен</t>
+  </si>
+  <si>
+    <t>HAMA-219821</t>
+  </si>
+  <si>
+    <t>Kабел Delock USB-A мъжко - USB-А мъжко, 3 м, Екраниран, Син</t>
+  </si>
+  <si>
+    <t>DELOCK-82536</t>
+  </si>
+  <si>
+    <t>Кабел за зареждане HAMA "Eco", USB-C - Lightning, 1 м, 187284</t>
+  </si>
+  <si>
+    <t>HAMA-187284</t>
+  </si>
+  <si>
     <t>Кабел за зареждане Delock  3 в 1, USB - Lightning/ Micro USB/ USB-C, 1м, Черен/Червен</t>
   </si>
   <si>
     <t>DELOCK-85892</t>
   </si>
   <si>
-    <t>HAMA uRage Кабел USB uFlex, USB-C - USB-C, 3 m, черен</t>
-[...10 lines deleted...]
-  <si>
     <t>Кабел USB-A - Lightning, Apple iPhone,1.0м,бял</t>
   </si>
   <si>
     <t>HAMA-201579</t>
   </si>
   <si>
-    <t>Кабел за зареждане Delock  3 в 1, USB - Lightning Micro USB- USB-C, 1м, Черен</t>
-[...2 lines deleted...]
-    <t>DELOCK-87155</t>
+    <t>Кабел Delock SuperSpeed, USB-A мъжко - USB-C мъжко, (USB 3.2 Gen 2), 10 Gbps, 1 м, Черен</t>
+  </si>
+  <si>
+    <t>DELOCK-83870</t>
   </si>
   <si>
     <t>Кабел HAMA USB-A - Lightning 1.5м, позл.конектори,черен</t>
   </si>
   <si>
     <t>HAMA-201580</t>
   </si>
   <si>
-    <t>Кабел Delock SuperSpeed, USB-A мъжко - USB-C мъжко, (USB 3.2 Gen 2), 10 Gbps, 1 м, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Кабел за зареждане, USB-C - USB-C, 3 м, черен</t>
   </si>
   <si>
     <t>HAMA-201593</t>
   </si>
   <si>
-    <t>Кабел за зареждане HAMA 4 в 1, 1,5 м, 201537</t>
-[...4 lines deleted...]
-  <si>
     <t>ACT Кабел USB-C - USB-C, 2 м / USB4, 20Gbps, 240W</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AC7422</t>
   </si>
   <si>
-    <t>Аудио адаптер HAMA, USB-C мъжко - 3.5 mm аудио жак женско, Стерео, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел удължителен  USB-A 2.0 мъжко reversible към USB-A 2.0 женско , 5m</t>
   </si>
   <si>
     <t>DELOCK-83373</t>
   </si>
   <si>
-    <t>Кабел за зареждане HAMA "Eco", USB-A - Lightning, 1 м, 187283</t>
-[...4 lines deleted...]
-  <si>
     <t>Кабел за зареждане USB-A -Lightning, 0.2м, 201578</t>
   </si>
   <si>
     <t>HAMA-201578</t>
   </si>
   <si>
     <t>Кабел Skross, Lightning - USB-A 2.0 мъжко, 1.2 м, Бял</t>
   </si>
   <si>
     <t>SKROSS-SKCA0004A-MFI120CN</t>
   </si>
   <si>
     <t>Кабел за зареждане Delock  3 в 1, USB-C - Lightning / Micro USB / USB Type-C, 1m</t>
   </si>
   <si>
     <t>DELOCK-86596</t>
   </si>
   <si>
-    <t>Удължителен кабел DeLock, USB-A мъжко - USB-A женско, USB 2.0, 5 м, Черен</t>
-[...10 lines deleted...]
-  <si>
     <t>Delock Удължителен кабел USB-C, 40 Gbps, PD 240W, 1 м, сив</t>
   </si>
   <si>
     <t>DELOCK-81201</t>
   </si>
   <si>
-    <t>Кабел за зареждане HAMA "Eco", USB-C - Lightning, 1 м, 187284</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock Кабел USB-C, PD 60W, магнитна текстилна обвивка, 2 m</t>
   </si>
   <si>
     <t>DELOCK-81120</t>
   </si>
   <si>
-    <t>Удължителен кабел, USB-C, 5 Gbit/s, USB-C женско - USB-C мъжко, 0.5 м, USB 3.2 Gen1, Черен</t>
-[...8 lines deleted...]
-    <t>HAMA-201598</t>
+    <t>Кабел Skross 3 в 1, USB-A - USB-C/ Lightning/ Micro USB , Метална оплетка, 0.3 м</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCA00133-130CN</t>
   </si>
   <si>
     <t>Адаптер Hama, USB-C – 3,5 mm жак, Aux, 90°, 201701</t>
   </si>
   <si>
     <t>HAMA-201701</t>
   </si>
   <si>
-    <t>Адаптер BOYA USB-C женско към мъжко, Ъглов, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock USB-C Кабел 90°, 40 Gbps USB PD 3.1, 240W, 1 m</t>
   </si>
   <si>
     <t>DELOCK-81131</t>
   </si>
   <si>
     <t>ACT Кабел USB-C - USB-C, 1 м / USB4, 20Gbps, 240W, сертифициран USB-IF</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AC7431</t>
   </si>
   <si>
+    <t>Кабел Skross, Lightning - USB-A 2.0 мъжко, 2.0 м, Бял</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCA0005A-MFI200CN</t>
+  </si>
+  <si>
+    <t>Кабел Skross, USB-A - Lightning, Метална оплетка, 1.20 м, Сив</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCA0011A-M120CN</t>
+  </si>
+  <si>
     <t>Кабел Skross 3 в 1, USB-A - USB-C/ Lightning/ Micro USB , Метална оплетка, 1.2 м</t>
   </si>
   <si>
     <t>SKROSS-SKCA00143-1120CN</t>
   </si>
   <si>
+    <t>Кабел Skross, USB-C - Lightning, Метална оплетка, 1.20 м, Сив</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCA0015C-MFI120CN</t>
+  </si>
+  <si>
     <t>Delock Кабел E-Marker, USB-C, 240W, 2 m, сив</t>
   </si>
   <si>
     <t>DELOCK-81192</t>
   </si>
   <si>
-    <t>Кабел Skross 3 в 1, USB-A - USB-C/ Lightning/ Micro USB , Метална оплетка, 0.3 м</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock Удължителен кабел USB-C, 40 Gbps, PD 240W, 2 м, сив</t>
   </si>
   <si>
     <t>DELOCK-81202</t>
   </si>
   <si>
-    <t>Адаптер HAMA, Lightning мъжко - 3.5 mm аудио жак, 201523</t>
-[...2 lines deleted...]
-    <t>HAMA-201523</t>
+    <t>Кабел Skross, USB-C - Lightning, Метална оплетка, 2.0 м, Сив</t>
+  </si>
+  <si>
+    <t>SKROSS-SKCA0016C-MFI200CN</t>
   </si>
   <si>
     <t>Адаптер HAMA Lightning - 3,5 mm жак, 90°, 201700</t>
   </si>
   <si>
     <t>HAMA-201700</t>
   </si>
   <si>
-    <t>Кабел Skross, Lightning - USB-A 2.0 мъжко, 2.0 м, Бял</t>
-[...10 lines deleted...]
-  <si>
     <t>Delock USB-C Кабел 90°, 20 Gbps USB PD 3.1, 240W, 2 m</t>
   </si>
   <si>
     <t>DELOCK-81132</t>
   </si>
   <si>
-    <t>Кабел Skross, USB-C - Lightning, Метална оплетка, 1.20 м, Сив</t>
-[...4 lines deleted...]
-  <si>
     <t>Комплект кабели Skross, USB-C - USB-C 2.0 мъжко, 0.15/ 1.20/ 2.0 м</t>
   </si>
   <si>
     <t>SKROSS-SKCA0006C-CMULTICN</t>
   </si>
   <si>
     <t>ACT Кабел USB-C - USB-C, 2 м / USB4, 20Gbps, 240W, сертифициран USB-IF</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AC7432</t>
   </si>
   <si>
-    <t>Кабел Skross, USB-C - Lightning, Метална оплетка, 2.0 м, Сив</t>
-[...2 lines deleted...]
-    <t>SKROSS-SKCA0016C-MFI200CN</t>
+    <t>Delock Кабел E-Marker USB-C, 80 Gbps, 16K 60 Hz, PD 3.1 240 W, 0.5 m, черен</t>
+  </si>
+  <si>
+    <t>DELOCK-81210</t>
   </si>
   <si>
     <t>Кабел за зареждане Hama, USB-C - USB-C, 240 W, USB 3.2 Gen1, 201702</t>
   </si>
   <si>
     <t>HAMA-201702</t>
   </si>
   <si>
     <t>HAMA Кабел USB-C, E-Marker, USB 3.2 Gen2, 10 Gbit/s, 5 A, 100 W, 200787</t>
   </si>
   <si>
     <t>HAMA-200787</t>
   </si>
   <si>
     <t>HAMA USB-C адаптер към Apple Lightning Plug, черен</t>
   </si>
   <si>
     <t>HAMA-201734</t>
   </si>
   <si>
     <t>Delock Кабел E-Marker USB-C, 80 Gbps, 16K 60 Hz, PD 3.1 240 W, 1 m, черен</t>
   </si>
   <si>
     <t>DELOCK-81211</t>
   </si>
   <si>
     <t>Delock Кабел USB-C, Y-кабел, 2 x USB-C PD 3.0, 100 W, 1.2 m</t>
   </si>
   <si>
     <t>DELOCK-81271</t>
   </si>
   <si>
     <t>HAMA Кабел USB-C, E-Marker, USB4 Gen2, 20 Gbit/s, 5 A, 240 W, 200788</t>
   </si>
   <si>
     <t>HAMA-200788</t>
+  </si>
+  <si>
+    <t>HAMA Кабел USB-C еMarker, USB 4 Gen 4, 80 Gbit/s, 1 м, 5 A, 240 W ,черен</t>
+  </si>
+  <si>
+    <t>HAMA-200799</t>
   </si>
   <si>
     <t>Кабел ACT USB-C - USB-C, 0.8 м / USB4, 40Gbps, 240W, сертифициран USB-IF</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AC7451</t>
   </si>
   <si>
     <t>HAMA Кабел "USB-C" Thunderbolt-5, 80 Gbit/s, 5A, 240W, Ultra-HD 8K, 1.00 m</t>
   </si>
   <si>
     <t>HAMA-200796</t>
   </si>
   <si>
     <t>Удължителен кабел DeLock, Активен, USB-A мъжко - USB-A женско, USB 3.0, 10 м</t>
   </si>
   <si>
     <t>DELOCK-83415</t>
   </si>
   <si>
     <t>Активен USB удължител ACT AC6063, USB 2.0, UTP до 50 метра</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AC6063</t>
   </si>
@@ -1258,3930 +1195,2712 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D277"/>
+  <dimension ref="A1:D190"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>2.772</v>
+        <v>5.016</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>5.016</v>
+        <v>5.532</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>5.016</v>
+        <v>6.36</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>5.532</v>
+        <v>6.684</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6">
+        <v>6.984</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>6.648</v>
+        <v>7.2</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>6.984</v>
+        <v>7.2</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>7.2</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>7.2</v>
+        <v>7.284</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>7.284</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>7.284</v>
+        <v>7.416</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>7.428</v>
+        <v>7.44</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>7.44</v>
+        <v>7.476</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15">
+        <v>7.548</v>
+      </c>
+      <c r="D15" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>7.644</v>
+        <v>7.716</v>
       </c>
       <c r="D16" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>7.692</v>
+        <v>7.764</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>7.716</v>
+        <v>7.764</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>7.728</v>
+        <v>7.98</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>7.92</v>
+        <v>8.004</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>8.004</v>
+        <v>8.076</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>8.052</v>
+        <v>8.136</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>8.208</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>8.22</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>8.268</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>8.412</v>
+        <v>8.328</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>8.832</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>8.916</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>9.036</v>
+        <v>9.024</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>9.144</v>
+        <v>9.156</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>9.156</v>
+        <v>9.18</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>9.156</v>
+        <v>9.48</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>9.156</v>
+        <v>9.48</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>9.48</v>
+        <v>9.54</v>
       </c>
       <c r="D34" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>9.48</v>
+        <v>9.732</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>9.54</v>
+        <v>9.912</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>9.852</v>
+        <v>9.96</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>10.068</v>
+        <v>10.188</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>10.092</v>
+        <v>10.2</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>10.2</v>
+        <v>10.5</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C41">
         <v>10.56</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>10.752</v>
+        <v>10.56</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C43">
         <v>10.8</v>
       </c>
       <c r="D43" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C44">
         <v>10.8</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>10.944</v>
+        <v>10.8</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>10.956</v>
+        <v>11.004</v>
       </c>
       <c r="D46" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>11.22</v>
+        <v>11.124</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>11.268</v>
+        <v>11.412</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>11.304</v>
+        <v>11.472</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>11.412</v>
+        <v>11.484</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="B51" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C51">
-        <v>11.472</v>
+        <v>11.484</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>19</v>
+        <v>106</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C52">
-        <v>11.484</v>
+        <v>11.64</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C53">
         <v>11.904</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C54">
         <v>11.964</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" t="s">
         <v>113</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>11.988</v>
+        <v>12.144</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" t="s">
         <v>115</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>12.144</v>
+        <v>12.372</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" t="s">
         <v>117</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>12.372</v>
+        <v>12.456</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" t="s">
         <v>119</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>12.408</v>
+        <v>12.552</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" t="s">
         <v>121</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>12.456</v>
+        <v>12.672</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" t="s">
         <v>123</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>12.552</v>
+        <v>12.744</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" t="s">
         <v>125</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>12.744</v>
+        <v>12.816</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" t="s">
         <v>127</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>12.816</v>
+        <v>13.032</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" t="s">
         <v>129</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>12.984</v>
+        <v>13.056</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" t="s">
         <v>131</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>13.032</v>
+        <v>13.2</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" t="s">
         <v>133</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>13.056</v>
+        <v>13.524</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" t="s">
         <v>135</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>13.74</v>
+        <v>14.004</v>
       </c>
       <c r="D66" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" t="s">
         <v>137</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>14.004</v>
+        <v>14.076</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C68">
         <v>14.4</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" t="s">
         <v>141</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>14.424</v>
+        <v>14.508</v>
       </c>
       <c r="D69" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" t="s">
         <v>143</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>14.556</v>
+        <v>14.592</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" t="s">
         <v>145</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>15.0</v>
+        <v>14.964</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C72">
         <v>15.0</v>
       </c>
       <c r="D72" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="C73">
         <v>15.036</v>
       </c>
       <c r="D73" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" t="s">
         <v>151</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>15.06</v>
+        <v>15.096</v>
       </c>
       <c r="D74" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" t="s">
         <v>153</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>15.096</v>
+        <v>15.192</v>
       </c>
       <c r="D75" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" t="s">
         <v>155</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>15.192</v>
+        <v>15.612</v>
       </c>
       <c r="D76" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" t="s">
         <v>157</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>15.588</v>
+        <v>15.792</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" t="s">
         <v>159</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>15.792</v>
+        <v>15.816</v>
       </c>
       <c r="D78" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" t="s">
         <v>161</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>15.816</v>
+        <v>16.296</v>
       </c>
       <c r="D79" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" t="s">
         <v>163</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>16.224</v>
+        <v>16.476</v>
       </c>
       <c r="D80" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" t="s">
         <v>165</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>16.476</v>
+        <v>16.572</v>
       </c>
       <c r="D81" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" t="s">
         <v>167</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>16.572</v>
+        <v>16.836</v>
       </c>
       <c r="D82" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" t="s">
         <v>169</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>16.836</v>
+        <v>17.064</v>
       </c>
       <c r="D83" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" t="s">
         <v>171</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>17.112</v>
+        <v>17.292</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="C85">
         <v>17.292</v>
       </c>
       <c r="D85" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" t="s">
         <v>175</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>17.292</v>
+        <v>17.856</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" t="s">
         <v>177</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>17.292</v>
+        <v>17.976</v>
       </c>
       <c r="D87" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" t="s">
         <v>179</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>17.328</v>
+        <v>18.216</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" t="s">
         <v>181</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>17.952</v>
+        <v>18.684</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" t="s">
         <v>183</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>17.976</v>
+        <v>18.888</v>
       </c>
       <c r="D90" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" t="s">
         <v>185</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>18.216</v>
+        <v>19.068</v>
       </c>
       <c r="D91" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" t="s">
         <v>187</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>18.888</v>
+        <v>19.284</v>
       </c>
       <c r="D92" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" t="s">
         <v>189</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>18.996</v>
+        <v>19.32</v>
       </c>
       <c r="D93" t="s">
-        <v>73</v>
+        <v>34</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" t="s">
         <v>191</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>19.068</v>
+        <v>19.716</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" t="s">
         <v>193</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>19.32</v>
+        <v>19.8</v>
       </c>
       <c r="D95" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" t="s">
         <v>195</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>19.776</v>
+        <v>20.076</v>
       </c>
       <c r="D96" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" t="s">
         <v>197</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>19.788</v>
+        <v>20.304</v>
       </c>
       <c r="D97" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" t="s">
         <v>199</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>19.8</v>
+        <v>20.364</v>
       </c>
       <c r="D98" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" t="s">
         <v>201</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>20.076</v>
+        <v>20.556</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" t="s">
         <v>203</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>20.448</v>
+        <v>20.784</v>
       </c>
       <c r="D100" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" t="s">
         <v>205</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>20.532</v>
+        <v>20.784</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
-        <v>2.772</v>
+        <v>5.016</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C103">
-        <v>5.016</v>
+        <v>6.684</v>
       </c>
       <c r="D103" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B104" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C104">
-        <v>5.016</v>
+        <v>6.984</v>
       </c>
       <c r="D104" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B105" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C105">
-        <v>6.648</v>
+        <v>7.2</v>
       </c>
       <c r="D105" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="B106" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="C106">
-        <v>6.984</v>
+        <v>7.44</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="B107" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="C107">
-        <v>7.2</v>
+        <v>7.548</v>
       </c>
       <c r="D107" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="B108" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="C108">
-        <v>7.428</v>
+        <v>7.764</v>
       </c>
       <c r="D108" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="B109" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="C109">
-        <v>7.44</v>
+        <v>7.98</v>
       </c>
       <c r="D109" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="B110" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="C110">
-        <v>7.644</v>
+        <v>8.208</v>
       </c>
       <c r="D110" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="B111" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="C111">
-        <v>7.692</v>
+        <v>8.268</v>
       </c>
       <c r="D111" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="B112" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="C112">
-        <v>7.716</v>
+        <v>9.156</v>
       </c>
       <c r="D112" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="B113" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="C113">
-        <v>7.728</v>
+        <v>9.732</v>
       </c>
       <c r="D113" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="B114" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="C114">
-        <v>8.052</v>
+        <v>9.912</v>
       </c>
       <c r="D114" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>49</v>
+        <v>79</v>
       </c>
       <c r="B115" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="C115">
-        <v>8.208</v>
+        <v>10.188</v>
       </c>
       <c r="D115" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="B116" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="C116">
-        <v>8.22</v>
+        <v>10.56</v>
       </c>
       <c r="D116" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>53</v>
+        <v>87</v>
       </c>
       <c r="B117" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="C117">
-        <v>8.268</v>
+        <v>10.56</v>
       </c>
       <c r="D117" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="B118" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="C118">
-        <v>8.916</v>
+        <v>10.8</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="B119" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="C119">
-        <v>9.156</v>
+        <v>10.8</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="B120" t="s">
-        <v>79</v>
+        <v>102</v>
       </c>
       <c r="C120">
-        <v>9.852</v>
+        <v>11.472</v>
       </c>
       <c r="D120" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
       <c r="B121" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
       <c r="C121">
-        <v>10.56</v>
+        <v>11.484</v>
       </c>
       <c r="D121" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>88</v>
+        <v>106</v>
       </c>
       <c r="B122" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="C122">
-        <v>10.752</v>
+        <v>11.64</v>
       </c>
       <c r="D122" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="B123" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="C123">
-        <v>10.8</v>
+        <v>11.904</v>
       </c>
       <c r="D123" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="B124" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="C124">
-        <v>10.956</v>
+        <v>11.964</v>
       </c>
       <c r="D124" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>98</v>
+        <v>118</v>
       </c>
       <c r="B125" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="C125">
-        <v>11.22</v>
+        <v>12.552</v>
       </c>
       <c r="D125" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="B126" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="C126">
-        <v>11.268</v>
+        <v>12.744</v>
       </c>
       <c r="D126" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="B127" t="s">
-        <v>107</v>
+        <v>125</v>
       </c>
       <c r="C127">
-        <v>11.472</v>
+        <v>12.816</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>19</v>
+        <v>128</v>
       </c>
       <c r="B128" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="C128">
-        <v>11.484</v>
+        <v>13.056</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>109</v>
+        <v>132</v>
       </c>
       <c r="B129" t="s">
-        <v>110</v>
+        <v>133</v>
       </c>
       <c r="C129">
-        <v>11.904</v>
+        <v>13.524</v>
       </c>
       <c r="D129" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B130" t="s">
-        <v>112</v>
+        <v>139</v>
       </c>
       <c r="C130">
-        <v>11.964</v>
+        <v>14.4</v>
       </c>
       <c r="D130" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>113</v>
+        <v>142</v>
       </c>
       <c r="B131" t="s">
-        <v>114</v>
+        <v>143</v>
       </c>
       <c r="C131">
-        <v>11.988</v>
+        <v>14.592</v>
       </c>
       <c r="D131" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="B132" t="s">
-        <v>118</v>
+        <v>145</v>
       </c>
       <c r="C132">
-        <v>12.372</v>
+        <v>14.964</v>
       </c>
       <c r="D132" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>119</v>
+        <v>146</v>
       </c>
       <c r="B133" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="C133">
-        <v>12.408</v>
+        <v>15.0</v>
       </c>
       <c r="D133" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>121</v>
+        <v>148</v>
       </c>
       <c r="B134" t="s">
-        <v>122</v>
+        <v>149</v>
       </c>
       <c r="C134">
-        <v>12.456</v>
+        <v>15.036</v>
       </c>
       <c r="D134" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>123</v>
+        <v>150</v>
       </c>
       <c r="B135" t="s">
-        <v>124</v>
+        <v>151</v>
       </c>
       <c r="C135">
-        <v>12.552</v>
+        <v>15.096</v>
       </c>
       <c r="D135" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>125</v>
+        <v>152</v>
       </c>
       <c r="B136" t="s">
-        <v>126</v>
+        <v>153</v>
       </c>
       <c r="C136">
-        <v>12.744</v>
+        <v>15.192</v>
       </c>
       <c r="D136" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>127</v>
+        <v>154</v>
       </c>
       <c r="B137" t="s">
-        <v>128</v>
+        <v>155</v>
       </c>
       <c r="C137">
-        <v>12.816</v>
+        <v>15.612</v>
       </c>
       <c r="D137" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="B138" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="C138">
-        <v>12.984</v>
+        <v>15.792</v>
       </c>
       <c r="D138" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>133</v>
+        <v>160</v>
       </c>
       <c r="B139" t="s">
-        <v>134</v>
+        <v>161</v>
       </c>
       <c r="C139">
-        <v>13.056</v>
+        <v>16.296</v>
       </c>
       <c r="D139" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>135</v>
+        <v>162</v>
       </c>
       <c r="B140" t="s">
-        <v>136</v>
+        <v>163</v>
       </c>
       <c r="C140">
-        <v>13.74</v>
+        <v>16.476</v>
       </c>
       <c r="D140" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>137</v>
+        <v>164</v>
       </c>
       <c r="B141" t="s">
-        <v>138</v>
+        <v>165</v>
       </c>
       <c r="C141">
-        <v>14.004</v>
+        <v>16.572</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>139</v>
+        <v>166</v>
       </c>
       <c r="B142" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="C142">
-        <v>14.4</v>
+        <v>16.836</v>
       </c>
       <c r="D142" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>143</v>
+        <v>168</v>
       </c>
       <c r="B143" t="s">
-        <v>144</v>
+        <v>169</v>
       </c>
       <c r="C143">
-        <v>14.556</v>
+        <v>17.064</v>
       </c>
       <c r="D143" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>145</v>
+        <v>170</v>
       </c>
       <c r="B144" t="s">
-        <v>146</v>
+        <v>171</v>
       </c>
       <c r="C144">
-        <v>15.0</v>
+        <v>17.292</v>
       </c>
       <c r="D144" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>147</v>
+        <v>172</v>
       </c>
       <c r="B145" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="C145">
-        <v>15.0</v>
+        <v>17.292</v>
       </c>
       <c r="D145" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>149</v>
+        <v>178</v>
       </c>
       <c r="B146" t="s">
-        <v>150</v>
+        <v>179</v>
       </c>
       <c r="C146">
-        <v>15.036</v>
+        <v>18.216</v>
       </c>
       <c r="D146" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="B147" t="s">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="C147">
-        <v>15.06</v>
+        <v>18.684</v>
       </c>
       <c r="D147" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>153</v>
+        <v>184</v>
       </c>
       <c r="B148" t="s">
-        <v>154</v>
+        <v>185</v>
       </c>
       <c r="C148">
-        <v>15.096</v>
+        <v>19.068</v>
       </c>
       <c r="D148" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>155</v>
+        <v>188</v>
       </c>
       <c r="B149" t="s">
-        <v>156</v>
+        <v>189</v>
       </c>
       <c r="C149">
-        <v>15.192</v>
+        <v>19.32</v>
       </c>
       <c r="D149" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>157</v>
+        <v>190</v>
       </c>
       <c r="B150" t="s">
-        <v>158</v>
+        <v>191</v>
       </c>
       <c r="C150">
-        <v>15.588</v>
+        <v>19.716</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>159</v>
+        <v>192</v>
       </c>
       <c r="B151" t="s">
-        <v>160</v>
+        <v>193</v>
       </c>
       <c r="C151">
-        <v>15.792</v>
+        <v>19.8</v>
       </c>
       <c r="D151" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>163</v>
+        <v>194</v>
       </c>
       <c r="B152" t="s">
-        <v>164</v>
+        <v>195</v>
       </c>
       <c r="C152">
-        <v>16.224</v>
+        <v>20.076</v>
       </c>
       <c r="D152" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>165</v>
+        <v>196</v>
       </c>
       <c r="B153" t="s">
-        <v>166</v>
+        <v>197</v>
       </c>
       <c r="C153">
-        <v>16.476</v>
+        <v>20.304</v>
       </c>
       <c r="D153" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>167</v>
+        <v>206</v>
       </c>
       <c r="B154" t="s">
-        <v>168</v>
+        <v>207</v>
       </c>
       <c r="C154">
-        <v>16.572</v>
+        <v>21.444</v>
       </c>
       <c r="D154" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>169</v>
+        <v>208</v>
       </c>
       <c r="B155" t="s">
-        <v>170</v>
+        <v>209</v>
       </c>
       <c r="C155">
-        <v>16.836</v>
+        <v>21.852</v>
       </c>
       <c r="D155" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>171</v>
+        <v>210</v>
       </c>
       <c r="B156" t="s">
-        <v>172</v>
+        <v>211</v>
       </c>
       <c r="C156">
-        <v>17.112</v>
+        <v>21.888</v>
       </c>
       <c r="D156" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>173</v>
+        <v>212</v>
       </c>
       <c r="B157" t="s">
-        <v>174</v>
+        <v>213</v>
       </c>
       <c r="C157">
-        <v>17.292</v>
+        <v>22.068</v>
       </c>
       <c r="D157" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>175</v>
+        <v>214</v>
       </c>
       <c r="B158" t="s">
-        <v>176</v>
+        <v>215</v>
       </c>
       <c r="C158">
-        <v>17.292</v>
+        <v>22.356</v>
       </c>
       <c r="D158" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>177</v>
+        <v>216</v>
       </c>
       <c r="B159" t="s">
-        <v>178</v>
+        <v>217</v>
       </c>
       <c r="C159">
-        <v>17.292</v>
+        <v>22.44</v>
       </c>
       <c r="D159" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>179</v>
+        <v>218</v>
       </c>
       <c r="B160" t="s">
-        <v>180</v>
+        <v>219</v>
       </c>
       <c r="C160">
-        <v>17.328</v>
+        <v>23.256</v>
       </c>
       <c r="D160" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>181</v>
+        <v>220</v>
       </c>
       <c r="B161" t="s">
-        <v>182</v>
+        <v>221</v>
       </c>
       <c r="C161">
-        <v>17.952</v>
+        <v>24.012</v>
       </c>
       <c r="D161" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>183</v>
+        <v>222</v>
       </c>
       <c r="B162" t="s">
-        <v>184</v>
+        <v>223</v>
       </c>
       <c r="C162">
-        <v>17.976</v>
+        <v>24.72</v>
       </c>
       <c r="D162" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>185</v>
+        <v>224</v>
       </c>
       <c r="B163" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="C163">
-        <v>18.216</v>
+        <v>24.864</v>
       </c>
       <c r="D163" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>189</v>
+        <v>226</v>
       </c>
       <c r="B164" t="s">
-        <v>190</v>
+        <v>227</v>
       </c>
       <c r="C164">
-        <v>18.996</v>
+        <v>25.044</v>
       </c>
       <c r="D164" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>191</v>
+        <v>228</v>
       </c>
       <c r="B165" t="s">
-        <v>192</v>
+        <v>229</v>
       </c>
       <c r="C165">
-        <v>19.068</v>
+        <v>25.692</v>
       </c>
       <c r="D165" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>193</v>
+        <v>230</v>
       </c>
       <c r="B166" t="s">
-        <v>194</v>
+        <v>231</v>
       </c>
       <c r="C166">
-        <v>19.32</v>
+        <v>26.268</v>
       </c>
       <c r="D166" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>195</v>
+        <v>232</v>
       </c>
       <c r="B167" t="s">
-        <v>196</v>
+        <v>233</v>
       </c>
       <c r="C167">
-        <v>19.776</v>
+        <v>26.268</v>
       </c>
       <c r="D167" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>197</v>
+        <v>234</v>
       </c>
       <c r="B168" t="s">
-        <v>198</v>
+        <v>235</v>
       </c>
       <c r="C168">
-        <v>19.788</v>
+        <v>27.12</v>
       </c>
       <c r="D168" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>199</v>
+        <v>236</v>
       </c>
       <c r="B169" t="s">
-        <v>200</v>
+        <v>237</v>
       </c>
       <c r="C169">
-        <v>19.8</v>
+        <v>27.24</v>
       </c>
       <c r="D169" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>201</v>
+        <v>238</v>
       </c>
       <c r="B170" t="s">
-        <v>202</v>
+        <v>239</v>
       </c>
       <c r="C170">
-        <v>20.076</v>
+        <v>27.792</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>203</v>
+        <v>240</v>
       </c>
       <c r="B171" t="s">
-        <v>204</v>
+        <v>241</v>
       </c>
       <c r="C171">
-        <v>20.448</v>
+        <v>28.5</v>
       </c>
       <c r="D171" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>207</v>
+        <v>242</v>
       </c>
       <c r="B172" t="s">
-        <v>208</v>
+        <v>243</v>
       </c>
       <c r="C172">
-        <v>20.652</v>
+        <v>28.536</v>
       </c>
       <c r="D172" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>209</v>
+        <v>244</v>
       </c>
       <c r="B173" t="s">
-        <v>210</v>
+        <v>245</v>
       </c>
       <c r="C173">
-        <v>20.784</v>
+        <v>29.652</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>211</v>
+        <v>246</v>
       </c>
       <c r="B174" t="s">
-        <v>212</v>
+        <v>247</v>
       </c>
       <c r="C174">
-        <v>21.204</v>
+        <v>30.576</v>
       </c>
       <c r="D174" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>213</v>
+        <v>248</v>
       </c>
       <c r="B175" t="s">
-        <v>214</v>
+        <v>249</v>
       </c>
       <c r="C175">
-        <v>21.3</v>
+        <v>31.44</v>
       </c>
       <c r="D175" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>215</v>
+        <v>250</v>
       </c>
       <c r="B176" t="s">
-        <v>216</v>
+        <v>251</v>
       </c>
       <c r="C176">
-        <v>21.852</v>
+        <v>31.704</v>
       </c>
       <c r="D176" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>217</v>
+        <v>252</v>
       </c>
       <c r="B177" t="s">
-        <v>218</v>
+        <v>253</v>
       </c>
       <c r="C177">
-        <v>21.864</v>
+        <v>32.892</v>
       </c>
       <c r="D177" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>219</v>
+        <v>254</v>
       </c>
       <c r="B178" t="s">
-        <v>220</v>
+        <v>255</v>
       </c>
       <c r="C178">
-        <v>21.888</v>
+        <v>35.472</v>
       </c>
       <c r="D178" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>221</v>
+        <v>256</v>
       </c>
       <c r="B179" t="s">
-        <v>222</v>
+        <v>257</v>
       </c>
       <c r="C179">
-        <v>21.984</v>
+        <v>36.132</v>
       </c>
       <c r="D179" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>223</v>
+        <v>258</v>
       </c>
       <c r="B180" t="s">
-        <v>224</v>
+        <v>259</v>
       </c>
       <c r="C180">
-        <v>22.068</v>
+        <v>38.34</v>
       </c>
       <c r="D180" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>225</v>
+        <v>260</v>
       </c>
       <c r="B181" t="s">
-        <v>226</v>
+        <v>261</v>
       </c>
       <c r="C181">
-        <v>22.356</v>
+        <v>40.032</v>
       </c>
       <c r="D181" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>227</v>
+        <v>262</v>
       </c>
       <c r="B182" t="s">
-        <v>228</v>
+        <v>263</v>
       </c>
       <c r="C182">
-        <v>22.44</v>
+        <v>44.724</v>
       </c>
       <c r="D182" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>229</v>
+        <v>264</v>
       </c>
       <c r="B183" t="s">
-        <v>230</v>
+        <v>265</v>
       </c>
       <c r="C183">
-        <v>22.632</v>
+        <v>46.872</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>231</v>
+        <v>266</v>
       </c>
       <c r="B184" t="s">
-        <v>232</v>
+        <v>267</v>
       </c>
       <c r="C184">
-        <v>23.184</v>
+        <v>47.4</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>233</v>
+        <v>268</v>
       </c>
       <c r="B185" t="s">
-        <v>234</v>
+        <v>269</v>
       </c>
       <c r="C185">
-        <v>23.256</v>
+        <v>54.324</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>235</v>
+        <v>270</v>
       </c>
       <c r="B186" t="s">
-        <v>236</v>
+        <v>271</v>
       </c>
       <c r="C186">
-        <v>23.988</v>
+        <v>96.0</v>
       </c>
       <c r="D186" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>237</v>
+        <v>272</v>
       </c>
       <c r="B187" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C187">
-        <v>24.012</v>
+        <v>103.548</v>
       </c>
       <c r="D187" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>239</v>
+        <v>274</v>
       </c>
       <c r="B188" t="s">
-        <v>240</v>
+        <v>275</v>
       </c>
       <c r="C188">
-        <v>24.072</v>
+        <v>109.152</v>
       </c>
       <c r="D188" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>241</v>
+        <v>276</v>
       </c>
       <c r="B189" t="s">
-        <v>242</v>
+        <v>277</v>
       </c>
       <c r="C189">
-        <v>24.12</v>
+        <v>279.732</v>
       </c>
       <c r="D189" t="s">
-        <v>6</v>
-[...1217 lines deleted...]
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D277"/>
+  <autoFilter ref="A1:D190"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>