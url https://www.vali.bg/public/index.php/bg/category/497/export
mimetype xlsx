--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -37,77 +37,77 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Софтуер за управление работата в класна стая Netsupport school NSS ver.15 +поддръжка за 3 год.</t>
   </si>
   <si>
     <t>SOFT-NET-NSS-IKT-3Y</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
+    <t>Софтуер Readiris PDF 22 Business 1 Lic WIN - BOX електронен лиценз</t>
+  </si>
+  <si>
+    <t>IRIS-SOFT-READIRIS22-BOX</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>Електронен лиценз - антивирусен софтуер ESET HOME Security Essential, 1 бр. , 1 година</t>
   </si>
   <si>
     <t>SOFT-NOD32-HOMESecEssent</t>
   </si>
   <si>
-    <t>наличен</t>
-[...1 lines deleted...]
-  <si>
     <t>Софтуер WinZip SafeMedia 6 License (5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-WZ-550</t>
   </si>
   <si>
     <t>Софтуер VideoStudio 2022 Business &amp; Education License (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-VS22-14</t>
   </si>
   <si>
-    <t>Софтуер Readiris PDF 22 Business 1 Lic WIN - BOX електронен лиценз</t>
-[...4 lines deleted...]
-  <si>
     <t>Софтуер Microsoft 365 Business Basic (no Teams)</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFF365-BB-NOT</t>
   </si>
   <si>
     <t>Софтуер PaintShop Pro 2022 Corporate Edition License Single User</t>
   </si>
   <si>
     <t>FS-SOFT-PAINT-PS-CE1</t>
   </si>
   <si>
     <t>Софтуер CorelDRAW Graphics Suite Education 365-Day Subscription (Single User)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-1</t>
   </si>
   <si>
     <t>Софтуер CorelDRAW Graphics Suite Education 365-Day Subscription (5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-50</t>
   </si>
   <si>
     <t>Софтуер Microsoft 365 Business Basic</t>
@@ -136,62 +136,62 @@
   <si>
     <t>RICOH-SOFT-RSI-CTR-1Y-1-4</t>
   </si>
   <si>
     <t>Софтуер Microsoft Windows 11 Home x64 Английски език OEM</t>
   </si>
   <si>
     <t>FS-SOFT-MS-KW9-00632</t>
   </si>
   <si>
     <t>Софтуер Microsoft 365 Apps for business</t>
   </si>
   <si>
     <t>FS-SOFT-MS-365-APPS-B</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Софтуер Microsoft Office Home 2024 English EuroZone Medialess ESD</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFFHS24EN-ESD</t>
   </si>
   <si>
+    <t>Софтуер Microsoft Windows 11 Home English 64 bit  FPP USB</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MS-HAJ-00090</t>
+  </si>
+  <si>
     <t>Софтуер CorelDRAW Graphics Suite Enterprise CorelSure Maintenance Renewal (1 year) (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSEMR1Y</t>
   </si>
   <si>
-    <t>Софтуер Microsoft Windows 11 Home English 64 bit  FPP USB</t>
-[...4 lines deleted...]
-  <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 1 година</t>
   </si>
   <si>
     <t>SOFT-VR-BB-1</t>
   </si>
   <si>
     <t>Софтуер Microsoft Windows 11 Pro x64 Английски език OEM</t>
   </si>
   <si>
     <t>FS-SOFT-MS-FQC-10528</t>
   </si>
   <si>
     <t>Софтуер Microsoft 365 Business Standard</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFF-365-BS</t>
   </si>
   <si>
     <t>Софтуер  ABBYY FineReader PDF Corporate, Single User License (ESD), Subscription, 1y</t>
   </si>
   <si>
     <t>FS-SOFT-AB-FRCW-FMBL-X</t>
   </si>
   <si>
     <t>Софтуерен пакет за виртуална реалност Corinth, индивидуален уеб лиценз, абонамент за 1 година</t>
@@ -271,162 +271,162 @@
   <si>
     <t>Софтуер ABBYY FineReader PDF Standard, Single User License (ESD), Subscription, 3y</t>
   </si>
   <si>
     <t>FS-SOFT-AB-FRSW-FMCL-X</t>
   </si>
   <si>
     <t>Софтуер Microsoft Office Home and Business 2024 English EuroZone</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFF-HB-2024-EN</t>
   </si>
   <si>
     <t>Софтуер Microsoft Office Home and Business 2024 Bulgarian EuroZone Medialess</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFF-HB-2024BUL</t>
   </si>
   <si>
     <t>Софтуер  ABBYY FineReader PDF Corporate, Volume Licenses (concurrent), Subscription 1y, 5 - 25 Licenses</t>
   </si>
   <si>
     <t>FS-SOFT-AB-FR15CCSM1Y</t>
   </si>
   <si>
+    <t>Софтуер CorelDRAW Graphics Suite 365-Day Subs. (51-250)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-250</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite 365-Day Subscription Renewal (5-50)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CORELDRGS365RNW-2</t>
+  </si>
+  <si>
+    <t>Софтуер Adobe Acrobat Pro for teams Multi European Languages Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-ACRPRO-N19</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite 365-Day Subs. (5-50)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-550</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite 365-Day Subs. (Single User)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-1</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite 365-Day Subscription Renewal (51-250)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CRLDRGS365RNW250</t>
+  </si>
+  <si>
+    <t>Софтуер CorelDRAW Graphics Suite 365-Day Subscription Renewal Single User</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CORELDRGS365RNW</t>
+  </si>
+  <si>
+    <t>Софтуер ABBYY FineReader PDF Corporate, Volume License (per Seat), Subscription 3y, 5 - 25 Licenses</t>
+  </si>
+  <si>
+    <t>FS-SOFT-AB-FRCW-FMCS-A</t>
+  </si>
+  <si>
+    <t>Софтуер Painter 2022 License (Single User)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-PAINTER-1</t>
+  </si>
+  <si>
+    <t>Софтуер  ABBYY FineReader PDF Corporate, Single User License (ESD), Subscription, 3y</t>
+  </si>
+  <si>
+    <t>FS-SOFT-AB-FRCW-FMCL-X</t>
+  </si>
+  <si>
+    <t>Софтуер Adobe Audition for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-AUD</t>
+  </si>
+  <si>
+    <t>Софтуер SOUND FORGE Pro</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MAGIX-SOUNDFORGE</t>
+  </si>
+  <si>
+    <t>Софтуер MAGIX VEGAS Pro</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MAGIX-VEGAS-PRO</t>
+  </si>
+  <si>
+    <t>Софтуер Adobe Illustrator for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-ILLUSTR</t>
+  </si>
+  <si>
+    <t>Софтуер Adobe Premiere Pro for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-PREMPRO</t>
+  </si>
+  <si>
+    <t>Софтуер Adobe Photoshop for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-PHOTOSH</t>
+  </si>
+  <si>
+    <t>Софтуер Adobe Sign for business, Other, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-SIGNBA</t>
+  </si>
+  <si>
+    <t>Софтуер Autodesk AUTOCAD LT 2024 NEW SGL-US 1YR SUBSCRIPTION</t>
+  </si>
+  <si>
+    <t>FS-SOFT-AUTODESK-CADLT</t>
+  </si>
+  <si>
     <t>Лиценз за софтуер VR Expert Education Kit - базов пакет и Corinth за 3 години за 1 бр. VR очила</t>
   </si>
   <si>
     <t>SOFT-VR-BC-3</t>
-  </si>
-[...106 lines deleted...]
-    <t>FS-SOFT-AUTODESK-CADLT</t>
   </si>
   <si>
     <t>Софтуерен пакет за виртуална реалност Corinth, уеб лиценз за класна стая от 2 до 20 устройства, абонамент за 1 година</t>
   </si>
   <si>
     <t>CORINTH-CLASS-WEB-1Y</t>
   </si>
   <si>
     <t>Софтуерен пакет за виртуална реалност Corinth, настолен лиценз за класна стая от 2 до 20 устройства, абонамент за 1 година</t>
   </si>
   <si>
     <t>CORINTH-CLASS-DESK-1Y</t>
   </si>
   <si>
     <t>Софтуер  ABBYY FineReader PDF Corporate, Volume Licenses (concurrent), Subscription 3y, 5 - 25 Licenses</t>
   </si>
   <si>
     <t>FS-SOFT-AB-FRCW-FMCC-A</t>
   </si>
   <si>
     <t>Софтуер Netsupport DNA Corporate Edition Pack A- за упрaвление и контрол на ИТ активи</t>
   </si>
   <si>
     <t>SOFT-NET-DNA-CORP-A-25</t>
   </si>
@@ -885,96 +885,96 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>49.98</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>70.8</v>
+        <v>60.0</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>119.1</v>
+        <v>70.8</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>119.712</v>
+        <v>119.1</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>120.0</v>
+        <v>119.712</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>129.552</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>138.036</v>
@@ -1053,152 +1053,152 @@
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>238.992</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>262.5</v>
+        <v>268.5</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>276.012</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
         <v>285.0</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>293.376</v>
+        <v>294.996</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>294.996</v>
+        <v>303.408</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
         <v>312.0</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>317.148</v>
+        <v>317.448</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
         <v>318.0</v>
       </c>
       <c r="D22" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
         <v>325.44</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>0.0</v>
@@ -1224,51 +1224,51 @@
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26">
         <v>360.504</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
         <v>361.68</v>
       </c>
       <c r="D27" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
         <v>420.0</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29">
         <v>438.996</v>
@@ -1392,317 +1392,317 @@
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>81</v>
       </c>
       <c r="B38" t="s">
         <v>82</v>
       </c>
       <c r="C38">
         <v>545.76</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>83</v>
       </c>
       <c r="B39" t="s">
         <v>84</v>
       </c>
       <c r="C39">
         <v>585.72</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>85</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
       <c r="C40">
-        <v>600.0</v>
+        <v>643.464</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>87</v>
       </c>
       <c r="B41" t="s">
         <v>88</v>
       </c>
       <c r="C41">
-        <v>643.464</v>
+        <v>663.024</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>89</v>
       </c>
       <c r="B42" t="s">
         <v>90</v>
       </c>
       <c r="C42">
-        <v>663.024</v>
+        <v>699.0</v>
       </c>
       <c r="D42" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>91</v>
       </c>
       <c r="B43" t="s">
         <v>92</v>
       </c>
       <c r="C43">
-        <v>699.0</v>
+        <v>702.144</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>93</v>
       </c>
       <c r="B44" t="s">
         <v>94</v>
       </c>
       <c r="C44">
         <v>702.144</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>95</v>
       </c>
       <c r="B45" t="s">
         <v>96</v>
       </c>
       <c r="C45">
         <v>702.144</v>
       </c>
       <c r="D45" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>97</v>
       </c>
       <c r="B46" t="s">
         <v>98</v>
       </c>
       <c r="C46">
         <v>702.144</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>99</v>
       </c>
       <c r="B47" t="s">
         <v>100</v>
       </c>
       <c r="C47">
-        <v>702.144</v>
+        <v>790.764</v>
       </c>
       <c r="D47" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>101</v>
       </c>
       <c r="B48" t="s">
         <v>102</v>
       </c>
       <c r="C48">
-        <v>790.764</v>
+        <v>819.168</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>103</v>
       </c>
       <c r="B49" t="s">
         <v>104</v>
       </c>
       <c r="C49">
-        <v>819.168</v>
+        <v>879.6</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>105</v>
       </c>
       <c r="B50" t="s">
         <v>106</v>
       </c>
       <c r="C50">
-        <v>879.6</v>
+        <v>907.2</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>107</v>
       </c>
       <c r="B51" t="s">
         <v>108</v>
       </c>
       <c r="C51">
-        <v>907.2</v>
+        <v>936.528</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>109</v>
       </c>
       <c r="B52" t="s">
         <v>110</v>
       </c>
       <c r="C52">
-        <v>907.2</v>
+        <v>936.528</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>111</v>
       </c>
       <c r="B53" t="s">
         <v>112</v>
       </c>
       <c r="C53">
-        <v>936.528</v>
+        <v>944.4</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>113</v>
       </c>
       <c r="B54" t="s">
         <v>114</v>
       </c>
       <c r="C54">
-        <v>936.528</v>
+        <v>945.216</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>115</v>
       </c>
       <c r="B55" t="s">
         <v>116</v>
       </c>
       <c r="C55">
-        <v>944.4</v>
+        <v>954.0</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>117</v>
       </c>
       <c r="B56" t="s">
         <v>118</v>
       </c>
       <c r="C56">
-        <v>954.0</v>
+        <v>1092.0</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>119</v>
       </c>
       <c r="B57" t="s">
         <v>120</v>
       </c>
       <c r="C57">
-        <v>1092.0</v>
+        <v>1150.8</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>121</v>
       </c>
       <c r="B58" t="s">
         <v>122</v>
       </c>
       <c r="C58">
-        <v>1150.8</v>
+        <v>1260.0</v>
       </c>
       <c r="D58" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>123</v>
       </c>
       <c r="B59" t="s">
         <v>124</v>
       </c>
       <c r="C59">
         <v>0.0</v>
       </c>
       <c r="D59" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>125</v>
       </c>
       <c r="B60" t="s">
         <v>126</v>
       </c>
       <c r="C60">
         <v>0.0</v>
@@ -1812,51 +1812,51 @@
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>141</v>
       </c>
       <c r="B68" t="s">
         <v>142</v>
       </c>
       <c r="C68">
         <v>2340.0</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>143</v>
       </c>
       <c r="B69" t="s">
         <v>144</v>
       </c>
       <c r="C69">
         <v>2488.992</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>129</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
         <v>3192.0</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
         <v>3828.0</v>