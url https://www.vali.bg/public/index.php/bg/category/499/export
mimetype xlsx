--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -28,66 +28,66 @@
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$35</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>Софтуер Readiris PDF 22 Business 1 Lic WIN - BOX електронен лиценз</t>
+  </si>
+  <si>
+    <t>IRIS-SOFT-READIRIS22-BOX</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>Софтуер WinZip SafeMedia 6 License (5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-WZ-550</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
-  </si>
-[...7 lines deleted...]
-    <t>наличен</t>
   </si>
   <si>
     <t>Софтуер Microsoft 365 Business Basic (no Teams)</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFF365-BB-NOT</t>
   </si>
   <si>
     <t>Софтуер Microsoft 365 Business Basic</t>
   </si>
   <si>
     <t>FS-SOFT-MS-OFF365-BB</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Софтуер ABBYY FineReader PDF Standard, Single User License (ESD), Subscription, 1y</t>
   </si>
   <si>
     <t>FS-SOFT-AB-FRSW-FMBL-X</t>
   </si>
   <si>
     <t>Софтуер ABBYY FineReader PDF Standard,Volume License (per Seat), GOV/NPO/EDU, Subscription 1y, 5 - 25 Licenses</t>
   </si>
@@ -616,502 +616,502 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>119.1</v>
+        <v>60.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>120.0</v>
+        <v>119.1</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>129.552</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>157.716</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>195.24</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>195.24</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>262.5</v>
+        <v>268.5</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>276.012</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
         <v>285.0</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
         <v>294.996</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
-        <v>317.148</v>
+        <v>317.448</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
         <v>318.0</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
         <v>325.44</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
         <v>360.504</v>
       </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
         <v>438.996</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
         <v>466.8</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
         <v>468.828</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
         <v>478.8</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
         <v>510.0</v>
       </c>
       <c r="D20" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
         <v>526.56</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
         <v>538.8</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
         <v>545.76</v>
       </c>
       <c r="D23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>585.72</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
         <v>699.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
         <v>790.764</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
         <v>879.6</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
         <v>1092.0</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>1581.564</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
         <v>1680.0</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
         <v>2340.0</v>
       </c>
       <c r="D31" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>64</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>3192.0</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>3828.0</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>7272.0</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D35"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>