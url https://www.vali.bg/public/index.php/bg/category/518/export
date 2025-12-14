--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -49,78 +49,78 @@
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Фолио за ламиниране HAMA, За визитки, 80µ, 100 броя, Прозрачен</t>
   </si>
   <si>
     <t>HAMA-50571</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Фолио за ламиниране HAMA, A6, 80µ, 100 броя</t>
   </si>
   <si>
     <t>HAMA-50570</t>
   </si>
   <si>
     <t>Фолио за ламиниране HAMA, A4, 80µ, 25 броя, Прозрачен</t>
   </si>
   <si>
     <t>HAMA-50566</t>
   </si>
   <si>
+    <t>Фолио за ламиниране HAMA, A5, 80µ, 100 броя</t>
+  </si>
+  <si>
+    <t>HAMA-50568</t>
+  </si>
+  <si>
+    <t>Фолио за ламиниране HAMA, A4, 125µ, 25 броя, Прозрачен</t>
+  </si>
+  <si>
+    <t>HAMA-50567</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Термично фолио за ламиниране HAMA, A3, 125µ, 25 бр., Прозрачен</t>
+  </si>
+  <si>
+    <t>HAMA-50563</t>
+  </si>
+  <si>
+    <t>Фолио за ламиниране HAMA, A4, 80µ, 100 броя</t>
+  </si>
+  <si>
+    <t>HAMA-50564</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...25 lines deleted...]
-    <t>HAMA-50564</t>
   </si>
   <si>
     <t>Фолио за ламиниране HAMA, A4, 125µ, 100 броя</t>
   </si>
   <si>
     <t>HAMA-50565</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -494,124 +494,124 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>7.056</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>8.124</v>
+        <v>8.1</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>10.896</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>11.928</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>20.46</v>
+        <v>21.36</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>23.184</v>
+      </c>
+      <c r="D8" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>31.008</v>
+        <v>30.84</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D10"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>