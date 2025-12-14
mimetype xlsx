--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,624 +7,594 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$93</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$88</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Жичен геймпад ESTILLO 703  Dual Vibration, USB, Черен</t>
   </si>
   <si>
     <t>EST-USB703</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Жичен геймпад Spartan Gear Oplon, за PC и PS3, Черен</t>
   </si>
   <si>
     <t>SG-032128</t>
   </si>
   <si>
-    <t>Жичен геймпад Thrustmaster Dual Analog 4  за PC, Черен</t>
-[...2 lines deleted...]
-    <t>THRUST-GP-DA4</t>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Жичен геймпад HAMA uRage Vendetta 210, USB-A, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-186074</t>
+  </si>
+  <si>
+    <t>Жичен геймпад Nacon GC-100XF, Сив</t>
+  </si>
+  <si>
+    <t>NC-PCGC-100GREY</t>
+  </si>
+  <si>
+    <t>Жичен геймпад Nacon GC-100XF, Червен</t>
+  </si>
+  <si>
+    <t>NC-PCGC-100RED</t>
+  </si>
+  <si>
+    <t>Жичен геймпад Nacon GC-100XF, Черен</t>
+  </si>
+  <si>
+    <t>NC-PCGC-100XF</t>
+  </si>
+  <si>
+    <t>Жичен геймпад Spartan Gear Hoplite за PC и PS4, Черен</t>
+  </si>
+  <si>
+    <t>SG-072216</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Жичен геймпад HAMA uRage Vendetta 210, USB-A, Черен</t>
-[...19 lines deleted...]
-  <si>
     <t>Жичен геймпад Spartan Gear Hoplite за PC и PS4, Бял</t>
   </si>
   <si>
     <t>SG-072217</t>
   </si>
   <si>
     <t>Жичен геймпад Spartan Gear Hoplite за PC и PS4, Green Camo</t>
   </si>
   <si>
     <t>SG-072218</t>
   </si>
   <si>
-    <t>Жичен геймпад Nacon GC-100XF, Сив</t>
-[...2 lines deleted...]
-    <t>NC-PCGC-100GREY</t>
+    <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4</t>
+  </si>
+  <si>
+    <t>SG-109033</t>
+  </si>
+  <si>
+    <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4 Green</t>
+  </si>
+  <si>
+    <t>SG-109032</t>
+  </si>
+  <si>
+    <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4, Черен</t>
+  </si>
+  <si>
+    <t>SG-109031</t>
+  </si>
+  <si>
+    <t>Геймърски контролер Spartan Gear - Hoplite 2 Wired Controller - Super Gamer (Special Edition) PC/PS4, Redline</t>
+  </si>
+  <si>
+    <t>SG-109034</t>
   </si>
   <si>
     <t>Жичен геймпад Nacon GC-100XF, Бял</t>
   </si>
   <si>
     <t>NC-PCGC-100WHITE</t>
   </si>
   <si>
-    <t>Жичен геймпад Nacon GC-100XF, Червен</t>
-[...4 lines deleted...]
-  <si>
     <t>Жичен геймпад Nacon GC-100XF, Син</t>
   </si>
   <si>
     <t>NC-PCGC-100BLUE</t>
   </si>
   <si>
     <t>Hama безжичен Геймпад "uRage Vendetta 300 Unleashed", 186075</t>
   </si>
   <si>
     <t>HAMA-186075</t>
   </si>
   <si>
+    <t>Жичен Геймпад Nacon GC-100XF FOREST</t>
+  </si>
+  <si>
+    <t>NC-PCGC-100FOREST</t>
+  </si>
+  <si>
+    <t>Жичен Геймпад Nacon GC-100XF URBAN</t>
+  </si>
+  <si>
+    <t>NC-PCGC-100URBAN</t>
+  </si>
+  <si>
+    <t>Жичен Геймпад Nacon GC-100XF RGB</t>
+  </si>
+  <si>
+    <t>NC-PCGC-100RGB</t>
+  </si>
+  <si>
+    <t>Жичен геймпад Logitech F310</t>
+  </si>
+  <si>
+    <t>LOGITECH-GP-F310</t>
+  </si>
+  <si>
     <t>Контролер The Spectrum USB</t>
   </si>
   <si>
     <t>CONSOLE-SPECTRUM-USB</t>
   </si>
   <si>
-    <t>Жичен Геймпад Nacon GC-100XF FOREST</t>
-[...22 lines deleted...]
-  <si>
     <t xml:space="preserve"> Геймърски контролер A4tech Bloody GPW50, Dual-mode жичен и безжичен, Бял</t>
   </si>
   <si>
     <t>A4-CON-GPW50-WH</t>
   </si>
   <si>
+    <t>Безжичен геймпад NACON GC-200WL RGB</t>
+  </si>
+  <si>
+    <t>NC-PCGC-200WL-RGB</t>
+  </si>
+  <si>
     <t>Жичен Геймпад Nacon XBOX EVOL-X Black</t>
   </si>
   <si>
     <t>NC-XBXEVOL-X</t>
   </si>
   <si>
     <t>Жичен Геймпад Nacon XBOX EVOL-X White</t>
   </si>
   <si>
     <t>NC-XBXEVOL-XW</t>
   </si>
   <si>
     <t>Комплект батерия с USB-C кабел за XBOX Контролер</t>
   </si>
   <si>
     <t>MS-XBOX-CH-BAT</t>
   </si>
   <si>
-    <t>Жичен геймпад Logitech F310</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Gamepad Atari CX78+</t>
   </si>
   <si>
     <t>CONSOLE-ATARI-CX78PLUS</t>
   </si>
   <si>
     <t>Wireless Joystick ATARI CX40+</t>
   </si>
   <si>
     <t>CONSOLE-ATARI-CX40PLUS</t>
   </si>
   <si>
+    <t>Жичен геймпад Nacon Wired Compact Controller, Червен</t>
+  </si>
+  <si>
+    <t>NC-PS4OFCPADRED</t>
+  </si>
+  <si>
     <t>Безжичен геймпад Nacon GC-200WL, Черен</t>
   </si>
   <si>
     <t>NC-PCGC-200WL</t>
   </si>
   <si>
     <t>Безжичен геймпад Spartan Gear Aspis 4, за PC и PS4, Черен</t>
   </si>
   <si>
     <t>SG-079673</t>
   </si>
   <si>
     <t>Безжичен геймпад Spartan Gear Aspis 4, за PC и PS4, Бял</t>
   </si>
   <si>
     <t>SG-079674</t>
   </si>
   <si>
     <t>Безжичен геймпад Spartan Gear Aspis 4, за PC и PS4, Green Camo</t>
   </si>
   <si>
     <t>SG-085397</t>
   </si>
   <si>
     <t>Безжичен геймпад NACON GC-200WL URBAN</t>
   </si>
   <si>
     <t>NC-PCGC-200WL-URBAN</t>
   </si>
   <si>
-    <t>Безжичен геймпад NACON GC-200WL RGB</t>
-[...4 lines deleted...]
-  <si>
     <t>Геймърски контролер HyperX Clutch Tanto Mini WD</t>
   </si>
   <si>
     <t>HX-GAMEPAD-8B1S0AA</t>
   </si>
   <si>
     <t>Безжичен геймпад Logitech F710</t>
   </si>
   <si>
     <t>LOGITECH-GP-F710</t>
   </si>
   <si>
     <t>Жичен геймпад Nacon Wired Compact Controller, Черен</t>
   </si>
   <si>
     <t>NC-PS4OFCPADBLACK</t>
   </si>
   <si>
     <t>Жичен геймпад Nacon Wired Compact Controller, Сребърен</t>
   </si>
   <si>
     <t>NC-PS4OFCPADGREY</t>
   </si>
   <si>
     <t>Жичен геймпад Nacon Wired Compact Controller, Оранжев</t>
   </si>
   <si>
     <t>NC-PS4OFCPADORANGE</t>
   </si>
   <si>
-    <t>Жичен геймпад Nacon Wired Compact Controller, Червен</t>
-[...4 lines deleted...]
-  <si>
     <t>Жичен геймпад Nacon Wired Compact Controller Camo Green, Зелен</t>
   </si>
   <si>
     <t>NC-PS4OFCPADCAMGREEN</t>
   </si>
   <si>
     <t>Жичен геймпад Nacon Wired Illuminated Compact Controller Green, Зелен</t>
   </si>
   <si>
     <t>NC-PS4OFCPADCLGREEN</t>
   </si>
   <si>
     <t>Жичен геймпад Nacon Wired Illuminated Compact Controller Blue, Син</t>
   </si>
   <si>
     <t>NC-PS4OFCPADCLBLUE</t>
   </si>
   <si>
     <t>Жичен геймпад Nacon Wired Illuminated Compact Controller Red, Червен</t>
   </si>
   <si>
     <t>NC-PS4OFCPADCLRED</t>
   </si>
   <si>
     <t>Жичен геймпад Nacon Wired Compact Controller, Син</t>
   </si>
   <si>
     <t>NC-PS4OFCPADBLUE</t>
   </si>
   <si>
     <t>Жичен геймпад Nacon Wired Compact Controller Camo Grey, Сив</t>
   </si>
   <si>
     <t>NC-PS4OFCPADCAMGREY</t>
   </si>
   <si>
-    <t>Геймърски контролер HyperX Clutch Gladiate RGB, Жичен за XBOX</t>
-[...2 lines deleted...]
-    <t>HX-GAMEPAD-7D6H2AA</t>
+    <t>Жичен геймпад Nacon GC-400ES, Черен</t>
+  </si>
+  <si>
+    <t>NC-PCGC-400ES</t>
   </si>
   <si>
     <t>Жичен геймпад Nacon XBox Series Pro Compact Black, Черен</t>
   </si>
   <si>
     <t>NC-XBXPROCOMPACTBLACK</t>
   </si>
   <si>
-    <t>Жичен джойстик,  авиосимулатор Thrustmaster T.Flight Stick X за PC / PS3, Черен</t>
-[...2 lines deleted...]
-    <t>THRUST-JS-STICK-X-PS3</t>
+    <t>Жичен геймпад Nacon Revolution Pro 3</t>
+  </si>
+  <si>
+    <t>NC-PS4OFPADRPC3UK</t>
   </si>
   <si>
     <t>Безжичен геймпад Nacon Asymmetric Wireless Controller Black, Черен</t>
   </si>
   <si>
     <t>NC-PS4OFPADWLBLACK</t>
   </si>
   <si>
-    <t>Жичен геймпад Nacon GC-400ES, Черен</t>
-[...10 lines deleted...]
-  <si>
     <t>Безжичен геймпад Nacon Asymetric Wireless Controller, PS4, Сив</t>
   </si>
   <si>
     <t>NC-PS4OFPADWLCAMOGREY</t>
   </si>
   <si>
     <t>Безжичен геймпад Nacon Asymetric Wireless Controller, PS4, Зелен</t>
   </si>
   <si>
     <t>NC-PS4OFPADWLCAMOGREEN</t>
   </si>
   <si>
     <t>Геймърски контролер Microsoft Xbox, Безжичен, USB-C, Черен</t>
   </si>
   <si>
     <t>MS-XBOX-BL-WR</t>
   </si>
   <si>
     <t>Controller Gaming Microsoft, За Xbox, Wireless, Shock Blue</t>
   </si>
   <si>
     <t>MS-XBOX-SB-WR</t>
   </si>
   <si>
     <t>Геймърски контролер Microsoft, За Xbox, Безжичен, Червен</t>
   </si>
   <si>
     <t>MS-XBOX-PR-WR</t>
   </si>
   <si>
     <t>Геймърски контролер Microsoft Xbox, Безжичен, USB-C, Бял</t>
   </si>
   <si>
     <t>MS-XBOX-RW-WR</t>
   </si>
   <si>
+    <t>Безжичен геймпад Nacon Revolution Unlimited Pro Camo Gray</t>
+  </si>
+  <si>
+    <t>NC-PS4OFPADREV3CAMO</t>
+  </si>
+  <si>
     <t>Геймърски контролер Microsoft Xbox + Type-C кабел Black</t>
   </si>
   <si>
     <t>MS-XBOX-WIN-CAB</t>
   </si>
   <si>
-    <t>Жичен джойстик,  авиосимулатор Thrustmaster T-16000M  за PC, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжичен геймпад Sony PS5 DualSense, Бял</t>
   </si>
   <si>
     <t>SONY-PS5-DS-WHITE</t>
   </si>
   <si>
     <t>Безжичен геймпад Sony PS5 DualSense, Черен/Midnight Black</t>
   </si>
   <si>
     <t>SONY-PS5-DS-BLACK</t>
   </si>
   <si>
+    <t>Безжичен геймпад Sony PS5 DualSense - Galactic Purple</t>
+  </si>
+  <si>
+    <t>SONY-PS5-DS-GP</t>
+  </si>
+  <si>
+    <t>Безжичен геймпад Sony PS5 DualSense, Син</t>
+  </si>
+  <si>
+    <t>SONY-PS5-DS-BLUE</t>
+  </si>
+  <si>
+    <t>Безжичен геймпад Sony PS5 DualSense Cobalt Blue</t>
+  </si>
+  <si>
+    <t>SONY-PS5-DS-CB</t>
+  </si>
+  <si>
     <t>Безжичен геймпад Sony PS5 DualSense Volcanic Red</t>
   </si>
   <si>
     <t>SONY-PS5-DS-VR</t>
   </si>
   <si>
+    <t>Безжичен геймпад Sony PS5 DualSense Cosmic Red</t>
+  </si>
+  <si>
+    <t>SONY-PS5-DS-RED</t>
+  </si>
+  <si>
     <t>Безжичен геймпад Sony PS5 DualSense - Camouflage</t>
   </si>
   <si>
     <t>SONY-PS5-DS-GS</t>
   </si>
   <si>
     <t>Безжичен геймпад Sony PS5 DualSense - Sterling Silver</t>
   </si>
   <si>
     <t>SONY-PS5-DS-SS</t>
   </si>
   <si>
-    <t>Безжичен геймпад Sony PS5 DualSense - Galactic Purple</t>
-[...34 lines deleted...]
-  <si>
     <t>Безжичен геймпад Sony PS5 DualSense - Death Stranding 2</t>
   </si>
   <si>
     <t>SONY-PS5-DS-DS2</t>
   </si>
   <si>
-    <t>Жичен джойстик,  авиосимулатор Thrustmaster T.Flight Hotas X  за PC / PS3, Черен</t>
-[...8 lines deleted...]
-    <t>NC-PS4OFPADREV3CAMO</t>
+    <t>Безжичен контролер Sony DualSense - Ghost of Yotei Gold Limited Edition</t>
+  </si>
+  <si>
+    <t>SONY-PS5-DS-YOTEI</t>
+  </si>
+  <si>
+    <t>Гейминг контролер Sony PS5 DualSense God of War 20th Anniversary</t>
+  </si>
+  <si>
+    <t>SONY-PS5-DS-GOD</t>
+  </si>
+  <si>
+    <t>Безжичен геймпад Sony DualSense Astro Bot Limited Edition 2.0</t>
+  </si>
+  <si>
+    <t>SONY-PS5-DS-ASTRO</t>
   </si>
   <si>
     <t>Безжичен геймпад Nacon Revolution Unlimited Pro</t>
   </si>
   <si>
     <t>NC-PS4OFPADREV3UK</t>
   </si>
   <si>
-    <t>Жичен джойстик,  авиосимулатор Thrustmaster T.Flight Hotas 4  за PC / PS4, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Контролер ASUS ROG Raikiri</t>
   </si>
   <si>
     <t>ASUS-GP-ROG-RAIKIRI</t>
   </si>
   <si>
     <t>Геймърски контролер Microsoft, За Xbox, Безжичен, Series 2 Core, Бял</t>
   </si>
   <si>
     <t>MS-XBOX-ELITE-WL</t>
   </si>
   <si>
+    <t>Жичен геймпад ThrustMaster ESWAP X PRO Controller, Черен</t>
+  </si>
+  <si>
+    <t>THRUST-GP-ESWAP-XPRO</t>
+  </si>
+  <si>
+    <t>Безжичен контролер Nacon Revolution 5 Pro - Black</t>
+  </si>
+  <si>
+    <t>NC-PS5RP5UK</t>
+  </si>
+  <si>
+    <t>Безжичен контролер Nacon Revolution 5 Pro - White</t>
+  </si>
+  <si>
+    <t>NC-PS5RP5WUK</t>
+  </si>
+  <si>
     <t>Контролер ASUS ROG Raikiri Pro</t>
   </si>
   <si>
     <t>ASUS-GP-ROG-RAIKIRI-PRO</t>
   </si>
   <si>
-    <t>Жичен геймпад ThrustMaster ESWAP X PRO Controller, Черен</t>
-[...10 lines deleted...]
-  <si>
     <t>Контролер Thrustmaster T.FLIGHT Full Kit за Xbox и PC</t>
   </si>
   <si>
     <t>THRUST-446211</t>
   </si>
   <si>
     <t>Жичен джойстик Thrustmaster F-16C Viper, Авиосимулатор за PC, Черен</t>
   </si>
   <si>
     <t>THRUST-JS-V16C-VIPER</t>
   </si>
   <si>
-    <t>Безжичен контролер Nacon Revolution 5 Pro - Black</t>
-[...8 lines deleted...]
-    <t>NC-PS5RP5WUK</t>
+    <t>Гейминг контролер NACON Deija Arcade Stick</t>
+  </si>
+  <si>
+    <t>NC-PS5OFARCADESTICK</t>
+  </si>
+  <si>
+    <t>Безжичен геймпад Sony PS5 DualSense Edge, Бял</t>
+  </si>
+  <si>
+    <t>SONY-PS5-DS-BK-EDGE</t>
   </si>
   <si>
     <t>Дистанционен плейър PlayStation Portal за PS5</t>
   </si>
   <si>
     <t>SONY-PS5-PORTAL</t>
   </si>
   <si>
+    <t>Дистанционен плейър PlayStation Portal за PS5 - Midnight Black</t>
+  </si>
+  <si>
+    <t>SONY-PS5-PORTAL-BLACK</t>
+  </si>
+  <si>
     <t>Контролен панел Thrustmaster Viper Panel за PC</t>
   </si>
   <si>
     <t>THRUST-RW-VIPER</t>
   </si>
   <si>
-    <t>Безжичен геймпад Sony PS5 DualSense Edge, Бял</t>
-[...10 lines deleted...]
-  <si>
     <t>Жичен джойстик,  авиосимулатор Thrustmaster HOTAS Warthog Dual Throttles  за PC, Черен</t>
   </si>
   <si>
     <t>THRUST-JS-HOTAS-DT</t>
   </si>
   <si>
-    <t>Жичен джойстик Thrustmaster TCA Captain Pack X Airbus Edition</t>
-[...4 lines deleted...]
-  <si>
     <t>Жичен джойстик, авиосимулатор Thrustmaster HOTAS Warthog Flight Stick за PC, Черен</t>
   </si>
   <si>
     <t>THRUST-JS-HOTAS-FS</t>
-  </si>
-[...10 lines deleted...]
-    <t>THRUST-JS-HOTAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -928,1354 +898,1284 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D93"/>
+  <dimension ref="A1:D88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="129.683" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>22.8</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>34.992</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>36.0</v>
+        <v>39.0</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>39.0</v>
+        <v>42.0</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>45.0</v>
+        <v>42.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>45.0</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>45.0</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>45.0</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>48.996</v>
+        <v>45.0</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>48.996</v>
+        <v>45.0</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>48.996</v>
+        <v>45.0</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>48.996</v>
+        <v>45.0</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>48.996</v>
+        <v>45.0</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>55.536</v>
+        <v>48.996</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>58.992</v>
+        <v>48.996</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>58.992</v>
+        <v>48.996</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>58.992</v>
+        <v>54.0</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>58.992</v>
+        <v>54.0</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>58.992</v>
+        <v>54.0</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>69.0</v>
+        <v>54.924</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>69.0</v>
+        <v>55.536</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>69.0</v>
+        <v>58.992</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>69.648</v>
+        <v>66.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>75.0</v>
+        <v>69.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>75.0</v>
+        <v>69.0</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>78.996</v>
+        <v>69.0</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>78.996</v>
+        <v>75.0</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>78.996</v>
+        <v>75.0</v>
       </c>
       <c r="D29" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>78.996</v>
+        <v>78.0</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>78.996</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>78.996</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>78.996</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>99.0</v>
+        <v>78.996</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>99.0</v>
+        <v>78.996</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>99.0</v>
+        <v>78.996</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>99.0</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>99.0</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>99.0</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>99.0</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>99.0</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>99.0</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>99.0</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>99.0</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>99.0</v>
       </c>
       <c r="D45" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>103.2</v>
+        <v>99.0</v>
       </c>
       <c r="D46" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>108.276</v>
+        <v>102.0</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>127.968</v>
+        <v>103.2</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>129.0</v>
+        <v>118.8</v>
       </c>
       <c r="D49" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>129.0</v>
+        <v>127.968</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
         <v>129.0</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>129.0</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>129.0</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>129.0</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>129.0</v>
       </c>
       <c r="D55" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>129.0</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>138.996</v>
+        <v>130.8</v>
       </c>
       <c r="D57" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>142.404</v>
+        <v>138.996</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>148.992</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>148.992</v>
       </c>
       <c r="D60" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>148.992</v>
       </c>
       <c r="D61" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>148.992</v>
+        <v>159.0</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>148.992</v>
+        <v>159.0</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>148.992</v>
+        <v>159.0</v>
       </c>
       <c r="D64" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>152.244</v>
+        <v>159.0</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>153.792</v>
+        <v>159.0</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
         <v>159.0</v>
       </c>
       <c r="D67" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>159.0</v>
+        <v>168.996</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
         <v>168.996</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
         <v>168.996</v>
       </c>
       <c r="D70" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>170.28</v>
+        <v>168.996</v>
       </c>
       <c r="D71" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>179.232</v>
+        <v>187.2</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>187.2</v>
+        <v>219.0</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>196.116</v>
+        <v>268.992</v>
       </c>
       <c r="D74" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>219.0</v>
+        <v>282.0</v>
       </c>
       <c r="D75" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>268.992</v>
+        <v>312.0</v>
       </c>
       <c r="D76" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>318.996</v>
+        <v>312.0</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>337.728</v>
+        <v>318.996</v>
       </c>
       <c r="D78" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>388.032</v>
+        <v>414.132</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>414.132</v>
+        <v>415.104</v>
       </c>
       <c r="D80" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>415.104</v>
+        <v>438.0</v>
       </c>
       <c r="D81" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>448.992</v>
+        <v>438.996</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
-        <v>448.992</v>
+        <v>468.996</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
         <v>468.996</v>
       </c>
       <c r="D84" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
         <v>483.948</v>
       </c>
       <c r="D85" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>498.996</v>
+        <v>523.68</v>
       </c>
       <c r="D86" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>498.996</v>
+        <v>625.332</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
-[...69 lines deleted...]
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D93"/>
+  <autoFilter ref="A1:D88"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>