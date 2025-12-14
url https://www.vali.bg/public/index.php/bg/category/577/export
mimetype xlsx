--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -14,341 +14,338 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$51</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Капачки за уеб камера Delock 20652, Комплект 3 броя, Черни</t>
   </si>
   <si>
     <t>DELOCK-20652</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Охладител ESTILLO, За NUC/BRIX Delta BSB05505HP-SM / KSB06105HP</t>
   </si>
   <si>
     <t>DELTA-BSB05505HP</t>
   </si>
   <si>
+    <t>Дейта кабел j5create JUC400 Wormwhole, USB2.0 за трансфер на файлове</t>
+  </si>
+  <si>
+    <t>J5-JUC400</t>
+  </si>
+  <si>
+    <t>Адаптер j5create JUC610, Android към Windows монитор, USB 2.0</t>
+  </si>
+  <si>
+    <t>J5-JUC610</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Докинг станция j5create JDD320B, за MS Surface Pro 4/5/6, USB-A Mini DP, Черна</t>
+  </si>
+  <si>
+    <t>J5-JDD320B</t>
+  </si>
+  <si>
+    <t>Докинг станция j5create ULTRADRIVEMINIDOCK , 7 в 1</t>
+  </si>
+  <si>
+    <t>J5-JCD324</t>
+  </si>
+  <si>
+    <t>Докинг станция j5create JCD612, USB-C към 4K 60 Hz, HDMI, За iPad Pro</t>
+  </si>
+  <si>
+    <t>J5-JCD612</t>
+  </si>
+  <si>
+    <t>Докинг станция Silicon Power Boost SU20, 7 в 1, USB-C</t>
+  </si>
+  <si>
+    <t>SLP-SD-READER-DOCK7</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Адаптер j5create JUC610, Android към Windows монитор, USB 2.0</t>
-[...37 lines deleted...]
-  <si>
     <t>Модулна докинг станция j5create JCD387, 2 модула, USB-C</t>
   </si>
   <si>
     <t>J5-JCD387</t>
   </si>
   <si>
     <t>Докинг станция j5create JCDP392 90W Built-in USB-C, Travel Dock</t>
   </si>
   <si>
     <t>J5-JCDP392-EN</t>
   </si>
   <si>
-    <t>Докинг станция за лаптопи j5create Mini Ultra Station JUD531, USB3.0</t>
-[...2 lines deleted...]
-    <t>J5-JUD531</t>
+    <t>Докинг станция за лаптоп HAMA "Connect2Mobile V2" USB-C 7 в 1</t>
+  </si>
+  <si>
+    <t>HAMA-200143</t>
+  </si>
+  <si>
+    <t>Модулна докинг станция j5create JCD375, 2 модула, USB-C</t>
+  </si>
+  <si>
+    <t>J5-JCD375</t>
+  </si>
+  <si>
+    <t>Докинг станция Delock, USB-A, USB-C, HDMI, SD, Micro SD, PD, 4K, Подсветка, Сива</t>
+  </si>
+  <si>
+    <t>DELOCK-87743</t>
+  </si>
+  <si>
+    <t>Докинг станция Delock for MacBook Pro / MacBook Air Thunderbolt™ 4, 5K Резолюция / 100 W PD / 10 Gbps Hub / LAN / Audio</t>
+  </si>
+  <si>
+    <t>DELOCK-87757</t>
+  </si>
+  <si>
+    <t>Докинг станция j5 create JCD381, USB-C, 2x HDMI, USB 3.1, PD 2.0, LAN</t>
+  </si>
+  <si>
+    <t>J5-JCD381</t>
+  </si>
+  <si>
+    <t>Докинг станция 9 в 1 HAMA, 4 x USB-A, USB-C, HDMI, LAN, SD, microSD, Сива</t>
+  </si>
+  <si>
+    <t>HAMA-200103</t>
+  </si>
+  <si>
+    <t>Докинг станция j5create JCD392 100W, USB-C, 10Gbps, 4K60</t>
+  </si>
+  <si>
+    <t>J5-JCD392</t>
+  </si>
+  <si>
+    <t>Докинг станция Delock, За MacBook, HDMI 4K, USB-A, USB-C, PD, Сива</t>
+  </si>
+  <si>
+    <t>DELOCK-87753</t>
+  </si>
+  <si>
+    <t>Докинг станция j5create JCD391 4K60 Elite USB-C PD, USB-A, HDMI, RJ-45</t>
+  </si>
+  <si>
+    <t>J5-JCD391</t>
+  </si>
+  <si>
+    <t>Докинг станция Delock, USB-C - 4 x USB-C, USB-C PD, 85 W, 10 Gbps</t>
+  </si>
+  <si>
+    <t>DELOCK-64235</t>
+  </si>
+  <si>
+    <t>HAMA Докинг станция "Connect2Office Basic V2" USB-C, 9 в 1 за лаптоп</t>
+  </si>
+  <si>
+    <t>HAMA-200145</t>
+  </si>
+  <si>
+    <t>Докинг станция j5create Multi-Port JCD383, USB, HDMI, Ethernet, SD, microSD</t>
+  </si>
+  <si>
+    <t>J5-JCD383</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
-    <t>Докинг станция Silicon Power SR30 8 в 1 USB-C</t>
-[...70 lines deleted...]
-  <si>
     <t>Докинг станция j5create Mini Dock JCD393, USB-C, USB, HDMI, Ethernet, SD, microSD</t>
   </si>
   <si>
     <t>J5-JCD393</t>
   </si>
   <si>
     <t>Докинг станция Delock Type-C, 4K - HDMI, USB 3.2 Gen 1, LAN, SD, PD 3.0</t>
   </si>
   <si>
     <t>DELOCK-87895</t>
   </si>
   <si>
     <t>Докинг станция Delock M.2, 2 x M.2 SATA SSD, Клониране</t>
   </si>
   <si>
     <t>DELOCK-64178</t>
   </si>
   <si>
+    <t>Докинг станция j5create JCD403, USB4, Multi-port хъб, Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>J5-JCD403</t>
+  </si>
+  <si>
     <t>Докинг станция Delock, USB-A, USB-C, HDMI, Gigabit LAN, PD, Подсветка, Сива</t>
   </si>
   <si>
     <t>DELOCK-87742</t>
   </si>
   <si>
     <t>Поставка за лаптоп с докинг станция j5create JTS327, до 16", USB-C, 4K</t>
   </si>
   <si>
     <t>J5-JTS327</t>
   </si>
   <si>
     <t>Докинг станция j5create JCD542</t>
   </si>
   <si>
     <t>J5-JCD542</t>
   </si>
   <si>
     <t>Докинг станция j5create JCD397 100W, 4K60 Elite USB-C, 10Gbps</t>
   </si>
   <si>
     <t>J5-JCD397</t>
   </si>
   <si>
+    <t>5-портов хъб j5create JCD401 USB4 Dual 4K Multi-port USB-C, 4K HDMI</t>
+  </si>
+  <si>
+    <t>J5-JCD401</t>
+  </si>
+  <si>
+    <t>Докинг станция 10 в 1 HAMA Connect2Office Pro, USB-A, USB-C (PD), HDMI, DP, LAN/Ethernet, Сива</t>
+  </si>
+  <si>
+    <t>HAMA-200100</t>
+  </si>
+  <si>
     <t>Докинг станция j5create JCD543, За три монитора, 100W  PD</t>
   </si>
   <si>
     <t>J5-JCD543</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Поставка с докинг станция j5create JTS224, За iPad Pro</t>
   </si>
   <si>
     <t>J5-JTS224</t>
   </si>
   <si>
-    <t>Докинг станция j5create JCD403, USB4, Multi-port хъб, Gigabit Ethernet</t>
-[...4 lines deleted...]
-  <si>
     <t>Докинг станция Delock USB-C, M.2 слот за SSD, HDMI, Gigabit LAN, 2xUSB-A, USB-C, Сива</t>
   </si>
   <si>
     <t>DELOCK-87767</t>
   </si>
   <si>
-    <t>Докинг станция 10 в 1 HAMA Connect2Office Pro, USB-A, USB-C (PD), HDMI, DP, LAN/Ethernet, Сива</t>
-[...4 lines deleted...]
-  <si>
     <t>Dell Pro 7-in-1 USB-C Travel Hub - DA310</t>
   </si>
   <si>
     <t>DELL-D3100</t>
   </si>
   <si>
-    <t>5-портов хъб j5create JCD401 USB4 Dual 4K Multi-port USB-C, 4K HDMI</t>
-[...4 lines deleted...]
-  <si>
     <t>Докинг станция Delock USB-C - Dual HDMI, USB 3.2, SD, LAN, PD3.0, Сива</t>
   </si>
   <si>
     <t>DELOCK-87004</t>
   </si>
   <si>
+    <t>ATEN Докинг 11-in-1 USB-C Multiport Dock + Power Pass-Through, 2 x HDMI, LAN,3.5mm, USB-C, SD Card , microSD, 3 x USB 3.2</t>
+  </si>
+  <si>
+    <t>ATEN-UH3240-AT</t>
+  </si>
+  <si>
+    <t>Докинг станция Delock USB 40 Gbps USB Type-C</t>
+  </si>
+  <si>
+    <t>DELOCK-87865</t>
+  </si>
+  <si>
     <t>Поставка за лаптоп с докинг станция j5create JTS427, до 16", USB-C, HDMI, 4K</t>
   </si>
   <si>
     <t>J5-JTS427</t>
   </si>
   <si>
+    <t>Докинг станция j5create JCD552, M.2 NVMe, USB-C Gen 2</t>
+  </si>
+  <si>
+    <t>J5-JCD552</t>
+  </si>
+  <si>
     <t>Докинг станция Hama "Connect2Office Stand" USB-C, Стойка за лаптоп, 12 порта</t>
   </si>
   <si>
     <t>HAMA-200139</t>
   </si>
   <si>
-    <t>Докинг станция j5create JCD552, M.2 NVMe, USB-C Gen 2</t>
-[...4 lines deleted...]
-  <si>
     <t>Поставка за монитор  j5create JCT425 8 в 1  USB Type-C/PD/4K HDMI/ 6-Port USB 3.0</t>
   </si>
   <si>
     <t>J5-JCT425</t>
   </si>
   <si>
     <t>HAMA Докинг станция "Connect2Office Speed", USB4, USB-C, PD, 40 Gbit/s, 10 порта</t>
   </si>
   <si>
     <t>HAMA-200200</t>
-  </si>
-[...4 lines deleted...]
-    <t>DELOCK-87865</t>
   </si>
   <si>
     <t>Докинг станция j5create JCD543P, За три монитора с 100W  PD захранващ адаптер</t>
   </si>
   <si>
     <t>J5-JCD543P</t>
   </si>
   <si>
     <t>Докинг станция Delock, За MacBook, HDMI Full-HD, USB 3.2, LAN, Audio, Черен/Бял</t>
   </si>
   <si>
     <t>DELOCK-87771</t>
   </si>
   <si>
     <t>Докинг станция ATEN UH3237, USB-C, Power Pass-Through</t>
   </si>
   <si>
     <t>ATEN-UH3237-AT</t>
   </si>
   <si>
     <t>Докинг станция Delock 1 x M.2 NVMe SSD, 1 x M.2 SATA SSD, SD Express Card Reader, Клониране</t>
   </si>
   <si>
     <t>DELOCK-64138</t>
   </si>
@@ -690,754 +687,754 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>9.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>27.0</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>38.508</v>
+        <v>32.4</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5">
+        <v>38.508</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>56.4</v>
+        <v>42.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>59.112</v>
+        <v>56.4</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>72.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9">
+        <v>75.564</v>
+      </c>
+      <c r="D9" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>78.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>78.0</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>78.48</v>
+        <v>81.84</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>89.136</v>
+        <v>96.0</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>89.784</v>
+        <v>100.8</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>96.0</v>
+        <v>106.548</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>100.8</v>
+        <v>118.8</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>123.204</v>
+        <v>120.0</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>124.668</v>
+        <v>122.4</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>131.772</v>
+        <v>124.668</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>140.82</v>
+        <v>129.6</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>141.408</v>
+        <v>131.772</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>143.532</v>
+        <v>132.0</v>
       </c>
       <c r="D22" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23">
+        <v>143.532</v>
+      </c>
+      <c r="D23" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>150.096</v>
+        <v>159.492</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>159.492</v>
+        <v>159.66</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>159.66</v>
+        <v>162.66</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>162.66</v>
+        <v>163.2</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
         <v>172.8</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>176.028</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
         <v>176.028</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
         <v>189.084</v>
       </c>
       <c r="D31" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>193.608</v>
+        <v>190.8</v>
       </c>
       <c r="D32" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" t="s">
         <v>71</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>193.608</v>
+        <v>192.048</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="C34">
         <v>193.608</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" t="s">
         <v>75</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>200.556</v>
+        <v>193.608</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" t="s">
         <v>77</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>202.008</v>
+        <v>200.556</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="C37">
         <v>202.8</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38" t="s">
         <v>81</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>212.856</v>
+        <v>213.216</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>82</v>
+      </c>
+      <c r="B39" t="s">
         <v>83</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>213.216</v>
+        <v>218.268</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>84</v>
+      </c>
+      <c r="B40" t="s">
         <v>85</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>242.136</v>
+        <v>236.184</v>
       </c>
       <c r="D40" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>86</v>
+      </c>
+      <c r="B41" t="s">
         <v>87</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>250.068</v>
+        <v>246.432</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C42">
         <v>259.428</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" t="s">
         <v>91</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>264.024</v>
+        <v>262.824</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" t="s">
         <v>93</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>270.0</v>
+        <v>264.024</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" t="s">
         <v>95</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>295.752</v>
+        <v>270.0</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" t="s">
         <v>97</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>299.22</v>
+        <v>298.5</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="C47">
         <v>312.0</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="C48">
         <v>331.308</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C49">
         <v>369.504</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C50">
         <v>616.884</v>
       </c>
       <c r="D50" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D51"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>