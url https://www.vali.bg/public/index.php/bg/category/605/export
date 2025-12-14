--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -49,240 +49,240 @@
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Графичен таблет HUION Inspiroy H430P, USB, Черен</t>
   </si>
   <si>
     <t>HUION-TAB-H430P</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Графичен таблет One by Wacom Small, Черен</t>
   </si>
   <si>
     <t>WACOM-TAB-ONE-S</t>
   </si>
   <si>
     <t>Графичен таблет HUION Inspiroy H640P, USB, Черен</t>
   </si>
   <si>
     <t>HUION-TAB-H640P</t>
   </si>
   <si>
+    <t>Графичен таблет One by Wacom Medium, Черен</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-ONE-M</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>LED светеща подложка за рисуване HUION LED light pad L4S, USB, Черен</t>
   </si>
   <si>
     <t>HUION-PAD-L4S</t>
   </si>
   <si>
     <t>Графичен таблет HUION Inspiroy 2 S, 5080 LPI, Розов</t>
   </si>
   <si>
     <t>HUION-TAB-H641P-PINK</t>
   </si>
   <si>
-    <t>Графичен таблет One by Wacom Medium, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Графичен  таблет HUION Inspiroy Frego S L310, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L310</t>
   </si>
   <si>
     <t>Графичен таблет HUION Inspiroy 2 M, 5080 LPI, Зелен</t>
   </si>
   <si>
     <t>HUION-TAB-H951P-GREEN</t>
   </si>
   <si>
     <t>LED светеща подложка за рисуване HUION LED light pad LB3, Батерия 1050mAh</t>
   </si>
   <si>
     <t>HUION-PAD-LB3</t>
   </si>
   <si>
     <t>Графичен таблет HUION Inspiroy 2 L H1061P, 5080 LPI, Черен</t>
   </si>
   <si>
     <t>HUION-TAB-H1061P</t>
   </si>
   <si>
     <t>Графичен таблет HUION Inspiroy Frego М L610, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L610</t>
   </si>
   <si>
     <t>Графичен дисплей таблет Wacom One Pen tablet Small, Bluetooth 5.1, Бял</t>
   </si>
   <si>
     <t>WACOM-TAB-CTC4110WLW1B</t>
   </si>
   <si>
+    <t>Дигитален бележник и графичен таблет 2 в 1 HUION /Хюйън/ Note X10</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NOTE-X10</t>
+  </si>
+  <si>
+    <t>Графичен таблет HUION Inspiroy Keydial KD200, USB-C, Bluetooth, Metal Grey</t>
+  </si>
+  <si>
+    <t>HUION-TAB-KD200</t>
+  </si>
+  <si>
+    <t>Графичен дисплей таблет Wacom One Pen tablet Medium, Bluetooth 5.1, Бял</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-CTC6110WLW1B</t>
+  </si>
+  <si>
+    <t>Графичен дисплей таблет HUION Inspiroy Dial 2, 5080 LPI, Черен</t>
+  </si>
+  <si>
+    <t>HUION-TAB-Q630M</t>
+  </si>
+  <si>
+    <t>Графичен таблет HUION Inspiroy WH1409 V2, WiFi 2.4Ghz</t>
+  </si>
+  <si>
+    <t>HUION-TAB-WH1409-V2</t>
+  </si>
+  <si>
+    <t>Таблет за подпис Wacom STU-430, Sign Pro PDF, USB, Черен</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-STU430-SignPRO</t>
+  </si>
+  <si>
+    <t>Графичен таблет HUION Inspiroy Giano, 5080 LPI, Черен</t>
+  </si>
+  <si>
+    <t>HUION-TAB-G930L</t>
+  </si>
+  <si>
+    <t>Самостоятелен графичен таблет HUION Kamvas Slate 10, 10.1", USB-C</t>
+  </si>
+  <si>
+    <t>HUION-TAB-KT1001</t>
+  </si>
+  <si>
+    <t>WACOM Графичен таблет Intuos Pro pen small</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-PTH-470K0B</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Графичен дисплей таблет Wacom One Pen tablet Medium, Bluetooth 5.1, Бял</t>
-[...52 lines deleted...]
-  <si>
     <t>Графичен таблет Wacom one 12 pen display, 11.6", Бял</t>
   </si>
   <si>
     <t>WACOM-TAB-DTC121W0B</t>
   </si>
   <si>
+    <t>WACOM Графичен дисплей таблет One pen display 14.0"</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-DTC141W0</t>
+  </si>
+  <si>
     <t>WACOM Графичен дисплей таблет Intuos Pro pen Medium</t>
   </si>
   <si>
     <t>WACOM-TAB-PTK670K0B</t>
   </si>
   <si>
     <t>Графичен дисплей таблет HUION Kamvas 13, 5080 LPI, Черен</t>
   </si>
   <si>
     <t>HUION-TAB-GS1333</t>
   </si>
   <si>
     <t>Графичен дисплей таблет HUION Kamvas Pro 13, USB-C, Черен/Сребрист</t>
   </si>
   <si>
     <t>HUION-TAB-GT133</t>
   </si>
   <si>
     <t>HUION  /Хюйън/ Графичен дисплей таблет Kamvas 16 GEN3 /без стойка/, GS1563</t>
   </si>
   <si>
     <t>HUION-TAB-GS1563</t>
   </si>
   <si>
-    <t>Дигитален бележник и електронен четец Huion Ink EB1010</t>
-[...8 lines deleted...]
-    <t>WACOM-TAB-DTH134W0B</t>
+    <t>Графичен дисплей таблет HUION Kamvas Pro 13, 13.3", 2.5K 2560 x 1600, Черен</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GT1302</t>
   </si>
   <si>
     <t>Графичен дисплей таблет HUION Kamvas RDS-160, 15.6", Черен</t>
   </si>
   <si>
     <t>HUION-TAB-RDS-160</t>
   </si>
   <si>
-    <t>Графичен дисплей таблет HUION Kamvas Pro 13, 13.3", 2.5K 2560 x 1600, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Графичен дисплей таблет HUION Kamvas 22, 21.5", 1920 x 1080, Черен</t>
   </si>
   <si>
     <t>HUION-TAB-GS2201</t>
   </si>
   <si>
-    <t>Графичен таблет HUION Kamvas Pro 16 (2.5K), USB, Черен</t>
-[...2 lines deleted...]
-    <t>HUION-TAB-GT1602</t>
+    <t>Графичен таблет Wacom Cintiq 16, Черен</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-DTK-1660K0B</t>
   </si>
   <si>
     <t>Графичен таблет HUION Kamvas Pro 19, USB-C, Тъмно сив</t>
   </si>
   <si>
     <t>HUION-TAB-GT1902</t>
   </si>
   <si>
     <t>WACOM Графичен дисплей таблет Cintiq 16" DTK168</t>
   </si>
   <si>
     <t>WACOM-TAB-DTK168K0B</t>
+  </si>
+  <si>
+    <t>WACOM Графичен дисплей таблет Movink 13 pen touch</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-DTH135K0B</t>
   </si>
   <si>
     <t>Графичен дисплей таблет HUION Kamvas Pro 16 4K GT1561, USB-C, Черен/Сребрист</t>
   </si>
   <si>
     <t>HUION-TAB-GT1561</t>
   </si>
   <si>
     <t>HUION  /Хюйън/ Графичен дисплей таблет Kamvas Pro 16 4K GT1562</t>
   </si>
   <si>
     <t>HUION-TAB-GT1562</t>
   </si>
   <si>
     <t>Графичен дисплей таблет HUION Kamvas 24 Plus GS2402, Тъмно сив</t>
   </si>
   <si>
     <t>HUION-TAB-GS2402</t>
   </si>
   <si>
     <t>Графичен дисплей таблет HUION Kamvas Pro 24 GT2401, Черен</t>
   </si>
   <si>
     <t>HUION-TAB-GT2401</t>
   </si>
@@ -633,51 +633,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -692,527 +692,527 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>84.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>108.996</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>114.0</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>118.8</v>
+        <v>114.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>126.0</v>
+        <v>118.8</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>149.004</v>
+        <v>119.004</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>166.8</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>174.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>214.8</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>219.0</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>222.0</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>252.0</v>
+        <v>299.004</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>299.004</v>
+        <v>330.0</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>378.0</v>
+        <v>336.0</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>399.0</v>
       </c>
       <c r="D17" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C18">
         <v>426.0</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C19">
         <v>450.0</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C20">
         <v>462.0</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>534.0</v>
+        <v>468.996</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22">
+        <v>534.0</v>
+      </c>
+      <c r="D22" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>678.0</v>
+        <v>594.0</v>
       </c>
       <c r="D23" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>780.0</v>
+        <v>669.0</v>
       </c>
       <c r="D24" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>798.996</v>
+        <v>780.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>810.0</v>
+        <v>798.996</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>879.0</v>
+        <v>810.0</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>948.996</v>
+        <v>879.0</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>1056.0</v>
+        <v>899.004</v>
       </c>
       <c r="D29" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>1074.0</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>1078.8</v>
+        <v>1098.996</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>1098.996</v>
+        <v>1494.0</v>
       </c>
       <c r="D32" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>1259.004</v>
+        <v>1499.004</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>1499.004</v>
+        <v>1542.0</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>1542.0</v>
       </c>
       <c r="D35" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>1590.0</v>
       </c>
       <c r="D36" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>1662.0</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>1698.996</v>
       </c>
       <c r="D38" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>2634.0</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>2760.0</v>