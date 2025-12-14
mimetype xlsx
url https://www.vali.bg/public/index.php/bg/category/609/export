--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -34,93 +34,93 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Комплект за виртуална реалност VR очила Oculus Meta Quest 3S 128GB</t>
   </si>
   <si>
     <t>OCULUS-META-QUEST3S-128</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Комплект за виртуална реалност VR очила Oculus Quest 3S 256GB</t>
+  </si>
+  <si>
+    <t>OCULUS-META-QUEST3S-256</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Комплект за виртуална реалност VR очила Oculus Quest 3S 256GB</t>
-[...7 lines deleted...]
-  <si>
     <t>Sony - PlayStation VR2 - Horizon Call of the Mountain</t>
   </si>
   <si>
     <t>SONY-VR2-BUNDLE</t>
   </si>
   <si>
     <t>Комплект за виртуална реалност VR очила Oculus Quest 3 512GB</t>
   </si>
   <si>
     <t>OCULUS-QUEST3-512</t>
   </si>
   <si>
+    <t>VR Expert очила PICO Neo 3  256Gb за виртуална реалност 256 GB - Бял</t>
+  </si>
+  <si>
+    <t>PICO-VR-NEO-3</t>
+  </si>
+  <si>
+    <t>VR очила PICO 4 Ultra Enterprise за виртуална реалност, бял</t>
+  </si>
+  <si>
+    <t>PICO-VR-4-ULTRA</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI VR READY - AMD 7700, 32GB DDR5, RTX 5070 12GB, 1TB SSD NVMe</t>
+  </si>
+  <si>
+    <t>VALI-PC-VR-AMD</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
-  </si>
-[...16 lines deleted...]
-    <t>VALI-PC-VR-AMD</t>
   </si>
   <si>
     <t>Комплект VR Expert 4 бр. PICO Neo 3 VR очила, куфар, рутер, таблет и аксесоари</t>
   </si>
   <si>
     <t>PICO-VR-NEO-3-4</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Комплект VR Expert-4 бр PICO 4 Ultra VR очила,куфар, таблет, рутер, аксесоари</t>
   </si>
   <si>
     <t>PICO-VR-4-ULTRA-4</t>
   </si>
   <si>
     <t>Комплект VR Expert 6 бр. PICO Neo 3 VR очила, куфар, рутер, таблет и аксесоари</t>
   </si>
   <si>
     <t>PICO-VR-NEO-3-6</t>
   </si>
   <si>
     <t>Комплект VR Expert-6 бр PICO 4 Ultra VR очила,куфар, таблет, рутер, аксесоари</t>
   </si>
@@ -513,124 +513,124 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>720.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>820.752</v>
+        <v>917.268</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>1099.284</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>1198.572</v>
+        <v>1187.112</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>1378.992</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>1800.0</v>
+        <v>1740.0</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>3629.508</v>
+      </c>
+      <c r="D8" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>7500.0</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
         <v>9540.0</v>