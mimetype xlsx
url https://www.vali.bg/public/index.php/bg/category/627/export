--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -76,51 +76,51 @@
   <si>
     <t>SOFT-VR-BB-1</t>
   </si>
   <si>
     <t>Софтуерен пакет за виртуална реалност Corinth, индивидуален уеб лиценз, абонамент за 1 година</t>
   </si>
   <si>
     <t>CORINTH-1DEV-WEB-1Y</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Софтуерен пакет за виртуална реалност Corinth, индивидуален настолен лиценз, абонамент за 1 година</t>
   </si>
   <si>
     <t>CORINTH-1DEV-DESK-1Y</t>
   </si>
   <si>
     <t>Софтуер CorelDRAW Graphics Suite Enterprise Education License (incl. 1 Yr CorelSure Maintenance) (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-GSEE14</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
+    <t>не е в наличност</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет и Corinth за 1 година за 1 бр очила</t>
   </si>
   <si>
     <t>SOFT-VR-BC-1</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 3 години</t>
   </si>
   <si>
     <t>SOFT-VR-BB-3</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit - базов пакет и Corinth за 3 години за 1 бр. VR очила</t>
   </si>
   <si>
     <t>SOFT-VR-BC-3</t>
   </si>
   <si>
     <t>Софтуерен пакет за виртуална реалност Corinth, уеб лиценз за класна стая от 2 до 20 устройства, абонамент за 1 година</t>
   </si>
   <si>
     <t>CORINTH-CLASS-WEB-1Y</t>
   </si>
@@ -510,51 +510,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>49.98</v>
@@ -661,51 +661,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>492.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>600.0</v>
+        <v>1260.0</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>0.0</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>