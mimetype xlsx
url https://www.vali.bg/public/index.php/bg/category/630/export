--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -49,72 +49,72 @@
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Интерактивен дисплей BenQ RP7504, 75"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP7504</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Интерактивен дисплей BenQ RP8604, 86"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP8604</t>
   </si>
   <si>
     <t>Сензор за интерактивен мулти-тъч дисплей TRIUMPH BOARD, температура, влажност, NFC заключване, PIR, Android 13</t>
   </si>
   <si>
     <t>TRIUMPH-MON-SENSOR-BOX</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Интерактивен мулти-тъч дисплей TRIUMPH BOARD 65" IFP BLACK G, Android 14</t>
+  </si>
+  <si>
+    <t>TRIUMPH-MON-65IFP14</t>
+  </si>
+  <si>
+    <t>Интерактивен дисплей RICOH A6510, 65", 3840 x 2160, HDMI, DP, Android 13, USB, Мулти-тъч, Черен</t>
+  </si>
+  <si>
+    <t>RICOH-MON-A6510</t>
+  </si>
+  <si>
+    <t>Интерактивен дисплей BenQ RP6504, 65"</t>
+  </si>
+  <si>
+    <t>BENQ-LFD-RP6504</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
-  </si>
-[...19 lines deleted...]
-    <t>BENQ-LFD-RP6504</t>
   </si>
   <si>
     <t>METZ Интерактивен тъч дисплей с вградена камера 65SG1 65"</t>
   </si>
   <si>
     <t>METZ-MON-65SG1</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Интерактивен мулти-тъч дисплей TRIUMPH BOARD 75" IFP BLACK G, Android 14</t>
   </si>
   <si>
     <t>TRIUMPH-MON-75IFP14</t>
   </si>
   <si>
     <t>Интерактивен мулти-тъч дисплей TRIUMPH BOARD 86" IFP, Черен панел, Android 13</t>
   </si>
   <si>
     <t>TRIUMPH-MON-86IFP13</t>
   </si>
   <si>
     <t>Интерактивен дисплей RICOH A7510, 75", 3840 x 2160, HDMI, DP, Android 13, USB, Мулти-тъч, Черен</t>
   </si>
@@ -564,163 +564,163 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>3399.0</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>3588.0</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>4140.0</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>4200.0</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
         <v>4398.996</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
         <v>4438.8</v>
       </c>
       <c r="D10" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
         <v>4440.0</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
         <v>5040.0</v>
       </c>
       <c r="D12" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
         <v>5280.0</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
         <v>6000.0</v>
       </c>
       <c r="D14" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
         <v>0.0</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D16"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>