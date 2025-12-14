--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -34,72 +34,72 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>VESA интерфейс за BalanceBox 400 за монтаж на публични и инт. дисплеи</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-VESA</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Мобилна стойка на колелца за BalanceBox 400 за публични и инт. дисплеи до 86"</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-MOBILE</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Мобилна стойка на колелца за BalanceBox 400 за публични и инт. дисплеи до 86"</t>
-[...4 lines deleted...]
-  <si>
     <t>BalanceBox 400-70 Medium, Монтаж на стена на публични и интерактивни дисплеи 55" - 75", Регулиране височината</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-70</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...5 lines deleted...]
-    <t>TRIUMPH-STAND</t>
+    <t>Моторизирана стойка за дисплей, с ръчно управление, RISE 5200</t>
+  </si>
+  <si>
+    <t>TRIUMPH-STAND-RISE5200</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>BalanceBox Winx Система за монтаж на стена на инт. дисплеи до 75" в комплект с две бели дъски</t>
   </si>
   <si>
     <t>BALANCE-BOX-650-WINX4B-75</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -468,65 +468,65 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>216.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>1140.0</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>1500.0</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>2698.992</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>0.0</v>