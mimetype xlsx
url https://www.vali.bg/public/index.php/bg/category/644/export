--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -7,288 +7,264 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$38</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Предпазители за контакти Hama 137210, 5 бр.</t>
   </si>
   <si>
     <t>HAMA-137210</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Skross контакт с 2 x USB порта</t>
   </si>
   <si>
     <t>SKROSS-1500282</t>
   </si>
   <si>
+    <t>Travel Adapter тип A и тип B, 3-пинов, за устройства от Америка и Канада, 223458</t>
+  </si>
+  <si>
+    <t>HAMA-223458</t>
+  </si>
+  <si>
     <t>Travel Adapter Type G, 3-Пинов, за устройства от Обединеното кралство, 223459</t>
   </si>
   <si>
     <t>HAMA-223459</t>
   </si>
   <si>
-    <t>Travel Adapter тип A и тип B, 3-пинов, за устройства от Америка и Канада, 223458</t>
-[...2 lines deleted...]
-    <t>HAMA-223458</t>
+    <t>Hama Travel Адаптер Type E и F, 3-Pin, Универсален, 223456</t>
+  </si>
+  <si>
+    <t>HAMA-223456</t>
+  </si>
+  <si>
+    <t>Hama Travel Адаптер, Тип-B, 3-Pin, EU-USA 223438</t>
+  </si>
+  <si>
+    <t>HAMA-223438</t>
+  </si>
+  <si>
+    <t>Адаптер SKROSS 1500230  EU към UK</t>
+  </si>
+  <si>
+    <t>SKROSS-1500230E</t>
+  </si>
+  <si>
+    <t>Адаптер SKROSS 1500203, EU към USA</t>
+  </si>
+  <si>
+    <t>SKROSS-1500203E</t>
+  </si>
+  <si>
+    <t>Skross адаптер 220V UK/US/World  към EU</t>
+  </si>
+  <si>
+    <t>SKROSS-1500211CE</t>
+  </si>
+  <si>
+    <t>Адаптер-зарядно SKROSS Euro USB Charger 1.302421, 2 x USB-A, 2.4A</t>
+  </si>
+  <si>
+    <t>SKROSS-1302421</t>
+  </si>
+  <si>
+    <t>Адаптер SKROSS 1500272, EU към Siss+Italy+Brazil</t>
+  </si>
+  <si>
+    <t>SKROSS-1500272E</t>
+  </si>
+  <si>
+    <t>Адаптер SKROSS 500272, EU към Siss+Italy+Brazil</t>
+  </si>
+  <si>
+    <t>SKROSS-500272</t>
+  </si>
+  <si>
+    <t>Адаптер SKROSS 1500210 Combo-World към Australia/China</t>
+  </si>
+  <si>
+    <t>SKROSS-1500210</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Адаптер SKROSS 1500267, World to UK, 220V</t>
+  </si>
+  <si>
+    <t>SKROSS-1500267</t>
+  </si>
+  <si>
+    <t>Адаптер SKROSS Europe to UK 1500280, USB, Бял</t>
+  </si>
+  <si>
+    <t>SKROSS-1500280</t>
+  </si>
+  <si>
+    <t>Адаптер SKROSS World to Europe 1500266, USB, Бял</t>
+  </si>
+  <si>
+    <t>SKROSS-1500266</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Hama Travel Адаптер, Тип-B, 3-Pin, EU-USA 223438</t>
-[...73 lines deleted...]
-  <si>
     <t>Адаптер SKROSS Europe към USA, USB, Бял</t>
   </si>
   <si>
     <t>SKROSS-1500281</t>
   </si>
   <si>
+    <t>Адаптер SKROSS PRO Light 1.103165, World, Бял</t>
+  </si>
+  <si>
+    <t>SKROSS-1103165</t>
+  </si>
+  <si>
     <t>Адаптер SKROSS Micro muv 1.102500, World, Бял</t>
   </si>
   <si>
     <t>SKROSS-1102500</t>
   </si>
   <si>
-    <t>Адаптер SKROSS 1500267, World to UK, 220V</t>
-[...4 lines deleted...]
-  <si>
     <t>Адаптер-зарядно SKROSS Euro USB Charger 1.302423, USB-А, USB-C</t>
   </si>
   <si>
     <t>SKROSS-1302423</t>
   </si>
   <si>
     <t>Адаптер SKROSS PRO MUV 2 x USB-A, 1.302960, World, Бял</t>
   </si>
   <si>
     <t>SKROSS-1302960</t>
   </si>
   <si>
-    <t>Адаптер SKROSS PRO Light 1.103165, World, Бял</t>
-[...4 lines deleted...]
-  <si>
     <t>Адаптер SKROSS PRO Earthed 1103145, World, Бял</t>
   </si>
   <si>
     <t>SKROSS-1103145</t>
   </si>
   <si>
+    <t>Адаптер SKROSS PRO Light 4 x USB-A, 1.302471, World, Бял</t>
+  </si>
+  <si>
+    <t>SKROSS-1302471</t>
+  </si>
+  <si>
+    <t>Адаптер-зарядно SKROSS Euro USB Charger AC65PD, USB-A, USB-C</t>
+  </si>
+  <si>
+    <t>SKROSS-1302425</t>
+  </si>
+  <si>
     <t>Адаптер-зарядно SKROSS Euro USB Charger AC45PD, USB-A, USB-C</t>
   </si>
   <si>
     <t>SKROSS-1302424</t>
   </si>
   <si>
+    <t>Skross универсален адаптер 220V , 30W, бял</t>
+  </si>
+  <si>
+    <t>SKROSS-1302974</t>
+  </si>
+  <si>
     <t>Адаптер SKROSS Pro World 1103180, Бял</t>
   </si>
   <si>
     <t>SKROSS-1103180</t>
   </si>
   <si>
-    <t>Skross универсален адаптер 220V , 30W, бял</t>
-[...4 lines deleted...]
-  <si>
     <t>Адаптер SKROSS PRO MUV 4 x USB-A, 1.302961, World, Бял</t>
   </si>
   <si>
     <t>SKROSS-1302961</t>
   </si>
   <si>
-    <t>Адаптер SKROSS PRO Light, 2 x USB-A, World, Бял</t>
-[...4 lines deleted...]
-  <si>
     <t>Адаптер SKROSS PRO MUV USB-A, USB-C, 1.302962, World, Бял</t>
   </si>
   <si>
     <t>SKROSS-1302962</t>
   </si>
   <si>
     <t>Адаптер SKROSS PRO USB, 1.302539, World, Бял</t>
   </si>
   <si>
     <t>SKROSS-1302539</t>
   </si>
   <si>
-    <t>Адаптер-зарядно SKROSS Euro USB Charger AC65PD, USB-A, USB-C</t>
-[...16 lines deleted...]
-  <si>
     <t>Адаптер SKROSS AC45PD, USB-A, USB-C, 1.302975, World, Бял</t>
   </si>
   <si>
     <t>SKROSS-1302975</t>
-  </si>
-[...4 lines deleted...]
-    <t>SKROSS-1302474</t>
   </si>
   <si>
     <t>Адаптер SKROSS AC65PD, USB-A, USB-C, 1.302976, World, Бял</t>
   </si>
   <si>
     <t>SKROSS-1302976</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -598,584 +574,528 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D38"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>8.748</v>
+        <v>7.2</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>10.032</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>11.52</v>
+        <v>11.304</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>11.64</v>
+        <v>11.304</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>11.676</v>
+        <v>11.604</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>11.748</v>
+        <v>11.676</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>12.648</v>
+        <v>12.0</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C9">
-        <v>12.96</v>
+        <v>12.0</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C10">
         <v>14.4</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C11">
-        <v>14.4</v>
+        <v>15.24</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C12">
-        <v>15.24</v>
+        <v>15.84</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C13">
         <v>15.84</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14">
+        <v>18.0</v>
+      </c>
+      <c r="D14" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>18.0</v>
+        <v>19.2</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>22.764</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>23.748</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>24.36</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>27.612</v>
+        <v>25.2</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>28.164</v>
+        <v>27.612</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>29.592</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>30.0</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>38.844</v>
+        <v>39.384</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>39.384</v>
+        <v>40.8</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>44.388</v>
+        <v>42.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>45.096</v>
+        <v>44.388</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>50.16</v>
+        <v>44.4</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>52.896</v>
+        <v>45.096</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>53.64</v>
+        <v>52.896</v>
       </c>
       <c r="D29" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>54.24</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>54.996</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>57.336</v>
+        <v>66.0</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>59.304</v>
+        <v>78.0</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
-[...55 lines deleted...]
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D38"/>
+  <autoFilter ref="A1:D34"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>