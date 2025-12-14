--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -43,122 +43,122 @@
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Бутилка за остатъчен тонер DEVELOP WB-P05, Ineo C3350, C3850, +3351</t>
   </si>
   <si>
     <t>DEV-TON-WASTE-B-P05</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Консуматив барабан Brother DR3400 Drum Unit, 30000 копия</t>
   </si>
   <si>
     <t>DRUM-BR-DR3400</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Консуматив Ricoh C2011SP, за събиране на отпадъчен тонер, RICOH MP C2003,C4503, C5503</t>
+  </si>
+  <si>
+    <t>RICOH-TON-C2011SP</t>
+  </si>
+  <si>
+    <t>Консуматив барабан HP CF232A 32A , 23 000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-HP-CF232A</t>
+  </si>
+  <si>
+    <t>Консуматив Ricoh IMC6000, за събиране на отпадъчен тонер, RICOH MC 2000/IM C2000/C2500/C3000, 100000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC6000</t>
+  </si>
+  <si>
+    <t>Барабан за Ricoh SP311/SP330/ SP325/ 3400/3410/3500/3510 SCC</t>
+  </si>
+  <si>
+    <t>DRUM-RICOH-SP3500-SCC</t>
+  </si>
+  <si>
+    <t>Бутилка за остатъчен тонер за RICOH SP C352, SPC352/ SPC353DN/C360SFNW/C361</t>
+  </si>
+  <si>
+    <t>RICOH-PART-SPC353-WT</t>
+  </si>
+  <si>
+    <t>Консуматив Ricoh IM460, За отпадъчен тонер, RICOH IM370/ IM 370F, 50000 к.</t>
+  </si>
+  <si>
+    <t>RICOH-WASTE-IM460</t>
+  </si>
+  <si>
+    <t>Консуматив за отпадъчен тонер Ricoh  IM C530FB, 30000 копия</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC350FB</t>
+  </si>
+  <si>
+    <t>Консуматив Ricoh за събиране на отпадъчен тонер MC 240FW/P C200W</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC240</t>
+  </si>
+  <si>
+    <t>Консуматив Ink Collector Unit IC51, 27000 копия</t>
+  </si>
+  <si>
+    <t>RICOH-INK-IC51</t>
+  </si>
+  <si>
+    <t>Бутилка за остатъчен тонер DEVELOP WB-P08, C33xxi, C40xxi</t>
+  </si>
+  <si>
+    <t>DEV-CLEAN-WB-P08</t>
+  </si>
+  <si>
+    <t>Консуматив барабан DEVELOP IUP38, ineo 4000i/ 4020i/ 5000i/ 5020i, 50 000 копия</t>
+  </si>
+  <si>
+    <t>DEV-DRUM-IUP38</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Консуматив Ricoh C2011SP, за събиране на отпадъчен тонер, RICOH MP C2003,C4503, C5503</t>
-[...67 lines deleted...]
-  <si>
     <t>Консуматив барабан  Konica/DEVELOP IUP34, ineo 4000i/ 4020i/ 5000i/ 5020i, 50 000 копия</t>
   </si>
   <si>
     <t>KM-DRUM-IUP34</t>
   </si>
   <si>
     <t>Мрежова карта Ricoh Type P16, WiFi 2.4Ghz/5Ghz, USB, за RICOH SP330SN/SFN, 3710DN, M2700, M2701,P310,P311</t>
   </si>
   <si>
     <t>RICOH-LAN-SP330</t>
   </si>
   <si>
     <t>Мрежова карта Ricoh M47, WiFi, IEEE 802.11, За Ricoh M C2000</t>
   </si>
   <si>
     <t>RICOH-LAN-M47</t>
   </si>
   <si>
     <t>Барабан BROTHER DR248CL, Brother HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 30000 k.</t>
   </si>
   <si>
     <t>LF-DRUM-BR-DR248CL</t>
   </si>
   <si>
     <t>Девелопер RICOH, За MP2014, 60000 копия</t>
@@ -229,60 +229,60 @@
   <si>
     <t>Поставка (маса) RICOH Caster table79, За Ricoh IM 370/ IM 370F/ IM 460</t>
   </si>
   <si>
     <t>RICOH-PART-TABLE79</t>
   </si>
   <si>
     <t>Поставка (маса) RICOH Low cabinet 54, за IM C2000/C2500/C3000</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-54</t>
   </si>
   <si>
     <t>Поставка (маса) RICOH Low cabinet 77, за IM C2010</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-77</t>
   </si>
   <si>
     <t>Поставка (маса) RICOH Low cabinet 65, за Ricoh M2701/IM2702</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-65</t>
   </si>
   <si>
+    <t>Барабан Ricoh Drum Unit IM C530FB, 60000 копия, Black</t>
+  </si>
+  <si>
+    <t>RICOH-DRUM-IMC530-BL</t>
+  </si>
+  <si>
     <t>Поставка (маса) RICOH High Cabinet 66, за M2700, M2701, IM2702 BW</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-66</t>
-  </si>
-[...4 lines deleted...]
-    <t>RICOH-DRUM-IMC530-BL</t>
   </si>
   <si>
     <t>Поставка (маса) RICOH Low cabinet 61, За P501/P502</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-61</t>
   </si>
   <si>
     <t>Консуматив барабан DEVELOP/ KM, DR 312 - Ineo/bizhub 367/287/227, 105 000 копия</t>
   </si>
   <si>
     <t>DEV-DRUM-DR-312</t>
   </si>
   <si>
     <t>Барабан RICOH PCDU Black Drum, IM C300, IM C400F, 36000 копия, Magenta</t>
   </si>
   <si>
     <t>RICOH-DRUM-D0CB0123</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Барабан RICOH PCDU Black Drum, IM C300, IM C400F, 36000 копия, Yellow</t>
   </si>
@@ -790,205 +790,205 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>40.584</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>42.0</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>46.176</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>48.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>56.46</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>58.62</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>58.908</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>66.204</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>78.612</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>82.8</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>94.8</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>94.8</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>95.928</v>
+        <v>99.12</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>101.22</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>105.6</v>
@@ -1025,110 +1025,110 @@
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>117.372</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>128.088</v>
+        <v>122.952</v>
       </c>
       <c r="D22" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>128.256</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>138.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>150.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>160.416</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>172.116</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>172.116</v>
@@ -1168,121 +1168,121 @@
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>206.304</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>213.6</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>227.532</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>237.18</v>
+        <v>242.556</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>242.556</v>
+        <v>244.68</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>258.0</v>
       </c>
       <c r="D36" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>276.936</v>
       </c>
       <c r="D37" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>289.932</v>
       </c>
       <c r="D38" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
         <v>289.932</v>
@@ -1322,188 +1322,188 @@
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
         <v>305.112</v>
       </c>
       <c r="D42" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
         <v>306.0</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
         <v>324.0</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
         <v>352.044</v>
       </c>
       <c r="D45" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
         <v>352.044</v>
       </c>
       <c r="D46" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
         <v>352.044</v>
       </c>
       <c r="D47" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
         <v>370.164</v>
       </c>
       <c r="D48" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
         <v>389.088</v>
       </c>
       <c r="D49" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
         <v>402.0</v>
       </c>
       <c r="D50" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
         <v>462.804</v>
       </c>
       <c r="D51" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
         <v>536.748</v>
       </c>
       <c r="D52" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>581.58</v>
+        <v>578.748</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
         <v>594.0</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>