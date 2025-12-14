--- v0 (2025-10-03)
+++ v1 (2025-12-14)
@@ -576,51 +576,51 @@
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>190.524</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>202.572</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>216.276</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>218.556</v>